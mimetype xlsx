--- v0 (2025-10-01)
+++ v1 (2025-11-28)
@@ -28,51 +28,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Compounds" sheetId="1" r:id="rId4"/>
     <sheet name="Clinical trials" sheetId="2" r:id="rId5"/>
     <sheet name="Key resources" sheetId="3" r:id="rId6"/>
     <sheet name="Regulatory status" sheetId="4" r:id="rId7"/>
     <sheet name="Patent Medspal" sheetId="5" r:id="rId8"/>
     <sheet name="Patent curated by innovator" sheetId="6" r:id="rId9"/>
     <sheet name="Drug illustrations" sheetId="7" r:id="rId10"/>
     <sheet name="Developers" sheetId="8" r:id="rId11"/>
     <sheet name="Publications" sheetId="9" r:id="rId12"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="446">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="459">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Abbreviation</t>
   </si>
   <si>
     <t>Generic name</t>
   </si>
   <si>
     <t>Brand names</t>
   </si>
   <si>
     <t>Compound type</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Approval status</t>
   </si>
   <si>
     <t>Regulatory authorities</t>
   </si>
   <si>
@@ -1182,50 +1182,53 @@
   <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
   </si>
   <si>
+    <t>Country Name</t>
+  </si>
+  <si>
     <t>Reg Status</t>
   </si>
   <si>
     <t>Reg Submission Date</t>
   </si>
   <si>
     <t>Reg Approval Date</t>
   </si>
   <si>
     <t>Links</t>
   </si>
   <si>
     <t>Comments</t>
   </si>
   <si>
     <t>Representative patent</t>
   </si>
   <si>
     <t>Patent description</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Patent holder</t>
@@ -1239,102 +1242,138 @@
   <si>
     <t>Licence with MPP</t>
   </si>
   <si>
     <t>Patent source</t>
   </si>
   <si>
     <t>Granted: Low, low-middle and upper-middle countries</t>
   </si>
   <si>
     <t>Granted: High income countries</t>
   </si>
   <si>
     <t>Filed: Low, low-middle and upper-middle countries</t>
   </si>
   <si>
     <t>Filed: High income countries</t>
   </si>
   <si>
     <t>Not in force: Low, low-middle and upper-middle countries</t>
   </si>
   <si>
     <t>Not in force: High income countries</t>
   </si>
   <si>
+    <t>WO9950250</t>
+  </si>
+  <si>
+    <t>Dapivirine compounds and analogues (Markush structure)</t>
+  </si>
+  <si>
+    <t>JANSSEN PHARMACEUTICA NV</t>
+  </si>
+  <si>
+    <t>2019-03-24</t>
+  </si>
+  <si>
+    <t>The invention is concerned with pyrimidine derivatives having HIV replication inhibiting properties. The invention further relates to methods for their preparation and pharmaceutical compositions comprising them. The invention also relates to the use of said compounds in the manufacture of a medicament useful for the treatment of subjects suffering from HIV (Human Immunodeficiency Virus) infection</t>
+  </si>
+  <si>
+    <t>MPP Search</t>
+  </si>
+  <si>
+    <t>Hungary</t>
+  </si>
+  <si>
+    <t>North Macedonia, Albania, Botswana, Gambia (the), Ghana, Kenya, Lesotho, Malawi, Sierra Leone, Sudan, Eswatini, Uganda, Zambia, Zimbabwe, Argentina, Brazil, China, Turkmenistan, Belarus, Tajikistan, Kazakhstan, Azerbaijan, Kyrgyzstan, Armenia, Moldova, Republic of, Indonesia, Benin, Cameroon, Burkina Faso, Chad, Guinea-Bissau, Mali, Senegal, Congo, Guinea, Gabon, Niger, Mauritania, Togo, Côte d'Ivoire, Central African Republic, Türkiye, Ukraine, South Africa, Mexico, Viet Nam, Philippines, World Intellectual Property Organization (WIPO), Malaysia</t>
+  </si>
+  <si>
+    <t>Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Spain, Denmark, Monaco, Portugal, Ireland, Finland, Cyprus, Romania, Latvia, Lithuania, Slovenia, Australia, Bulgaria, Canada, Czechia, Russian Federation, Estonia, Hong Kong, Croatia, Hungary, Israel, Japan, Korea, Republic of, Norway, New Zealand, Poland, Slovakia, Taiwan, Province of China, United States of America, Singapore, World Intellectual Property Organization (WIPO)</t>
+  </si>
+  <si>
+    <t>WO03094920</t>
+  </si>
+  <si>
+    <t>Dapivirine and analogues topical use for the prevention of HIV infection</t>
+  </si>
+  <si>
+    <t>Composition; Use</t>
+  </si>
+  <si>
+    <t>TIBOTEC PHARM LTD</t>
+  </si>
+  <si>
+    <t>2023-05-13</t>
+  </si>
+  <si>
+    <t>The invention concerns the microbicidal activity of certain pyrimidine or triazine containing non-nucleoside reverse transcriptase inhibitors. The compounds of the present invention inhibit the systemic infection of a human being with HIV, in particular, the present compounds prevent sexual HIV transmission in humans.</t>
+  </si>
+  <si>
+    <t>Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, Sweden, Italy, Liechtenstein, Greece, Denmark, Finland, Estonia, Hungary, Latvia, Israel, Korea, Republic of, Poland, United States of America, Singapore</t>
+  </si>
+  <si>
+    <t>Cyprus</t>
+  </si>
+  <si>
+    <t>Türkiye, North Macedonia, Albania, Botswana, Gambia (the), Ghana, Kenya, Lesotho, Malawi, Mozambique, Sierra Leone, Sudan, Eswatini, Tanzania, United Republic of, Uganda, Zambia, Zimbabwe, Argentina, Brazil, China, Turkmenistan, Belarus, Tajikistan, Kazakhstan, Azerbaijan, Kyrgyzstan, Armenia, Moldova, Republic of, Mexico, South Africa, India, Indonesia, Philippines, Thailand, Viet Nam, Benin, Cameroon, Burkina Faso, Chad, Guinea-Bissau, Mali, Senegal, Congo, Guinea, Gabon, Niger, Equatorial Guinea, Mauritania, Togo, Côte d'Ivoire, Central African Republic, World Intellectual Property Organization (WIPO)</t>
+  </si>
+  <si>
+    <t>Germany, United Kingdom, Austria, Spain, Monaco, Portugal, Ireland, Bulgaria, Czechia, Slovakia, Romania, Lithuania, Slovenia, Australia, Canada, Russian Federation, Hong Kong, Croatia, Japan, Norway, New Zealand, United States of America, World Intellectual Property Organization (WIPO)</t>
+  </si>
+  <si>
     <t>Description</t>
   </si>
   <si>
     <t>Brief description</t>
   </si>
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Exclusivity</t>
   </si>
   <si>
     <t>Expiration date</t>
   </si>
   <si>
-    <t>Dapivirine compounds and analogues (Markush structure)</t>
-[...1 lines deleted...]
-  <si>
     <t>The invention is concerned with pyrimidine derivatives having HIV replication inhibiting properties. The invention further relates to methods for their preparation and pharmaceutical compositions comprising them. The invention also relates to the use of said compounds in the manufacture of a medicament useful for the treatment of subjects suffering from HIV infection</t>
   </si>
   <si>
-    <t>WO9950250</t>
-[...1 lines deleted...]
-  <si>
     <t>compound</t>
   </si>
   <si>
     <t>Janssen</t>
   </si>
   <si>
-    <t>2019-03-24</t>
-[...1 lines deleted...]
-  <si>
     <t>Expired</t>
   </si>
   <si>
-    <t>Dapivirine and analogues topical use for the prevention of HIV infection</t>
-[...7 lines deleted...]
-  <si>
     <t>Composition ; Use</t>
   </si>
   <si>
     <t>Tibotec</t>
-  </si>
-[...1 lines deleted...]
-    <t>2023-05-13</t>
   </si>
   <si>
     <t>Illustration URL</t>
   </si>
   <si>
     <t>Credit</t>
   </si>
   <si>
     <t>https://lapal.medicinespatentpool.org/storage/illustrations/AqCWMPjo4f9KNNR74OwEGFmmKTQre7VoXJ4Lrg3w.png</t>
   </si>
   <si>
     <t>Dapivirine Chemical Structure</t>
   </si>
   <si>
     <t>Sourced from Drugbank</t>
   </si>
   <si>
     <t>Company/University</t>
   </si>
   <si>
     <t>Manufacturer</t>
   </si>
   <si>
     <t>Link to website</t>
   </si>
@@ -1760,51 +1799,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT02808949" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT02858024" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT05416021" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT03234400" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT02862171" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT02010593" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT01617096" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT03593655" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT02858037" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT03965923" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT02920827" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT01539226" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT02028338" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT01071174" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT01952561" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT01337583" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT00469768" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT01144676" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT00700284" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT00332995" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aac.01930-18" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/jia2.25747" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1089/aid.2021.0077" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S2352-3018(20)30300-3" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1089/apc.2022.0002" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/cid/ciy654" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1097/qai.0000000000002990" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12905-021-01321-5" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10461-021-03205-z" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1097/qad.0000000000002260" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/jia2.25257" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/cid/ciy909" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10461-018-2261-8" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1056/nejmoa1506110" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/s2352-3018(20)30304-0" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10461-020-03026-6" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1056/nejmoa1602046" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1136/sextrans-2020-054718" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1097/qai.0000000000002244" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=19991007&amp;CC=WO&amp;NR=9950250A1&amp;KC=A1" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20031120&amp;CC=WO&amp;NR=03094920A1&amp;KC=A1" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="illustrations/AqCWMPjo4f9KNNR74OwEGFmmKTQre7VoXJ4Lrg3w.png" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ema.europa.eu/en/opinion-medicine-use-outside-EU/human/dapivirine-vaginal-ring-25-mg" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.who.int/news/item/26-01-2021-who-recommends-the-dapivirine-vaginal-ring-as-a-new-choice-for-hiv-prevention-for-women-at-substantial-risk-of-hiv-infection" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.avac.org/dapivirine-vaginal-ring" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aac.01930-18" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/jia2.25747" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1089/aid.2021.0077" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S2352-3018(20)30300-3" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1089/apc.2022.0002" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/cid/ciy654" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1097/qai.0000000000002990" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12905-021-01321-5" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10461-021-03205-z" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1097/qad.0000000000002260" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/jia2.25257" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/cid/ciy909" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10461-018-2261-8" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1056/nejmoa1506110" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/s2352-3018(20)30304-0" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10461-020-03026-6" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1056/nejmoa1602046" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1136/sextrans-2020-054718" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1097/qai.0000000000002244" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF2"/>
   <sheetViews>
@@ -4501,481 +4540,571 @@
     <hyperlink ref="E17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="E18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="E19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="E20" r:id="rId_hyperlink_19"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P1"/>
+  <dimension ref="A1:Q1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:P1"/>
+      <selection activeCell="A1" sqref="A1:Q1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
+    <col min="17" max="17" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16">
+    <row r="1" spans="1:17">
       <c r="A1" s="2" t="s">
         <v>56</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>373</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>374</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>375</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>376</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>377</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>378</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>379</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>380</v>
       </c>
       <c r="K1" s="2" t="s">
         <v>381</v>
       </c>
-      <c r="L1" s="6" t="s">
+      <c r="L1" s="2" t="s">
         <v>382</v>
       </c>
       <c r="M1" s="6" t="s">
         <v>383</v>
       </c>
-      <c r="N1" s="2" t="s">
+      <c r="N1" s="6" t="s">
         <v>384</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>385</v>
       </c>
       <c r="P1" s="2" t="s">
         <v>386</v>
+      </c>
+      <c r="Q1" s="2" t="s">
+        <v>387</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O1"/>
+  <dimension ref="A1:O3"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:O1"/>
+      <selection activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>56</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="F1" s="6" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>400</v>
+        <v>401</v>
+      </c>
+    </row>
+    <row r="2" spans="1:15">
+      <c r="A2" t="s">
+        <v>32</v>
+      </c>
+      <c r="B2" s="4" t="s">
+        <v>402</v>
+      </c>
+      <c r="C2" t="s">
+        <v>403</v>
+      </c>
+      <c r="D2" t="s">
+        <v>56</v>
+      </c>
+      <c r="E2" t="s">
+        <v>404</v>
+      </c>
+      <c r="F2" s="5" t="s">
+        <v>405</v>
+      </c>
+      <c r="G2" t="s">
+        <v>406</v>
+      </c>
+      <c r="H2" t="s">
+        <v>119</v>
+      </c>
+      <c r="I2" t="s">
+        <v>407</v>
+      </c>
+      <c r="K2" t="s">
+        <v>113</v>
+      </c>
+      <c r="M2" t="s">
+        <v>408</v>
+      </c>
+      <c r="N2" t="s">
+        <v>409</v>
+      </c>
+      <c r="O2" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="3" spans="1:15">
+      <c r="A3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B3" s="4" t="s">
+        <v>411</v>
+      </c>
+      <c r="C3" t="s">
+        <v>412</v>
+      </c>
+      <c r="D3" t="s">
+        <v>413</v>
+      </c>
+      <c r="E3" t="s">
+        <v>414</v>
+      </c>
+      <c r="F3" s="5" t="s">
+        <v>415</v>
+      </c>
+      <c r="G3" t="s">
+        <v>416</v>
+      </c>
+      <c r="H3" t="s">
+        <v>119</v>
+      </c>
+      <c r="I3" t="s">
+        <v>407</v>
+      </c>
+      <c r="K3" t="s">
+        <v>417</v>
+      </c>
+      <c r="M3" t="s">
+        <v>418</v>
+      </c>
+      <c r="N3" t="s">
+        <v>419</v>
+      </c>
+      <c r="O3" t="s">
+        <v>420</v>
       </c>
     </row>
   </sheetData>
+  <hyperlinks>
+    <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
+    <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
+  </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="2" t="s">
         <v>56</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>401</v>
+        <v>421</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>402</v>
+        <v>422</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="H1" s="6" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
       <c r="C2" t="s">
-        <v>407</v>
+        <v>426</v>
       </c>
       <c r="D2" t="s">
-        <v>408</v>
+        <v>402</v>
       </c>
       <c r="E2" t="s">
-        <v>409</v>
+        <v>427</v>
       </c>
       <c r="F2" t="s">
-        <v>410</v>
+        <v>428</v>
       </c>
       <c r="H2" s="5" t="s">
-        <v>411</v>
+        <v>405</v>
       </c>
       <c r="I2" t="s">
-        <v>412</v>
+        <v>429</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>32</v>
       </c>
       <c r="B3" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="C3" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="D3" t="s">
+        <v>411</v>
+      </c>
+      <c r="E3" t="s">
+        <v>430</v>
+      </c>
+      <c r="F3" t="s">
+        <v>431</v>
+      </c>
+      <c r="H3" s="5" t="s">
         <v>415</v>
       </c>
-      <c r="E3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I3" t="s">
-        <v>412</v>
+        <v>429</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>56</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>419</v>
+        <v>432</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>332</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>420</v>
+        <v>433</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>421</v>
+        <v>434</v>
       </c>
       <c r="C2" t="s">
-        <v>422</v>
+        <v>435</v>
       </c>
       <c r="D2" t="s">
-        <v>423</v>
+        <v>436</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>56</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>424</v>
+        <v>437</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>425</v>
+        <v>438</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>426</v>
+        <v>439</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>427</v>
+        <v>440</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>428</v>
+        <v>441</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
-        <v>429</v>
+        <v>442</v>
       </c>
       <c r="C2" t="s">
-        <v>430</v>
+        <v>443</v>
       </c>
       <c r="D2" t="s">
-        <v>431</v>
+        <v>444</v>
       </c>
       <c r="E2" t="s">
         <v>240</v>
       </c>
       <c r="F2" t="s">
-        <v>432</v>
+        <v>445</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E26"/>
   <sheetViews>
@@ -4995,124 +5124,124 @@
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
         <v>56</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>333</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>332</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>334</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
         <v>58</v>
       </c>
       <c r="C2" t="s">
-        <v>433</v>
+        <v>446</v>
       </c>
       <c r="E2" s="4" t="s">
-        <v>434</v>
+        <v>447</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>32</v>
       </c>
       <c r="B3" t="s">
         <v>58</v>
       </c>
       <c r="C3" t="s">
-        <v>435</v>
+        <v>448</v>
       </c>
       <c r="E3" s="4" t="s">
-        <v>436</v>
+        <v>449</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>32</v>
       </c>
       <c r="B4" t="s">
         <v>58</v>
       </c>
       <c r="C4" t="s">
-        <v>437</v>
+        <v>450</v>
       </c>
       <c r="E4" s="4" t="s">
-        <v>438</v>
+        <v>451</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>32</v>
       </c>
       <c r="B5" t="s">
-        <v>439</v>
+        <v>452</v>
       </c>
       <c r="C5" t="s">
-        <v>440</v>
+        <v>453</v>
       </c>
       <c r="D5" t="s">
-        <v>441</v>
+        <v>454</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
         <v>32</v>
       </c>
       <c r="B6" t="s">
-        <v>439</v>
+        <v>452</v>
       </c>
       <c r="C6" t="s">
-        <v>442</v>
+        <v>455</v>
       </c>
       <c r="D6" t="s">
-        <v>443</v>
+        <v>456</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>32</v>
       </c>
       <c r="B7" t="s">
-        <v>439</v>
+        <v>452</v>
       </c>
       <c r="C7" t="s">
-        <v>444</v>
+        <v>457</v>
       </c>
       <c r="D7" t="s">
-        <v>445</v>
+        <v>458</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>32</v>
       </c>
       <c r="B8" t="s">
         <v>58</v>
       </c>
       <c r="C8" t="s">
         <v>335</v>
       </c>
       <c r="E8" s="4" t="s">
         <v>336</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
         <v>32</v>
       </c>
       <c r="B9" t="s">
         <v>58</v>
       </c>
       <c r="C9" t="s">
         <v>337</v>