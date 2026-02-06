--- v1 (2025-11-28)
+++ v2 (2026-02-06)
@@ -197,51 +197,51 @@
 For Finished Ring Product: stability testing shows that the product can be stored for 48 months at 30ºC. The DPV ring product is photosensitive and should be stored away from light sources.</t>
   </si>
   <si>
     <t>For DPV Compound: HPLC (determine chemical purity), GC (residual solvents), laser diffraction (determine particle size),  Karl Fischer titration (determine water content) and FT-IR &amp; DSC (chemical identification).
 For Finished Ring Product: HPLC (determine dissolution, content uniformity and degradation products), compression testing machine (determine tensile and compression properties).</t>
   </si>
   <si>
     <t>HIV</t>
   </si>
   <si>
     <t>Pre-Exposure Prophylaxis (PrEP)</t>
   </si>
   <si>
     <t>Administered by a community health worker, Administered by a nurse, Self-administered</t>
   </si>
   <si>
     <t>Other/Variable/Unknown: once a month</t>
   </si>
   <si>
     <t>25 mg of dapivirine in the monthly ring</t>
   </si>
   <si>
     <t>25 mg</t>
   </si>
   <si>
-    <t>2023-05-31 15:04:46</t>
+    <t>2025-03-07 09:21:16</t>
   </si>
   <si>
     <t>2025-03-07 11:54:50</t>
   </si>
   <si>
     <t>Compound</t>
   </si>
   <si>
     <t>Identifier</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
     <t>Phase</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Sponsor</t>
   </si>
   <si>
     <t>More details</t>
   </si>
@@ -1158,50 +1158,53 @@
   <si>
     <t>https://doi.org/10.1007/s10461-020-03026-6</t>
   </si>
   <si>
     <t>Safety and Efficacy of a Dapivirine Vaginal Ring for HIV Prevention in Women</t>
   </si>
   <si>
     <t>https://doi.org/10.1056/nejmoa1602046</t>
   </si>
   <si>
     <t>Assessment of risk compensation following use of the dapivirine vaginal ring in southwestern Uganda</t>
   </si>
   <si>
     <t>https://doi.org/10.1136/sextrans-2020-054718</t>
   </si>
   <si>
     <t>Outline  Images  Download  Cite  Share  Favorites  Permissions PREVENTION RESEARCH Brief Report: Phase IIa Safety Study of a Vaginal Ring Containing Dapivirine in Adolescent Young Women</t>
   </si>
   <si>
     <t>https://doi.org/10.1097/qai.0000000000002244</t>
   </si>
   <si>
     <t>Company</t>
   </si>
   <si>
+    <t>Manufacturer</t>
+  </si>
+  <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
   </si>
   <si>
     <t>Country Name</t>
@@ -1348,53 +1351,50 @@
     <t>Expired</t>
   </si>
   <si>
     <t>Composition ; Use</t>
   </si>
   <si>
     <t>Tibotec</t>
   </si>
   <si>
     <t>Illustration URL</t>
   </si>
   <si>
     <t>Credit</t>
   </si>
   <si>
     <t>https://lapal.medicinespatentpool.org/storage/illustrations/AqCWMPjo4f9KNNR74OwEGFmmKTQre7VoXJ4Lrg3w.png</t>
   </si>
   <si>
     <t>Dapivirine Chemical Structure</t>
   </si>
   <si>
     <t>Sourced from Drugbank</t>
   </si>
   <si>
     <t>Company/University</t>
-  </si>
-[...1 lines deleted...]
-    <t>Manufacturer</t>
   </si>
   <si>
     <t>Link to website</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Short description</t>
   </si>
   <si>
     <t>Janssen Pharmaceuticals</t>
   </si>
   <si>
     <t>originator</t>
   </si>
   <si>
     <t>https://www.janssen.com</t>
   </si>
   <si>
     <t>Janssen Pharmaceuticals is a subsidiary company of Johnson &amp; Johnson headquartered in Beerse, Belgium. They focus on manufacturing and developing pharmaceutical products for use in areas such as, Immunology, Infectious Diseases &amp; Vaccines, Pulmonary Hypertension, Cardiovascular &amp; Metabolism, Oncology, and Neuroscience.</t>
   </si>
   <si>
     <t>Dapivirine Vaginal Ring 25 mg: Opinion on medicine for use outside EU</t>
   </si>
@@ -4540,128 +4540,132 @@
     <hyperlink ref="E17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="E18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="E19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="E20" r:id="rId_hyperlink_19"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q1"/>
+  <dimension ref="A1:R1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:Q1"/>
+      <selection activeCell="A1" sqref="A1:R1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
     <col min="17" max="17" width="30" customWidth="true" style="0"/>
+    <col min="18" max="18" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:17">
+    <row r="1" spans="1:18">
       <c r="A1" s="2" t="s">
         <v>56</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>373</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>374</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>375</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>376</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>377</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>378</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>379</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>380</v>
       </c>
       <c r="K1" s="2" t="s">
         <v>381</v>
       </c>
       <c r="L1" s="2" t="s">
         <v>382</v>
       </c>
       <c r="M1" s="6" t="s">
         <v>383</v>
       </c>
       <c r="N1" s="6" t="s">
         <v>384</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>385</v>
       </c>
       <c r="P1" s="2" t="s">
         <v>386</v>
       </c>
       <c r="Q1" s="2" t="s">
         <v>387</v>
+      </c>
+      <c r="R1" s="2" t="s">
+        <v>388</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O3"/>
   <sheetViews>
@@ -4671,172 +4675,172 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>56</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="F1" s="6" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="C2" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D2" t="s">
         <v>56</v>
       </c>
       <c r="E2" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="F2" s="5" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="G2" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="H2" t="s">
         <v>119</v>
       </c>
       <c r="I2" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="K2" t="s">
         <v>113</v>
       </c>
       <c r="M2" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="N2" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="O2" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>32</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C3" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D3" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="E3" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="F3" s="5" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="G3" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="H3" t="s">
         <v>119</v>
       </c>
       <c r="I3" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="K3" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="M3" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="N3" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="O3" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
@@ -4844,238 +4848,238 @@
   </sheetPr>
   <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="2" t="s">
         <v>56</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="H1" s="6" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
+        <v>404</v>
+      </c>
+      <c r="C2" t="s">
+        <v>427</v>
+      </c>
+      <c r="D2" t="s">
         <v>403</v>
       </c>
-      <c r="C2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E2" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="F2" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="H2" s="5" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="I2" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>32</v>
       </c>
       <c r="B3" t="s">
+        <v>413</v>
+      </c>
+      <c r="C3" t="s">
+        <v>417</v>
+      </c>
+      <c r="D3" t="s">
         <v>412</v>
       </c>
-      <c r="C3" t="s">
+      <c r="E3" t="s">
+        <v>431</v>
+      </c>
+      <c r="F3" t="s">
+        <v>432</v>
+      </c>
+      <c r="H3" s="5" t="s">
         <v>416</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="I3" t="s">
         <v>430</v>
-      </c>
-[...7 lines deleted...]
-        <v>429</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>56</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>332</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C2" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="D2" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>56</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>438</v>
+        <v>374</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>439</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>440</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
         <v>442</v>
       </c>
       <c r="C2" t="s">
         <v>443</v>
       </c>
       <c r="D2" t="s">
         <v>444</v>
       </c>
       <c r="E2" t="s">