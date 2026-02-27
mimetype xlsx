--- v2 (2026-02-06)
+++ v3 (2026-02-27)
@@ -28,67 +28,70 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Compounds" sheetId="1" r:id="rId4"/>
     <sheet name="Clinical trials" sheetId="2" r:id="rId5"/>
     <sheet name="Key resources" sheetId="3" r:id="rId6"/>
     <sheet name="Regulatory status" sheetId="4" r:id="rId7"/>
     <sheet name="Patent Medspal" sheetId="5" r:id="rId8"/>
     <sheet name="Patent curated by innovator" sheetId="6" r:id="rId9"/>
     <sheet name="Drug illustrations" sheetId="7" r:id="rId10"/>
     <sheet name="Developers" sheetId="8" r:id="rId11"/>
     <sheet name="Publications" sheetId="9" r:id="rId12"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="459">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="461">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Abbreviation</t>
   </si>
   <si>
     <t>Generic name</t>
   </si>
   <si>
     <t>Brand names</t>
   </si>
   <si>
     <t>Compound type</t>
   </si>
   <si>
+    <t>Drug class/category</t>
+  </si>
+  <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Approval status</t>
   </si>
   <si>
     <t>Regulatory authorities</t>
   </si>
   <si>
     <t>Link(s)</t>
   </si>
   <si>
     <t>Route(s) of administration</t>
   </si>
   <si>
     <t>Associated long-acting platforms</t>
   </si>
   <si>
     <t>Proprietary excipients used</t>
   </si>
   <si>
     <t>Novel excipients or existing excipients at a concentration above Inactive Ingredient Database (IID) for the specified route of administration</t>
   </si>
   <si>
     <t>Residual solvents used</t>
@@ -133,50 +136,53 @@
     <t>Recommended dosing regimen</t>
   </si>
   <si>
     <t>Dosage additional comments</t>
   </si>
   <si>
     <t>Dosage link(s)</t>
   </si>
   <si>
     <t>Comment &amp; Information</t>
   </si>
   <si>
     <t>Created at</t>
   </si>
   <si>
     <t>Updated at</t>
   </si>
   <si>
     <t>Dapivirine</t>
   </si>
   <si>
     <t>DPV</t>
   </si>
   <si>
     <t>Small molecule</t>
+  </si>
+  <si>
+    <t>NNRTI</t>
   </si>
   <si>
     <t>Dapivirine (DPV) is a diarylpyrimidine non-nucleoside reverse transcriptase inhibitor (NNRTI) marketed as a monthly intravaginal silicone ring for the prevention of HIV-1 infection. NNRTIs function by mechanistically binding to the HIV reverse transcriptase enzyme, thereby inhibiting viral replication. Other topical microbicide formulations of dapivirine include film and gel products that are applied directly to the rectum and/or vagina to prevent the sexual transmission of HIV. Long-acting DPV intravaginal rings are constructed from a malleable silicone elastomer matrix that releases DPV over a 28-day period. DPV intravaginal rings are self-inserted and provide women with a discreet HIV PrEP option that reduces the risk of HIV infection by 31-37% (IPM 027 &amp; ASPIRE).</t>
   </si>
   <si>
     <t>Dapivirine Vaginal Monthly Ring 25mg has received a positive opinion from European Union and it has received recommendation for its use outside EU. DVR has been approved as a HIV PrEP to reduce the risk of a woman getting infected with HIV-1 through vaginal intercourse in African countries such as South Africa, Zimbabwe, Malawi, Botswana, Zambia, Kenya, Uganda, Namibia, Rwanda, Eswatini and Lesotho. However, DVR has been rejected by United States and it is under clinical hold in United Republic of Tanzania.</t>
   </si>
   <si>
     <t>Dapivirine Vaginal Ring 25mg monthly is a non-nucleoside reverse transcriptase inhibitor that was first approved by South African Health Products Regulatory Authority (SAHPRA) followed by other African regulatory bodies. DVR is indicated for use by cisgender women as a PrEP to reduce the risk of a woman getting infected by HIV-1 during vaginal intercourse.</t>
   </si>
   <si>
     <t>Topical (Vaginal)</t>
   </si>
   <si>
     <t>Intra-vaginal ring</t>
   </si>
   <si>
     <t>DDU-4870 is a silicon elastomer product manufactured by NuSil™ Technology Inc. (Carpinteria, CA, USA). In 2016, NuSil Technology, Inc. merged with Avantor.</t>
   </si>
   <si>
     <t>The novel excipient DDU-4870 is used in the final Ring-004 product formulation. DDU-4870 is contained and packaged within food-grade certified polyethylene pails, which have no effect on excipient quality. At room temperature (25ºC) DDU-4870 is estimated to maintain chemical stability for 12 months.</t>
   </si>
   <si>
     <t>No residual solvent used</t>
   </si>
@@ -1823,93 +1829,94 @@
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=19991007&amp;CC=WO&amp;NR=9950250A1&amp;KC=A1" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20031120&amp;CC=WO&amp;NR=03094920A1&amp;KC=A1" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="illustrations/AqCWMPjo4f9KNNR74OwEGFmmKTQre7VoXJ4Lrg3w.png" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ema.europa.eu/en/opinion-medicine-use-outside-EU/human/dapivirine-vaginal-ring-25-mg" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.who.int/news/item/26-01-2021-who-recommends-the-dapivirine-vaginal-ring-as-a-new-choice-for-hiv-prevention-for-women-at-substantial-risk-of-hiv-infection" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.avac.org/dapivirine-vaginal-ring" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aac.01930-18" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/jia2.25747" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1089/aid.2021.0077" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S2352-3018(20)30300-3" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1089/apc.2022.0002" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/cid/ciy654" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1097/qai.0000000000002990" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12905-021-01321-5" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10461-021-03205-z" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1097/qad.0000000000002260" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/jia2.25257" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/cid/ciy909" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10461-018-2261-8" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1056/nejmoa1506110" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/s2352-3018(20)30304-0" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10461-020-03026-6" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1056/nejmoa1602046" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1136/sextrans-2020-054718" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1097/qai.0000000000002244" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AF2"/>
+  <dimension ref="A1:AG2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:AF1"/>
+      <selection activeCell="A1" sqref="A1:AG1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
     <col min="17" max="17" width="30" customWidth="true" style="0"/>
     <col min="18" max="18" width="30" customWidth="true" style="0"/>
     <col min="19" max="19" width="30" customWidth="true" style="0"/>
     <col min="20" max="20" width="30" customWidth="true" style="0"/>
     <col min="21" max="21" width="30" customWidth="true" style="0"/>
     <col min="22" max="22" width="30" customWidth="true" style="0"/>
     <col min="23" max="23" width="30" customWidth="true" style="0"/>
     <col min="24" max="24" width="30" customWidth="true" style="0"/>
     <col min="25" max="25" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="30" customWidth="true" style="0"/>
     <col min="27" max="27" width="30" customWidth="true" style="0"/>
     <col min="28" max="28" width="30" customWidth="true" style="0"/>
     <col min="29" max="29" width="30" customWidth="true" style="0"/>
     <col min="30" max="30" width="30" customWidth="true" style="0"/>
     <col min="31" max="31" width="30" customWidth="true" style="0"/>
     <col min="32" max="32" width="30" customWidth="true" style="0"/>
+    <col min="33" max="33" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:32">
+    <row r="1" spans="1:33">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="2" t="s">
@@ -1962,126 +1969,133 @@
       </c>
       <c r="Y1" s="3" t="s">
         <v>24</v>
       </c>
       <c r="Z1" s="3" t="s">
         <v>25</v>
       </c>
       <c r="AA1" s="2" t="s">
         <v>26</v>
       </c>
       <c r="AB1" s="2" t="s">
         <v>27</v>
       </c>
       <c r="AC1" s="2" t="s">
         <v>28</v>
       </c>
       <c r="AD1" s="2" t="s">
         <v>29</v>
       </c>
       <c r="AE1" s="2" t="s">
         <v>30</v>
       </c>
       <c r="AF1" s="2" t="s">
         <v>31</v>
       </c>
-    </row>
-    <row r="2" spans="1:32">
+      <c r="AG1" s="2" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="2" spans="1:33">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C2" t="s">
         <v>33</v>
       </c>
-      <c r="C2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H2" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="J2" t="s">
         <v>38</v>
       </c>
+      <c r="I2" t="s">
+        <v>39</v>
+      </c>
       <c r="K2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="L2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="N2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="O2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="P2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="Q2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="R2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="S2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="T2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="U2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="V2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="W2" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="Y2" s="1" t="s">
         <v>52</v>
       </c>
+      <c r="X2" t="s">
+        <v>53</v>
+      </c>
+      <c r="Y2" s="1"/>
       <c r="Z2" s="1" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="AE2" t="s">
         <v>54</v>
       </c>
+      <c r="AA2" t="s">
+        <v>55</v>
+      </c>
       <c r="AF2" t="s">
-        <v>55</v>
+        <v>56</v>
+      </c>
+      <c r="AG2" t="s">
+        <v>57</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AZ21"/>
   <sheetViews>
@@ -2125,2080 +2139,2080 @@
     <col min="32" max="32" width="30" customWidth="true" style="0"/>
     <col min="33" max="33" width="30" customWidth="true" style="0"/>
     <col min="34" max="34" width="30" customWidth="true" style="0"/>
     <col min="35" max="35" width="30" customWidth="true" style="0"/>
     <col min="36" max="36" width="30" customWidth="true" style="0"/>
     <col min="37" max="37" width="30" customWidth="true" style="0"/>
     <col min="38" max="38" width="30" customWidth="true" style="0"/>
     <col min="39" max="39" width="30" customWidth="true" style="0"/>
     <col min="40" max="40" width="30" customWidth="true" style="0"/>
     <col min="41" max="41" width="30" customWidth="true" style="0"/>
     <col min="42" max="42" width="30" customWidth="true" style="0"/>
     <col min="43" max="43" width="30" customWidth="true" style="0"/>
     <col min="44" max="44" width="30" customWidth="true" style="0"/>
     <col min="45" max="45" width="30" customWidth="true" style="0"/>
     <col min="46" max="46" width="30" customWidth="true" style="0"/>
     <col min="47" max="47" width="30" customWidth="true" style="0"/>
     <col min="48" max="48" width="30" customWidth="true" style="0"/>
     <col min="49" max="49" width="30" customWidth="true" style="0"/>
     <col min="50" max="50" width="30" customWidth="true" style="0"/>
     <col min="51" max="51" width="30" customWidth="true" style="0"/>
     <col min="52" max="52" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:52">
       <c r="A1" s="2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="P1" s="2" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="Q1" s="2" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="R1" s="2" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="S1" s="2" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="T1" s="2" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="U1" s="2" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="V1" s="2" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="W1" s="2" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="X1" s="2" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="Y1" s="2" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="Z1" s="2" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AA1" s="2" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="AB1" s="2" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AC1" s="2" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="AD1" s="2" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="AE1" s="2" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="AF1" s="2" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="AG1" s="2" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="AH1" s="2" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="AI1" s="2" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="AJ1" s="2" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="AK1" s="2" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="AL1" s="2" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="AM1" s="2" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="AN1" s="2" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="AO1" s="2" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="AP1" s="2" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="AQ1" s="2" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="AR1" s="2" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="AS1" s="2" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="AT1" s="2" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="AU1" s="2" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="AV1" s="2" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="AW1" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="AX1" s="2" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="AY1" s="2" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="AZ1" s="2" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="2" spans="1:52">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C2" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="D2" s="4" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="E2" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="F2" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="G2" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="I2" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="J2" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="M2" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="X2" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="AB2" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="AC2" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="AE2" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="AF2" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="AG2" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="AH2" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="AI2" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="AJ2" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="AM2" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="AP2" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="AQ2">
         <v>16</v>
       </c>
       <c r="AS2" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="AU2" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="AV2" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="AW2" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="AX2" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AY2" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="AZ2" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
     </row>
     <row r="3" spans="1:52">
       <c r="A3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B3" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="C3" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="D3" s="4" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="E3" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="F3" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="G3" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="I3" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="M3" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="O3" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="Q3" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="S3" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="U3" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="X3" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="AB3" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="AC3" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="AE3" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="AF3" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="AG3" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="AH3" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="AI3" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="AJ3" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="AM3" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="AP3" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="AQ3">
         <v>16</v>
       </c>
       <c r="AR3" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="AS3" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="AU3" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="AV3" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="AW3" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="AX3" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AY3" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="AZ3" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
     </row>
     <row r="4" spans="1:52">
       <c r="A4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B4" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C4" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="D4" s="4" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="E4" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="F4" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="G4" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="I4" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="J4" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="M4" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="X4" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="Z4" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="AA4" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="AE4" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="AF4" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="AG4" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="AH4" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="AI4" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="AJ4" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="AM4" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="AP4" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="AQ4">
         <v>110</v>
       </c>
       <c r="AR4" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="AS4" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="AU4" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="AV4" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="AW4" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="AX4" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AY4" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="AZ4" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
     </row>
     <row r="5" spans="1:52">
       <c r="A5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B5" t="s">
+        <v>157</v>
+      </c>
+      <c r="C5" t="s">
+        <v>158</v>
+      </c>
+      <c r="D5" s="4" t="s">
+        <v>159</v>
+      </c>
+      <c r="E5" t="s">
+        <v>111</v>
+      </c>
+      <c r="F5" t="s">
+        <v>112</v>
+      </c>
+      <c r="G5" t="s">
+        <v>113</v>
+      </c>
+      <c r="I5" t="s">
+        <v>160</v>
+      </c>
+      <c r="J5" t="s">
+        <v>115</v>
+      </c>
+      <c r="M5" t="s">
+        <v>161</v>
+      </c>
+      <c r="O5" t="s">
+        <v>162</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>163</v>
+      </c>
+      <c r="X5" t="s">
+        <v>164</v>
+      </c>
+      <c r="AB5" t="s">
+        <v>165</v>
+      </c>
+      <c r="AC5" t="s">
+        <v>166</v>
+      </c>
+      <c r="AE5" t="s">
+        <v>119</v>
+      </c>
+      <c r="AF5" t="s">
+        <v>120</v>
+      </c>
+      <c r="AG5" t="s">
+        <v>121</v>
+      </c>
+      <c r="AH5" t="s">
+        <v>121</v>
+      </c>
+      <c r="AI5" t="s">
+        <v>122</v>
+      </c>
+      <c r="AJ5" t="s">
         <v>155</v>
       </c>
-      <c r="C5" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="AM5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="AP5" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="AQ5">
         <v>49</v>
       </c>
       <c r="AR5" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="AS5" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="AU5" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="AV5" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="AW5" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="AX5" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AY5" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="AZ5" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
     </row>
     <row r="6" spans="1:52">
       <c r="A6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B6" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="C6" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="D6" s="4" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="E6" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="F6" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="G6" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="I6" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="J6" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="M6" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="X6" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="AB6" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="AC6" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="AE6" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="AF6" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="AG6" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="AH6" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="AI6" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="AJ6" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="AM6" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="AP6" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="AQ6">
         <v>941</v>
       </c>
       <c r="AS6" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="AU6" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="AV6" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="AW6" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="AX6" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AY6" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="AZ6" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
     </row>
     <row r="7" spans="1:52">
       <c r="A7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B7" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C7" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="D7" s="4" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="E7" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="F7" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="G7" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="I7" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="J7" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="M7" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="O7" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="X7" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="AB7" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="AC7" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="AE7" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="AF7" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="AG7" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="AH7" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="AI7" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="AJ7" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="AM7" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="AP7" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="AQ7">
         <v>96</v>
       </c>
       <c r="AR7" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="AS7" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="AU7" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="AV7" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="AW7" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="AX7" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AY7" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="AZ7" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
     </row>
     <row r="8" spans="1:52">
       <c r="A8" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B8" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C8" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="D8" s="4" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="E8" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="F8" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="G8" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="I8" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="J8" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="M8" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="O8" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="X8" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="AB8" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="AC8" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="AE8" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="AF8" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="AG8" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="AH8" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="AI8" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="AJ8" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="AM8" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="AP8" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="AQ8">
         <v>2629</v>
       </c>
       <c r="AR8" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="AS8" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="AU8" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="AV8" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="AW8" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="AX8" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AY8" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="AZ8" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
     </row>
     <row r="9" spans="1:52">
       <c r="A9" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B9" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C9" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="D9" s="4" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="E9" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="F9" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="G9" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="I9" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="J9" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="M9" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="O9" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="X9" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="AB9" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="AC9" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="AE9" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="AF9" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="AG9" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="AH9" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="AI9" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="AJ9" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="AM9" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="AP9" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="AQ9">
         <v>247</v>
       </c>
       <c r="AR9" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="AS9" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="AU9" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="AV9" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="AW9" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="AX9" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AY9" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="AZ9" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
     </row>
     <row r="10" spans="1:52">
       <c r="A10" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B10" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C10" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="D10" s="4" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="E10" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="F10" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="G10" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="I10" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="J10" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="M10" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="X10" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="AB10" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="AC10" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="AE10" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="AF10" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="AG10" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="AH10" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="AI10" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="AJ10" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="AM10" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="AP10" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="AQ10">
         <v>1456</v>
       </c>
       <c r="AS10" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="AT10" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="AU10" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="AV10" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="AW10" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="AX10" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AY10" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="AZ10" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
     </row>
     <row r="11" spans="1:52">
       <c r="A11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B11" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="C11" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="D11" s="4" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="E11" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="F11" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="G11" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="I11" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="J11" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="M11" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="O11" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="X11" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="Z11" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="AA11" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="AE11" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="AF11" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="AG11" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="AH11" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="AI11" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="AJ11" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="AM11" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="AP11" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="AR11" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="AS11" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="AU11" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="AV11" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="AW11" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="AX11" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AY11" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="AZ11" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
     </row>
     <row r="12" spans="1:52">
       <c r="A12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B12" t="s">
+        <v>238</v>
+      </c>
+      <c r="C12" t="s">
+        <v>239</v>
+      </c>
+      <c r="D12" s="4" t="s">
+        <v>240</v>
+      </c>
+      <c r="E12" t="s">
+        <v>111</v>
+      </c>
+      <c r="F12" t="s">
+        <v>112</v>
+      </c>
+      <c r="G12" t="s">
+        <v>113</v>
+      </c>
+      <c r="I12" t="s">
+        <v>241</v>
+      </c>
+      <c r="J12" t="s">
+        <v>242</v>
+      </c>
+      <c r="M12" t="s">
+        <v>201</v>
+      </c>
+      <c r="O12" t="s">
+        <v>243</v>
+      </c>
+      <c r="X12" t="s">
+        <v>244</v>
+      </c>
+      <c r="AB12" t="s">
+        <v>245</v>
+      </c>
+      <c r="AC12" t="s">
+        <v>245</v>
+      </c>
+      <c r="AE12" t="s">
+        <v>119</v>
+      </c>
+      <c r="AF12" t="s">
+        <v>120</v>
+      </c>
+      <c r="AG12" t="s">
+        <v>121</v>
+      </c>
+      <c r="AH12" t="s">
+        <v>121</v>
+      </c>
+      <c r="AI12" t="s">
+        <v>122</v>
+      </c>
+      <c r="AJ12" t="s">
         <v>236</v>
       </c>
-      <c r="C12" t="s">
-[...52 lines deleted...]
-      </c>
       <c r="AM12" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="AP12" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="AQ12">
         <v>16</v>
       </c>
       <c r="AR12" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="AS12" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="AU12" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="AV12" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="AW12" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="AX12" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AY12" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="AZ12" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
     </row>
     <row r="13" spans="1:52">
       <c r="A13" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B13" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="C13" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="D13" s="4" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="E13" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="F13" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="G13" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="I13" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="J13" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="M13" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="O13" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="X13" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="AB13" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="AC13" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="AE13" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="AF13" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="AG13" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="AH13" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="AI13" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="AJ13" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="AM13" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="AP13" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="AQ13">
         <v>1959</v>
       </c>
       <c r="AR13" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="AS13" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="AU13" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="AV13" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="AW13" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="AX13" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AY13" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="AZ13" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
     </row>
     <row r="14" spans="1:52">
       <c r="A14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B14" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="C14" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="D14" s="4" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="E14" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="F14" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="G14" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="I14" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="J14" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="M14" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="O14" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="X14" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="AB14" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="AC14" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="AE14" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="AF14" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="AG14" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="AH14" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="AI14" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="AJ14" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="AM14" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="AP14" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="AQ14">
         <v>96</v>
       </c>
       <c r="AR14" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="AS14" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="AU14" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="AV14" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="AW14" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="AX14" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AY14" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="AZ14" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
     </row>
     <row r="15" spans="1:52">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="C15" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="D15" s="4" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="E15" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="F15" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="G15" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="I15" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="J15" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="M15" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="O15" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="X15" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="AB15" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="AC15" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="AE15" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="AF15" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="AG15" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="AH15" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="AI15" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="AJ15" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="AM15" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="AP15" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="AQ15">
         <v>280</v>
       </c>
       <c r="AR15" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="AS15" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="AU15" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="AV15" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="AW15" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="AX15" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AY15" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="AZ15" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
     </row>
     <row r="16" spans="1:52">
       <c r="A16" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B16" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="C16" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="D16" s="4" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="E16" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="F16" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="G16" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="I16" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="M16" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="X16" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="AB16" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="AC16" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="AE16" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="AF16" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="AG16" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="AH16" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="AI16" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="AJ16" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="AM16" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="AP16" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="AQ16">
         <v>40</v>
       </c>
       <c r="AR16" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="AS16" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="AU16" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="AV16" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="AW16" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="AX16" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AY16" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="AZ16" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
     </row>
     <row r="17" spans="1:52">
       <c r="A17" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B17" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="C17" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="D17" s="4" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="E17" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="F17" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="G17" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="I17" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="J17" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="M17" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="O17" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="X17" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="AB17" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="AC17" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="AE17" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="AF17" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="AG17" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="AH17" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="AI17" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="AJ17" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="AM17" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="AP17" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="AR17" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="AS17" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="AU17" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="AV17" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="AW17" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="AX17" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AY17" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="AZ17" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
     </row>
     <row r="18" spans="1:52">
       <c r="A18" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B18" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="C18" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="D18" s="4" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="E18" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="F18" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="G18" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="I18" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="J18" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="M18" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="O18" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="Q18" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="X18" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="AB18" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="AC18" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="AE18" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="AF18" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="AG18" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="AH18" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="AI18" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="AJ18" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="AM18" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="AP18" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="AQ18">
         <v>24</v>
       </c>
       <c r="AR18" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="AS18" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="AU18" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="AV18" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="AW18" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="AX18" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AY18" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="AZ18" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
     </row>
     <row r="19" spans="1:52">
       <c r="A19" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B19" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="C19" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="D19" s="4" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="E19" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="F19" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="G19" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="I19" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="J19" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="M19" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="O19" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="X19" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="AB19" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="AC19" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="AE19" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="AF19" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="AG19" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="AH19" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="AI19" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="AJ19" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="AM19" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="AP19" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="AQ19">
         <v>45</v>
       </c>
       <c r="AR19" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="AS19" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="AU19" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="AV19" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="AW19" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="AX19" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AY19" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="AZ19" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
     </row>
     <row r="20" spans="1:52">
       <c r="A20" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B20" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="C20" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="D20" s="4" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="E20" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="F20" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="G20" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="I20" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="J20" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="M20" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="O20" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="X20" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="AB20" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="AC20" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="AE20" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="AF20" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="AG20" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="AH20" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="AI20" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="AJ20" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="AM20" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="AP20" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="AQ20">
         <v>12</v>
       </c>
       <c r="AR20" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="AS20" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="AU20" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="AV20" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="AW20" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="AX20" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AY20" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="AZ20" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
     </row>
     <row r="21" spans="1:52">
       <c r="A21" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B21" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="C21" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="D21" s="4" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="E21" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="F21" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="G21" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="I21" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="J21" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="M21" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="X21" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="AB21" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="AC21" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="AE21" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="AF21" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="AG21" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="AH21" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="AI21" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="AJ21" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="AM21" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="AP21" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="AQ21">
         <v>13</v>
       </c>
       <c r="AR21" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="AS21" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="AU21" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="AW21" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="AX21" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AY21" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="AZ21" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="D2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="D3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="D4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="D5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="D6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="D7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="D8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="D9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="D10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="D11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="D12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="D13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="D14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="D15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="D16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="D17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="D18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="D19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="D20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="D21" r:id="rId_hyperlink_20"/>
   </hyperlinks>
@@ -4217,329 +4231,329 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E20"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E20" sqref="E20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B2" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="C2" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="E2" s="4" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="B3" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="C3" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="E3" s="4" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="B4" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="C4" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="E4" s="4" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B5" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="C5" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="E5" s="4" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="B6" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="C6" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="E6" s="4" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="B7" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="C7" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="E7" s="4" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B8" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="C8" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="E8" s="4" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B9" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="C9" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="E9" s="4" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B10" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="C10" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="E10" s="4" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B11" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="C11" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="E11" s="4" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B12" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="C12" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="E12" s="4" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B13" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="C13" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="E13" s="4" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B14" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="C14" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="E14" s="4" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B15" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="C15" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="E15" s="4" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B16" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="C16" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="E16" s="4" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B17" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="C17" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="E17" s="4" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="B18" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="C18" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="E18" s="4" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="B19" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="C19" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="E19" s="4" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="B20" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="C20" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="E20" s="4" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="E3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="E4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="E5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="E6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="E7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="E8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="E9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="E10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="E11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="E12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="E13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="E14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="E15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="E16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="E17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="E18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="E19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="E20" r:id="rId_hyperlink_19"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
@@ -4570,948 +4584,948 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
     <col min="17" max="17" width="30" customWidth="true" style="0"/>
     <col min="18" max="18" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18">
       <c r="A1" s="2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="M1" s="6" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="N1" s="6" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="P1" s="2" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="Q1" s="2" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="R1" s="2" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O3"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="F1" s="6" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="C2" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="D2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="E2" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="F2" s="5" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="G2" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="H2" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="I2" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="K2" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="M2" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="N2" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="O2" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="C3" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="D3" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="E3" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="F3" s="5" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="G3" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="H3" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="I3" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="K3" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="M3" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="N3" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="O3" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="H1" s="6" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="C2" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="D2" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E2" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="F2" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="H2" s="5" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="I2" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B3" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="C3" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="D3" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="E3" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="F3" t="s">
+        <v>434</v>
+      </c>
+      <c r="H3" s="5" t="s">
+        <v>418</v>
+      </c>
+      <c r="I3" t="s">
         <v>432</v>
-      </c>
-[...4 lines deleted...]
-        <v>430</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="C2" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="D2" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="C2" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="D2" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="E2" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="F2" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E26"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E26" sqref="E26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C2" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E2" s="4" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B3" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C3" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E3" s="4" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B4" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C4" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="E4" s="4" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B5" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="C5" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="D5" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B6" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="C6" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="D6" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B7" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="C7" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="D7" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B8" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C8" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="E8" s="4" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B9" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C9" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="E9" s="4" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B10" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C10" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="E10" s="4" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B11" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C11" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="E11" s="4" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B12" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C12" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="E12" s="4" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B13" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C13" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="E13" s="4" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B14" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C14" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="E14" s="4" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C15" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="E15" s="4" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B16" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C16" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="E16" s="4" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B17" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C17" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="E17" s="4" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B18" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C18" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="E18" s="4" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B19" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C19" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="E19" s="4" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B20" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C20" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="E20" s="4" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B21" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C21" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="E21" s="4" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B22" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C22" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="E22" s="4" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B23" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C23" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="E23" s="4" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B24" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C24" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="E24" s="4" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B25" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C25" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="E25" s="4" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B26" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C26" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="E26" s="4" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="E3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="E4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="E8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="E9" r:id="rId_hyperlink_5"/>
     <hyperlink ref="E10" r:id="rId_hyperlink_6"/>
     <hyperlink ref="E11" r:id="rId_hyperlink_7"/>
     <hyperlink ref="E12" r:id="rId_hyperlink_8"/>
     <hyperlink ref="E13" r:id="rId_hyperlink_9"/>
     <hyperlink ref="E14" r:id="rId_hyperlink_10"/>
     <hyperlink ref="E15" r:id="rId_hyperlink_11"/>
     <hyperlink ref="E16" r:id="rId_hyperlink_12"/>
     <hyperlink ref="E17" r:id="rId_hyperlink_13"/>
     <hyperlink ref="E18" r:id="rId_hyperlink_14"/>
     <hyperlink ref="E19" r:id="rId_hyperlink_15"/>
     <hyperlink ref="E20" r:id="rId_hyperlink_16"/>
     <hyperlink ref="E21" r:id="rId_hyperlink_17"/>
     <hyperlink ref="E22" r:id="rId_hyperlink_18"/>
     <hyperlink ref="E23" r:id="rId_hyperlink_19"/>
     <hyperlink ref="E24" r:id="rId_hyperlink_20"/>
     <hyperlink ref="E25" r:id="rId_hyperlink_21"/>