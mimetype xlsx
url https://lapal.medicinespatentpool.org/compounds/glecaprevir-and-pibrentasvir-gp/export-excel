--- v0 (2025-12-11)
+++ v1 (2026-01-22)
@@ -523,51 +523,51 @@
   <si>
     <t>Enanta Pharmaceuticals, Inc</t>
   </si>
   <si>
     <t>2031-09-20</t>
   </si>
   <si>
     <t>The present invention discloses compounds of Formula (I) or pharmaceutically acceptable salts, esters, or prodrugs thereof: Formula (I) which inhibit serine protease activity, particularly the activity of hepatitis C virus (HCV) NS3-NS4A protease. Consequently, the compounds of the present invention interfere with the life cycle of the hepatitis C virus and are also useful as antiviral agents. The present invention further relates to pharmaceutical compositions comprising the aforementioned compounds for administration to a subject suffering from HCV infection. The invention also relates to methods of treating an HCV infection in a subject by administering a pharmaceutical composition comprising the compounds of the present invention.</t>
   </si>
   <si>
     <t>UNITAID 2017 patent landscape, MPP Licence, Health Canada, US FDA</t>
   </si>
   <si>
     <t>Argentina, Brazil, China, Colombia, Dominican Republic, Turkmenistan, Belarus, Tajikistan, Kazakhstan, Azerbaijan, Kyrgyzstan, Armenia, Moldova, Republic of, Ecuador, Türkiye, North Macedonia, Albania, Bosnia and Herzegovina, Montenegro, Serbia, Guatemala, Mexico, Peru, South Africa, India, Bolivia (Plurinational State of), Paraguay, Mongolia, Philippines, Malaysia, Pakistan, Indonesia, Ukraine</t>
   </si>
   <si>
     <t>Canada, Australia, Cyprus, Denmark, Spain, Hong Kong, Croatia, Israel, Japan, Korea, Republic of, New Zealand, Portugal, Singapore, Slovenia, San Marino, United States of America, Chile, Costa Rica, Russian Federation, Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Monaco, Ireland, Finland, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, Romania, Latvia, Lithuania, Uruguay, Panama, Bahrain, Kuwait, Qatar, Saudi Arabia, Oman, United Arab Emirates, Macao</t>
   </si>
   <si>
     <t>Argentina, Viet Nam, Venezuela (Bolivarian Republic of), Thailand</t>
   </si>
   <si>
     <t>Cyprus, Denmark, Spain, Croatia, Portugal, Slovenia, San Marino, Taiwan, Province of China, Luxembourg, Netherlands, Hungary, Poland, Norway, Lithuania, Bahrain, Kuwait, Qatar, Saudi Arabia, Oman, United Arab Emirates</t>
   </si>
   <si>
-    <t>World Intellectual Property Organization (WIPO), Colombia, Dominican Republic, Ecuador, Türkiye, North Macedonia, Albania, Bosnia and Herzegovina, Montenegro, Serbia, Guatemala, India, Egypt, Malaysia, Indonesia</t>
+    <t>World Intellectual Property Organization (WIPO), Argentina, Colombia, Dominican Republic, Ecuador, Türkiye, North Macedonia, Albania, Bosnia and Herzegovina, Montenegro, Serbia, Guatemala, India, Egypt, Malaysia, Indonesia</t>
   </si>
   <si>
     <t>Australia, Cyprus, Denmark, Spain, Croatia, Japan, Korea, Republic of, Portugal, Slovenia, San Marino, United States of America, World Intellectual Property Organization (WIPO), Costa Rica, Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Monaco, Ireland, Finland, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, Romania, Latvia, Lithuania, Uruguay, Bahrain, Kuwait, Qatar, Saudi Arabia, Oman, United Arab Emirates</t>
   </si>
   <si>
     <t>WO2014047039</t>
   </si>
   <si>
     <t>Pibrentasvir use in HCV</t>
   </si>
   <si>
     <t>Use</t>
   </si>
   <si>
     <t>2033-09-17</t>
   </si>
   <si>
     <t>Pan-genotypic HCV inhibitors are described. This invention also relates to methods of using these inhibitors to treat HCV infection.</t>
   </si>
   <si>
     <t>MPP Licence</t>
   </si>
   <si>
     <t>Brazil, Mexico, South Africa, Türkiye, North Macedonia, Albania, Bosnia and Herzegovina, Montenegro, Serbia</t>
   </si>
@@ -730,150 +730,150 @@
   <si>
     <t>Australia, Israel, Japan, Korea, Republic of, United States of America, Panama, New Zealand</t>
   </si>
   <si>
     <t>Brazil, Türkiye, India, Ecuador, Guatemala, Thailand, Albania, North Macedonia, Serbia, Bosnia and Herzegovina, Montenegro</t>
   </si>
   <si>
     <t>Canada, Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Spain, Denmark, Monaco, Portugal, Ireland, Finland, Cyprus, Bulgaria, Czechia, Estonia, Slovakia, Hungary, New Zealand, Singapore, Hong Kong, Iceland, Norway, Poland, Romania, San Marino, Croatia, Latvia, Lithuania, Malta, Slovenia</t>
   </si>
   <si>
     <t>World Intellectual Property Organization (WIPO), Philippines, China, Dominican Republic, Peru, Turkmenistan, Belarus, Tajikistan, Kazakhstan, Azerbaijan, Kyrgyzstan, Armenia, Egypt, Indonesia, Viet Nam, Ukraine</t>
   </si>
   <si>
     <t>Japan, United States of America, World Intellectual Property Organization (WIPO), Chile, Costa Rica, Russian Federation</t>
   </si>
   <si>
     <t>WO2017015211</t>
   </si>
   <si>
     <t>Glecaprevir/Pibrentasvir solid compositions II</t>
   </si>
   <si>
     <t>2036-07-18</t>
   </si>
   <si>
-    <t>South Africa</t>
-[...5 lines deleted...]
-    <t>Türkiye, North Macedonia, Albania, Bosnia and Herzegovina, Montenegro, Serbia, Ecuador, Guatemala, Mongolia, Thailand</t>
+    <t>South Africa, Mongolia</t>
+  </si>
+  <si>
+    <t>Australia, Canada, Japan, Korea, Republic of, Israel, New Zealand, Panama</t>
+  </si>
+  <si>
+    <t>Türkiye, North Macedonia, Albania, Bosnia and Herzegovina, Montenegro, Serbia, Ecuador, Guatemala, Thailand</t>
   </si>
   <si>
     <t>Korea, Republic of, Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Spain, Denmark, Monaco, Portugal, Ireland, Finland, Cyprus, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, San Marino, Croatia, Romania, Latvia, Lithuania, Slovenia, New Zealand, Singapore, Hong Kong</t>
   </si>
   <si>
     <t>World Intellectual Property Organization (WIPO), Brazil, China, Colombia, Philippines, Peru, Dominican Republic, Turkmenistan, Belarus, Tajikistan, Kazakhstan, Egypt, Indonesia, Viet Nam, India, Mexico, Moldova, Republic of, Malaysia, Ukraine</t>
   </si>
   <si>
-    <t>Korea, Republic of, United States of America, World Intellectual Property Organization (WIPO), Costa Rica, Chile, Russian Federation</t>
+    <t>United States of America, World Intellectual Property Organization (WIPO), Costa Rica, Chile, Russian Federation</t>
   </si>
   <si>
     <t>WO2012051361</t>
   </si>
   <si>
     <t>Pibrentasvir compound</t>
   </si>
   <si>
     <t>Abbott Laboratories</t>
   </si>
   <si>
     <t>2031-10-12</t>
   </si>
   <si>
     <t>Compounds effective in inhibiting replication of Hepatitis C virus (HCV) are described. This invention also relates to processes of making such compounds, compositions comprising such compounds, and methods of using such compounds to treat HCV infection.</t>
   </si>
   <si>
     <t>Health Canada, US FDA, MPP Licence</t>
   </si>
   <si>
     <t>Colombia, Argentina, China, Dominican Republic, Turkmenistan, Belarus, Tajikistan, Kazakhstan, Azerbaijan, Kyrgyzstan, Armenia, Moldova, Republic of, Ecuador, Türkiye, North Macedonia, Albania, Bosnia and Herzegovina, Montenegro, Serbia, Mexico, Peru, Ukraine, Bolivia (Plurinational State of), Indonesia, Malaysia, Paraguay, Philippines, Viet Nam, South Africa, Brazil</t>
   </si>
   <si>
     <t>United States of America, Australia, Chile, Japan, Korea, Republic of, New Zealand, Singapore, Taiwan, Province of China, Uruguay, Denmark, Spain, Portugal, Slovenia, Canada, Israel, Hong Kong, Russian Federation, Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Monaco, Ireland, Finland, Cyprus, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, Croatia, Romania, Latvia, Lithuania, Panama</t>
   </si>
   <si>
-    <t>Ecuador, Türkiye, North Macedonia, Albania, Bosnia and Herzegovina, Montenegro, Serbia, India, Mongolia, Pakistan, Paraguay, Thailand, Venezuela (Bolivarian Republic of), Guatemala</t>
+    <t>Ecuador, Türkiye, North Macedonia, Albania, Bosnia and Herzegovina, Montenegro, Serbia, India, Pakistan, Paraguay, Thailand, Venezuela (Bolivarian Republic of), Guatemala</t>
   </si>
   <si>
     <t>Denmark, Spain, Portugal, Slovenia, Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Monaco, Ireland, Finland, Cyprus, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, San Marino, Croatia, Romania, Latvia, Lithuania, Bahrain, Kuwait, Qatar, Saudi Arabia, Oman, United Arab Emirates</t>
   </si>
   <si>
-    <t>World Intellectual Property Organization (WIPO), Argentina, China, Turkmenistan, Belarus, Tajikistan, Kazakhstan, Azerbaijan, Kyrgyzstan, Armenia, Moldova, Republic of, Türkiye, North Macedonia, Albania, Bosnia and Herzegovina, Montenegro, Serbia, Mexico, Peru, Egypt, Viet Nam</t>
+    <t>World Intellectual Property Organization (WIPO), Argentina, China, Turkmenistan, Belarus, Tajikistan, Kazakhstan, Azerbaijan, Kyrgyzstan, Armenia, Moldova, Republic of, Türkiye, North Macedonia, Albania, Bosnia and Herzegovina, Montenegro, Serbia, Mexico, Peru, Egypt, Mongolia, Viet Nam</t>
   </si>
   <si>
     <t>United States of America, World Intellectual Property Organization (WIPO), Chile, Costa Rica, New Zealand, Uruguay, Denmark, Spain, Portugal, Slovenia, Canada, Russian Federation, Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Monaco, Ireland, Finland, Cyprus, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, San Marino, Croatia, Romania, Latvia, Lithuania</t>
   </si>
   <si>
     <t>WO2015188045</t>
   </si>
   <si>
     <t>Glecaprevir crystal forms</t>
   </si>
   <si>
     <t>Polymorphs</t>
   </si>
   <si>
     <t>2035-06-05</t>
   </si>
   <si>
     <t>The present invention features crystalline forms of Compound I. In one embodiment, a crystalline form of Compound I has characteristic peaks in the PXRD pattern as shown in any one of Figures 1-4.</t>
   </si>
   <si>
     <t>US FDA</t>
   </si>
   <si>
     <t>United States of America, Australia</t>
   </si>
   <si>
     <t>Canada, Japan, Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Spain, Denmark, Monaco, Portugal, Ireland, Finland, Cyprus, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, San Marino, Croatia, Romania, Latvia, Lithuania, Slovenia</t>
   </si>
   <si>
     <t>World Intellectual Property Organization (WIPO), Türkiye, North Macedonia, Albania, Bosnia and Herzegovina, Montenegro, Serbia, Morocco, China</t>
   </si>
   <si>
     <t>Australia, Japan, World Intellectual Property Organization (WIPO), Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Spain, Denmark, Monaco, Portugal, Ireland, Finland, Cyprus, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, San Marino, Croatia, Romania, Latvia, Lithuania, Slovenia</t>
   </si>
   <si>
     <t>WO2015171993</t>
   </si>
   <si>
     <t>Pibrentasvir crystal forms</t>
   </si>
   <si>
     <t>2035-05-08</t>
   </si>
   <si>
     <t>The present invention features crystalline forms of Compound I. In one embodiment, a crystalline form of Compound I has characteristic peaks in the PXRD pattern as shown in one of Figures 1-10.</t>
   </si>
   <si>
     <t>UNITAID 2017 patent landscape, Pat-Informed</t>
   </si>
   <si>
-    <t>China, Albania, Serbia, Türkiye, North Macedonia</t>
+    <t>Albania, Serbia, Türkiye, North Macedonia</t>
   </si>
   <si>
     <t>Canada, Liechtenstein, Italy, Norway, Malta, Denmark, Belgium, United Kingdom, Greece, Netherlands, Hungary, Croatia, Switzerland, Spain, San Marino, Slovenia, Austria, Romania, Iceland, Cyprus, Finland, France, Bulgaria, Slovakia, Poland, Latvia, Ireland, Estonia, Germany, Luxembourg, Portugal, Czechia, Lithuania, Monaco, Sweden, United States of America</t>
   </si>
   <si>
     <t>World Intellectual Property Organization (WIPO), China, Morocco, Albania, Serbia, Bosnia and Herzegovina, Montenegro, Türkiye, North Macedonia, Mexico</t>
   </si>
   <si>
     <t>World Intellectual Property Organization (WIPO), Australia, Liechtenstein, Italy, Norway, Malta, Denmark, Belgium, United Kingdom, Greece, Netherlands, Hungary, Croatia, Switzerland, Spain, San Marino, Slovenia, Austria, Romania, Iceland, Cyprus, Finland, France, Bulgaria, Slovakia, Poland, Latvia, Ireland, Estonia, Germany, Luxembourg, Portugal, Czechia, Lithuania, Monaco, Sweden, Japan</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Brief description</t>
   </si>
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Exclusivity</t>
   </si>
   <si>
     <t>Expiration date</t>
   </si>