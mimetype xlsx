--- v1 (2026-01-22)
+++ v2 (2026-02-15)
@@ -28,65 +28,68 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Compounds" sheetId="1" r:id="rId4"/>
     <sheet name="Clinical trials" sheetId="2" r:id="rId5"/>
     <sheet name="Key resources" sheetId="3" r:id="rId6"/>
     <sheet name="Regulatory status" sheetId="4" r:id="rId7"/>
     <sheet name="Patent Medspal" sheetId="5" r:id="rId8"/>
     <sheet name="Patent curated by innovator" sheetId="6" r:id="rId9"/>
     <sheet name="Drug illustrations" sheetId="7" r:id="rId10"/>
     <sheet name="Developers" sheetId="8" r:id="rId11"/>
     <sheet name="Publications" sheetId="9" r:id="rId12"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="301">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="302">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Abbreviation</t>
   </si>
   <si>
     <t>Generic name</t>
   </si>
   <si>
     <t>Brand names</t>
   </si>
   <si>
     <t>Compound type</t>
+  </si>
+  <si>
+    <t>Drug class/category</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Approval status</t>
   </si>
   <si>
     <t>Regulatory authorities</t>
   </si>
   <si>
     <t>Link(s)</t>
   </si>
   <si>
     <t>Route(s) of administration</t>
   </si>
   <si>
     <t>Associated long-acting platforms</t>
   </si>
   <si>
     <t>Proprietary excipients used</t>
   </si>
   <si>
     <t>Novel excipients or existing excipients at a concentration above Inactive Ingredient Database (IID) for the specified route of administration</t>
   </si>
@@ -169,51 +172,51 @@
     <t>Unknown</t>
   </si>
   <si>
     <t>Oral, Intramuscular</t>
   </si>
   <si>
     <t>Aqueous drug particle suspension</t>
   </si>
   <si>
     <t>Long-acting formulations of Glecaprevir and Pibrentasvir (G/P) are still in the early stages of drug development and therefore manufacturing information is limited with few reported examples. 
 One novel approach currently being pioneered by researchers at Tandem Nano Ltd. utilises a proprietary Solid Drug Nanoparticle (SDN) technology platform to achieve high levels of G/P drug loading (&gt;500mg/mL). Interestingly, pre-clinical pharmacokinetic assessments displayed an apparent difference in the release kinetics of both drugs which could be related to differences in aqueous solubility.</t>
   </si>
   <si>
     <t>Proposed minimally acceptable characteristics for prospective long-acting G/P formulations include: (1) 12-month shelf life as a powder with no cold chain required, (2) suitable drug volume enabling a one monthly intramuscular injection, (3) manageable injection site reaction, and (4) cost equal or less than the oral therapy equivalent.</t>
   </si>
   <si>
     <t>HCV</t>
   </si>
   <si>
     <t>Treatment</t>
   </si>
   <si>
     <t>Administered by a nurse, Administered by a specialty health worker</t>
   </si>
   <si>
-    <t>2023-09-14 14:08:03</t>
+    <t>2024-03-19 15:02:26</t>
   </si>
   <si>
     <t>2024-03-19 18:21:47</t>
   </si>
   <si>
     <t>Compound</t>
   </si>
   <si>
     <t>Identifier</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
     <t>Phase</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Sponsor</t>
   </si>
   <si>
     <t>More details</t>
   </si>
@@ -340,50 +343,53 @@
   <si>
     <t>Studied route(s) of administration</t>
   </si>
   <si>
     <t>Studied LA-formulation(s)</t>
   </si>
   <si>
     <t>Use case</t>
   </si>
   <si>
     <t>Clinical trial ID</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Company</t>
   </si>
   <si>
+    <t>Manufacturer</t>
+  </si>
+  <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
   </si>
   <si>
     <t>Country Name</t>
@@ -884,53 +890,50 @@
     <t>Credit</t>
   </si>
   <si>
     <t>https://lapal.medicinespatentpool.org/storage/illustrations/GQPeB1R7tmcETDtpGZrvuMuJ3X08X4tyHPeBRON1.png</t>
   </si>
   <si>
     <t>Pibrentasvir Chemical Structure</t>
   </si>
   <si>
     <t>Sourced from Drugbank</t>
   </si>
   <si>
     <t>https://lapal.medicinespatentpool.org/storage/illustrations/77eVZ1waxnINQRgMlPbrflIyoot2vkMXk0FMomoP.png</t>
   </si>
   <si>
     <t>Glecaprevir Chemical Structure</t>
   </si>
   <si>
     <t>https://lapal.medicinespatentpool.org/storage/illustrations/uBUsaOstZ0BeIjRIZWYFox25jxmxiaGSG4TvbXgG.png</t>
   </si>
   <si>
     <t>Glecaprevir and Pibrentasvir Chemical Structures</t>
   </si>
   <si>
     <t>Company/University</t>
-  </si>
-[...1 lines deleted...]
-    <t>Manufacturer</t>
   </si>
   <si>
     <t>Link to website</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Short description</t>
   </si>
   <si>
     <t>AbbVie</t>
   </si>
   <si>
     <t>originator</t>
   </si>
   <si>
     <t>https://www.abbvie.com/</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>AbbVie Inc. is a global biopharmaceutical company that manufactures and develops innovative medicines as part of a diversified portfolio across several therapeutic categories including immunology, oncology, neuroscience, aesthetics and eyecare. Headquartered in North Chicago, Illinois, AbbVie was founded in 2013 following a successful corporate spin-off from its parent company Abbott Laboratories.</t>
   </si>
@@ -1344,93 +1347,94 @@
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20120830&amp;CC=WO&amp;NR=2012116257A1&amp;KC=A1" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20130425&amp;CC=WO&amp;NR=2013059638A1&amp;KC=A1" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20120329&amp;CC=WO&amp;NR=2012040167A1&amp;KC=A1" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20140327&amp;CC=WO&amp;NR=2014047039A1&amp;KC=A1" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20140925&amp;CC=WO&amp;NR=2014152514A1&amp;KC=A1" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20151008&amp;CC=WO&amp;NR=2015153793A1&amp;KC=A1" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20180814&amp;CC=CA&amp;NR=2994496A1&amp;KC=A1" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20140925&amp;CC=WO&amp;NR=2014152635A1&amp;KC=A1" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20151008&amp;CC=WO&amp;NR=2015153792A1&amp;KC=A1" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20161229&amp;CC=WO&amp;NR=2016210273A1&amp;KC=A1" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20170126&amp;CC=WO&amp;NR=2017015211A1&amp;KC=A1" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20120419&amp;CC=WO&amp;NR=2012051361A1&amp;KC=A1" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20151210&amp;CC=WO&amp;NR=2015188045A1&amp;KC=A1" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20151112&amp;CC=WO&amp;NR=2015171993A1&amp;KC=A1" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="illustrations/GQPeB1R7tmcETDtpGZrvuMuJ3X08X4tyHPeBRON1.png" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="illustrations/77eVZ1waxnINQRgMlPbrflIyoot2vkMXk0FMomoP.png" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="illustrations/uBUsaOstZ0BeIjRIZWYFox25jxmxiaGSG4TvbXgG.png" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.treatmentactiongroup.org/resources/tagline/tagline-october-2021/developing-long-acting-cures-to-accelerate-the-end-of-hepatitis-c-interview-with-dr-dave-thomas/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.leapresources.org/files/inline-files/09-Plen2_Owen_LEAP_2023.mp4" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AF2"/>
+  <dimension ref="A1:AG2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:AF1"/>
+      <selection activeCell="A1" sqref="A1:AG1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
     <col min="17" max="17" width="30" customWidth="true" style="0"/>
     <col min="18" max="18" width="30" customWidth="true" style="0"/>
     <col min="19" max="19" width="30" customWidth="true" style="0"/>
     <col min="20" max="20" width="30" customWidth="true" style="0"/>
     <col min="21" max="21" width="30" customWidth="true" style="0"/>
     <col min="22" max="22" width="30" customWidth="true" style="0"/>
     <col min="23" max="23" width="30" customWidth="true" style="0"/>
     <col min="24" max="24" width="30" customWidth="true" style="0"/>
     <col min="25" max="25" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="30" customWidth="true" style="0"/>
     <col min="27" max="27" width="30" customWidth="true" style="0"/>
     <col min="28" max="28" width="30" customWidth="true" style="0"/>
     <col min="29" max="29" width="30" customWidth="true" style="0"/>
     <col min="30" max="30" width="30" customWidth="true" style="0"/>
     <col min="31" max="31" width="30" customWidth="true" style="0"/>
     <col min="32" max="32" width="30" customWidth="true" style="0"/>
+    <col min="33" max="33" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:32">
+    <row r="1" spans="1:33">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="2" t="s">
@@ -1483,116 +1487,119 @@
       </c>
       <c r="Y1" s="3" t="s">
         <v>24</v>
       </c>
       <c r="Z1" s="3" t="s">
         <v>25</v>
       </c>
       <c r="AA1" s="2" t="s">
         <v>26</v>
       </c>
       <c r="AB1" s="2" t="s">
         <v>27</v>
       </c>
       <c r="AC1" s="2" t="s">
         <v>28</v>
       </c>
       <c r="AD1" s="2" t="s">
         <v>29</v>
       </c>
       <c r="AE1" s="2" t="s">
         <v>30</v>
       </c>
       <c r="AF1" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="AG1" s="2" t="s">
+        <v>32</v>
+      </c>
     </row>
-    <row r="2" spans="1:32">
+    <row r="2" spans="1:33">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E2" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="F2" t="s">
         <v>37</v>
       </c>
       <c r="G2" t="s">
         <v>38</v>
       </c>
       <c r="H2" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="J2" t="s">
+        <v>39</v>
+      </c>
+      <c r="I2" t="s">
         <v>39</v>
       </c>
       <c r="K2" t="s">
         <v>40</v>
       </c>
       <c r="L2" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="M2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="N2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P2" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="R2" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q2" t="s">
         <v>42</v>
       </c>
-      <c r="T2" t="s">
+      <c r="S2" t="s">
         <v>43</v>
       </c>
       <c r="U2" t="s">
         <v>44</v>
       </c>
       <c r="V2" t="s">
         <v>45</v>
       </c>
+      <c r="W2" t="s">
+        <v>46</v>
+      </c>
       <c r="Y2" s="1"/>
       <c r="Z2" s="1"/>
-      <c r="AE2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AF2" t="s">
         <v>47</v>
+      </c>
+      <c r="AG2" t="s">
+        <v>48</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AZ1"/>
   <sheetViews>
@@ -1636,1085 +1643,1089 @@
     <col min="32" max="32" width="30" customWidth="true" style="0"/>
     <col min="33" max="33" width="30" customWidth="true" style="0"/>
     <col min="34" max="34" width="30" customWidth="true" style="0"/>
     <col min="35" max="35" width="30" customWidth="true" style="0"/>
     <col min="36" max="36" width="30" customWidth="true" style="0"/>
     <col min="37" max="37" width="30" customWidth="true" style="0"/>
     <col min="38" max="38" width="30" customWidth="true" style="0"/>
     <col min="39" max="39" width="30" customWidth="true" style="0"/>
     <col min="40" max="40" width="30" customWidth="true" style="0"/>
     <col min="41" max="41" width="30" customWidth="true" style="0"/>
     <col min="42" max="42" width="30" customWidth="true" style="0"/>
     <col min="43" max="43" width="30" customWidth="true" style="0"/>
     <col min="44" max="44" width="30" customWidth="true" style="0"/>
     <col min="45" max="45" width="30" customWidth="true" style="0"/>
     <col min="46" max="46" width="30" customWidth="true" style="0"/>
     <col min="47" max="47" width="30" customWidth="true" style="0"/>
     <col min="48" max="48" width="30" customWidth="true" style="0"/>
     <col min="49" max="49" width="30" customWidth="true" style="0"/>
     <col min="50" max="50" width="30" customWidth="true" style="0"/>
     <col min="51" max="51" width="30" customWidth="true" style="0"/>
     <col min="52" max="52" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:52">
       <c r="A1" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="P1" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="Q1" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="R1" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="S1" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="T1" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="U1" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="V1" s="2" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="W1" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="X1" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="Y1" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="Z1" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="AA1" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="AB1" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="AC1" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AD1" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AE1" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AF1" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="AG1" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AH1" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AI1" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AJ1" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="AK1" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AL1" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="AM1" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="AN1" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="AO1" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="AP1" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="AQ1" s="2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="AR1" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="AS1" s="2" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="AT1" s="2" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="AU1" s="2" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="AV1" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="AW1" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="AX1" s="2" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="AY1" s="2" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="AZ1" s="2" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:E1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q1"/>
+  <dimension ref="A1:R1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:Q1"/>
+      <selection activeCell="A1" sqref="A1:R1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
     <col min="17" max="17" width="30" customWidth="true" style="0"/>
+    <col min="18" max="18" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:17">
+    <row r="1" spans="1:18">
       <c r="A1" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="M1" s="5" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="N1" s="5" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="P1" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="Q1" s="2" t="s">
-        <v>116</v>
+        <v>117</v>
+      </c>
+      <c r="R1" s="2" t="s">
+        <v>118</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O15"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B15" sqref="B15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="F1" s="5" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" s="6" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C2" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="D2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E2" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="F2" s="4" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="G2" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="H2" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="I2" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="J2" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="K2" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="M2" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="N2" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="O2" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B3" s="6" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C3" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="D3" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="E3" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="F3" s="4" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="G3" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="H3" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="I3" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="J3" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="K3" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="M3" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="N3" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="O3" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B4" s="6" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="C4" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="D4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E4" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="F4" s="4" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="G4" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="H4" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="I4" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="J4" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="K4" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="L4" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="M4" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="N4" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="O4" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B5" s="6" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="C5" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D5" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="E5" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="F5" s="4" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="G5" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="H5" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="I5" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="J5" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="K5" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="L5" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="M5" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="N5" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="O5" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="C6" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="D6" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="E6" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="F6" s="4" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="G6" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="H6" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="I6" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="J6" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="K6" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="L6" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="M6" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="N6" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="O6" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="C7" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="D7" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="E7" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="F7" s="4" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="G7" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="H7" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="I7" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="J7" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="K7" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="L7" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="M7" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="N7" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="O7" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="C8" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="D8" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="E8" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="F8" s="4" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="G8" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="H8" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="I8" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="K8" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="M8" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="N8" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="O8" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="C9" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="D9" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="E9" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="F9" s="4" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="G9" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="H9" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="I9" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="J9" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="K9" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="M9" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="N9" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="O9" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="C10" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="D10" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="E10" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="F10" s="4" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="G10" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="H10" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="I10" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="M10" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="N10" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="O10" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C11" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="D11" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="E11" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="F11" s="4" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="G11" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="H11" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="I11" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="J11" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="K11" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="L11" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="M11" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="N11" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="O11" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="C12" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="D12" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="E12" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="F12" s="4" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="G12" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="H12" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="I12" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="J12" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="K12" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="L12" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="M12" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="N12" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="O12" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="C13" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="D13" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E13" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="F13" s="4" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="G13" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="H13" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="I13" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="J13" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="K13" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="L13" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="M13" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="N13" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="O13" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="C14" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="D14" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="E14" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="F14" s="4" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="G14" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="H14" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="I14" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="J14" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="K14" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="L14" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="M14" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="N14" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="O14" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="C15" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="D15" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="E15" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="F15" s="4" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="G15" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="H15" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="I15" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="J15" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="K15" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="L15" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="M15" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="N15" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="O15" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -2731,340 +2742,340 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="H1" s="5" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D4"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B4" sqref="B4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" s="6" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="C2" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="D2" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B3" s="6" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="C3" t="s">
+        <v>283</v>
+      </c>
+      <c r="D3" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>279</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B4" s="6" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="C4" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>285</v>
+        <v>104</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C2" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D2" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="E2" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="F2" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E4"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E4" sqref="E4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B1" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="C1" s="2" t="s">
         <v>100</v>
       </c>
-      <c r="C1" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1" s="2" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C2" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="D2" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B3" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C3" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="E3" s="6" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C4" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="E4" s="6" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="E4" r:id="rId_hyperlink_2"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>