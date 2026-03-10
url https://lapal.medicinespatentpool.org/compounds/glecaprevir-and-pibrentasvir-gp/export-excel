--- v2 (2026-02-15)
+++ v3 (2026-03-10)
@@ -484,84 +484,84 @@
   <si>
     <t>World Intellectual Property Organization (WIPO), Türkiye, North Macedonia, Albania, Bosnia and Herzegovina, Montenegro, Serbia</t>
   </si>
   <si>
     <t>Canada, Japan, United States of America, World Intellectual Property Organization (WIPO), Belgium, Luxembourg, Netherlands, Switzerland, Sweden, Austria, Liechtenstein, Greece, Denmark, Monaco, Portugal, Ireland, Finland, Cyprus, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, San Marino, Croatia, Romania, Latvia, Lithuania, Slovenia</t>
   </si>
   <si>
     <t>WO2013059638</t>
   </si>
   <si>
     <t xml:space="preserve">Direct-acting antiviral (DAA) combinations without IFN or RBV </t>
   </si>
   <si>
     <t>Combination</t>
   </si>
   <si>
     <t>2032-10-19</t>
   </si>
   <si>
     <t>The present invention features interferon- and ribavirin-free therapies for the treatment of HCV. Preferably, the treatment is over a shorter duration of treatment, such as no more than 12 weeks. In one aspect, the therapies comprise administering at least two direct acting antiviral agents without interferon and ribavirin to a subject with HCV infection. For example, the therapies comprise administering to a subject an effective amounts of therapeutic agent 1 (ABT) or therapeutic agent 2 (=ABT-333) or therapeutic agent 3 (=ABT-072) or therapeutic agent 4 (ABT), and an inhibitor of cytochrome P450 (e.g., ritonavir).</t>
   </si>
   <si>
     <t>Health Canada, US FDA</t>
   </si>
   <si>
-    <t>Mexico, Philippines, South Africa</t>
+    <t>Philippines, South Africa</t>
   </si>
   <si>
     <t>United States of America</t>
   </si>
   <si>
     <t>Switzerland, Germany, Denmark, Spain, Hong Kong, Israel, Singapore, Taiwan, Province of China, Cyprus</t>
   </si>
   <si>
-    <t>Argentina, China, Dominican Republic, Albania, North Macedonia, Serbia, Türkiye, Armenia, Azerbaijan, Belarus, Kyrgyzstan, Kazakhstan, Tajikistan, Turkmenistan, Philippines, World Intellectual Property Organization (WIPO), Brazil, Bosnia and Herzegovina, Montenegro</t>
+    <t>Argentina, China, Dominican Republic, Mexico, Albania, North Macedonia, Serbia, Türkiye, Armenia, Azerbaijan, Belarus, Kyrgyzstan, Kazakhstan, Tajikistan, Turkmenistan, Philippines, World Intellectual Property Organization (WIPO), Brazil, Bosnia and Herzegovina, Montenegro</t>
   </si>
   <si>
     <t>Canada, Australia, Switzerland, Chile, Germany, Denmark, Spain, United Kingdom, Japan, Portugal, Sweden, Taiwan, Province of China, United States of America, Uruguay, Austria, Belgium, Bulgaria, Cyprus, Czechia, Estonia, Finland, France, Greece, Croatia, Hungary, Ireland, Iceland, Italy, Liechtenstein, Lithuania, Luxembourg, Latvia, Monaco, Malta, Netherlands, Norway, Poland, Romania, Slovenia, Slovakia, San Marino, Russian Federation, New Zealand, World Intellectual Property Organization (WIPO)</t>
   </si>
   <si>
     <t>WO2012040167</t>
   </si>
   <si>
     <t>Glecaprevir compound</t>
   </si>
   <si>
     <t>Enanta Pharmaceuticals, Inc</t>
   </si>
   <si>
     <t>2031-09-20</t>
   </si>
   <si>
     <t>The present invention discloses compounds of Formula (I) or pharmaceutically acceptable salts, esters, or prodrugs thereof: Formula (I) which inhibit serine protease activity, particularly the activity of hepatitis C virus (HCV) NS3-NS4A protease. Consequently, the compounds of the present invention interfere with the life cycle of the hepatitis C virus and are also useful as antiviral agents. The present invention further relates to pharmaceutical compositions comprising the aforementioned compounds for administration to a subject suffering from HCV infection. The invention also relates to methods of treating an HCV infection in a subject by administering a pharmaceutical composition comprising the compounds of the present invention.</t>
   </si>
   <si>
     <t>UNITAID 2017 patent landscape, MPP Licence, Health Canada, US FDA</t>
   </si>
   <si>
-    <t>Argentina, Brazil, China, Colombia, Dominican Republic, Turkmenistan, Belarus, Tajikistan, Kazakhstan, Azerbaijan, Kyrgyzstan, Armenia, Moldova, Republic of, Ecuador, Türkiye, North Macedonia, Albania, Bosnia and Herzegovina, Montenegro, Serbia, Guatemala, Mexico, Peru, South Africa, India, Bolivia (Plurinational State of), Paraguay, Mongolia, Philippines, Malaysia, Pakistan, Indonesia, Ukraine</t>
+    <t>Argentina, Brazil, China, Colombia, Dominican Republic, Turkmenistan, Belarus, Tajikistan, Kazakhstan, Azerbaijan, Kyrgyzstan, Armenia, Moldova, Republic of, Ecuador, Türkiye, North Macedonia, Albania, Serbia, Guatemala, Mexico, Peru, South Africa, India, Bolivia (Plurinational State of), Paraguay, Mongolia, Philippines, Malaysia, Pakistan, Indonesia, Ukraine</t>
   </si>
   <si>
     <t>Canada, Australia, Cyprus, Denmark, Spain, Hong Kong, Croatia, Israel, Japan, Korea, Republic of, New Zealand, Portugal, Singapore, Slovenia, San Marino, United States of America, Chile, Costa Rica, Russian Federation, Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Monaco, Ireland, Finland, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, Romania, Latvia, Lithuania, Uruguay, Panama, Bahrain, Kuwait, Qatar, Saudi Arabia, Oman, United Arab Emirates, Macao</t>
   </si>
   <si>
     <t>Argentina, Viet Nam, Venezuela (Bolivarian Republic of), Thailand</t>
   </si>
   <si>
     <t>Cyprus, Denmark, Spain, Croatia, Portugal, Slovenia, San Marino, Taiwan, Province of China, Luxembourg, Netherlands, Hungary, Poland, Norway, Lithuania, Bahrain, Kuwait, Qatar, Saudi Arabia, Oman, United Arab Emirates</t>
   </si>
   <si>
     <t>World Intellectual Property Organization (WIPO), Argentina, Colombia, Dominican Republic, Ecuador, Türkiye, North Macedonia, Albania, Bosnia and Herzegovina, Montenegro, Serbia, Guatemala, India, Egypt, Malaysia, Indonesia</t>
   </si>
   <si>
     <t>Australia, Cyprus, Denmark, Spain, Croatia, Japan, Korea, Republic of, Portugal, Slovenia, San Marino, United States of America, World Intellectual Property Organization (WIPO), Costa Rica, Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Monaco, Ireland, Finland, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, Romania, Latvia, Lithuania, Uruguay, Bahrain, Kuwait, Qatar, Saudi Arabia, Oman, United Arab Emirates</t>
   </si>
   <si>
     <t>WO2014047039</t>
   </si>
   <si>
     <t>Pibrentasvir use in HCV</t>
   </si>
   <si>
     <t>Use</t>
   </si>