--- v0 (2025-10-27)
+++ v1 (2025-11-28)
@@ -28,51 +28,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Compounds" sheetId="1" r:id="rId4"/>
     <sheet name="Clinical trials" sheetId="2" r:id="rId5"/>
     <sheet name="Key resources" sheetId="3" r:id="rId6"/>
     <sheet name="Regulatory status" sheetId="4" r:id="rId7"/>
     <sheet name="Patent Medspal" sheetId="5" r:id="rId8"/>
     <sheet name="Patent curated by innovator" sheetId="6" r:id="rId9"/>
     <sheet name="Drug illustrations" sheetId="7" r:id="rId10"/>
     <sheet name="Developers" sheetId="8" r:id="rId11"/>
     <sheet name="Publications" sheetId="9" r:id="rId12"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="327">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="332">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Abbreviation</t>
   </si>
   <si>
     <t>Generic name</t>
   </si>
   <si>
     <t>Brand names</t>
   </si>
   <si>
     <t>Compound type</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Approval status</t>
   </si>
   <si>
     <t>Regulatory authorities</t>
   </si>
   <si>
@@ -803,50 +803,53 @@
   <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
   </si>
   <si>
+    <t>Country Name</t>
+  </si>
+  <si>
     <t>Reg Status</t>
   </si>
   <si>
     <t>Reg Submission Date</t>
   </si>
   <si>
     <t>Reg Approval Date</t>
   </si>
   <si>
     <t>Links</t>
   </si>
   <si>
     <t>Comments</t>
   </si>
   <si>
     <t>Representative patent</t>
   </si>
   <si>
     <t>Patent description</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Patent holder</t>
@@ -869,81 +872,93 @@
   <si>
     <t>Granted: High income countries</t>
   </si>
   <si>
     <t>Filed: Low, low-middle and upper-middle countries</t>
   </si>
   <si>
     <t>Filed: High income countries</t>
   </si>
   <si>
     <t>Not in force: Low, low-middle and upper-middle countries</t>
   </si>
   <si>
     <t>Not in force: High income countries</t>
   </si>
   <si>
     <t>WO2017139519</t>
   </si>
   <si>
     <t>Islatravir for the treatment or prophylaxis of HIV (dosing regimen less frequent than once-daily)</t>
   </si>
   <si>
     <t>Use</t>
   </si>
   <si>
+    <t>MERCK SHARP &amp; DOHME [US]</t>
+  </si>
+  <si>
     <t>2037-02-10</t>
   </si>
   <si>
+    <t>The present invention is directed to methods for inhibition of HIV reverse transcriptase, treatment of infection by HIV, prophylaxis of infection by HIV, and the treatment, prophylaxis and/or delay in the onset or progression of AIDS or ARC by administering a compound of structural Formula (I) or a pharmaceutically acceptable salt or co-crystal thereof, wherein X is -F or -Cl, less frequently than once daily.</t>
+  </si>
+  <si>
     <t>MPP</t>
   </si>
   <si>
     <t>Türkiye, North Macedonia, Albania, Bosnia and Herzegovina, Montenegro, Serbia, Moldova, Republic of, Morocco, Dominican Republic, Belarus, Kazakhstan, Azerbaijan, Armenia, Mexico, South Africa, Georgia, Iran (Islamic Republic of), Ukraine, Malaysia, Botswana, Ghana, Kenya, Namibia, Tunisia, Jordan</t>
   </si>
   <si>
     <t>Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Spain, Denmark, Portugal, Ireland, Finland, Cyprus, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, Croatia, Romania, Latvia, Lithuania, Slovenia, Australia, Canada, Russian Federation, Japan, Korea, Republic of, Taiwan, Province of China, United States of America, New Zealand</t>
   </si>
   <si>
     <t>China, El Salvador, Nicaragua</t>
   </si>
   <si>
     <t>Lithuania, Korea, Republic of, Singapore, Taiwan, Province of China, United States of America, Hong Kong, Israel</t>
   </si>
   <si>
     <t>Argentina, China, Turkmenistan, Tajikistan, Kyrgyzstan, Philippines, World Intellectual Property Organization (WIPO), Gambia (the), Lesotho, Malawi, Mozambique, Sierra Leone, Liberia, Rwanda, Sao Tome and Principe, Sudan, Eswatini, Tanzania, United Republic of, Uganda, Zambia, Zimbabwe, Brazil</t>
   </si>
   <si>
     <t>Monaco, San Marino, Chile, Japan, Korea, Republic of, World Intellectual Property Organization (WIPO)</t>
   </si>
   <si>
     <t>WO2005090349</t>
   </si>
   <si>
     <t>Islatravir compound and use for treating HIV</t>
   </si>
   <si>
+    <t>Yamasa Corporation</t>
+  </si>
+  <si>
     <t>2025-03-24</t>
+  </si>
+  <si>
+    <t>A compound which has excellent anti-HIV activity, is effective also against polypharmacy-resistant HIV strains having resistance to two or more anti-HIV drugs, especially AZT, DDI, DDC, D4T, 3TC, etc., is lowly cytotoxic, and has resistance to deactivation by adenosine deaminase. It is a 4'-C-substituted 2-haloadenosine derivative represented by the following formula [I], [II], or [III]. Also provided is a medicinal composition comprising the derivative and a pharmaceutically acceptable support. [Chemical formula 1] (In the formulae, X represents halogeno; R&lt;1&gt; represents ethynyl or cyano; and R&lt;2&gt; represents hydrogen or the atoms of a residue of phosphoric acid or a derivative thereof.)</t>
   </si>
   <si>
     <t>United States of America</t>
   </si>
   <si>
     <t>Türkiye, North Macedonia, Albania, Bosnia and Herzegovina, Serbia, World Intellectual Property Organization (WIPO), Mexico</t>
   </si>
   <si>
     <t>Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Spain, Denmark, Monaco, Portugal, Ireland, Finland, Cyprus, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Croatia, Romania, Latvia, Lithuania, Slovenia, Canada, Japan, United States of America, World Intellectual Property Organization (WIPO)</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Brief description</t>
   </si>
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Exclusivity</t>
   </si>
   <si>
     <t>Expiration date</t>
   </si>
@@ -2782,124 +2797,128 @@
   <hyperlinks>
     <hyperlink ref="E2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="E3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="E4" r:id="rId_hyperlink_3"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P1"/>
+  <dimension ref="A1:Q1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:P1"/>
+      <selection activeCell="A1" sqref="A1:Q1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
+    <col min="17" max="17" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16">
+    <row r="1" spans="1:17">
       <c r="A1" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>237</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>238</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>239</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>240</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>241</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>242</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>243</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>244</v>
       </c>
       <c r="K1" s="2" t="s">
         <v>245</v>
       </c>
-      <c r="L1" s="6" t="s">
+      <c r="L1" s="2" t="s">
         <v>246</v>
       </c>
       <c r="M1" s="6" t="s">
         <v>247</v>
       </c>
-      <c r="N1" s="2" t="s">
+      <c r="N1" s="6" t="s">
         <v>248</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>249</v>
       </c>
       <c r="P1" s="2" t="s">
         <v>250</v>
+      </c>
+      <c r="Q1" s="2" t="s">
+        <v>251</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O3"/>
   <sheetViews>
@@ -2909,163 +2928,175 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="F1" s="6" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C2" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D2" t="s">
-        <v>267</v>
+        <v>268</v>
+      </c>
+      <c r="E2" t="s">
+        <v>269</v>
       </c>
       <c r="F2" s="5" t="s">
-        <v>268</v>
+        <v>270</v>
+      </c>
+      <c r="G2" t="s">
+        <v>271</v>
       </c>
       <c r="H2" t="s">
         <v>117</v>
       </c>
       <c r="I2" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="J2" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="K2" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="L2" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="M2" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="N2" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="O2" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>32</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C3" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="D3" t="s">
         <v>50</v>
       </c>
+      <c r="E3" t="s">
+        <v>281</v>
+      </c>
       <c r="F3" s="5" t="s">
-        <v>278</v>
+        <v>282</v>
+      </c>
+      <c r="G3" t="s">
+        <v>283</v>
       </c>
       <c r="H3" t="s">
         <v>117</v>
       </c>
       <c r="I3" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="K3" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="N3" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="O3" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
@@ -3073,215 +3104,215 @@
   </sheetPr>
   <dimension ref="A1:I1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="H1" s="6" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>54</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>230</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="C2" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="D2" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>295</v>
+        <v>300</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>296</v>
+        <v>301</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="C2" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
       <c r="D2" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="E2" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="F2" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E16"/>
   <sheetViews>
@@ -3301,208 +3332,208 @@
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>231</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>230</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>232</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
         <v>52</v>
       </c>
       <c r="C2" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="E2" s="4" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>32</v>
       </c>
       <c r="B3" t="s">
         <v>52</v>
       </c>
       <c r="C3" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="E3" s="4" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>32</v>
       </c>
       <c r="B4" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="C4" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
       <c r="D4" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>32</v>
       </c>
       <c r="B5" t="s">
         <v>52</v>
       </c>
       <c r="C5" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="E5" s="4" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
         <v>32</v>
       </c>
       <c r="B6" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="C6" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="D6" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>32</v>
       </c>
       <c r="B7" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="C7" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
       <c r="D7" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>32</v>
       </c>
       <c r="B8" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="C8" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
       <c r="D8" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
         <v>32</v>
       </c>
       <c r="B9" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="C9" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
       <c r="D9" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
         <v>32</v>
       </c>
       <c r="B10" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="C10" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="D10" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
         <v>32</v>
       </c>
       <c r="B11" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="C11" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
       <c r="D11" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
         <v>32</v>
       </c>
       <c r="B12" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="C12" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
       <c r="D12" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
         <v>32</v>
       </c>
       <c r="B13" t="s">
         <v>52</v>
       </c>
       <c r="C13" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="E13" s="4" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
         <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>52</v>
       </c>
       <c r="C14" t="s">
         <v>233</v>
       </c>
       <c r="E14" s="4" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>52</v>
       </c>
       <c r="C15" t="s">
         <v>235</v>