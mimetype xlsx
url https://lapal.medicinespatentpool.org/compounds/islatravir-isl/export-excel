--- v1 (2025-11-28)
+++ v2 (2026-02-06)
@@ -181,51 +181,51 @@
   </si>
   <si>
     <t>Several synthetic chemical processes describing the manufacture of ISL have been published, with each approach containing around twelve and eighteen steps. However, it should be noted that these approaches have proved to be complex and highly inefficient, with marked difficulty in controlling 2’-deoxyribonucleoside anomer stereochemistry and the requirement for several protecting-group manipulations. To counter these issues, Merck developed a highly innovative and extraordinarily efficient approach utilising directed evolution to create a novel three-step biocatalytic cascade for ISL synthesis</t>
   </si>
   <si>
     <t>400 MHz Briker AVANCE III and 500MHz Bruker Ultrashield spectrometer (or equivalent) for 1H, 19F, 31P and 13C NMR.
 An Accurate-Mass Time-of-Flight (TOF) high resolution mass spectrometer.
 Molecular Devices plate reader Spectra Max Plus for Spectrophotomeric analyses, alongside a Perkin Elmer polarimeter with a PCB 1500 water Peltier system for optical rotation measurements.
 Aglient 7890A instrument for gas chromatography.
 UPLC via Agilent Technologies 1290 Infinity II series or HPLC through Agilent 1100 Series.
 Corona Ultra RS detector by Dionex for supercritical fluid chromatography.</t>
   </si>
   <si>
     <t>HIV</t>
   </si>
   <si>
     <t>Treatment</t>
   </si>
   <si>
     <t>Administered by a nurse, Administered by a specialty health worker, Self-administered</t>
   </si>
   <si>
     <t>investigational</t>
   </si>
   <si>
-    <t>2022-11-07 11:52:45</t>
+    <t>2024-11-26 13:07:15</t>
   </si>
   <si>
     <t>2025-01-10 15:49:44</t>
   </si>
   <si>
     <t>Compound</t>
   </si>
   <si>
     <t>Identifier</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
     <t>Phase</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Sponsor</t>
   </si>
   <si>
     <t>More details</t>
   </si>
@@ -779,50 +779,53 @@
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Safety and pharmacokinetics of oral islatravir once monthly for HIV pre-exposure prophylaxis (PrEP): week 24 analysis of a phase 2a trial</t>
   </si>
   <si>
     <t>https://theprogramme.ias2021.org/Abstract/Abstract/2361</t>
   </si>
   <si>
     <t>Safety, pharmacokinetics, and antiretroviral activity of islatravir (ISL, MK-8591), a novel nucleoside reverse transcriptase translocation inhibitor, following single-dose administration</t>
   </si>
   <si>
     <t>https://doi.org/10.1016/s2352-3018(19)30372-8</t>
   </si>
   <si>
     <t>Company</t>
   </si>
   <si>
+    <t>Manufacturer</t>
+  </si>
+  <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
   </si>
   <si>
     <t>Country Name</t>
@@ -957,53 +960,50 @@
     <t>Category</t>
   </si>
   <si>
     <t>Exclusivity</t>
   </si>
   <si>
     <t>Expiration date</t>
   </si>
   <si>
     <t>Illustration URL</t>
   </si>
   <si>
     <t>Credit</t>
   </si>
   <si>
     <t>https://lapal.medicinespatentpool.org/storage/illustrations/CY7oDcqWoblPJdA248MvnDrWjg2632vfPF2oeg1M.png</t>
   </si>
   <si>
     <t>Islatravir Chemical Structure</t>
   </si>
   <si>
     <t>Sourced from DrugBank</t>
   </si>
   <si>
     <t>Company/University</t>
-  </si>
-[...1 lines deleted...]
-    <t>Manufacturer</t>
   </si>
   <si>
     <t>Link to website</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Short description</t>
   </si>
   <si>
     <t>Merck &amp; Co., Inc.</t>
   </si>
   <si>
     <t>originator</t>
   </si>
   <si>
     <t>https://www.msd.com/</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>Merck &amp; Co., Inc. is an American multinational pharmaceutical company known as Merck Sharp &amp; Drone (MSD) in territories outside of the USA and Canada. Merck was originally established in 1891, and is headquartered in Rahway, New Jersey. The company is particularly well known for developing and manufacturing biologic therapies, vaccines, medicines and animal health products.</t>
   </si>
@@ -2797,128 +2797,132 @@
   <hyperlinks>
     <hyperlink ref="E2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="E3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="E4" r:id="rId_hyperlink_3"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q1"/>
+  <dimension ref="A1:R1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:Q1"/>
+      <selection activeCell="A1" sqref="A1:R1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
     <col min="17" max="17" width="30" customWidth="true" style="0"/>
+    <col min="18" max="18" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:17">
+    <row r="1" spans="1:18">
       <c r="A1" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>237</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>238</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>239</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>240</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>241</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>242</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>243</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>244</v>
       </c>
       <c r="K1" s="2" t="s">
         <v>245</v>
       </c>
       <c r="L1" s="2" t="s">
         <v>246</v>
       </c>
       <c r="M1" s="6" t="s">
         <v>247</v>
       </c>
       <c r="N1" s="6" t="s">
         <v>248</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>249</v>
       </c>
       <c r="P1" s="2" t="s">
         <v>250</v>
       </c>
       <c r="Q1" s="2" t="s">
         <v>251</v>
+      </c>
+      <c r="R1" s="2" t="s">
+        <v>252</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O3"/>
   <sheetViews>
@@ -2928,175 +2932,175 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="F1" s="6" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C2" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D2" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="E2" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="F2" s="5" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="G2" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="H2" t="s">
         <v>117</v>
       </c>
       <c r="I2" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="J2" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="K2" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="L2" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="M2" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="N2" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="O2" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>32</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C3" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D3" t="s">
         <v>50</v>
       </c>
       <c r="E3" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="F3" s="5" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="G3" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="H3" t="s">
         <v>117</v>
       </c>
       <c r="I3" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="K3" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="N3" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="O3" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
@@ -3104,186 +3108,186 @@
   </sheetPr>
   <dimension ref="A1:I1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="H1" s="6" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>54</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>230</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C2" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="D2" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>298</v>
+        <v>238</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>299</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>300</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
         <v>302</v>
       </c>
       <c r="C2" t="s">
         <v>303</v>
       </c>
       <c r="D2" t="s">
         <v>304</v>
       </c>
       <c r="E2" t="s">