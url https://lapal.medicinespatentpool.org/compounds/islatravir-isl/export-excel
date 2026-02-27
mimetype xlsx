--- v2 (2026-02-06)
+++ v3 (2026-02-27)
@@ -28,67 +28,70 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Compounds" sheetId="1" r:id="rId4"/>
     <sheet name="Clinical trials" sheetId="2" r:id="rId5"/>
     <sheet name="Key resources" sheetId="3" r:id="rId6"/>
     <sheet name="Regulatory status" sheetId="4" r:id="rId7"/>
     <sheet name="Patent Medspal" sheetId="5" r:id="rId8"/>
     <sheet name="Patent curated by innovator" sheetId="6" r:id="rId9"/>
     <sheet name="Drug illustrations" sheetId="7" r:id="rId10"/>
     <sheet name="Developers" sheetId="8" r:id="rId11"/>
     <sheet name="Publications" sheetId="9" r:id="rId12"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="332">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="334">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Abbreviation</t>
   </si>
   <si>
     <t>Generic name</t>
   </si>
   <si>
     <t>Brand names</t>
   </si>
   <si>
     <t>Compound type</t>
   </si>
   <si>
+    <t>Drug class/category</t>
+  </si>
+  <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Approval status</t>
   </si>
   <si>
     <t>Regulatory authorities</t>
   </si>
   <si>
     <t>Link(s)</t>
   </si>
   <si>
     <t>Route(s) of administration</t>
   </si>
   <si>
     <t>Associated long-acting platforms</t>
   </si>
   <si>
     <t>Proprietary excipients used</t>
   </si>
   <si>
     <t>Novel excipients or existing excipients at a concentration above Inactive Ingredient Database (IID) for the specified route of administration</t>
   </si>
   <si>
     <t>Residual solvents used</t>
@@ -133,50 +136,53 @@
     <t>Recommended dosing regimen</t>
   </si>
   <si>
     <t>Dosage additional comments</t>
   </si>
   <si>
     <t>Dosage link(s)</t>
   </si>
   <si>
     <t>Comment &amp; Information</t>
   </si>
   <si>
     <t>Created at</t>
   </si>
   <si>
     <t>Updated at</t>
   </si>
   <si>
     <t>Islatravir</t>
   </si>
   <si>
     <t>ISL</t>
   </si>
   <si>
     <t>Small molecule</t>
+  </si>
+  <si>
+    <t>NRTTI</t>
   </si>
   <si>
     <t>Islatravir (ISL), also known as MK-8591, is a nucleoside reverse transcriptase translocation inhibitor (NRTTI) in clinical development for HIV treatment. ISL is a first-in-class compound with a varied mechanism of action including a strong binding affinity for reverse transcriptase, the ability to block HIV primer translocation and an extended half-life enabling once-weekly oral dosing. ISL is being evaluated in several clinical trials in combination with other antiretroviral therapies including doravirine, lenacapavir and MK-8507. In 2021, the US FDA placed a clinical hold on ISL following a decrease in CD4 T-cell counts in HIV-positive patients, and reduced total lymphocyte counts in HIV-negative trial participants. The FDA clinical hold was lifted after Merck introduced lower ISL dosing</t>
   </si>
   <si>
     <t>Unknown</t>
   </si>
   <si>
     <t>https://go.drugbank.com/drugs/DB15653</t>
   </si>
   <si>
     <t>Oral, Subcutaneous</t>
   </si>
   <si>
     <t>Polymeric implant, Oral solid form</t>
   </si>
   <si>
     <t>The automated lab reactor platforms EasyMax 102 and 402 (Mettler-Toledo AG, AutoChem, Switzerland) were utilised by Merck for the reaction scale-up of Islatravir synthesis. The EasyMax reactors contained integrated measurement probes for pH and temperature,  FireStringO2 dissolved oxygen sensors (Pyro-Science GmbH, Germany) and the EasySampler 1210 automated sampling system.</t>
   </si>
   <si>
     <t>EasyMax 102 and 402 equipped with FireStringO2 sensors and the EasySampler 1210 system.
 A thermal gas flow controller (Aalborg, USA) to monitor and control oxidation air-gas flow to the reactor, with a suitable compressed air-source. 
 Reactions at the 1L scale should be conducted using the Optimal 1001 automated lab reactor platform (Mettler-Toledo) or equivalent, alongside a sintered steel frit for improved 1L gas distribution for the oxidation reactions.</t>
   </si>
   <si>
@@ -1471,93 +1477,94 @@
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20170817&amp;CC=WO&amp;NR=2017139519A1&amp;KC=A1" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20050929&amp;CC=WO&amp;NR=2005090349A1&amp;KC=A1" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="illustrations/CY7oDcqWoblPJdA248MvnDrWjg2632vfPF2oeg1M.png" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.merck.com/news/merck-announces-clinical-holds-on-studies-evaluating-islatravir-for-the-treatment-and-prevention-of-hiv-1-infection/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.merck.com/news/merck-to-initiate-new-phase-3-clinical-program-with-lower-dose-of-daily-oral-islatravir-in-combination-with-doravirine-for-treatment-of-people-with-hiv-1-infection/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aidsmap.com/news/dec-2021/trials-long-acting-islatravir-hiv-treatment-and-prevention-placed-hold" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.merck.com/news/merck-announces-topline-results-from-pivotal-phase-3-trials-evaluating-investigational-once-daily-oral-two-drug-single-tablet-regimen-of-doravirine-islatravir-dor-isl-for-the-treatment-of-adults/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theprogramme.ias2021.org/Abstract/Abstract/2361" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/s2352-3018(19)30372-8" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41591-021-01479-3" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AF2"/>
+  <dimension ref="A1:AG2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:AF1"/>
+      <selection activeCell="A1" sqref="A1:AG1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
     <col min="17" max="17" width="30" customWidth="true" style="0"/>
     <col min="18" max="18" width="30" customWidth="true" style="0"/>
     <col min="19" max="19" width="30" customWidth="true" style="0"/>
     <col min="20" max="20" width="30" customWidth="true" style="0"/>
     <col min="21" max="21" width="30" customWidth="true" style="0"/>
     <col min="22" max="22" width="30" customWidth="true" style="0"/>
     <col min="23" max="23" width="30" customWidth="true" style="0"/>
     <col min="24" max="24" width="30" customWidth="true" style="0"/>
     <col min="25" max="25" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="30" customWidth="true" style="0"/>
     <col min="27" max="27" width="30" customWidth="true" style="0"/>
     <col min="28" max="28" width="30" customWidth="true" style="0"/>
     <col min="29" max="29" width="30" customWidth="true" style="0"/>
     <col min="30" max="30" width="30" customWidth="true" style="0"/>
     <col min="31" max="31" width="30" customWidth="true" style="0"/>
     <col min="32" max="32" width="30" customWidth="true" style="0"/>
+    <col min="33" max="33" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:32">
+    <row r="1" spans="1:33">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="2" t="s">
@@ -1610,124 +1617,130 @@
       </c>
       <c r="Y1" s="3" t="s">
         <v>24</v>
       </c>
       <c r="Z1" s="3" t="s">
         <v>25</v>
       </c>
       <c r="AA1" s="2" t="s">
         <v>26</v>
       </c>
       <c r="AB1" s="2" t="s">
         <v>27</v>
       </c>
       <c r="AC1" s="2" t="s">
         <v>28</v>
       </c>
       <c r="AD1" s="2" t="s">
         <v>29</v>
       </c>
       <c r="AE1" s="2" t="s">
         <v>30</v>
       </c>
       <c r="AF1" s="2" t="s">
         <v>31</v>
       </c>
-    </row>
-    <row r="2" spans="1:32">
+      <c r="AG1" s="2" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="2" spans="1:33">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C2" t="s">
         <v>33</v>
       </c>
-      <c r="C2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H2" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="I2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J2" t="s">
+        <v>39</v>
+      </c>
+      <c r="K2" t="s">
+        <v>40</v>
+      </c>
+      <c r="L2" t="s">
+        <v>41</v>
+      </c>
+      <c r="M2" t="s">
         <v>38</v>
       </c>
-      <c r="K2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N2" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="O2" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="P2" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="Q2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="R2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="S2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="T2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="U2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="V2" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="Y2" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="Z2" s="1"/>
-      <c r="AE2" t="s">
+      <c r="W2" t="s">
         <v>48</v>
       </c>
+      <c r="Y2" s="1"/>
+      <c r="Z2" s="1" t="s">
+        <v>49</v>
+      </c>
       <c r="AF2" t="s">
-        <v>49</v>
+        <v>50</v>
+      </c>
+      <c r="AG2" t="s">
+        <v>51</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AZ8"/>
   <sheetViews>
@@ -1771,1048 +1784,1048 @@
     <col min="32" max="32" width="30" customWidth="true" style="0"/>
     <col min="33" max="33" width="30" customWidth="true" style="0"/>
     <col min="34" max="34" width="30" customWidth="true" style="0"/>
     <col min="35" max="35" width="30" customWidth="true" style="0"/>
     <col min="36" max="36" width="30" customWidth="true" style="0"/>
     <col min="37" max="37" width="30" customWidth="true" style="0"/>
     <col min="38" max="38" width="30" customWidth="true" style="0"/>
     <col min="39" max="39" width="30" customWidth="true" style="0"/>
     <col min="40" max="40" width="30" customWidth="true" style="0"/>
     <col min="41" max="41" width="30" customWidth="true" style="0"/>
     <col min="42" max="42" width="30" customWidth="true" style="0"/>
     <col min="43" max="43" width="30" customWidth="true" style="0"/>
     <col min="44" max="44" width="30" customWidth="true" style="0"/>
     <col min="45" max="45" width="30" customWidth="true" style="0"/>
     <col min="46" max="46" width="30" customWidth="true" style="0"/>
     <col min="47" max="47" width="30" customWidth="true" style="0"/>
     <col min="48" max="48" width="30" customWidth="true" style="0"/>
     <col min="49" max="49" width="30" customWidth="true" style="0"/>
     <col min="50" max="50" width="30" customWidth="true" style="0"/>
     <col min="51" max="51" width="30" customWidth="true" style="0"/>
     <col min="52" max="52" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:52">
       <c r="A1" s="2" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="P1" s="2" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="Q1" s="2" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="R1" s="2" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="S1" s="2" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="T1" s="2" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="U1" s="2" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="V1" s="2" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="W1" s="2" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="X1" s="2" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="Y1" s="2" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="Z1" s="2" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="AA1" s="2" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="AB1" s="2" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="AC1" s="2" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="AD1" s="2" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="AE1" s="2" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="AF1" s="2" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AG1" s="2" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="AH1" s="2" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AI1" s="2" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="AJ1" s="2" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="AK1" s="2" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="AL1" s="2" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="AM1" s="2" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="AN1" s="2" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="AO1" s="2" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="AP1" s="2" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="AQ1" s="2" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="AR1" s="2" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="AS1" s="2" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="AT1" s="2" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="AU1" s="2" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="AV1" s="2" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="AW1" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="AX1" s="2" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="AY1" s="2" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="AZ1" s="2" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
     </row>
     <row r="2" spans="1:52">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C2" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="D2" s="4" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="E2" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="F2" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="G2" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="I2" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="J2" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="M2" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="N2" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="O2" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="X2" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="AB2" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="AC2" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="AD2" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="AE2" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="AF2" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="AG2" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="AH2" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="AI2" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="AJ2" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="AL2" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="AM2" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="AP2" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="AQ2">
         <v>242</v>
       </c>
       <c r="AR2" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="AS2" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="AU2" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="AV2" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="AW2" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="AX2" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="AY2" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="AZ2" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
     </row>
     <row r="3" spans="1:52">
       <c r="A3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B3" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C3" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="D3" s="4" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="E3" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="F3" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="G3" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="H3" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="I3" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="J3" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="M3" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="N3" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="O3" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="Q3" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="R3" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="S3" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="X3" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="Y3" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="AA3" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="AB3" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="AC3" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="AD3" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="AE3" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="AF3" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="AG3" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="AH3" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="AI3" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="AJ3" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="AM3" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="AN3" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="AP3" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="AQ3">
         <v>730</v>
       </c>
       <c r="AR3" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="AS3" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="AU3" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="AV3" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="AW3" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="AX3" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="AY3" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="AZ3" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
     </row>
     <row r="4" spans="1:52">
       <c r="A4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B4" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="C4" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="D4" s="4" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="E4" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="F4" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="G4" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="H4" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="I4" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="J4" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="M4" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="N4" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="O4" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="P4" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="Q4" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="R4" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="S4" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="X4" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="AB4" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="AC4" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="AD4" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="AE4" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="AF4" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="AG4" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="AH4" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="AI4" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="AJ4" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="AM4" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="AN4" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="AP4" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="AQ4">
         <v>494</v>
       </c>
       <c r="AR4" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="AS4" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="AU4" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="AV4" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="AW4" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="AX4" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="AY4" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="AZ4" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
     </row>
     <row r="5" spans="1:52">
       <c r="A5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B5" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="C5" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D5" s="4" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="E5" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="F5" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="G5" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="H5" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="I5" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="M5" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="N5" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="W5" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="Y5" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="Z5" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="AA5" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="AD5" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="AE5" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="AF5" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="AG5" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="AH5" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="AI5" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="AJ5" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="AL5" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="AM5" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="AP5" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="AS5" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="AU5" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="AV5" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="AW5" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="AX5" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="AY5" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="AZ5" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
     </row>
     <row r="6" spans="1:52">
       <c r="A6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B6" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C6" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D6" s="4" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="E6" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="F6" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="G6" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="H6" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="I6" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="M6" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="N6" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="O6" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="W6" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="Z6" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="AA6" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="AD6" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="AE6" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="AF6" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="AG6" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="AH6" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="AI6" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="AJ6" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="AL6" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="AM6" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="AP6" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="AR6" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="AS6" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="AU6" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="AV6" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="AW6" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="AX6" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="AY6" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="AZ6" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
     </row>
     <row r="7" spans="1:52">
       <c r="A7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B7" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="C7" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="D7" s="4" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="E7" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="F7" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="G7" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="I7" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="M7" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="N7" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="X7" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="Y7" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="AB7" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="AC7" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="AD7" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="AE7" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="AF7" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="AG7" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="AH7" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="AI7" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="AJ7" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="AK7" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="AM7" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="AP7" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="AQ7">
         <v>30</v>
       </c>
       <c r="AR7" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="AS7" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="AU7" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="AV7" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="AW7" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="AX7" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="AY7" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="AZ7" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="8" spans="1:52">
       <c r="A8" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B8" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="C8" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="D8" s="4" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="E8" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="F8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="G8" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="I8" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="J8" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="M8" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="N8" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="O8" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="X8" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="AB8" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="AC8" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="AD8" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="AE8" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="AF8" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="AG8" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="AH8" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="AI8" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="AM8" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="AP8" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="AQ8">
         <v>16</v>
       </c>
       <c r="AR8" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="AS8" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="AU8" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="AW8" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="AX8" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="AY8" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="AZ8" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="D2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="D3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="D4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="D5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="D6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="D7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="D8" r:id="rId_hyperlink_7"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E4"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E4" sqref="E4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="B2" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C2" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E2" s="4" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B3" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="C3" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E3" s="4" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B4" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C4" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E4" s="4" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="E3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="E4" r:id="rId_hyperlink_3"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
@@ -2827,759 +2840,759 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
     <col min="17" max="17" width="30" customWidth="true" style="0"/>
     <col min="18" max="18" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18">
       <c r="A1" s="2" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="M1" s="6" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="N1" s="6" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="P1" s="2" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="Q1" s="2" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="R1" s="2" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O3"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="F1" s="6" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="C2" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="D2" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="E2" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="F2" s="5" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="G2" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="H2" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="I2" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="J2" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="K2" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="L2" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="M2" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="N2" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="O2" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="C3" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="D3" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="E3" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="F3" s="5" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="G3" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="H3" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="I3" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="K3" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="N3" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="O3" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="2" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="H1" s="6" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="C2" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="D2" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="C2" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="D2" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="E2" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="F2" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E16"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E16" sqref="E16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C2" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="E2" s="4" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B3" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C3" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="E3" s="4" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B4" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="C4" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="D4" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B5" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C5" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="E5" s="4" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B6" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="C6" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="D6" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B7" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="C7" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="D7" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B8" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="C8" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="D8" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B9" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="C9" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="D9" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B10" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="C10" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="D10" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B11" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="C11" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="D11" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B12" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="C12" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="D12" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B13" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C13" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="E13" s="4" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B14" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C14" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="E14" s="4" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C15" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="E15" s="4" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B16" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C16" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="E16" s="4" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="E3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="E5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="E13" r:id="rId_hyperlink_4"/>
     <hyperlink ref="E14" r:id="rId_hyperlink_5"/>
     <hyperlink ref="E15" r:id="rId_hyperlink_6"/>
     <hyperlink ref="E16" r:id="rId_hyperlink_7"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>