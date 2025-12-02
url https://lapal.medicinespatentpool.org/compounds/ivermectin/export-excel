--- v0 (2025-10-12)
+++ v1 (2025-12-02)
@@ -28,51 +28,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Compounds" sheetId="1" r:id="rId4"/>
     <sheet name="Clinical trials" sheetId="2" r:id="rId5"/>
     <sheet name="Key resources" sheetId="3" r:id="rId6"/>
     <sheet name="Regulatory status" sheetId="4" r:id="rId7"/>
     <sheet name="Patent Medspal" sheetId="5" r:id="rId8"/>
     <sheet name="Patent curated by innovator" sheetId="6" r:id="rId9"/>
     <sheet name="Drug illustrations" sheetId="7" r:id="rId10"/>
     <sheet name="Developers" sheetId="8" r:id="rId11"/>
     <sheet name="Publications" sheetId="9" r:id="rId12"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="203">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="204">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Abbreviation</t>
   </si>
   <si>
     <t>Generic name</t>
   </si>
   <si>
     <t>Brand names</t>
   </si>
   <si>
     <t>Compound type</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Approval status</t>
   </si>
   <si>
     <t>Regulatory authorities</t>
   </si>
   <si>
@@ -456,50 +456,53 @@
     <t>Company</t>
   </si>
   <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
+  </si>
+  <si>
+    <t>Country Name</t>
   </si>
   <si>
     <t>Reg Status</t>
   </si>
   <si>
     <t>Reg Submission Date</t>
   </si>
   <si>
     <t>Reg Approval Date</t>
   </si>
   <si>
     <t>Links</t>
   </si>
   <si>
     <t>Comments</t>
   </si>
   <si>
     <t>Representative patent</t>
   </si>
   <si>
     <t>Patent description</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
@@ -1683,124 +1686,128 @@
       <c r="E1" s="2" t="s">
         <v>50</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P1"/>
+  <dimension ref="A1:Q1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:P1"/>
+      <selection activeCell="A1" sqref="A1:Q1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
+    <col min="17" max="17" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16">
+    <row r="1" spans="1:17">
       <c r="A1" s="2" t="s">
         <v>48</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>130</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>131</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>132</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>133</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>134</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>135</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>136</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>137</v>
       </c>
       <c r="K1" s="2" t="s">
         <v>138</v>
       </c>
-      <c r="L1" s="6" t="s">
+      <c r="L1" s="2" t="s">
         <v>139</v>
       </c>
       <c r="M1" s="6" t="s">
         <v>140</v>
       </c>
-      <c r="N1" s="2" t="s">
+      <c r="N1" s="6" t="s">
         <v>141</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>142</v>
       </c>
       <c r="P1" s="2" t="s">
         <v>143</v>
+      </c>
+      <c r="Q1" s="2" t="s">
+        <v>144</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O1"/>
   <sheetViews>
@@ -1810,377 +1817,377 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>48</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F1" s="6" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="2" t="s">
         <v>48</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="H1" s="6" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E2" t="s">
         <v>48</v>
       </c>
       <c r="F2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="H2" s="5" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="I2" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>32</v>
       </c>
       <c r="B3" t="s">
+        <v>170</v>
+      </c>
+      <c r="C3" t="s">
+        <v>171</v>
+      </c>
+      <c r="D3" t="s">
+        <v>172</v>
+      </c>
+      <c r="E3" t="s">
+        <v>173</v>
+      </c>
+      <c r="F3" t="s">
+        <v>174</v>
+      </c>
+      <c r="G3" t="s">
+        <v>175</v>
+      </c>
+      <c r="H3" s="5" t="s">
+        <v>176</v>
+      </c>
+      <c r="I3" t="s">
         <v>169</v>
-      </c>
-[...19 lines deleted...]
-        <v>168</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>48</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>127</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C2" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D2" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F3"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>48</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C2" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D2" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E2" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="F2" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>32</v>
       </c>
       <c r="B3" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C3" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D3" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="E3" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="F3" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E4"/>
   <sheetViews>
@@ -2197,85 +2204,85 @@
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
         <v>48</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>128</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>127</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>129</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C2" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D2" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>32</v>
       </c>
       <c r="B3" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C3" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D3" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>32</v>
       </c>
       <c r="B4" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C4" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D4" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">