--- v1 (2025-12-02)
+++ v2 (2026-02-02)
@@ -434,50 +434,53 @@
   <si>
     <t>Oral</t>
   </si>
   <si>
     <t>Tablet</t>
   </si>
   <si>
     <t>PrEP</t>
   </si>
   <si>
     <t>Clinical trial ID</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Company</t>
   </si>
   <si>
+    <t>Manufacturer</t>
+  </si>
+  <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
   </si>
   <si>
     <t>Country Name</t>
@@ -588,53 +591,50 @@
     <t>Merck Sharp &amp; Dohme Corp;   Merial LLS (acquired by BI)</t>
   </si>
   <si>
     <t>Long-acting injectable parasiticide formulation of specific excipients and therapeutic agent such as ivermectin, for various use including the prevention and treatment of parasitic infestation</t>
   </si>
   <si>
     <t>2018-09-14</t>
   </si>
   <si>
     <t>Illustration URL</t>
   </si>
   <si>
     <t>Credit</t>
   </si>
   <si>
     <t>https://lapal.medicinespatentpool.org/storage/illustrations/CA2bSCFCYf2GOOYmQP5RHZS5Lf4OXiXsWLyzmkQf.png</t>
   </si>
   <si>
     <t>Ivermectin Chemical Structure</t>
   </si>
   <si>
     <t>Sourced from Drugbank</t>
   </si>
   <si>
     <t>Company/University</t>
-  </si>
-[...1 lines deleted...]
-    <t>Manufacturer</t>
   </si>
   <si>
     <t>Link to website</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Short description</t>
   </si>
   <si>
     <t>Merck (known as MSD outside the United States and Canada)</t>
   </si>
   <si>
     <t>originator</t>
   </si>
   <si>
     <t>https://www.merck.com/stories/mectizan/</t>
   </si>
   <si>
     <t>International</t>
   </si>
   <si>
     <t>Dr. William C. Campbell conducted his co-recipient 2015 Physiology or Medicine Nobel Prize-winning Work at Merck Research Laboratories. He received the prize with Satoshi Omura for the discovery of avermectin which led to Merck’s development of ivermectin, to treat river blindness. They share the prize with Youyou Tu for her discoveries concerning a novel therapy against malaria.</t>
   </si>
@@ -1686,128 +1686,132 @@
       <c r="E1" s="2" t="s">
         <v>50</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q1"/>
+  <dimension ref="A1:R1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:Q1"/>
+      <selection activeCell="A1" sqref="A1:R1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
     <col min="17" max="17" width="30" customWidth="true" style="0"/>
+    <col min="18" max="18" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:17">
+    <row r="1" spans="1:18">
       <c r="A1" s="2" t="s">
         <v>48</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>130</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>131</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>132</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>133</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>134</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>135</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>136</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>137</v>
       </c>
       <c r="K1" s="2" t="s">
         <v>138</v>
       </c>
       <c r="L1" s="2" t="s">
         <v>139</v>
       </c>
       <c r="M1" s="6" t="s">
         <v>140</v>
       </c>
       <c r="N1" s="6" t="s">
         <v>141</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>142</v>
       </c>
       <c r="P1" s="2" t="s">
         <v>143</v>
       </c>
       <c r="Q1" s="2" t="s">
         <v>144</v>
+      </c>
+      <c r="R1" s="2" t="s">
+        <v>145</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O1"/>
   <sheetViews>
@@ -1817,328 +1821,328 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>48</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="F1" s="6" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="2" t="s">
         <v>48</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="H1" s="6" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E2" t="s">
         <v>48</v>
       </c>
       <c r="F2" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="H2" s="5" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="I2" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>32</v>
       </c>
       <c r="B3" t="s">
+        <v>171</v>
+      </c>
+      <c r="C3" t="s">
+        <v>172</v>
+      </c>
+      <c r="D3" t="s">
+        <v>173</v>
+      </c>
+      <c r="E3" t="s">
+        <v>174</v>
+      </c>
+      <c r="F3" t="s">
+        <v>175</v>
+      </c>
+      <c r="G3" t="s">
+        <v>176</v>
+      </c>
+      <c r="H3" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="I3" t="s">
         <v>170</v>
-      </c>
-[...19 lines deleted...]
-        <v>169</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>48</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>127</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C2" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D2" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F3"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>48</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>183</v>
+        <v>131</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>184</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>185</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
         <v>187</v>
       </c>
       <c r="C2" t="s">
         <v>188</v>
       </c>
       <c r="D2" t="s">
         <v>189</v>
       </c>
       <c r="E2" t="s">