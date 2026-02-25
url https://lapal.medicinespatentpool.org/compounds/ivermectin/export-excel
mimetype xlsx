--- v2 (2026-02-02)
+++ v3 (2026-02-25)
@@ -28,65 +28,68 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Compounds" sheetId="1" r:id="rId4"/>
     <sheet name="Clinical trials" sheetId="2" r:id="rId5"/>
     <sheet name="Key resources" sheetId="3" r:id="rId6"/>
     <sheet name="Regulatory status" sheetId="4" r:id="rId7"/>
     <sheet name="Patent Medspal" sheetId="5" r:id="rId8"/>
     <sheet name="Patent curated by innovator" sheetId="6" r:id="rId9"/>
     <sheet name="Drug illustrations" sheetId="7" r:id="rId10"/>
     <sheet name="Developers" sheetId="8" r:id="rId11"/>
     <sheet name="Publications" sheetId="9" r:id="rId12"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="204">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="205">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Abbreviation</t>
   </si>
   <si>
     <t>Generic name</t>
   </si>
   <si>
     <t>Brand names</t>
   </si>
   <si>
     <t>Compound type</t>
+  </si>
+  <si>
+    <t>Drug class/category</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Approval status</t>
   </si>
   <si>
     <t>Regulatory authorities</t>
   </si>
   <si>
     <t>Link(s)</t>
   </si>
   <si>
     <t>Route(s) of administration</t>
   </si>
   <si>
     <t>Associated long-acting platforms</t>
   </si>
   <si>
     <t>Proprietary excipients used</t>
   </si>
   <si>
     <t>Novel excipients or existing excipients at a concentration above Inactive Ingredient Database (IID) for the specified route of administration</t>
   </si>
@@ -1063,93 +1066,94 @@
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="illustrations/CA2bSCFCYf2GOOYmQP5RHZS5Lf4OXiXsWLyzmkQf.png" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AF2"/>
+  <dimension ref="A1:AG2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:AF1"/>
+      <selection activeCell="A1" sqref="A1:AG1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
     <col min="17" max="17" width="30" customWidth="true" style="0"/>
     <col min="18" max="18" width="30" customWidth="true" style="0"/>
     <col min="19" max="19" width="30" customWidth="true" style="0"/>
     <col min="20" max="20" width="30" customWidth="true" style="0"/>
     <col min="21" max="21" width="30" customWidth="true" style="0"/>
     <col min="22" max="22" width="30" customWidth="true" style="0"/>
     <col min="23" max="23" width="30" customWidth="true" style="0"/>
     <col min="24" max="24" width="30" customWidth="true" style="0"/>
     <col min="25" max="25" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="30" customWidth="true" style="0"/>
     <col min="27" max="27" width="30" customWidth="true" style="0"/>
     <col min="28" max="28" width="30" customWidth="true" style="0"/>
     <col min="29" max="29" width="30" customWidth="true" style="0"/>
     <col min="30" max="30" width="30" customWidth="true" style="0"/>
     <col min="31" max="31" width="30" customWidth="true" style="0"/>
     <col min="32" max="32" width="30" customWidth="true" style="0"/>
+    <col min="33" max="33" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:32">
+    <row r="1" spans="1:33">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="2" t="s">
@@ -1202,116 +1206,119 @@
       </c>
       <c r="Y1" s="3" t="s">
         <v>24</v>
       </c>
       <c r="Z1" s="3" t="s">
         <v>25</v>
       </c>
       <c r="AA1" s="2" t="s">
         <v>26</v>
       </c>
       <c r="AB1" s="2" t="s">
         <v>27</v>
       </c>
       <c r="AC1" s="2" t="s">
         <v>28</v>
       </c>
       <c r="AD1" s="2" t="s">
         <v>29</v>
       </c>
       <c r="AE1" s="2" t="s">
         <v>30</v>
       </c>
       <c r="AF1" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="AG1" s="2" t="s">
+        <v>32</v>
+      </c>
     </row>
-    <row r="2" spans="1:32">
+    <row r="2" spans="1:33">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E2" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="F2" t="s">
         <v>34</v>
       </c>
       <c r="G2" t="s">
         <v>35</v>
       </c>
       <c r="H2" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="J2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I2" t="s">
         <v>36</v>
       </c>
       <c r="K2" t="s">
         <v>37</v>
       </c>
       <c r="L2" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="M2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="O2" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="P2" t="s">
         <v>39</v>
       </c>
       <c r="Q2" t="s">
         <v>40</v>
       </c>
       <c r="R2" t="s">
         <v>41</v>
       </c>
       <c r="S2" t="s">
         <v>42</v>
       </c>
       <c r="T2" t="s">
         <v>43</v>
       </c>
       <c r="U2" t="s">
         <v>44</v>
       </c>
       <c r="V2" t="s">
         <v>45</v>
       </c>
+      <c r="W2" t="s">
+        <v>46</v>
+      </c>
       <c r="Y2" s="1"/>
       <c r="Z2" s="1"/>
-      <c r="AE2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AF2" t="s">
         <v>47</v>
+      </c>
+      <c r="AG2" t="s">
+        <v>48</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AZ2"/>
   <sheetViews>
@@ -1355,358 +1362,358 @@
     <col min="32" max="32" width="30" customWidth="true" style="0"/>
     <col min="33" max="33" width="30" customWidth="true" style="0"/>
     <col min="34" max="34" width="30" customWidth="true" style="0"/>
     <col min="35" max="35" width="30" customWidth="true" style="0"/>
     <col min="36" max="36" width="30" customWidth="true" style="0"/>
     <col min="37" max="37" width="30" customWidth="true" style="0"/>
     <col min="38" max="38" width="30" customWidth="true" style="0"/>
     <col min="39" max="39" width="30" customWidth="true" style="0"/>
     <col min="40" max="40" width="30" customWidth="true" style="0"/>
     <col min="41" max="41" width="30" customWidth="true" style="0"/>
     <col min="42" max="42" width="30" customWidth="true" style="0"/>
     <col min="43" max="43" width="30" customWidth="true" style="0"/>
     <col min="44" max="44" width="30" customWidth="true" style="0"/>
     <col min="45" max="45" width="30" customWidth="true" style="0"/>
     <col min="46" max="46" width="30" customWidth="true" style="0"/>
     <col min="47" max="47" width="30" customWidth="true" style="0"/>
     <col min="48" max="48" width="30" customWidth="true" style="0"/>
     <col min="49" max="49" width="30" customWidth="true" style="0"/>
     <col min="50" max="50" width="30" customWidth="true" style="0"/>
     <col min="51" max="51" width="30" customWidth="true" style="0"/>
     <col min="52" max="52" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:52">
       <c r="A1" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="P1" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="Q1" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="R1" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="S1" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="T1" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="U1" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="V1" s="2" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="W1" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="X1" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="Y1" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="Z1" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="AA1" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="AB1" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="AC1" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AD1" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AE1" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AF1" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="AG1" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AH1" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AI1" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AJ1" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="AK1" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AL1" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="AM1" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="AN1" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="AO1" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="AP1" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="AQ1" s="2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="AR1" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="AS1" s="2" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="AT1" s="2" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="AU1" s="2" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="AV1" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="AW1" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="AX1" s="2" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="AY1" s="2" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="AZ1" s="2" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="2" spans="1:52">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C2" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D2" s="4" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E2" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="F2" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="G2" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="J2" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="M2" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="O2" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="Q2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="X2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="Z2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="AA2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="AE2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="AF2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="AG2" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="AH2" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="AI2" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="AJ2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="AM2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="AP2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="AQ2">
         <v>25</v>
       </c>
       <c r="AR2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="AS2" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="AU2" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="AV2" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="AW2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="AX2" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="AY2" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="AZ2" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="D2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:E1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:R1"/>
   <sheetViews>
@@ -1716,577 +1723,577 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
     <col min="17" max="17" width="30" customWidth="true" style="0"/>
     <col min="18" max="18" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18">
       <c r="A1" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="M1" s="6" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="N1" s="6" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="P1" s="2" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="Q1" s="2" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="R1" s="2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:O1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="F1" s="6" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="H1" s="6" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D2" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F2" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="H2" s="5" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="I2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B3" t="s">
+        <v>172</v>
+      </c>
+      <c r="C3" t="s">
+        <v>173</v>
+      </c>
+      <c r="D3" t="s">
+        <v>174</v>
+      </c>
+      <c r="E3" t="s">
+        <v>175</v>
+      </c>
+      <c r="F3" t="s">
+        <v>176</v>
+      </c>
+      <c r="G3" t="s">
+        <v>177</v>
+      </c>
+      <c r="H3" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="I3" t="s">
         <v>171</v>
-      </c>
-[...19 lines deleted...]
-        <v>170</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C2" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D2" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F3"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C2" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D2" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E2" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="F2" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B3" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C3" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D3" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="E3" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="F3" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E4"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:E1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B1" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="C1" s="2" t="s">
         <v>128</v>
       </c>
-      <c r="C1" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1" s="2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C2" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D2" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B3" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C3" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B4" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C4" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D4" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">