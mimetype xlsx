--- v0 (2025-10-16)
+++ v1 (2025-12-20)
@@ -28,51 +28,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Compounds" sheetId="1" r:id="rId4"/>
     <sheet name="Clinical trials" sheetId="2" r:id="rId5"/>
     <sheet name="Key resources" sheetId="3" r:id="rId6"/>
     <sheet name="Regulatory status" sheetId="4" r:id="rId7"/>
     <sheet name="Patent Medspal" sheetId="5" r:id="rId8"/>
     <sheet name="Patent curated by innovator" sheetId="6" r:id="rId9"/>
     <sheet name="Drug illustrations" sheetId="7" r:id="rId10"/>
     <sheet name="Developers" sheetId="8" r:id="rId11"/>
     <sheet name="Publications" sheetId="9" r:id="rId12"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="564">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="687">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Abbreviation</t>
   </si>
   <si>
     <t>Generic name</t>
   </si>
   <si>
     <t>Brand names</t>
   </si>
   <si>
     <t>Compound type</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Approval status</t>
   </si>
   <si>
     <t>Regulatory authorities</t>
   </si>
   <si>
@@ -141,52 +141,52 @@
   <si>
     <t>Comment &amp; Information</t>
   </si>
   <si>
     <t>Created at</t>
   </si>
   <si>
     <t>Updated at</t>
   </si>
   <si>
     <t>Lenacapavir</t>
   </si>
   <si>
     <t>LEN</t>
   </si>
   <si>
     <t>Sunlenca</t>
   </si>
   <si>
     <t>Small molecule</t>
   </si>
   <si>
     <t>Lenacapavir (LEN), also known as GS-6207, is a first in-class HIV-1 capsid inhibitor used in combination with other antiretrovirals for the treatment of multi-drug resistant HIV-1 infection, and has potential application as HIV pre-exposure prophylaxis. LEN is utilised combinatorially for HIV-1 treatment, as it displays excellent synergy and no known cross-resistance with any other currently approved class of antiretroviral, in addition to possessing antiviral activity at picomolar levels.</t>
   </si>
   <si>
-    <t>for Treatment: Lenacapavir (SUNLENCA) 463.5mg/3ml subcutaneous injection with 300mg oral lead-in tablets are approved for use by 11 regualtory authorities (all for high income countries) for HIV-1 treatment under certain conditions.
-For PrEP: US FDA has approved lenacapavir (Yeztugo) for HIV-1 prevention. It is also under review in Brazil, EU (+EEA), Australia, Canada and South Africa. Gilead has disclosed that it is preparing additional filings in countries that rely on FDA approval for regulatory submission, including Argentina, Mexico and Peru.</t>
+    <t>For Treatment: Lenacapavir (SUNLENCA) 463.5mg/3ml subcutaneous injection with 300mg oral lead-in tablets are approved for use by 11 regualtory authorities (all for high income countries) for HIV-1 treatment under certain conditions.
+For PrEP: US FDA and South Africa has approved lenacapavir (Yeztugo) for HIV-1 prevention. It is also under review in Brazil, EU (+EEA), Australia, and Canada. Gilead has disclosed that it is preparing additional filings in countries that rely on FDA approval for regulatory submission, including Argentina, Mexico and Peru.</t>
   </si>
   <si>
     <t>US FDA granted Breakthrough Therapy Designation for SUNLENCA in combination with other antiretroviral drugs for heavily treatment-experienced patients (HTE) adults with multi-drug resistant (MDR) HIV-1 infection failing their current antiretroviral regimen due to resistance, intolerance, or safety considerations. A European Marketing Authorization was issued for the use of SUNLENCA and it has also been classified as ‘Fast-Track Reimbursement’ by the Ministry of Health, Labour and Welfare, Japan, and ‘Part 1- Schedule 1 &amp; Schedule 3 Poison’ by the Department of Health, Hong Kong. WHO guidelines released in July 2025 recommend offering six-monthly injectable lenacapavir as an additional PrEP
 option.</t>
   </si>
   <si>
     <t>https://go.drugbank.com/drugs/DB15673</t>
   </si>
   <si>
     <t>Oral, Subcutaneous, Intramuscular, To be determined</t>
   </si>
   <si>
     <t>Aqueous Solution, Oral solid form</t>
   </si>
   <si>
     <t>No proprietary excipient used</t>
   </si>
   <si>
     <t>No novel excipient or existing excipient used</t>
   </si>
   <si>
     <t>No residual solvent used</t>
   </si>
   <si>
     <t>No delivery device</t>
@@ -206,51 +206,51 @@
   <si>
     <t>HIV</t>
   </si>
   <si>
     <t>Pre-Exposure Prophylaxis (PrEP), Treatment, Prevention</t>
   </si>
   <si>
     <t>Administered by a community health worker, Administered by a nurse, Administered by a specialty health worker, Self-administered, To be determined</t>
   </si>
   <si>
     <t>Other/Variable/Unknown: Oral tablets 300 mg taken daily or weekly; Six-monthly injectable; Once-yearly investigational injectable.</t>
   </si>
   <si>
     <t>LEN oral tablets 300 mg; each injection contains 927 mg of lenacapavir in solution. Dose for investigational Once-Yearly formulation is 5000 mg.</t>
   </si>
   <si>
     <t>5000 mg</t>
   </si>
   <si>
     <t>For PrEP: Initiation Option 1: Day 1: 927 mg by subcutaneous injection and 600 mg orally (2 x 300-mg tablets). Day 2: 600 mg orally (2 x 300-mg tablets). Initiation Option 2: Day 1: 600 mg orally (2 x 300-mg tablets). Day 2: 600 mg orally (2 x 300-mg tablets). Day 8: 300 mg orally (1 x 300-mg tablet). Day 15: 927 mg by subcutaneous injection. Maintenance: 927 mg by subcutaneous injection every 26 weeks +/- 2 weeks from date of last injection. For the treatment indication, lenacapavir is administered as part of a full treatment regimen with the relevant associated medicines.</t>
   </si>
   <si>
     <t>2025-05-16 08:54:26</t>
   </si>
   <si>
-    <t>2025-05-21 15:00:24</t>
+    <t>2025-10-29 14:32:13</t>
   </si>
   <si>
     <t>Compound</t>
   </si>
   <si>
     <t>Identifier</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
     <t>Phase</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Sponsor</t>
   </si>
   <si>
     <t>More details</t>
   </si>
   <si>
     <t>Purpose</t>
   </si>
@@ -1091,366 +1091,731 @@
   <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
   </si>
   <si>
+    <t>Country Name</t>
+  </si>
+  <si>
     <t>Reg Status</t>
   </si>
   <si>
     <t>Reg Submission Date</t>
   </si>
   <si>
     <t>Reg Approval Date</t>
   </si>
   <si>
     <t>Links</t>
   </si>
   <si>
     <t>Comments</t>
   </si>
   <si>
-    <t>Yeztugo</t>
-[...2 lines deleted...]
-    <t>Not provided</t>
+    <t>TBD</t>
   </si>
   <si>
     <t>927 mg by subcutaneous injection (2 x 1.5-mL injections)</t>
   </si>
   <si>
-    <t>ANMAT (Argentina)</t>
+    <t>ANMAT-r</t>
   </si>
   <si>
     <t>National Administration of Drugs, Food and Medical Devices</t>
   </si>
   <si>
     <t>ARG</t>
+  </si>
+  <si>
+    <t>Argentina</t>
   </si>
   <si>
     <t>In preparation for filing</t>
   </si>
   <si>
     <t>Awaiting approval</t>
   </si>
   <si>
     <t>https://www.gilead.com/news/news-details/2025/yeztugo-lenacapavir-is-now-the-first-and-only-fda-approved-hiv-prevention-option-offering-6-months-of-protection
 https://www.gilead.com/responsibility/global-health-and-access/access-in-low--and-middle-income-countries/access-strategy-for-long-acting-prep</t>
   </si>
   <si>
     <t>600 mg orally (2 x 300-mg tablets)</t>
   </si>
   <si>
     <t>Oral</t>
   </si>
   <si>
-    <t>ANVISA (Brazil)</t>
+    <t>ANVISA-r</t>
   </si>
   <si>
     <t>Agência Nacional de Vigilância Sanitária</t>
   </si>
   <si>
     <t>BRA</t>
   </si>
   <si>
+    <t>Brazil</t>
+  </si>
+  <si>
     <t>Submitted</t>
   </si>
   <si>
     <t>https://www.gilead.com/company/company-statements/2025/gilead-submits-request-to-anvisa-for-the-registration-of-twice-yearly-lenacapavir-for-hiv-prevention-under-the-priority-review-pathway</t>
   </si>
   <si>
-    <t>COFEPRIS (Mexico)</t>
+    <t>COFEPRIS</t>
   </si>
   <si>
     <t>Comision Federal para la Proteccion contra Riesgos Sanitarios</t>
   </si>
   <si>
     <t>MEX</t>
   </si>
   <si>
-    <t>DoH HK (Hong Kong)</t>
+    <t>Mexico</t>
+  </si>
+  <si>
+    <t>DoH HK</t>
   </si>
   <si>
     <t>Department of Health (Pharmacy and Poison Board of Hong Kong)</t>
   </si>
   <si>
     <t>HKG</t>
   </si>
   <si>
+    <t>Hong Kong</t>
+  </si>
+  <si>
     <t>Approved</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/medicines/human/EPAR/sunlenca</t>
   </si>
   <si>
-    <t>DOH UAE (United Arab Emirates)</t>
+    <t>DOH UAE</t>
   </si>
   <si>
     <t>Department of Health United Arab Emirates</t>
   </si>
   <si>
     <t>ARE</t>
   </si>
   <si>
+    <t>United Arab Emirates</t>
+  </si>
+  <si>
     <t>Yeytuo</t>
   </si>
   <si>
     <t>European Medicines Agency (Europe)</t>
   </si>
   <si>
     <t>EMA</t>
   </si>
   <si>
     <t>AUT</t>
   </si>
   <si>
+    <t>Austria</t>
+  </si>
+  <si>
     <t>https://www.ema.europa.eu/en/news/new-injection-easier-prevention-hiv-infection-eu-worldwide</t>
   </si>
   <si>
     <t>BEL</t>
   </si>
   <si>
+    <t>Belgium</t>
+  </si>
+  <si>
     <t>BGR</t>
   </si>
   <si>
+    <t>Bulgaria</t>
+  </si>
+  <si>
     <t>HRV</t>
   </si>
   <si>
+    <t>Croatia</t>
+  </si>
+  <si>
     <t>CYP</t>
   </si>
   <si>
+    <t>Cyprus</t>
+  </si>
+  <si>
     <t>CZE</t>
   </si>
   <si>
+    <t>Czechia</t>
+  </si>
+  <si>
     <t>DNK</t>
   </si>
   <si>
+    <t>Denmark</t>
+  </si>
+  <si>
     <t>EST</t>
   </si>
   <si>
+    <t>Estonia</t>
+  </si>
+  <si>
     <t>FIN</t>
   </si>
   <si>
+    <t>Finland</t>
+  </si>
+  <si>
     <t>FRA</t>
   </si>
   <si>
     <t>DEU</t>
   </si>
   <si>
+    <t>Germany</t>
+  </si>
+  <si>
     <t>GRC</t>
   </si>
   <si>
+    <t>Greece</t>
+  </si>
+  <si>
     <t>HUN</t>
   </si>
   <si>
+    <t>Hungary</t>
+  </si>
+  <si>
     <t>IRL</t>
   </si>
   <si>
+    <t>Ireland</t>
+  </si>
+  <si>
     <t>ITA</t>
   </si>
   <si>
+    <t>Italy</t>
+  </si>
+  <si>
     <t>LVA</t>
   </si>
   <si>
+    <t>Latvia</t>
+  </si>
+  <si>
     <t>LTU</t>
   </si>
   <si>
+    <t>Lithuania</t>
+  </si>
+  <si>
     <t>LUX</t>
   </si>
   <si>
+    <t>Luxembourg</t>
+  </si>
+  <si>
     <t>MLT</t>
   </si>
   <si>
+    <t>Malta</t>
+  </si>
+  <si>
     <t>NLD</t>
   </si>
   <si>
+    <t>Netherlands</t>
+  </si>
+  <si>
     <t>POL</t>
   </si>
   <si>
+    <t>Poland</t>
+  </si>
+  <si>
     <t>PRT</t>
   </si>
   <si>
+    <t>Portugal</t>
+  </si>
+  <si>
     <t>ROU</t>
   </si>
   <si>
+    <t>Romania</t>
+  </si>
+  <si>
     <t>SVK</t>
   </si>
   <si>
+    <t>Slovakia</t>
+  </si>
+  <si>
     <t>SVN</t>
   </si>
   <si>
+    <t>Slovenia</t>
+  </si>
+  <si>
     <t>ESP</t>
   </si>
   <si>
+    <t>Spain</t>
+  </si>
+  <si>
     <t>SWE</t>
   </si>
   <si>
+    <t>Sweden</t>
+  </si>
+  <si>
     <t>NOR</t>
   </si>
   <si>
+    <t>Norway</t>
+  </si>
+  <si>
     <t>ISL</t>
   </si>
   <si>
+    <t>Iceland</t>
+  </si>
+  <si>
     <t>LIE</t>
   </si>
   <si>
+    <t>Liechtenstein</t>
+  </si>
+  <si>
     <t>GRL</t>
   </si>
   <si>
-    <t>Health Canada (Canada)</t>
+    <t>Greenland</t>
   </si>
   <si>
     <t>Health Canada</t>
   </si>
   <si>
     <t>CAN</t>
   </si>
   <si>
+    <t>Canada</t>
+  </si>
+  <si>
     <t>https://dhpp.hpfb-dgpsa.ca/dhpp/resource/102149</t>
   </si>
   <si>
-    <t>KMFDS (Korea)</t>
+    <t>Yeztugo</t>
+  </si>
+  <si>
+    <t>Source of info: Moupali Das (Gilead) presentation at ICAP Grand Rounds webinar in October 2025</t>
+  </si>
+  <si>
+    <t>KMFDS</t>
   </si>
   <si>
     <t>Korean Ministry of Food and Drug Safety</t>
   </si>
   <si>
     <t>KOR</t>
   </si>
   <si>
-    <t>MHRA (United Kingdom)</t>
+    <t>Korea, Republic of</t>
+  </si>
+  <si>
+    <t>MHRA</t>
   </si>
   <si>
     <t>Medicines and Healthcare Products Regulatory Agency - UK</t>
   </si>
   <si>
     <t>GBR</t>
   </si>
   <si>
-    <t>PMDA (Japan)</t>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>PMDA-r</t>
   </si>
   <si>
     <t>Pharmaceuticals and Medical Devices Agency - Ministry of Health, Labour and Welfare</t>
   </si>
   <si>
     <t>JPN</t>
   </si>
   <si>
+    <t>Japan</t>
+  </si>
+  <si>
     <t>NA</t>
   </si>
   <si>
     <t>Pharmaceutical Division of Ministry of Health</t>
   </si>
   <si>
     <t>ISR</t>
   </si>
   <si>
-    <t>South African Health Products Regulatory Authority (South Africa)</t>
-[...8 lines deleted...]
-    <t>Swissmedic (Switzerland)</t>
+    <t>Israel</t>
   </si>
   <si>
     <t>Swissmedic</t>
   </si>
   <si>
     <t>CHE</t>
   </si>
   <si>
-    <t>TGA (Australia)</t>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>TGA</t>
   </si>
   <si>
     <t>Therapeutic Goods Administration</t>
   </si>
   <si>
     <t>AUS</t>
+  </si>
+  <si>
+    <t>Australia</t>
   </si>
   <si>
     <t>https://www.tga.gov.au/resources/auspmd/sunlenca
 https://www.tga.gov.au/sites/default/files/2024-01/auspar-sunlenca-240123.pdf
 https://australianprescriber.tg.org.au/articles/lenacapavir-for-multidrug-resistant-HIV-1-infection.html</t>
   </si>
   <si>
     <t>https://australianprescriber.tg.org.au/articles/lenacapavir-for-multidrug-resistant-HIV-1-infection.html
 https://www.tga.gov.au/sites/default/files/2024-01/auspar-sunlenca-240123.pdf
 https://www.tga.gov.au/resources/auspmd/sunlenca</t>
   </si>
   <si>
     <t>https://www.gilead.com/news/news-details/2025/yeztugo-lenacapavir-is-now-the-first-and-only-fda-approved-hiv-prevention-option-offering-6-months-of-protection</t>
   </si>
   <si>
-    <t>USFDA (United States)</t>
+    <t>USFDA-r</t>
   </si>
   <si>
     <t>United States Food and Drug Administration</t>
   </si>
   <si>
     <t>USA</t>
   </si>
   <si>
     <t>https://www.gilead.com/news/news-details/2022/sunlenca-lenacapavir-receives-fda-approval-as-a-first-in-class-twice-yearly-treatment-option-for-people-living-with-multi-drug-resistant-hiv
 https://www.accessdata.fda.gov/drugsatfda_docs/label/2022/215973s000lbl.pdf</t>
   </si>
   <si>
     <t>https://www.gilead.com/news/news-details/2025/yeztugo-lenacapavir-is-now-the-first-and-only-fda-approved-hiv-prevention-option-offering-6-months-of-protection
 https://www.accessdata.fda.gov/drugsatfda_docs/label/2025/220020s000lbl.pdf</t>
   </si>
   <si>
-    <t>DIGEMID (Peru)</t>
+    <t>DIGEMID</t>
   </si>
   <si>
     <t>Directorate General of Medicines, Supplies and Drugs of Peru</t>
   </si>
   <si>
     <t>PER</t>
   </si>
   <si>
+    <t>Peru</t>
+  </si>
+  <si>
+    <t>464 mg solution for injection in 2x1.5 mL SC</t>
+  </si>
+  <si>
+    <t>300 mg oral tablets</t>
+  </si>
+  <si>
+    <t>MoH-PhDiv</t>
+  </si>
+  <si>
+    <t>Ministry of Health Israel - Pharmaceutical division</t>
+  </si>
+  <si>
+    <t>SFDA</t>
+  </si>
+  <si>
+    <t>Saudi Food &amp; Drug Authority</t>
+  </si>
+  <si>
+    <t>SAU</t>
+  </si>
+  <si>
+    <t>Saudi Arabia</t>
+  </si>
+  <si>
+    <t>BoMRA</t>
+  </si>
+  <si>
+    <t>Botswana Medicines Regulatory Authority</t>
+  </si>
+  <si>
+    <t>BWA</t>
+  </si>
+  <si>
+    <t>Botswana</t>
+  </si>
+  <si>
+    <t>WHO CRP(collaborative registration procedure) country (linked to European CHMP positive opinion in July 2025 and approval by EMA/EUM4All in August 2025) ; WHO PQ Oct 2025</t>
+  </si>
+  <si>
+    <t>EFDA</t>
+  </si>
+  <si>
+    <t>Ethiopian Food and Drug Authority</t>
+  </si>
+  <si>
+    <t>ETH</t>
+  </si>
+  <si>
+    <t>Ethiopia</t>
+  </si>
+  <si>
+    <t>PPB</t>
+  </si>
+  <si>
+    <t>Pharmacy and Poisons Board</t>
+  </si>
+  <si>
+    <t>KEN</t>
+  </si>
+  <si>
+    <t>Kenya</t>
+  </si>
+  <si>
+    <t>WHO CRP(collaborative registration procedure) country (linked to European CHMP positive opinion in July 2025 and approval by EMA/EUM4All in August 2025) ; WHO PQ Oct 2025
+https://www.gilead.com/responsibility/global-health-and-access/access-in-low--and-middle-income-countries/access-strategy-for-long-acting-prep</t>
+  </si>
+  <si>
+    <t>PMRA-r</t>
+  </si>
+  <si>
+    <t>Pharmacy and Medicines Regulatory Authority Malawi</t>
+  </si>
+  <si>
+    <t>MWI</t>
+  </si>
+  <si>
+    <t>Malawi</t>
+  </si>
+  <si>
+    <t>ANARME-r</t>
+  </si>
+  <si>
+    <t>Autoridade Nacional Reguladora de Medicamento</t>
+  </si>
+  <si>
+    <t>MOZ</t>
+  </si>
+  <si>
+    <t>Mozambique</t>
+  </si>
+  <si>
+    <t>NMRC</t>
+  </si>
+  <si>
+    <t>Namibia Medicines Regulatory Council</t>
+  </si>
+  <si>
+    <t>NAM</t>
+  </si>
+  <si>
+    <t>Namibia</t>
+  </si>
+  <si>
+    <t>NAFDAC</t>
+  </si>
+  <si>
+    <t>National Agency for Food and Drug Administration and Control</t>
+  </si>
+  <si>
+    <t>NGA</t>
+  </si>
+  <si>
+    <t>Nigeria</t>
+  </si>
+  <si>
+    <t>RFDA</t>
+  </si>
+  <si>
+    <t>Rwanda Food and Drugs Authority</t>
+  </si>
+  <si>
+    <t>RWA</t>
+  </si>
+  <si>
+    <t>Rwanda</t>
+  </si>
+  <si>
+    <t>SAHPRA-r</t>
+  </si>
+  <si>
+    <t>South African Health Products Regulatory Authority</t>
+  </si>
+  <si>
+    <t>ZAF</t>
+  </si>
+  <si>
+    <t>South Africa</t>
+  </si>
+  <si>
+    <t>WHO CRP(collaborative registration procedure) country (linked to European CHMP positive opinion in July 2025 and approval by EMA/EUM4All in August 2025) ; WHO PQ Oct 2025
+https://bhekisisa.org/health-news-south-africa/2025-10-27-breaking-sa-becomes-the-first-african-country-to-register-the-twice-a-year-anti-hiv-jab-at-record-speed/
+https://www.gilead.com/responsibility/global-health-and-access/access-in-low--and-middle-income-countries/access-strategy-for-long-acting-prep</t>
+  </si>
+  <si>
+    <t>SWZ</t>
+  </si>
+  <si>
+    <t>Eswatini</t>
+  </si>
+  <si>
+    <t>WHO CRP(collaborative registration procedure) country (linked to European CHMP positive opinion in July 2025 and approval by EMA/EUM4All in August 2025) ; WHO PQ Oct 2025
+https://www.gilead.com/responsibility/global-health-and-access/access-in-low--and-middle-income-countries/access-strategy-for-long-acting-prep
+https://bhekisisa.org/health-news-south-africa/2025-10-27-breaking-sa-becomes-the-first-african-country-to-register-the-twice-a-year-anti-hiv-jab-at-record-speed/</t>
+  </si>
+  <si>
+    <t>LSO</t>
+  </si>
+  <si>
+    <t>Lesotho</t>
+  </si>
+  <si>
+    <t>TMDA</t>
+  </si>
+  <si>
+    <t>Tanzania Medicines and Medical Devices Authority</t>
+  </si>
+  <si>
+    <t>TZA</t>
+  </si>
+  <si>
+    <t>Tanzania, United Republic of</t>
+  </si>
+  <si>
+    <t>NDA</t>
+  </si>
+  <si>
+    <t>National Drug Authority</t>
+  </si>
+  <si>
+    <t>UGA</t>
+  </si>
+  <si>
+    <t>Uganda</t>
+  </si>
+  <si>
+    <t>ZAMRA</t>
+  </si>
+  <si>
+    <t>Zambia Medicines Regulatory Authority</t>
+  </si>
+  <si>
+    <t>ZMB</t>
+  </si>
+  <si>
+    <t>Zambia</t>
+  </si>
+  <si>
+    <t>MCAZ</t>
+  </si>
+  <si>
+    <t>Medicines Control Authority of Zimbabwe</t>
+  </si>
+  <si>
+    <t>ZWE</t>
+  </si>
+  <si>
+    <t>Zimbabwe</t>
+  </si>
+  <si>
+    <t>PFDA</t>
+  </si>
+  <si>
+    <t>Philippines Food and Drug Administration</t>
+  </si>
+  <si>
+    <t>PHL</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>Thailand FDA</t>
+  </si>
+  <si>
+    <t>Thailand Food and Drug Administration</t>
+  </si>
+  <si>
+    <t>THA</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
+    <t>DAV (Vietnam)</t>
+  </si>
+  <si>
+    <t>Drug Administration Of Vietnam</t>
+  </si>
+  <si>
+    <t>VNM</t>
+  </si>
+  <si>
+    <t>Viet Nam</t>
+  </si>
+  <si>
     <t>Representative patent</t>
   </si>
   <si>
     <t>Patent description</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Patent holder</t>
   </si>
   <si>
     <t>Expiry date</t>
   </si>
   <si>
     <t>Patent abstract</t>
   </si>
   <si>
     <t>Licence with MPP</t>
   </si>
   <si>
     <t>Patent source</t>
   </si>
   <si>
     <t>Granted: Low, low-middle and upper-middle countries</t>
@@ -1476,183 +1841,192 @@
   <si>
     <t>Lenacapavir and analogues (Markush formula) and their use in HIV</t>
   </si>
   <si>
     <t>Gilead Sciences, Inc</t>
   </si>
   <si>
     <t>2034-02-28</t>
   </si>
   <si>
     <t>Compounds of formula (I) or salts thereof are disclosed. Also disclosed are pharmaceutical compositions comprising a compound of formula I, processes for preparing compounds of formula I, intermediates useful for preparing compounds of formula I and therapeutic methods for treating a Retroviridae viral infection including an infection caused by the HIV virus.</t>
   </si>
   <si>
     <t>MPP Search, US FDA, Bilateral Licence</t>
   </si>
   <si>
     <t>Türkiye, North Macedonia, Albania, Bosnia and Herzegovina, Montenegro, Serbia, Brazil, China, Cuba, Turkmenistan, Belarus, Tajikistan, Kazakhstan, Azerbaijan, Kyrgyzstan, Armenia, Mexico, Peru, Philippines, Ukraine, Botswana, Gambia (the), Ghana, Kenya, Lesotho, Malawi, Mozambique, Namibia, Sierra Leone, Liberia, Rwanda, Sudan, Eswatini, Tanzania, United Republic of, Zambia, Zimbabwe, Benin, Cameroon, Burkina Faso, Chad, Guinea-Bissau, Comoros, Mali, Senegal, Congo, Guinea, Gabon, Niger, Equatorial Guinea, Mauritania, Togo, Côte d'Ivoire, Central African Republic, Colombia, Indonesia, Malaysia, Viet Nam, South Africa</t>
   </si>
   <si>
     <t>Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Spain, Denmark, Monaco, Portugal, Ireland, Finland, Cyprus, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, San Marino, Croatia, Romania, Latvia, Lithuania, Slovenia, Australia, Canada, Chile, Costa Rica, Russian Federation, Hong Kong, Israel, Japan, Korea, Republic of, New Zealand, Singapore, Taiwan, Province of China, United States of America, Bahrain, Kuwait, Qatar, Saudi Arabia, Oman, United Arab Emirates, Macao, Panama</t>
   </si>
   <si>
     <t>Türkiye, North Macedonia, Albania, Serbia, Argentina, Ukraine, India, Egypt, Thailand</t>
   </si>
   <si>
-    <t>Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Spain, Denmark, Monaco, Portugal, Ireland, Finland, Cyprus, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, San Marino, Croatia, Romania, Latvia, Lithuania, Slovenia, Costa Rica, United States of America</t>
+    <t>Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Spain, Denmark, Monaco, Portugal, Ireland, Finland, Cyprus, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, San Marino, Croatia, Romania, Latvia, Lithuania, Slovenia, United States of America</t>
   </si>
   <si>
     <t>World Intellectual Property Organization (WIPO), North Macedonia, Albania, Bosnia and Herzegovina, Montenegro, Serbia, Argentina, Brazil, China, Moldova, Republic of, Peru, Uganda, Bolivia (Plurinational State of), Colombia, Ecuador, Malaysia, Paraguay, Pakistan, El Salvador, Venezuela (Bolivarian Republic of), Viet Nam, South Africa</t>
   </si>
   <si>
-    <t>World Intellectual Property Organization (WIPO), Luxembourg, Denmark, Monaco, Finland, Cyprus, Bulgaria, Estonia, Malta, San Marino, Croatia, Romania, Latvia, Lithuania, Australia, Canada, Hong Kong, Japan, New Zealand, Singapore, United States of America, Uruguay, Bahamas</t>
+    <t>World Intellectual Property Organization (WIPO), Luxembourg, Denmark, Monaco, Finland, Cyprus, Bulgaria, Estonia, Malta, San Marino, Croatia, Romania, Latvia, Lithuania, Australia, Canada, Costa Rica, Hong Kong, Japan, New Zealand, Singapore, United States of America, Uruguay, Bahamas</t>
   </si>
   <si>
     <t>WO2018035359</t>
   </si>
   <si>
     <t>Lenacapavir compound and its use in HIV (oral and parenteral)</t>
   </si>
   <si>
     <t>2037-08-17</t>
   </si>
   <si>
     <t>The present disclosure relates to novel compounds for use in the treatment of a Retroviridae viral infection including an infection caused by the HIV virus. The present disclosure also relates to intermediates for its preparation and to pharmaceutical compositions containing said novel compound.</t>
   </si>
   <si>
-    <t>Türkiye, North Macedonia, Morocco, Brazil, China, Colombia, Dominican Republic, Turkmenistan, Belarus, Tajikistan, Kazakhstan, Azerbaijan, Kyrgyzstan, Armenia, Mexico, Peru, Philippines, Botswana, Gambia (the), Ghana, Kenya, Lesotho, Malawi, Mozambique, Namibia, Sierra Leone, Liberia, Sao Tome and Principe, Sudan, Eswatini, Tanzania, United Republic of, Zambia, Zimbabwe, Indonesia, Malaysia, Ukraine, South Africa, Uzbekistan</t>
-[...11 lines deleted...]
-    <t>World Intellectual Property Organization (WIPO), North Macedonia, Albania, Bosnia and Herzegovina, Montenegro, Serbia, Moldova, Republic of, Argentina, Colombia, Dominican Republic, Ecuador, Peru, Rwanda, Uganda, Bangladesh, Bolivia (Plurinational State of), Cuba, Egypt, Benin, Cameroon, Burkina Faso, Chad, Guinea-Bissau, Comoros, Mali, Senegal, Congo, Guinea, Gabon, Niger, Equatorial Guinea, Mauritania, Togo, Côte d'Ivoire, Central African Republic, Pakistan, Paraguay, El Salvador, Venezuela (Bolivarian Republic of)</t>
+    <t>Türkiye, Morocco, Brazil, China, Colombia, Dominican Republic, Turkmenistan, Belarus, Tajikistan, Kazakhstan, Azerbaijan, Kyrgyzstan, Armenia, Mexico, Peru, Philippines, Botswana, Gambia (the), Ghana, Kenya, Lesotho, Malawi, Mozambique, Namibia, Sierra Leone, Liberia, Sao Tome and Principe, Sudan, Eswatini, Tanzania, United Republic of, Zambia, Zimbabwe, Indonesia, Malaysia, Ukraine, South Africa, Uzbekistan</t>
+  </si>
+  <si>
+    <t>Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Spain, Denmark, Portugal, Ireland, Finland, Cyprus, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, Croatia, Romania, Latvia, Lithuania, Slovenia, Australia, Canada, Costa Rica, Russian Federation, Hong Kong, Israel, Japan, Korea, Republic of, New Zealand, Singapore, Taiwan, Province of China, United States of America, Bahamas, Bahrain, Kuwait, Qatar, Saudi Arabia, Oman, United Arab Emirates, Macao, Panama</t>
+  </si>
+  <si>
+    <t>Türkiye, North Macedonia, Albania, Serbia, Morocco, Argentina, China, Jordan, Philippines, India, Uganda, Egypt, Guatemala, Indonesia, Nigeria, Thailand, Ukraine, Viet Nam</t>
+  </si>
+  <si>
+    <t>Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Spain, Denmark, Monaco, Portugal, Ireland, Finland, Cyprus, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, San Marino, Croatia, Romania, Latvia, Lithuania, Slovenia, Australia, Hong Kong, Korea, Republic of, Singapore, Taiwan, Province of China, United States of America, Saudi Arabia, Panama</t>
+  </si>
+  <si>
+    <t>World Intellectual Property Organization (WIPO), North Macedonia, Albania, Bosnia and Herzegovina, Montenegro, Serbia, Moldova, Republic of, Morocco, Argentina, Colombia, Dominican Republic, Ecuador, Peru, Rwanda, Uganda, Bangladesh, Bolivia (Plurinational State of), Cuba, Egypt, Benin, Cameroon, Burkina Faso, Chad, Guinea-Bissau, Comoros, Mali, Senegal, Congo, Guinea, Gabon, Niger, Equatorial Guinea, Mauritania, Togo, Côte d'Ivoire, Central African Republic, Pakistan, Paraguay, El Salvador, Venezuela (Bolivarian Republic of)</t>
   </si>
   <si>
     <t>World Intellectual Property Organization (WIPO), Monaco, Malta, San Marino, Chile, Japan, Korea, Republic of, Uruguay, Trinidad and Tobago</t>
   </si>
   <si>
     <t>WO2019035904</t>
   </si>
   <si>
     <t>Crystalline forms of Lenacapavir sodium salt</t>
   </si>
   <si>
     <t>Polymorphs</t>
   </si>
   <si>
     <t>2038-08-16</t>
   </si>
   <si>
     <t>Lenacapavir solid forms, including pharmaceutically acceptable salts and cocrystals of the inhibitor, as well as crystalline forms of the salts and cocrystals, for use in the treatment of a Retroviridae viral infection including an infection caused by the HIV virus. The present disclosure also relates to pharmaceutical compositions containing the novel salts, cocrystals, and crystalline forms thereof, and methods of treating or preventing a Retroviridae viral infection.</t>
   </si>
   <si>
     <t>MPP Search, US FDA</t>
   </si>
   <si>
-    <t>Türkiye, North Macedonia, Albania</t>
-[...2 lines deleted...]
-    <t>Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Spain, Denmark, Monaco, Portugal, Ireland, Finland, Cyprus, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Malta, Norway, San Marino, Romania, Latvia, Lithuania, Slovenia, Australia, Canada, Japan, Korea, Republic of, Taiwan, Province of China, United States of America, Hong Kong</t>
+    <t>Türkiye</t>
+  </si>
+  <si>
+    <t>Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Spain, Denmark, Portugal, Ireland, Finland, Cyprus, Bulgaria, Czechia, Estonia, Slovakia, Poland, Malta, Norway, Romania, Latvia, Lithuania, Slovenia, Australia, Canada, Japan, Korea, Republic of, Taiwan, Province of China, United States of America, Hong Kong</t>
   </si>
   <si>
     <t>Türkiye, North Macedonia, Albania, Serbia, China, India</t>
   </si>
   <si>
-    <t>Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Spain, Denmark, Monaco, Portugal, Ireland, Finland, Cyprus, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, San Marino, Croatia, Romania, Latvia, Lithuania, Slovenia, Canada, United States of America, Hong Kong</t>
+    <t>Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Spain, Denmark, Monaco, Portugal, Ireland, Finland, Cyprus, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, San Marino, Croatia, Romania, Latvia, Lithuania, Slovenia, Canada, Hong Kong</t>
   </si>
   <si>
     <t>World Intellectual Property Organization (WIPO), North Macedonia, Albania, Bosnia and Herzegovina, Montenegro, Serbia, Moldova, Republic of, Morocco, Tunisia, Cambodia, Argentina, Bangladesh</t>
   </si>
   <si>
     <t>World Intellectual Property Organization (WIPO), Luxembourg, Denmark, Monaco, Finland, Cyprus, Bulgaria, Estonia, Hungary, Iceland, Malta, San Marino, Croatia, Romania, Latvia, Lithuania, Japan, Taiwan, Province of China</t>
   </si>
   <si>
     <t>WO2020018459</t>
   </si>
   <si>
     <t>Lenacapavir use to treat multidrug resistant HIV infection in heavily treatment-experienced</t>
   </si>
   <si>
+    <t>Use</t>
+  </si>
+  <si>
     <t>2039-07-15</t>
   </si>
   <si>
+    <t>The present disclosure relates to compounds of Formula (Ia) and (Ib) or a pharmaceutically acceptable salt thereof, which are useful in the treatment of an HIV infection in heavily treatment-experienced patients with multidrug resistant HIV infection.</t>
+  </si>
+  <si>
     <t>US FDA</t>
   </si>
   <si>
     <t>Australia, United States of America</t>
   </si>
   <si>
     <t>China, Albania, Serbia, Türkiye, North Macedonia</t>
   </si>
   <si>
     <t>Australia, Canada, Liechtenstein, Italy, Norway, Malta, Denmark, Belgium, United Kingdom, Greece, Netherlands, Hungary, Croatia, Switzerland, Spain, San Marino, Slovenia, Austria, Romania, Iceland, Cyprus, Finland, France, Bulgaria, Slovakia, Poland, Latvia, Ireland, Estonia, Germany, Luxembourg, Portugal, Czechia, Lithuania, Monaco, Sweden, Japan, Korea, Republic of, Taiwan, Province of China, United States of America</t>
   </si>
   <si>
     <t>World Intellectual Property Organization (WIPO), Morocco, Tunisia, Bosnia and Herzegovina, Cambodia, Montenegro, Moldova, Republic of</t>
   </si>
   <si>
-    <t>World Intellectual Property Organization (WIPO), Canada, Japan, Korea, Republic of</t>
+    <t>World Intellectual Property Organization (WIPO), Australia, Canada, Japan, Korea, Republic of</t>
   </si>
   <si>
     <t>WO2019161280</t>
   </si>
   <si>
     <t>Lenacapavir manufacturing processess and intermediates</t>
   </si>
   <si>
     <t>Intermediate(s); Process</t>
   </si>
   <si>
     <t>2039-02-15</t>
   </si>
   <si>
+    <t>The present disclosure relates to methods and intermediates useful for preparing a compound of formula (I): (I) or a co-crystal, solvate, salt or combination thereof.</t>
+  </si>
+  <si>
     <t>Bilateral Licence</t>
   </si>
   <si>
-    <t>China, Albania, Türkiye, North Macedonia, India</t>
-[...2 lines deleted...]
-    <t>Australia, Liechtenstein, Italy, Norway, Malta, Denmark, Belgium, United Kingdom, Greece, Netherlands, Switzerland, Spain, Slovenia, Austria, Cyprus, Finland, France, Bulgaria, Slovakia, Poland, Latvia, Ireland, Estonia, Germany, Luxembourg, Portugal, Czechia, Sweden, Japan, Korea, Republic of, Taiwan, Province of China, United States of America, Hong Kong</t>
+    <t>China, Türkiye, India</t>
+  </si>
+  <si>
+    <t>Australia, Liechtenstein, Italy, Norway, Malta, Denmark, Belgium, United Kingdom, Greece, Netherlands, Switzerland, Spain, Slovenia, Austria, Finland, France, Bulgaria, Slovakia, Poland, Latvia, Ireland, Estonia, Germany, Luxembourg, Portugal, Czechia, Sweden, Japan, Korea, Republic of, Taiwan, Province of China, United States of America, Hong Kong</t>
   </si>
   <si>
     <t>China, Albania, Serbia, Türkiye, North Macedonia, India</t>
   </si>
   <si>
-    <t>Australia, Canada, Liechtenstein, Italy, Norway, Malta, Denmark, Belgium, United Kingdom, Greece, Netherlands, Hungary, Croatia, Switzerland, Spain, San Marino, Slovenia, Austria, Romania, Iceland, Cyprus, Finland, France, Bulgaria, Slovakia, Poland, Latvia, Ireland, Estonia, Germany, Luxembourg, Portugal, Czechia, Lithuania, Monaco, Sweden</t>
-[...5 lines deleted...]
-    <t>World Intellectual Property Organization (WIPO), Hungary, Croatia, San Marino, Romania, Iceland, Lithuania, Monaco, Japan, Korea, Republic of, Bahamas</t>
+    <t>Australia, Canada, Liechtenstein, Italy, Norway, Malta, Denmark, Belgium, United Kingdom, Greece, Netherlands, Hungary, Croatia, Switzerland, Spain, San Marino, Slovenia, Austria, Romania, Iceland, Cyprus, Finland, France, Bulgaria, Slovakia, Poland, Latvia, Ireland, Estonia, Germany, Luxembourg, Portugal, Czechia, Lithuania, Monaco, Sweden, Korea, Republic of, Taiwan, Province of China, United States of America</t>
+  </si>
+  <si>
+    <t>World Intellectual Property Organization (WIPO), Argentina, Morocco, Tunisia, Albania, Serbia, Bosnia and Herzegovina, Cambodia, Montenegro, Moldova, Republic of, North Macedonia</t>
+  </si>
+  <si>
+    <t>World Intellectual Property Organization (WIPO), Hungary, Croatia, San Marino, Romania, Iceland, Cyprus, Lithuania, Monaco, Bahamas</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Brief description</t>
   </si>
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Exclusivity</t>
   </si>
   <si>
     <t>Expiration date</t>
   </si>
   <si>
     <t>Illustration URL</t>
   </si>
   <si>
     <t>Credit</t>
   </si>
   <si>
     <t>https://lapal.medicinespatentpool.org/storage/illustrations/5orEOEiipAdyqNg2eWx8g9KdzEDY5qU9wCbx8Bmc.png</t>
   </si>
@@ -4168,7412 +4542,9942 @@
     <hyperlink ref="E4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="E5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="E6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="E7" r:id="rId_hyperlink_6"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P161"/>
+  <dimension ref="A1:Q203"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:P1"/>
+      <selection activeCell="A1" sqref="A1:Q1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
+    <col min="17" max="17" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16">
+    <row r="1" spans="1:17">
       <c r="A1" s="2" t="s">
         <v>59</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>328</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>329</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>330</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>331</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>332</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>333</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>334</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>335</v>
       </c>
       <c r="K1" s="2" t="s">
         <v>336</v>
       </c>
-      <c r="L1" s="6" t="s">
+      <c r="L1" s="2" t="s">
         <v>337</v>
       </c>
       <c r="M1" s="6" t="s">
         <v>338</v>
       </c>
-      <c r="N1" s="2" t="s">
+      <c r="N1" s="6" t="s">
         <v>339</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>340</v>
       </c>
       <c r="P1" s="2" t="s">
         <v>341</v>
       </c>
-    </row>
-    <row r="2" spans="1:16">
+      <c r="Q1" s="2" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="2" spans="1:17">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
         <v>33</v>
       </c>
       <c r="C2" t="s">
         <v>227</v>
       </c>
       <c r="D2" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="E2" t="s">
         <v>233</v>
       </c>
       <c r="F2" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G2" t="s">
         <v>344</v>
       </c>
       <c r="H2" t="s">
         <v>193</v>
       </c>
       <c r="I2" t="s">
         <v>345</v>
       </c>
       <c r="J2" t="s">
         <v>346</v>
       </c>
       <c r="K2" t="s">
         <v>347</v>
       </c>
-      <c r="L2" s="5" t="s">
+      <c r="L2" t="s">
         <v>348</v>
       </c>
-      <c r="M2" s="5"/>
-      <c r="N2" t="s">
+      <c r="M2" s="5" t="s">
         <v>349</v>
       </c>
+      <c r="N2" s="5"/>
       <c r="O2" t="s">
         <v>350</v>
       </c>
-    </row>
-    <row r="3" spans="1:16">
+      <c r="P2" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="3" spans="1:17">
       <c r="A3" t="s">
         <v>32</v>
       </c>
       <c r="B3" t="s">
         <v>33</v>
       </c>
       <c r="C3" t="s">
         <v>227</v>
       </c>
       <c r="D3" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="E3" t="s">
         <v>233</v>
       </c>
       <c r="F3" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G3" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H3" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I3" t="s">
         <v>345</v>
       </c>
       <c r="J3" t="s">
         <v>346</v>
       </c>
       <c r="K3" t="s">
         <v>347</v>
       </c>
-      <c r="L3" s="5" t="s">
+      <c r="L3" t="s">
         <v>348</v>
       </c>
-      <c r="M3" s="5"/>
-      <c r="N3" t="s">
+      <c r="M3" s="5" t="s">
         <v>349</v>
       </c>
+      <c r="N3" s="5"/>
       <c r="O3" t="s">
         <v>350</v>
       </c>
-    </row>
-    <row r="4" spans="1:16">
+      <c r="P3" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="4" spans="1:17">
       <c r="A4" t="s">
         <v>32</v>
       </c>
       <c r="B4" t="s">
         <v>33</v>
       </c>
       <c r="C4" t="s">
         <v>227</v>
       </c>
       <c r="D4" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="E4" t="s">
         <v>233</v>
       </c>
       <c r="F4" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G4" t="s">
         <v>344</v>
       </c>
       <c r="H4" t="s">
         <v>193</v>
       </c>
       <c r="I4" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="J4" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="K4" t="s">
-        <v>355</v>
-[...1 lines deleted...]
-      <c r="L4" s="5" t="s">
         <v>356</v>
       </c>
-      <c r="M4" s="5">
+      <c r="L4" t="s">
+        <v>357</v>
+      </c>
+      <c r="M4" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="N4" s="5">
         <v>45750.0</v>
       </c>
-      <c r="N4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O4" t="s">
-        <v>357</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:16">
+        <v>350</v>
+      </c>
+      <c r="P4" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="5" spans="1:17">
       <c r="A5" t="s">
         <v>32</v>
       </c>
       <c r="B5" t="s">
         <v>33</v>
       </c>
       <c r="C5" t="s">
         <v>227</v>
       </c>
       <c r="D5" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="E5" t="s">
         <v>233</v>
       </c>
       <c r="F5" t="s">
+        <v>50</v>
+      </c>
+      <c r="G5" t="s">
+        <v>352</v>
+      </c>
+      <c r="H5" t="s">
+        <v>353</v>
+      </c>
+      <c r="I5" t="s">
+        <v>354</v>
+      </c>
+      <c r="J5" t="s">
+        <v>355</v>
+      </c>
+      <c r="K5" t="s">
+        <v>356</v>
+      </c>
+      <c r="L5" t="s">
+        <v>357</v>
+      </c>
+      <c r="M5" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="N5" s="5">
+        <v>45750.0</v>
+      </c>
+      <c r="O5" t="s">
+        <v>350</v>
+      </c>
+      <c r="P5" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="6" spans="1:17">
+      <c r="A6" t="s">
+        <v>32</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>227</v>
+      </c>
+      <c r="D6" t="s">
         <v>343</v>
-      </c>
-[...39 lines deleted...]
-        <v>342</v>
       </c>
       <c r="E6" t="s">
         <v>233</v>
       </c>
       <c r="F6" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G6" t="s">
         <v>344</v>
       </c>
       <c r="H6" t="s">
         <v>193</v>
       </c>
       <c r="I6" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="J6" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="K6" t="s">
-        <v>360</v>
-[...5 lines deleted...]
-      <c r="N6" t="s">
+        <v>362</v>
+      </c>
+      <c r="L6" t="s">
+        <v>363</v>
+      </c>
+      <c r="M6" s="5" t="s">
         <v>349</v>
       </c>
+      <c r="N6" s="5"/>
       <c r="O6" t="s">
         <v>350</v>
       </c>
-    </row>
-    <row r="7" spans="1:16">
+      <c r="P6" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="7" spans="1:17">
       <c r="A7" t="s">
         <v>32</v>
       </c>
       <c r="B7" t="s">
         <v>33</v>
       </c>
       <c r="C7" t="s">
         <v>227</v>
       </c>
       <c r="D7" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="E7" t="s">
         <v>233</v>
       </c>
       <c r="F7" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G7" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H7" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I7" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="J7" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="K7" t="s">
-        <v>360</v>
-[...5 lines deleted...]
-      <c r="N7" t="s">
+        <v>362</v>
+      </c>
+      <c r="L7" t="s">
+        <v>363</v>
+      </c>
+      <c r="M7" s="5" t="s">
         <v>349</v>
       </c>
+      <c r="N7" s="5"/>
       <c r="O7" t="s">
         <v>350</v>
       </c>
-    </row>
-    <row r="8" spans="1:16">
+      <c r="P7" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="8" spans="1:17">
       <c r="A8" t="s">
         <v>32</v>
       </c>
       <c r="B8" t="s">
         <v>33</v>
       </c>
       <c r="C8" t="s">
         <v>227</v>
       </c>
       <c r="D8" t="s">
         <v>34</v>
       </c>
       <c r="E8" t="s">
         <v>141</v>
       </c>
       <c r="F8" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G8" t="s">
         <v>344</v>
       </c>
       <c r="H8" t="s">
         <v>193</v>
       </c>
       <c r="I8" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="J8" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="K8" t="s">
-        <v>363</v>
-[...5 lines deleted...]
-      <c r="N8">
+        <v>366</v>
+      </c>
+      <c r="L8" t="s">
+        <v>367</v>
+      </c>
+      <c r="M8" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N8" s="5"/>
+      <c r="O8">
         <v>45348.0</v>
       </c>
     </row>
-    <row r="9" spans="1:16">
+    <row r="9" spans="1:17">
       <c r="A9" t="s">
         <v>32</v>
       </c>
       <c r="B9" t="s">
         <v>33</v>
       </c>
       <c r="C9" t="s">
         <v>227</v>
       </c>
       <c r="D9" t="s">
         <v>34</v>
       </c>
       <c r="E9" t="s">
         <v>141</v>
       </c>
       <c r="F9" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G9" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H9" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I9" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="J9" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="K9" t="s">
-        <v>363</v>
-[...5 lines deleted...]
-      <c r="N9">
+        <v>366</v>
+      </c>
+      <c r="L9" t="s">
+        <v>367</v>
+      </c>
+      <c r="M9" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N9" s="5"/>
+      <c r="O9">
         <v>45348.0</v>
       </c>
-      <c r="O9" t="s">
-[...3 lines deleted...]
-    <row r="10" spans="1:16">
+      <c r="P9" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="10" spans="1:17">
       <c r="A10" t="s">
         <v>32</v>
       </c>
       <c r="B10" t="s">
         <v>33</v>
       </c>
       <c r="C10" t="s">
         <v>227</v>
       </c>
       <c r="D10" t="s">
         <v>34</v>
       </c>
       <c r="E10" t="s">
         <v>141</v>
       </c>
       <c r="F10" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G10" t="s">
         <v>344</v>
       </c>
       <c r="H10" t="s">
         <v>193</v>
       </c>
       <c r="I10" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="J10" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="K10" t="s">
+        <v>372</v>
+      </c>
+      <c r="L10" t="s">
+        <v>373</v>
+      </c>
+      <c r="M10" s="5" t="s">
         <v>368</v>
       </c>
-      <c r="L10" s="5" t="s">
-[...3 lines deleted...]
-      <c r="N10">
+      <c r="N10" s="5"/>
+      <c r="O10">
         <v>45356.0</v>
       </c>
     </row>
-    <row r="11" spans="1:16">
+    <row r="11" spans="1:17">
       <c r="A11" t="s">
         <v>32</v>
       </c>
       <c r="B11" t="s">
         <v>33</v>
       </c>
       <c r="C11" t="s">
         <v>227</v>
       </c>
       <c r="D11" t="s">
         <v>34</v>
       </c>
       <c r="E11" t="s">
         <v>141</v>
       </c>
       <c r="F11" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G11" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H11" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I11" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="J11" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="K11" t="s">
+        <v>372</v>
+      </c>
+      <c r="L11" t="s">
+        <v>373</v>
+      </c>
+      <c r="M11" s="5" t="s">
         <v>368</v>
       </c>
-      <c r="L11" s="5" t="s">
-[...3 lines deleted...]
-      <c r="N11">
+      <c r="N11" s="5"/>
+      <c r="O11">
         <v>45356.0</v>
       </c>
-      <c r="O11" t="s">
-[...3 lines deleted...]
-    <row r="12" spans="1:16">
+      <c r="P11" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="12" spans="1:17">
       <c r="A12" t="s">
         <v>32</v>
       </c>
       <c r="B12" t="s">
         <v>33</v>
       </c>
       <c r="C12" t="s">
         <v>227</v>
       </c>
       <c r="D12" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E12" t="s">
         <v>233</v>
       </c>
       <c r="F12" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G12" t="s">
         <v>344</v>
       </c>
       <c r="H12" t="s">
         <v>193</v>
       </c>
       <c r="I12" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J12" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K12" t="s">
-        <v>372</v>
-[...5 lines deleted...]
-      <c r="N12">
+        <v>377</v>
+      </c>
+      <c r="L12" t="s">
+        <v>378</v>
+      </c>
+      <c r="M12" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N12" s="5"/>
+      <c r="O12">
         <v>45863.0</v>
       </c>
-      <c r="O12" t="s">
-[...3 lines deleted...]
-    <row r="13" spans="1:16">
+      <c r="P12" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="13" spans="1:17">
       <c r="A13" t="s">
         <v>32</v>
       </c>
       <c r="B13" t="s">
         <v>33</v>
       </c>
       <c r="C13" t="s">
         <v>227</v>
       </c>
       <c r="D13" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E13" t="s">
         <v>233</v>
       </c>
       <c r="F13" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G13" t="s">
         <v>344</v>
       </c>
       <c r="H13" t="s">
         <v>193</v>
       </c>
       <c r="I13" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J13" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K13" t="s">
+        <v>380</v>
+      </c>
+      <c r="L13" t="s">
+        <v>381</v>
+      </c>
+      <c r="M13" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N13" s="5"/>
+      <c r="O13">
+        <v>45863.0</v>
+      </c>
+      <c r="P13" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="14" spans="1:17">
+      <c r="A14" t="s">
+        <v>32</v>
+      </c>
+      <c r="B14" t="s">
+        <v>33</v>
+      </c>
+      <c r="C14" t="s">
+        <v>227</v>
+      </c>
+      <c r="D14" t="s">
         <v>374</v>
-      </c>
-[...22 lines deleted...]
-        <v>369</v>
       </c>
       <c r="E14" t="s">
         <v>233</v>
       </c>
       <c r="F14" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G14" t="s">
         <v>344</v>
       </c>
       <c r="H14" t="s">
         <v>193</v>
       </c>
       <c r="I14" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J14" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K14" t="s">
-        <v>375</v>
-[...5 lines deleted...]
-      <c r="N14">
+        <v>382</v>
+      </c>
+      <c r="L14" t="s">
+        <v>383</v>
+      </c>
+      <c r="M14" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N14" s="5"/>
+      <c r="O14">
         <v>45863.0</v>
       </c>
-      <c r="O14" t="s">
-[...3 lines deleted...]
-    <row r="15" spans="1:16">
+      <c r="P14" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="15" spans="1:17">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>33</v>
       </c>
       <c r="C15" t="s">
         <v>227</v>
       </c>
       <c r="D15" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E15" t="s">
         <v>233</v>
       </c>
       <c r="F15" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G15" t="s">
         <v>344</v>
       </c>
       <c r="H15" t="s">
         <v>193</v>
       </c>
       <c r="I15" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J15" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K15" t="s">
-        <v>376</v>
-[...5 lines deleted...]
-      <c r="N15">
+        <v>384</v>
+      </c>
+      <c r="L15" t="s">
+        <v>385</v>
+      </c>
+      <c r="M15" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N15" s="5"/>
+      <c r="O15">
         <v>45863.0</v>
       </c>
-      <c r="O15" t="s">
-[...3 lines deleted...]
-    <row r="16" spans="1:16">
+      <c r="P15" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="16" spans="1:17">
       <c r="A16" t="s">
         <v>32</v>
       </c>
       <c r="B16" t="s">
         <v>33</v>
       </c>
       <c r="C16" t="s">
         <v>227</v>
       </c>
       <c r="D16" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E16" t="s">
         <v>233</v>
       </c>
       <c r="F16" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G16" t="s">
         <v>344</v>
       </c>
       <c r="H16" t="s">
         <v>193</v>
       </c>
       <c r="I16" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J16" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K16" t="s">
-        <v>377</v>
-[...5 lines deleted...]
-      <c r="N16">
+        <v>386</v>
+      </c>
+      <c r="L16" t="s">
+        <v>387</v>
+      </c>
+      <c r="M16" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N16" s="5"/>
+      <c r="O16">
         <v>45863.0</v>
       </c>
-      <c r="O16" t="s">
-[...3 lines deleted...]
-    <row r="17" spans="1:16">
+      <c r="P16" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="17" spans="1:17">
       <c r="A17" t="s">
         <v>32</v>
       </c>
       <c r="B17" t="s">
         <v>33</v>
       </c>
       <c r="C17" t="s">
         <v>227</v>
       </c>
       <c r="D17" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E17" t="s">
         <v>233</v>
       </c>
       <c r="F17" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G17" t="s">
         <v>344</v>
       </c>
       <c r="H17" t="s">
         <v>193</v>
       </c>
       <c r="I17" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J17" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K17" t="s">
-        <v>378</v>
-[...5 lines deleted...]
-      <c r="N17">
+        <v>388</v>
+      </c>
+      <c r="L17" t="s">
+        <v>389</v>
+      </c>
+      <c r="M17" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N17" s="5"/>
+      <c r="O17">
         <v>45863.0</v>
       </c>
-      <c r="O17" t="s">
-[...3 lines deleted...]
-    <row r="18" spans="1:16">
+      <c r="P17" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="18" spans="1:17">
       <c r="A18" t="s">
         <v>32</v>
       </c>
       <c r="B18" t="s">
         <v>33</v>
       </c>
       <c r="C18" t="s">
         <v>227</v>
       </c>
       <c r="D18" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E18" t="s">
         <v>233</v>
       </c>
       <c r="F18" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G18" t="s">
         <v>344</v>
       </c>
       <c r="H18" t="s">
         <v>193</v>
       </c>
       <c r="I18" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J18" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K18" t="s">
+        <v>390</v>
+      </c>
+      <c r="L18" t="s">
+        <v>391</v>
+      </c>
+      <c r="M18" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N18" s="5"/>
+      <c r="O18">
+        <v>45863.0</v>
+      </c>
+      <c r="P18" t="s">
         <v>379</v>
       </c>
-      <c r="L18" s="5" t="s">
-[...10 lines deleted...]
-    <row r="19" spans="1:16">
+    </row>
+    <row r="19" spans="1:17">
       <c r="A19" t="s">
         <v>32</v>
       </c>
       <c r="B19" t="s">
         <v>33</v>
       </c>
       <c r="C19" t="s">
         <v>227</v>
       </c>
       <c r="D19" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E19" t="s">
         <v>233</v>
       </c>
       <c r="F19" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G19" t="s">
         <v>344</v>
       </c>
       <c r="H19" t="s">
         <v>193</v>
       </c>
       <c r="I19" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J19" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K19" t="s">
-        <v>380</v>
-[...5 lines deleted...]
-      <c r="N19">
+        <v>392</v>
+      </c>
+      <c r="L19" t="s">
+        <v>393</v>
+      </c>
+      <c r="M19" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N19" s="5"/>
+      <c r="O19">
         <v>45863.0</v>
       </c>
-      <c r="O19" t="s">
-[...3 lines deleted...]
-    <row r="20" spans="1:16">
+      <c r="P19" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="20" spans="1:17">
       <c r="A20" t="s">
         <v>32</v>
       </c>
       <c r="B20" t="s">
         <v>33</v>
       </c>
       <c r="C20" t="s">
         <v>227</v>
       </c>
       <c r="D20" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E20" t="s">
         <v>233</v>
       </c>
       <c r="F20" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G20" t="s">
         <v>344</v>
       </c>
       <c r="H20" t="s">
         <v>193</v>
       </c>
       <c r="I20" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J20" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K20" t="s">
-        <v>381</v>
-[...5 lines deleted...]
-      <c r="N20">
+        <v>394</v>
+      </c>
+      <c r="L20" t="s">
+        <v>395</v>
+      </c>
+      <c r="M20" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N20" s="5"/>
+      <c r="O20">
         <v>45863.0</v>
       </c>
-      <c r="O20" t="s">
-[...3 lines deleted...]
-    <row r="21" spans="1:16">
+      <c r="P20" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="21" spans="1:17">
       <c r="A21" t="s">
         <v>32</v>
       </c>
       <c r="B21" t="s">
         <v>33</v>
       </c>
       <c r="C21" t="s">
         <v>227</v>
       </c>
       <c r="D21" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E21" t="s">
         <v>233</v>
       </c>
       <c r="F21" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G21" t="s">
         <v>344</v>
       </c>
       <c r="H21" t="s">
         <v>193</v>
       </c>
       <c r="I21" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J21" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K21" t="s">
-        <v>382</v>
-[...5 lines deleted...]
-      <c r="N21">
+        <v>396</v>
+      </c>
+      <c r="L21" t="s">
+        <v>218</v>
+      </c>
+      <c r="M21" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N21" s="5"/>
+      <c r="O21">
         <v>45863.0</v>
       </c>
-      <c r="O21" t="s">
-[...3 lines deleted...]
-    <row r="22" spans="1:16">
+      <c r="P21" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="22" spans="1:17">
       <c r="A22" t="s">
         <v>32</v>
       </c>
       <c r="B22" t="s">
         <v>33</v>
       </c>
       <c r="C22" t="s">
         <v>227</v>
       </c>
       <c r="D22" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E22" t="s">
         <v>233</v>
       </c>
       <c r="F22" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G22" t="s">
         <v>344</v>
       </c>
       <c r="H22" t="s">
         <v>193</v>
       </c>
       <c r="I22" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J22" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K22" t="s">
-        <v>383</v>
-[...5 lines deleted...]
-      <c r="N22">
+        <v>397</v>
+      </c>
+      <c r="L22" t="s">
+        <v>398</v>
+      </c>
+      <c r="M22" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N22" s="5"/>
+      <c r="O22">
         <v>45863.0</v>
       </c>
-      <c r="O22" t="s">
-[...3 lines deleted...]
-    <row r="23" spans="1:16">
+      <c r="P22" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="23" spans="1:17">
       <c r="A23" t="s">
         <v>32</v>
       </c>
       <c r="B23" t="s">
         <v>33</v>
       </c>
       <c r="C23" t="s">
         <v>227</v>
       </c>
       <c r="D23" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E23" t="s">
         <v>233</v>
       </c>
       <c r="F23" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G23" t="s">
         <v>344</v>
       </c>
       <c r="H23" t="s">
         <v>193</v>
       </c>
       <c r="I23" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J23" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K23" t="s">
-        <v>384</v>
-[...5 lines deleted...]
-      <c r="N23">
+        <v>399</v>
+      </c>
+      <c r="L23" t="s">
+        <v>400</v>
+      </c>
+      <c r="M23" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N23" s="5"/>
+      <c r="O23">
         <v>45863.0</v>
       </c>
-      <c r="O23" t="s">
-[...3 lines deleted...]
-    <row r="24" spans="1:16">
+      <c r="P23" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="24" spans="1:17">
       <c r="A24" t="s">
         <v>32</v>
       </c>
       <c r="B24" t="s">
         <v>33</v>
       </c>
       <c r="C24" t="s">
         <v>227</v>
       </c>
       <c r="D24" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E24" t="s">
         <v>233</v>
       </c>
       <c r="F24" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G24" t="s">
         <v>344</v>
       </c>
       <c r="H24" t="s">
         <v>193</v>
       </c>
       <c r="I24" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J24" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K24" t="s">
-        <v>385</v>
-[...5 lines deleted...]
-      <c r="N24">
+        <v>401</v>
+      </c>
+      <c r="L24" t="s">
+        <v>402</v>
+      </c>
+      <c r="M24" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N24" s="5"/>
+      <c r="O24">
         <v>45863.0</v>
       </c>
-      <c r="O24" t="s">
-[...3 lines deleted...]
-    <row r="25" spans="1:16">
+      <c r="P24" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="25" spans="1:17">
       <c r="A25" t="s">
         <v>32</v>
       </c>
       <c r="B25" t="s">
         <v>33</v>
       </c>
       <c r="C25" t="s">
         <v>227</v>
       </c>
       <c r="D25" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E25" t="s">
         <v>233</v>
       </c>
       <c r="F25" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G25" t="s">
         <v>344</v>
       </c>
       <c r="H25" t="s">
         <v>193</v>
       </c>
       <c r="I25" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J25" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K25" t="s">
-        <v>386</v>
-[...5 lines deleted...]
-      <c r="N25">
+        <v>403</v>
+      </c>
+      <c r="L25" t="s">
+        <v>404</v>
+      </c>
+      <c r="M25" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N25" s="5"/>
+      <c r="O25">
         <v>45863.0</v>
       </c>
-      <c r="O25" t="s">
-[...3 lines deleted...]
-    <row r="26" spans="1:16">
+      <c r="P25" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="26" spans="1:17">
       <c r="A26" t="s">
         <v>32</v>
       </c>
       <c r="B26" t="s">
         <v>33</v>
       </c>
       <c r="C26" t="s">
         <v>227</v>
       </c>
       <c r="D26" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E26" t="s">
         <v>233</v>
       </c>
       <c r="F26" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G26" t="s">
         <v>344</v>
       </c>
       <c r="H26" t="s">
         <v>193</v>
       </c>
       <c r="I26" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J26" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K26" t="s">
-        <v>387</v>
-[...5 lines deleted...]
-      <c r="N26">
+        <v>405</v>
+      </c>
+      <c r="L26" t="s">
+        <v>406</v>
+      </c>
+      <c r="M26" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N26" s="5"/>
+      <c r="O26">
         <v>45863.0</v>
       </c>
-      <c r="O26" t="s">
-[...3 lines deleted...]
-    <row r="27" spans="1:16">
+      <c r="P26" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="27" spans="1:17">
       <c r="A27" t="s">
         <v>32</v>
       </c>
       <c r="B27" t="s">
         <v>33</v>
       </c>
       <c r="C27" t="s">
         <v>227</v>
       </c>
       <c r="D27" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E27" t="s">
         <v>233</v>
       </c>
       <c r="F27" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G27" t="s">
         <v>344</v>
       </c>
       <c r="H27" t="s">
         <v>193</v>
       </c>
       <c r="I27" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J27" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K27" t="s">
-        <v>388</v>
-[...5 lines deleted...]
-      <c r="N27">
+        <v>407</v>
+      </c>
+      <c r="L27" t="s">
+        <v>408</v>
+      </c>
+      <c r="M27" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N27" s="5"/>
+      <c r="O27">
         <v>45863.0</v>
       </c>
-      <c r="O27" t="s">
-[...3 lines deleted...]
-    <row r="28" spans="1:16">
+      <c r="P27" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="28" spans="1:17">
       <c r="A28" t="s">
         <v>32</v>
       </c>
       <c r="B28" t="s">
         <v>33</v>
       </c>
       <c r="C28" t="s">
         <v>227</v>
       </c>
       <c r="D28" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E28" t="s">
         <v>233</v>
       </c>
       <c r="F28" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G28" t="s">
         <v>344</v>
       </c>
       <c r="H28" t="s">
         <v>193</v>
       </c>
       <c r="I28" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J28" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K28" t="s">
-        <v>389</v>
-[...5 lines deleted...]
-      <c r="N28">
+        <v>409</v>
+      </c>
+      <c r="L28" t="s">
+        <v>410</v>
+      </c>
+      <c r="M28" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N28" s="5"/>
+      <c r="O28">
         <v>45863.0</v>
       </c>
-      <c r="O28" t="s">
-[...3 lines deleted...]
-    <row r="29" spans="1:16">
+      <c r="P28" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="29" spans="1:17">
       <c r="A29" t="s">
         <v>32</v>
       </c>
       <c r="B29" t="s">
         <v>33</v>
       </c>
       <c r="C29" t="s">
         <v>227</v>
       </c>
       <c r="D29" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E29" t="s">
         <v>233</v>
       </c>
       <c r="F29" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G29" t="s">
         <v>344</v>
       </c>
       <c r="H29" t="s">
         <v>193</v>
       </c>
       <c r="I29" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J29" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K29" t="s">
-        <v>390</v>
-[...5 lines deleted...]
-      <c r="N29">
+        <v>411</v>
+      </c>
+      <c r="L29" t="s">
+        <v>412</v>
+      </c>
+      <c r="M29" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N29" s="5"/>
+      <c r="O29">
         <v>45863.0</v>
       </c>
-      <c r="O29" t="s">
-[...3 lines deleted...]
-    <row r="30" spans="1:16">
+      <c r="P29" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="30" spans="1:17">
       <c r="A30" t="s">
         <v>32</v>
       </c>
       <c r="B30" t="s">
         <v>33</v>
       </c>
       <c r="C30" t="s">
         <v>227</v>
       </c>
       <c r="D30" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E30" t="s">
         <v>233</v>
       </c>
       <c r="F30" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G30" t="s">
         <v>344</v>
       </c>
       <c r="H30" t="s">
         <v>193</v>
       </c>
       <c r="I30" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J30" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K30" t="s">
-        <v>391</v>
-[...5 lines deleted...]
-      <c r="N30">
+        <v>413</v>
+      </c>
+      <c r="L30" t="s">
+        <v>414</v>
+      </c>
+      <c r="M30" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N30" s="5"/>
+      <c r="O30">
         <v>45863.0</v>
       </c>
-      <c r="O30" t="s">
-[...3 lines deleted...]
-    <row r="31" spans="1:16">
+      <c r="P30" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="31" spans="1:17">
       <c r="A31" t="s">
         <v>32</v>
       </c>
       <c r="B31" t="s">
         <v>33</v>
       </c>
       <c r="C31" t="s">
         <v>227</v>
       </c>
       <c r="D31" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E31" t="s">
         <v>233</v>
       </c>
       <c r="F31" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G31" t="s">
         <v>344</v>
       </c>
       <c r="H31" t="s">
         <v>193</v>
       </c>
       <c r="I31" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J31" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K31" t="s">
-        <v>392</v>
-[...5 lines deleted...]
-      <c r="N31">
+        <v>415</v>
+      </c>
+      <c r="L31" t="s">
+        <v>416</v>
+      </c>
+      <c r="M31" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N31" s="5"/>
+      <c r="O31">
         <v>45863.0</v>
       </c>
-      <c r="O31" t="s">
-[...3 lines deleted...]
-    <row r="32" spans="1:16">
+      <c r="P31" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="32" spans="1:17">
       <c r="A32" t="s">
         <v>32</v>
       </c>
       <c r="B32" t="s">
         <v>33</v>
       </c>
       <c r="C32" t="s">
         <v>227</v>
       </c>
       <c r="D32" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E32" t="s">
         <v>233</v>
       </c>
       <c r="F32" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G32" t="s">
         <v>344</v>
       </c>
       <c r="H32" t="s">
         <v>193</v>
       </c>
       <c r="I32" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J32" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K32" t="s">
-        <v>393</v>
-[...5 lines deleted...]
-      <c r="N32">
+        <v>417</v>
+      </c>
+      <c r="L32" t="s">
+        <v>418</v>
+      </c>
+      <c r="M32" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N32" s="5"/>
+      <c r="O32">
         <v>45863.0</v>
       </c>
-      <c r="O32" t="s">
-[...3 lines deleted...]
-    <row r="33" spans="1:16">
+      <c r="P32" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="33" spans="1:17">
       <c r="A33" t="s">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>33</v>
       </c>
       <c r="C33" t="s">
         <v>227</v>
       </c>
       <c r="D33" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E33" t="s">
         <v>233</v>
       </c>
       <c r="F33" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G33" t="s">
         <v>344</v>
       </c>
       <c r="H33" t="s">
         <v>193</v>
       </c>
       <c r="I33" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J33" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K33" t="s">
-        <v>394</v>
-[...5 lines deleted...]
-      <c r="N33">
+        <v>419</v>
+      </c>
+      <c r="L33" t="s">
+        <v>420</v>
+      </c>
+      <c r="M33" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N33" s="5"/>
+      <c r="O33">
         <v>45863.0</v>
       </c>
-      <c r="O33" t="s">
-[...3 lines deleted...]
-    <row r="34" spans="1:16">
+      <c r="P33" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="34" spans="1:17">
       <c r="A34" t="s">
         <v>32</v>
       </c>
       <c r="B34" t="s">
         <v>33</v>
       </c>
       <c r="C34" t="s">
         <v>227</v>
       </c>
       <c r="D34" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E34" t="s">
         <v>233</v>
       </c>
       <c r="F34" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G34" t="s">
         <v>344</v>
       </c>
       <c r="H34" t="s">
         <v>193</v>
       </c>
       <c r="I34" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J34" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K34" t="s">
-        <v>395</v>
-[...5 lines deleted...]
-      <c r="N34">
+        <v>421</v>
+      </c>
+      <c r="L34" t="s">
+        <v>422</v>
+      </c>
+      <c r="M34" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N34" s="5"/>
+      <c r="O34">
         <v>45863.0</v>
       </c>
-      <c r="O34" t="s">
-[...3 lines deleted...]
-    <row r="35" spans="1:16">
+      <c r="P34" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="35" spans="1:17">
       <c r="A35" t="s">
         <v>32</v>
       </c>
       <c r="B35" t="s">
         <v>33</v>
       </c>
       <c r="C35" t="s">
         <v>227</v>
       </c>
       <c r="D35" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E35" t="s">
         <v>233</v>
       </c>
       <c r="F35" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G35" t="s">
         <v>344</v>
       </c>
       <c r="H35" t="s">
         <v>193</v>
       </c>
       <c r="I35" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J35" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K35" t="s">
-        <v>396</v>
-[...5 lines deleted...]
-      <c r="N35">
+        <v>423</v>
+      </c>
+      <c r="L35" t="s">
+        <v>424</v>
+      </c>
+      <c r="M35" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N35" s="5"/>
+      <c r="O35">
         <v>45863.0</v>
       </c>
-      <c r="O35" t="s">
-[...3 lines deleted...]
-    <row r="36" spans="1:16">
+      <c r="P35" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="36" spans="1:17">
       <c r="A36" t="s">
         <v>32</v>
       </c>
       <c r="B36" t="s">
         <v>33</v>
       </c>
       <c r="C36" t="s">
         <v>227</v>
       </c>
       <c r="D36" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E36" t="s">
         <v>233</v>
       </c>
       <c r="F36" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G36" t="s">
         <v>344</v>
       </c>
       <c r="H36" t="s">
         <v>193</v>
       </c>
       <c r="I36" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J36" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K36" t="s">
-        <v>397</v>
-[...5 lines deleted...]
-      <c r="N36">
+        <v>425</v>
+      </c>
+      <c r="L36" t="s">
+        <v>426</v>
+      </c>
+      <c r="M36" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N36" s="5"/>
+      <c r="O36">
         <v>45863.0</v>
       </c>
-      <c r="O36" t="s">
-[...3 lines deleted...]
-    <row r="37" spans="1:16">
+      <c r="P36" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="37" spans="1:17">
       <c r="A37" t="s">
         <v>32</v>
       </c>
       <c r="B37" t="s">
         <v>33</v>
       </c>
       <c r="C37" t="s">
         <v>227</v>
       </c>
       <c r="D37" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E37" t="s">
         <v>233</v>
       </c>
       <c r="F37" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G37" t="s">
         <v>344</v>
       </c>
       <c r="H37" t="s">
         <v>193</v>
       </c>
       <c r="I37" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J37" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K37" t="s">
-        <v>398</v>
-[...5 lines deleted...]
-      <c r="N37">
+        <v>427</v>
+      </c>
+      <c r="L37" t="s">
+        <v>428</v>
+      </c>
+      <c r="M37" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N37" s="5"/>
+      <c r="O37">
         <v>45863.0</v>
       </c>
-      <c r="O37" t="s">
-[...3 lines deleted...]
-    <row r="38" spans="1:16">
+      <c r="P37" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="38" spans="1:17">
       <c r="A38" t="s">
         <v>32</v>
       </c>
       <c r="B38" t="s">
         <v>33</v>
       </c>
       <c r="C38" t="s">
         <v>227</v>
       </c>
       <c r="D38" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E38" t="s">
         <v>233</v>
       </c>
       <c r="F38" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G38" t="s">
         <v>344</v>
       </c>
       <c r="H38" t="s">
         <v>193</v>
       </c>
       <c r="I38" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J38" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K38" t="s">
-        <v>399</v>
-[...5 lines deleted...]
-      <c r="N38">
+        <v>429</v>
+      </c>
+      <c r="L38" t="s">
+        <v>430</v>
+      </c>
+      <c r="M38" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N38" s="5"/>
+      <c r="O38">
         <v>45863.0</v>
       </c>
-      <c r="O38" t="s">
-[...3 lines deleted...]
-    <row r="39" spans="1:16">
+      <c r="P38" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="39" spans="1:17">
       <c r="A39" t="s">
         <v>32</v>
       </c>
       <c r="B39" t="s">
         <v>33</v>
       </c>
       <c r="C39" t="s">
         <v>227</v>
       </c>
       <c r="D39" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E39" t="s">
         <v>233</v>
       </c>
       <c r="F39" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G39" t="s">
         <v>344</v>
       </c>
       <c r="H39" t="s">
         <v>193</v>
       </c>
       <c r="I39" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J39" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K39" t="s">
-        <v>400</v>
-[...5 lines deleted...]
-      <c r="N39">
+        <v>431</v>
+      </c>
+      <c r="L39" t="s">
+        <v>432</v>
+      </c>
+      <c r="M39" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N39" s="5"/>
+      <c r="O39">
         <v>45863.0</v>
       </c>
-      <c r="O39" t="s">
-[...3 lines deleted...]
-    <row r="40" spans="1:16">
+      <c r="P39" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="40" spans="1:17">
       <c r="A40" t="s">
         <v>32</v>
       </c>
       <c r="B40" t="s">
         <v>33</v>
       </c>
       <c r="C40" t="s">
         <v>227</v>
       </c>
       <c r="D40" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E40" t="s">
         <v>233</v>
       </c>
       <c r="F40" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G40" t="s">
         <v>344</v>
       </c>
       <c r="H40" t="s">
         <v>193</v>
       </c>
       <c r="I40" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J40" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K40" t="s">
-        <v>401</v>
-[...5 lines deleted...]
-      <c r="N40">
+        <v>433</v>
+      </c>
+      <c r="L40" t="s">
+        <v>434</v>
+      </c>
+      <c r="M40" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N40" s="5"/>
+      <c r="O40">
         <v>45863.0</v>
       </c>
-      <c r="O40" t="s">
-[...3 lines deleted...]
-    <row r="41" spans="1:16">
+      <c r="P40" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="41" spans="1:17">
       <c r="A41" t="s">
         <v>32</v>
       </c>
       <c r="B41" t="s">
         <v>33</v>
       </c>
       <c r="C41" t="s">
         <v>227</v>
       </c>
       <c r="D41" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E41" t="s">
         <v>233</v>
       </c>
       <c r="F41" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G41" t="s">
         <v>344</v>
       </c>
       <c r="H41" t="s">
         <v>193</v>
       </c>
       <c r="I41" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J41" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K41" t="s">
-        <v>402</v>
-[...5 lines deleted...]
-      <c r="N41">
+        <v>435</v>
+      </c>
+      <c r="L41" t="s">
+        <v>436</v>
+      </c>
+      <c r="M41" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N41" s="5"/>
+      <c r="O41">
         <v>45863.0</v>
       </c>
-      <c r="O41" t="s">
-[...3 lines deleted...]
-    <row r="42" spans="1:16">
+      <c r="P41" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="42" spans="1:17">
       <c r="A42" t="s">
         <v>32</v>
       </c>
       <c r="B42" t="s">
         <v>33</v>
       </c>
       <c r="C42" t="s">
         <v>227</v>
       </c>
       <c r="D42" t="s">
         <v>34</v>
       </c>
       <c r="E42" t="s">
         <v>141</v>
       </c>
       <c r="F42" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G42" t="s">
         <v>344</v>
       </c>
       <c r="H42" t="s">
         <v>193</v>
       </c>
       <c r="I42" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J42" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K42" t="s">
-        <v>403</v>
-[...4 lines deleted...]
-      <c r="M42" s="5">
+        <v>437</v>
+      </c>
+      <c r="L42" t="s">
+        <v>438</v>
+      </c>
+      <c r="M42" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N42" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N42">
+      <c r="O42">
         <v>44790.0</v>
       </c>
-      <c r="O42" t="s">
-[...3 lines deleted...]
-    <row r="43" spans="1:16">
+      <c r="P42" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="43" spans="1:17">
       <c r="A43" t="s">
         <v>32</v>
       </c>
       <c r="B43" t="s">
         <v>33</v>
       </c>
       <c r="C43" t="s">
         <v>227</v>
       </c>
       <c r="D43" t="s">
         <v>34</v>
       </c>
       <c r="E43" t="s">
         <v>141</v>
       </c>
       <c r="F43" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G43" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H43" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I43" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J43" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K43" t="s">
-        <v>372</v>
-[...4 lines deleted...]
-      <c r="M43" s="5">
+        <v>377</v>
+      </c>
+      <c r="L43" t="s">
+        <v>378</v>
+      </c>
+      <c r="M43" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N43" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N43">
+      <c r="O43">
         <v>44790.0</v>
       </c>
-      <c r="O43" t="s">
-[...3 lines deleted...]
-    <row r="44" spans="1:16">
+      <c r="P43" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="44" spans="1:17">
       <c r="A44" t="s">
         <v>32</v>
       </c>
       <c r="B44" t="s">
         <v>33</v>
       </c>
       <c r="C44" t="s">
         <v>227</v>
       </c>
       <c r="D44" t="s">
         <v>34</v>
       </c>
       <c r="E44" t="s">
         <v>141</v>
       </c>
       <c r="F44" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G44" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H44" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I44" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J44" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K44" t="s">
-        <v>374</v>
-[...4 lines deleted...]
-      <c r="M44" s="5">
+        <v>380</v>
+      </c>
+      <c r="L44" t="s">
+        <v>381</v>
+      </c>
+      <c r="M44" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N44" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N44">
+      <c r="O44">
         <v>44790.0</v>
       </c>
-      <c r="O44" t="s">
-[...3 lines deleted...]
-    <row r="45" spans="1:16">
+      <c r="P44" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="45" spans="1:17">
       <c r="A45" t="s">
         <v>32</v>
       </c>
       <c r="B45" t="s">
         <v>33</v>
       </c>
       <c r="C45" t="s">
         <v>227</v>
       </c>
       <c r="D45" t="s">
         <v>34</v>
       </c>
       <c r="E45" t="s">
         <v>141</v>
       </c>
       <c r="F45" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G45" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H45" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I45" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J45" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K45" t="s">
-        <v>375</v>
-[...4 lines deleted...]
-      <c r="M45" s="5">
+        <v>382</v>
+      </c>
+      <c r="L45" t="s">
+        <v>383</v>
+      </c>
+      <c r="M45" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N45" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N45">
+      <c r="O45">
         <v>44790.0</v>
       </c>
-      <c r="O45" t="s">
-[...3 lines deleted...]
-    <row r="46" spans="1:16">
+      <c r="P45" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="46" spans="1:17">
       <c r="A46" t="s">
         <v>32</v>
       </c>
       <c r="B46" t="s">
         <v>33</v>
       </c>
       <c r="C46" t="s">
         <v>227</v>
       </c>
       <c r="D46" t="s">
         <v>34</v>
       </c>
       <c r="E46" t="s">
         <v>141</v>
       </c>
       <c r="F46" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G46" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H46" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I46" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J46" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K46" t="s">
-        <v>376</v>
-[...4 lines deleted...]
-      <c r="M46" s="5">
+        <v>384</v>
+      </c>
+      <c r="L46" t="s">
+        <v>385</v>
+      </c>
+      <c r="M46" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N46" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N46">
+      <c r="O46">
         <v>44790.0</v>
       </c>
-      <c r="O46" t="s">
-[...3 lines deleted...]
-    <row r="47" spans="1:16">
+      <c r="P46" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="47" spans="1:17">
       <c r="A47" t="s">
         <v>32</v>
       </c>
       <c r="B47" t="s">
         <v>33</v>
       </c>
       <c r="C47" t="s">
         <v>227</v>
       </c>
       <c r="D47" t="s">
         <v>34</v>
       </c>
       <c r="E47" t="s">
         <v>141</v>
       </c>
       <c r="F47" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G47" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H47" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I47" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J47" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K47" t="s">
-        <v>377</v>
-[...4 lines deleted...]
-      <c r="M47" s="5">
+        <v>386</v>
+      </c>
+      <c r="L47" t="s">
+        <v>387</v>
+      </c>
+      <c r="M47" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N47" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N47">
+      <c r="O47">
         <v>44790.0</v>
       </c>
-      <c r="O47" t="s">
-[...3 lines deleted...]
-    <row r="48" spans="1:16">
+      <c r="P47" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="48" spans="1:17">
       <c r="A48" t="s">
         <v>32</v>
       </c>
       <c r="B48" t="s">
         <v>33</v>
       </c>
       <c r="C48" t="s">
         <v>227</v>
       </c>
       <c r="D48" t="s">
         <v>34</v>
       </c>
       <c r="E48" t="s">
         <v>141</v>
       </c>
       <c r="F48" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G48" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H48" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I48" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J48" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K48" t="s">
-        <v>378</v>
-[...4 lines deleted...]
-      <c r="M48" s="5">
+        <v>388</v>
+      </c>
+      <c r="L48" t="s">
+        <v>389</v>
+      </c>
+      <c r="M48" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N48" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N48">
+      <c r="O48">
         <v>44790.0</v>
       </c>
-      <c r="O48" t="s">
-[...3 lines deleted...]
-    <row r="49" spans="1:16">
+      <c r="P48" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="49" spans="1:17">
       <c r="A49" t="s">
         <v>32</v>
       </c>
       <c r="B49" t="s">
         <v>33</v>
       </c>
       <c r="C49" t="s">
         <v>227</v>
       </c>
       <c r="D49" t="s">
         <v>34</v>
       </c>
       <c r="E49" t="s">
         <v>141</v>
       </c>
       <c r="F49" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G49" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H49" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I49" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J49" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K49" t="s">
-        <v>379</v>
-[...4 lines deleted...]
-      <c r="M49" s="5">
+        <v>390</v>
+      </c>
+      <c r="L49" t="s">
+        <v>391</v>
+      </c>
+      <c r="M49" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N49" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N49">
+      <c r="O49">
         <v>44790.0</v>
       </c>
-      <c r="O49" t="s">
-[...3 lines deleted...]
-    <row r="50" spans="1:16">
+      <c r="P49" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="50" spans="1:17">
       <c r="A50" t="s">
         <v>32</v>
       </c>
       <c r="B50" t="s">
         <v>33</v>
       </c>
       <c r="C50" t="s">
         <v>227</v>
       </c>
       <c r="D50" t="s">
         <v>34</v>
       </c>
       <c r="E50" t="s">
         <v>141</v>
       </c>
       <c r="F50" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G50" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H50" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I50" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J50" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K50" t="s">
-        <v>380</v>
-[...4 lines deleted...]
-      <c r="M50" s="5">
+        <v>392</v>
+      </c>
+      <c r="L50" t="s">
+        <v>393</v>
+      </c>
+      <c r="M50" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N50" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N50">
+      <c r="O50">
         <v>44790.0</v>
       </c>
-      <c r="O50" t="s">
-[...3 lines deleted...]
-    <row r="51" spans="1:16">
+      <c r="P50" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="51" spans="1:17">
       <c r="A51" t="s">
         <v>32</v>
       </c>
       <c r="B51" t="s">
         <v>33</v>
       </c>
       <c r="C51" t="s">
         <v>227</v>
       </c>
       <c r="D51" t="s">
         <v>34</v>
       </c>
       <c r="E51" t="s">
         <v>141</v>
       </c>
       <c r="F51" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G51" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H51" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I51" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J51" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K51" t="s">
-        <v>381</v>
-[...4 lines deleted...]
-      <c r="M51" s="5">
+        <v>394</v>
+      </c>
+      <c r="L51" t="s">
+        <v>395</v>
+      </c>
+      <c r="M51" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N51" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N51">
+      <c r="O51">
         <v>44790.0</v>
       </c>
-      <c r="O51" t="s">
-[...3 lines deleted...]
-    <row r="52" spans="1:16">
+      <c r="P51" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="52" spans="1:17">
       <c r="A52" t="s">
         <v>32</v>
       </c>
       <c r="B52" t="s">
         <v>33</v>
       </c>
       <c r="C52" t="s">
         <v>227</v>
       </c>
       <c r="D52" t="s">
         <v>34</v>
       </c>
       <c r="E52" t="s">
         <v>141</v>
       </c>
       <c r="F52" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G52" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H52" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I52" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J52" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K52" t="s">
-        <v>382</v>
-[...4 lines deleted...]
-      <c r="M52" s="5">
+        <v>396</v>
+      </c>
+      <c r="L52" t="s">
+        <v>218</v>
+      </c>
+      <c r="M52" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N52" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N52">
+      <c r="O52">
         <v>44790.0</v>
       </c>
-      <c r="O52" t="s">
-[...3 lines deleted...]
-    <row r="53" spans="1:16">
+      <c r="P52" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="53" spans="1:17">
       <c r="A53" t="s">
         <v>32</v>
       </c>
       <c r="B53" t="s">
         <v>33</v>
       </c>
       <c r="C53" t="s">
         <v>227</v>
       </c>
       <c r="D53" t="s">
         <v>34</v>
       </c>
       <c r="E53" t="s">
         <v>141</v>
       </c>
       <c r="F53" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G53" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H53" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I53" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J53" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K53" t="s">
-        <v>383</v>
-[...4 lines deleted...]
-      <c r="M53" s="5">
+        <v>397</v>
+      </c>
+      <c r="L53" t="s">
+        <v>398</v>
+      </c>
+      <c r="M53" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N53" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N53">
+      <c r="O53">
         <v>44790.0</v>
       </c>
-      <c r="O53" t="s">
-[...3 lines deleted...]
-    <row r="54" spans="1:16">
+      <c r="P53" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="54" spans="1:17">
       <c r="A54" t="s">
         <v>32</v>
       </c>
       <c r="B54" t="s">
         <v>33</v>
       </c>
       <c r="C54" t="s">
         <v>227</v>
       </c>
       <c r="D54" t="s">
         <v>34</v>
       </c>
       <c r="E54" t="s">
         <v>141</v>
       </c>
       <c r="F54" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G54" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H54" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I54" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J54" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K54" t="s">
-        <v>384</v>
-[...4 lines deleted...]
-      <c r="M54" s="5">
+        <v>399</v>
+      </c>
+      <c r="L54" t="s">
+        <v>400</v>
+      </c>
+      <c r="M54" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N54" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N54">
+      <c r="O54">
         <v>44790.0</v>
       </c>
-      <c r="O54" t="s">
-[...3 lines deleted...]
-    <row r="55" spans="1:16">
+      <c r="P54" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="55" spans="1:17">
       <c r="A55" t="s">
         <v>32</v>
       </c>
       <c r="B55" t="s">
         <v>33</v>
       </c>
       <c r="C55" t="s">
         <v>227</v>
       </c>
       <c r="D55" t="s">
         <v>34</v>
       </c>
       <c r="E55" t="s">
         <v>141</v>
       </c>
       <c r="F55" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G55" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H55" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I55" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J55" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K55" t="s">
-        <v>385</v>
-[...4 lines deleted...]
-      <c r="M55" s="5">
+        <v>401</v>
+      </c>
+      <c r="L55" t="s">
+        <v>402</v>
+      </c>
+      <c r="M55" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N55" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N55">
+      <c r="O55">
         <v>44790.0</v>
       </c>
-      <c r="O55" t="s">
-[...3 lines deleted...]
-    <row r="56" spans="1:16">
+      <c r="P55" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="56" spans="1:17">
       <c r="A56" t="s">
         <v>32</v>
       </c>
       <c r="B56" t="s">
         <v>33</v>
       </c>
       <c r="C56" t="s">
         <v>227</v>
       </c>
       <c r="D56" t="s">
         <v>34</v>
       </c>
       <c r="E56" t="s">
         <v>141</v>
       </c>
       <c r="F56" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G56" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H56" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I56" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J56" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K56" t="s">
-        <v>386</v>
-[...4 lines deleted...]
-      <c r="M56" s="5">
+        <v>403</v>
+      </c>
+      <c r="L56" t="s">
+        <v>404</v>
+      </c>
+      <c r="M56" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N56" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N56">
+      <c r="O56">
         <v>44790.0</v>
       </c>
-      <c r="O56" t="s">
-[...3 lines deleted...]
-    <row r="57" spans="1:16">
+      <c r="P56" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="57" spans="1:17">
       <c r="A57" t="s">
         <v>32</v>
       </c>
       <c r="B57" t="s">
         <v>33</v>
       </c>
       <c r="C57" t="s">
         <v>227</v>
       </c>
       <c r="D57" t="s">
         <v>34</v>
       </c>
       <c r="E57" t="s">
         <v>141</v>
       </c>
       <c r="F57" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G57" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H57" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I57" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J57" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K57" t="s">
-        <v>387</v>
-[...4 lines deleted...]
-      <c r="M57" s="5">
+        <v>405</v>
+      </c>
+      <c r="L57" t="s">
+        <v>406</v>
+      </c>
+      <c r="M57" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N57" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N57">
+      <c r="O57">
         <v>44790.0</v>
       </c>
-      <c r="O57" t="s">
-[...3 lines deleted...]
-    <row r="58" spans="1:16">
+      <c r="P57" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="58" spans="1:17">
       <c r="A58" t="s">
         <v>32</v>
       </c>
       <c r="B58" t="s">
         <v>33</v>
       </c>
       <c r="C58" t="s">
         <v>227</v>
       </c>
       <c r="D58" t="s">
         <v>34</v>
       </c>
       <c r="E58" t="s">
         <v>141</v>
       </c>
       <c r="F58" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G58" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H58" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I58" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J58" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K58" t="s">
-        <v>388</v>
-[...4 lines deleted...]
-      <c r="M58" s="5">
+        <v>407</v>
+      </c>
+      <c r="L58" t="s">
+        <v>408</v>
+      </c>
+      <c r="M58" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N58" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N58">
+      <c r="O58">
         <v>44790.0</v>
       </c>
-      <c r="O58" t="s">
-[...3 lines deleted...]
-    <row r="59" spans="1:16">
+      <c r="P58" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="59" spans="1:17">
       <c r="A59" t="s">
         <v>32</v>
       </c>
       <c r="B59" t="s">
         <v>33</v>
       </c>
       <c r="C59" t="s">
         <v>227</v>
       </c>
       <c r="D59" t="s">
         <v>34</v>
       </c>
       <c r="E59" t="s">
         <v>141</v>
       </c>
       <c r="F59" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G59" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H59" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I59" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J59" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K59" t="s">
-        <v>389</v>
-[...4 lines deleted...]
-      <c r="M59" s="5">
+        <v>409</v>
+      </c>
+      <c r="L59" t="s">
+        <v>410</v>
+      </c>
+      <c r="M59" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N59" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N59">
+      <c r="O59">
         <v>44790.0</v>
       </c>
-      <c r="O59" t="s">
-[...3 lines deleted...]
-    <row r="60" spans="1:16">
+      <c r="P59" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="60" spans="1:17">
       <c r="A60" t="s">
         <v>32</v>
       </c>
       <c r="B60" t="s">
         <v>33</v>
       </c>
       <c r="C60" t="s">
         <v>227</v>
       </c>
       <c r="D60" t="s">
         <v>34</v>
       </c>
       <c r="E60" t="s">
         <v>141</v>
       </c>
       <c r="F60" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G60" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H60" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I60" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J60" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K60" t="s">
-        <v>390</v>
-[...4 lines deleted...]
-      <c r="M60" s="5">
+        <v>411</v>
+      </c>
+      <c r="L60" t="s">
+        <v>412</v>
+      </c>
+      <c r="M60" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N60" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N60">
+      <c r="O60">
         <v>44790.0</v>
       </c>
-      <c r="O60" t="s">
-[...3 lines deleted...]
-    <row r="61" spans="1:16">
+      <c r="P60" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="61" spans="1:17">
       <c r="A61" t="s">
         <v>32</v>
       </c>
       <c r="B61" t="s">
         <v>33</v>
       </c>
       <c r="C61" t="s">
         <v>227</v>
       </c>
       <c r="D61" t="s">
         <v>34</v>
       </c>
       <c r="E61" t="s">
         <v>141</v>
       </c>
       <c r="F61" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G61" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H61" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I61" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J61" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K61" t="s">
-        <v>391</v>
-[...4 lines deleted...]
-      <c r="M61" s="5">
+        <v>413</v>
+      </c>
+      <c r="L61" t="s">
+        <v>414</v>
+      </c>
+      <c r="M61" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N61" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N61">
+      <c r="O61">
         <v>44790.0</v>
       </c>
-      <c r="O61" t="s">
-[...3 lines deleted...]
-    <row r="62" spans="1:16">
+      <c r="P61" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="62" spans="1:17">
       <c r="A62" t="s">
         <v>32</v>
       </c>
       <c r="B62" t="s">
         <v>33</v>
       </c>
       <c r="C62" t="s">
         <v>227</v>
       </c>
       <c r="D62" t="s">
         <v>34</v>
       </c>
       <c r="E62" t="s">
         <v>141</v>
       </c>
       <c r="F62" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G62" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H62" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I62" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J62" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K62" t="s">
-        <v>392</v>
-[...4 lines deleted...]
-      <c r="M62" s="5">
+        <v>415</v>
+      </c>
+      <c r="L62" t="s">
+        <v>416</v>
+      </c>
+      <c r="M62" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N62" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N62">
+      <c r="O62">
         <v>44790.0</v>
       </c>
-      <c r="O62" t="s">
-[...3 lines deleted...]
-    <row r="63" spans="1:16">
+      <c r="P62" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="63" spans="1:17">
       <c r="A63" t="s">
         <v>32</v>
       </c>
       <c r="B63" t="s">
         <v>33</v>
       </c>
       <c r="C63" t="s">
         <v>227</v>
       </c>
       <c r="D63" t="s">
         <v>34</v>
       </c>
       <c r="E63" t="s">
         <v>141</v>
       </c>
       <c r="F63" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G63" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H63" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I63" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J63" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K63" t="s">
-        <v>393</v>
-[...4 lines deleted...]
-      <c r="M63" s="5">
+        <v>417</v>
+      </c>
+      <c r="L63" t="s">
+        <v>418</v>
+      </c>
+      <c r="M63" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N63" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N63">
+      <c r="O63">
         <v>44790.0</v>
       </c>
-      <c r="O63" t="s">
-[...3 lines deleted...]
-    <row r="64" spans="1:16">
+      <c r="P63" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="64" spans="1:17">
       <c r="A64" t="s">
         <v>32</v>
       </c>
       <c r="B64" t="s">
         <v>33</v>
       </c>
       <c r="C64" t="s">
         <v>227</v>
       </c>
       <c r="D64" t="s">
         <v>34</v>
       </c>
       <c r="E64" t="s">
         <v>141</v>
       </c>
       <c r="F64" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G64" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H64" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I64" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J64" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K64" t="s">
-        <v>394</v>
-[...4 lines deleted...]
-      <c r="M64" s="5">
+        <v>419</v>
+      </c>
+      <c r="L64" t="s">
+        <v>420</v>
+      </c>
+      <c r="M64" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N64" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N64">
+      <c r="O64">
         <v>44790.0</v>
       </c>
-      <c r="O64" t="s">
-[...3 lines deleted...]
-    <row r="65" spans="1:16">
+      <c r="P64" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="65" spans="1:17">
       <c r="A65" t="s">
         <v>32</v>
       </c>
       <c r="B65" t="s">
         <v>33</v>
       </c>
       <c r="C65" t="s">
         <v>227</v>
       </c>
       <c r="D65" t="s">
         <v>34</v>
       </c>
       <c r="E65" t="s">
         <v>141</v>
       </c>
       <c r="F65" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G65" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H65" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I65" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J65" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K65" t="s">
-        <v>395</v>
-[...4 lines deleted...]
-      <c r="M65" s="5">
+        <v>421</v>
+      </c>
+      <c r="L65" t="s">
+        <v>422</v>
+      </c>
+      <c r="M65" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N65" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N65">
+      <c r="O65">
         <v>44790.0</v>
       </c>
-      <c r="O65" t="s">
-[...3 lines deleted...]
-    <row r="66" spans="1:16">
+      <c r="P65" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="66" spans="1:17">
       <c r="A66" t="s">
         <v>32</v>
       </c>
       <c r="B66" t="s">
         <v>33</v>
       </c>
       <c r="C66" t="s">
         <v>227</v>
       </c>
       <c r="D66" t="s">
         <v>34</v>
       </c>
       <c r="E66" t="s">
         <v>141</v>
       </c>
       <c r="F66" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G66" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H66" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I66" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J66" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K66" t="s">
-        <v>396</v>
-[...4 lines deleted...]
-      <c r="M66" s="5">
+        <v>423</v>
+      </c>
+      <c r="L66" t="s">
+        <v>424</v>
+      </c>
+      <c r="M66" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N66" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N66">
+      <c r="O66">
         <v>44790.0</v>
       </c>
-      <c r="O66" t="s">
-[...3 lines deleted...]
-    <row r="67" spans="1:16">
+      <c r="P66" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="67" spans="1:17">
       <c r="A67" t="s">
         <v>32</v>
       </c>
       <c r="B67" t="s">
         <v>33</v>
       </c>
       <c r="C67" t="s">
         <v>227</v>
       </c>
       <c r="D67" t="s">
         <v>34</v>
       </c>
       <c r="E67" t="s">
         <v>141</v>
       </c>
       <c r="F67" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G67" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H67" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I67" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J67" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K67" t="s">
-        <v>397</v>
-[...4 lines deleted...]
-      <c r="M67" s="5">
+        <v>425</v>
+      </c>
+      <c r="L67" t="s">
+        <v>426</v>
+      </c>
+      <c r="M67" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N67" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N67">
+      <c r="O67">
         <v>44790.0</v>
       </c>
-      <c r="O67" t="s">
-[...3 lines deleted...]
-    <row r="68" spans="1:16">
+      <c r="P67" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="68" spans="1:17">
       <c r="A68" t="s">
         <v>32</v>
       </c>
       <c r="B68" t="s">
         <v>33</v>
       </c>
       <c r="C68" t="s">
         <v>227</v>
       </c>
       <c r="D68" t="s">
         <v>34</v>
       </c>
       <c r="E68" t="s">
         <v>141</v>
       </c>
       <c r="F68" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G68" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H68" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I68" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J68" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K68" t="s">
-        <v>398</v>
-[...4 lines deleted...]
-      <c r="M68" s="5">
+        <v>427</v>
+      </c>
+      <c r="L68" t="s">
+        <v>428</v>
+      </c>
+      <c r="M68" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N68" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N68">
+      <c r="O68">
         <v>44790.0</v>
       </c>
-      <c r="O68" t="s">
-[...3 lines deleted...]
-    <row r="69" spans="1:16">
+      <c r="P68" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="69" spans="1:17">
       <c r="A69" t="s">
         <v>32</v>
       </c>
       <c r="B69" t="s">
         <v>33</v>
       </c>
       <c r="C69" t="s">
         <v>227</v>
       </c>
       <c r="D69" t="s">
         <v>34</v>
       </c>
       <c r="E69" t="s">
         <v>141</v>
       </c>
       <c r="F69" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G69" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H69" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I69" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J69" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K69" t="s">
-        <v>399</v>
-[...4 lines deleted...]
-      <c r="M69" s="5">
+        <v>429</v>
+      </c>
+      <c r="L69" t="s">
+        <v>430</v>
+      </c>
+      <c r="M69" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N69" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N69">
+      <c r="O69">
         <v>44790.0</v>
       </c>
-      <c r="O69" t="s">
-[...3 lines deleted...]
-    <row r="70" spans="1:16">
+      <c r="P69" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="70" spans="1:17">
       <c r="A70" t="s">
         <v>32</v>
       </c>
       <c r="B70" t="s">
         <v>33</v>
       </c>
       <c r="C70" t="s">
         <v>227</v>
       </c>
       <c r="D70" t="s">
         <v>34</v>
       </c>
       <c r="E70" t="s">
         <v>141</v>
       </c>
       <c r="F70" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G70" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H70" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I70" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J70" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K70" t="s">
-        <v>400</v>
-[...4 lines deleted...]
-      <c r="M70" s="5">
+        <v>431</v>
+      </c>
+      <c r="L70" t="s">
+        <v>432</v>
+      </c>
+      <c r="M70" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N70" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N70">
+      <c r="O70">
         <v>44790.0</v>
       </c>
-      <c r="O70" t="s">
-[...3 lines deleted...]
-    <row r="71" spans="1:16">
+      <c r="P70" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="71" spans="1:17">
       <c r="A71" t="s">
         <v>32</v>
       </c>
       <c r="B71" t="s">
         <v>33</v>
       </c>
       <c r="C71" t="s">
         <v>227</v>
       </c>
       <c r="D71" t="s">
         <v>34</v>
       </c>
       <c r="E71" t="s">
         <v>141</v>
       </c>
       <c r="F71" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G71" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H71" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I71" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J71" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K71" t="s">
-        <v>401</v>
-[...4 lines deleted...]
-      <c r="M71" s="5">
+        <v>433</v>
+      </c>
+      <c r="L71" t="s">
+        <v>434</v>
+      </c>
+      <c r="M71" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N71" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N71">
+      <c r="O71">
         <v>44790.0</v>
       </c>
-      <c r="O71" t="s">
-[...3 lines deleted...]
-    <row r="72" spans="1:16">
+      <c r="P71" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="72" spans="1:17">
       <c r="A72" t="s">
         <v>32</v>
       </c>
       <c r="B72" t="s">
         <v>33</v>
       </c>
       <c r="C72" t="s">
         <v>227</v>
       </c>
       <c r="D72" t="s">
         <v>34</v>
       </c>
       <c r="E72" t="s">
         <v>141</v>
       </c>
       <c r="F72" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G72" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H72" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I72" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J72" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K72" t="s">
-        <v>402</v>
-[...4 lines deleted...]
-      <c r="M72" s="5">
+        <v>435</v>
+      </c>
+      <c r="L72" t="s">
+        <v>436</v>
+      </c>
+      <c r="M72" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N72" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N72">
+      <c r="O72">
         <v>44790.0</v>
       </c>
-      <c r="O72" t="s">
-[...3 lines deleted...]
-    <row r="73" spans="1:16">
+      <c r="P72" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="73" spans="1:17">
       <c r="A73" t="s">
         <v>32</v>
       </c>
       <c r="B73" t="s">
         <v>33</v>
       </c>
       <c r="C73" t="s">
         <v>227</v>
       </c>
       <c r="D73" t="s">
         <v>34</v>
       </c>
       <c r="E73" t="s">
         <v>141</v>
       </c>
       <c r="F73" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G73" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H73" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I73" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J73" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K73" t="s">
-        <v>403</v>
-[...4 lines deleted...]
-      <c r="M73" s="5">
+        <v>437</v>
+      </c>
+      <c r="L73" t="s">
+        <v>438</v>
+      </c>
+      <c r="M73" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N73" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N73">
+      <c r="O73">
         <v>44790.0</v>
       </c>
-      <c r="O73" t="s">
-[...3 lines deleted...]
-    <row r="74" spans="1:16">
+      <c r="P73" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="74" spans="1:17">
       <c r="A74" t="s">
         <v>32</v>
       </c>
       <c r="B74" t="s">
         <v>33</v>
       </c>
       <c r="C74" t="s">
         <v>227</v>
       </c>
       <c r="D74" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E74" t="s">
         <v>233</v>
       </c>
       <c r="F74" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G74" t="s">
         <v>344</v>
       </c>
       <c r="H74" t="s">
         <v>193</v>
       </c>
       <c r="I74" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J74" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K74" t="s">
-        <v>403</v>
-[...5 lines deleted...]
-      <c r="N74">
+        <v>437</v>
+      </c>
+      <c r="L74" t="s">
+        <v>438</v>
+      </c>
+      <c r="M74" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N74" s="5"/>
+      <c r="O74">
         <v>45863.0</v>
       </c>
-      <c r="O74" t="s">
-[...3 lines deleted...]
-    <row r="75" spans="1:16">
+      <c r="P74" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="75" spans="1:17">
       <c r="A75" t="s">
         <v>32</v>
       </c>
       <c r="B75" t="s">
         <v>33</v>
       </c>
       <c r="C75" t="s">
         <v>227</v>
       </c>
       <c r="D75" t="s">
         <v>34</v>
       </c>
       <c r="E75" t="s">
         <v>141</v>
       </c>
       <c r="F75" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G75" t="s">
         <v>344</v>
       </c>
       <c r="H75" t="s">
         <v>193</v>
       </c>
       <c r="I75" t="s">
-        <v>404</v>
+        <v>439</v>
       </c>
       <c r="J75" t="s">
-        <v>405</v>
+        <v>439</v>
       </c>
       <c r="K75" t="s">
-        <v>406</v>
-[...5 lines deleted...]
-      <c r="N75">
+        <v>440</v>
+      </c>
+      <c r="L75" t="s">
+        <v>441</v>
+      </c>
+      <c r="M75" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N75" s="5"/>
+      <c r="O75">
         <v>44867.0</v>
       </c>
-      <c r="O75" t="s">
-[...3 lines deleted...]
-    <row r="76" spans="1:16">
+      <c r="P75" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="76" spans="1:17">
       <c r="A76" t="s">
         <v>32</v>
       </c>
       <c r="B76" t="s">
         <v>33</v>
       </c>
       <c r="C76" t="s">
         <v>227</v>
       </c>
       <c r="D76" t="s">
         <v>34</v>
       </c>
       <c r="E76" t="s">
         <v>141</v>
       </c>
       <c r="F76" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G76" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H76" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I76" t="s">
-        <v>404</v>
+        <v>439</v>
       </c>
       <c r="J76" t="s">
-        <v>405</v>
+        <v>439</v>
       </c>
       <c r="K76" t="s">
-        <v>406</v>
-[...5 lines deleted...]
-      <c r="N76">
+        <v>440</v>
+      </c>
+      <c r="L76" t="s">
+        <v>441</v>
+      </c>
+      <c r="M76" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N76" s="5"/>
+      <c r="O76">
         <v>44867.0</v>
       </c>
-      <c r="O76" t="s">
-[...3 lines deleted...]
-    <row r="77" spans="1:16">
+      <c r="P76" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="77" spans="1:17">
       <c r="A77" t="s">
         <v>32</v>
       </c>
       <c r="B77" t="s">
         <v>33</v>
       </c>
       <c r="C77" t="s">
         <v>227</v>
       </c>
       <c r="D77" t="s">
-        <v>342</v>
+        <v>443</v>
       </c>
       <c r="E77" t="s">
         <v>233</v>
       </c>
       <c r="F77" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G77" t="s">
         <v>344</v>
       </c>
       <c r="H77" t="s">
         <v>193</v>
       </c>
       <c r="I77" t="s">
-        <v>404</v>
+        <v>439</v>
       </c>
       <c r="J77" t="s">
-        <v>405</v>
+        <v>439</v>
       </c>
       <c r="K77" t="s">
-        <v>406</v>
-[...9 lines deleted...]
-    <row r="78" spans="1:16">
+        <v>440</v>
+      </c>
+      <c r="L77" t="s">
+        <v>441</v>
+      </c>
+      <c r="M77" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="N77" s="5">
+        <v>45748.0</v>
+      </c>
+      <c r="O77" t="s">
+        <v>350</v>
+      </c>
+      <c r="P77" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="78" spans="1:17">
       <c r="A78" t="s">
         <v>32</v>
       </c>
       <c r="B78" t="s">
         <v>33</v>
       </c>
       <c r="C78" t="s">
         <v>227</v>
       </c>
       <c r="D78" t="s">
-        <v>342</v>
+        <v>443</v>
       </c>
       <c r="E78" t="s">
         <v>233</v>
       </c>
       <c r="F78" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G78" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H78" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I78" t="s">
-        <v>404</v>
+        <v>439</v>
       </c>
       <c r="J78" t="s">
-        <v>405</v>
+        <v>439</v>
       </c>
       <c r="K78" t="s">
-        <v>406</v>
-[...9 lines deleted...]
-    <row r="79" spans="1:16">
+        <v>440</v>
+      </c>
+      <c r="L78" t="s">
+        <v>441</v>
+      </c>
+      <c r="M78" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="N78" s="5"/>
+      <c r="O78" t="s">
+        <v>350</v>
+      </c>
+      <c r="P78" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="79" spans="1:17">
       <c r="A79" t="s">
         <v>32</v>
       </c>
       <c r="B79" t="s">
         <v>33</v>
       </c>
       <c r="C79" t="s">
         <v>227</v>
       </c>
       <c r="D79" t="s">
         <v>34</v>
       </c>
       <c r="E79" t="s">
         <v>141</v>
       </c>
       <c r="F79" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G79" t="s">
         <v>344</v>
       </c>
       <c r="H79" t="s">
         <v>193</v>
       </c>
       <c r="I79" t="s">
-        <v>408</v>
+        <v>445</v>
       </c>
       <c r="J79" t="s">
-        <v>409</v>
+        <v>446</v>
       </c>
       <c r="K79" t="s">
-        <v>410</v>
-[...5 lines deleted...]
-      <c r="N79">
+        <v>447</v>
+      </c>
+      <c r="L79" t="s">
+        <v>448</v>
+      </c>
+      <c r="M79" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N79" s="5"/>
+      <c r="O79">
         <v>45360.0</v>
       </c>
     </row>
-    <row r="80" spans="1:16">
+    <row r="80" spans="1:17">
       <c r="A80" t="s">
         <v>32</v>
       </c>
       <c r="B80" t="s">
         <v>33</v>
       </c>
       <c r="C80" t="s">
         <v>227</v>
       </c>
       <c r="D80" t="s">
         <v>34</v>
       </c>
       <c r="E80" t="s">
         <v>141</v>
       </c>
       <c r="F80" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G80" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H80" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I80" t="s">
-        <v>408</v>
+        <v>445</v>
       </c>
       <c r="J80" t="s">
-        <v>409</v>
+        <v>446</v>
       </c>
       <c r="K80" t="s">
-        <v>410</v>
-[...5 lines deleted...]
-      <c r="N80">
+        <v>447</v>
+      </c>
+      <c r="L80" t="s">
+        <v>448</v>
+      </c>
+      <c r="M80" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N80" s="5"/>
+      <c r="O80">
         <v>45360.0</v>
       </c>
     </row>
-    <row r="81" spans="1:16">
+    <row r="81" spans="1:17">
       <c r="A81" t="s">
         <v>32</v>
       </c>
       <c r="B81" t="s">
         <v>33</v>
       </c>
       <c r="C81" t="s">
         <v>227</v>
       </c>
       <c r="D81" t="s">
         <v>34</v>
       </c>
       <c r="E81" t="s">
         <v>141</v>
       </c>
       <c r="F81" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G81" t="s">
         <v>344</v>
       </c>
       <c r="H81" t="s">
         <v>193</v>
       </c>
       <c r="I81" t="s">
-        <v>411</v>
+        <v>449</v>
       </c>
       <c r="J81" t="s">
-        <v>412</v>
+        <v>450</v>
       </c>
       <c r="K81" t="s">
-        <v>413</v>
-[...5 lines deleted...]
-      <c r="N81">
+        <v>451</v>
+      </c>
+      <c r="L81" t="s">
+        <v>452</v>
+      </c>
+      <c r="M81" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N81" s="5"/>
+      <c r="O81">
         <v>44799.0</v>
       </c>
     </row>
-    <row r="82" spans="1:16">
+    <row r="82" spans="1:17">
       <c r="A82" t="s">
         <v>32</v>
       </c>
       <c r="B82" t="s">
         <v>33</v>
       </c>
       <c r="C82" t="s">
         <v>227</v>
       </c>
       <c r="D82" t="s">
         <v>34</v>
       </c>
       <c r="E82" t="s">
         <v>141</v>
       </c>
       <c r="F82" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G82" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H82" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I82" t="s">
-        <v>411</v>
+        <v>449</v>
       </c>
       <c r="J82" t="s">
-        <v>412</v>
+        <v>450</v>
       </c>
       <c r="K82" t="s">
-        <v>413</v>
-[...5 lines deleted...]
-      <c r="N82">
+        <v>451</v>
+      </c>
+      <c r="L82" t="s">
+        <v>452</v>
+      </c>
+      <c r="M82" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N82" s="5"/>
+      <c r="O82">
         <v>44799.0</v>
       </c>
     </row>
-    <row r="83" spans="1:16">
+    <row r="83" spans="1:17">
       <c r="A83" t="s">
         <v>32</v>
       </c>
       <c r="B83" t="s">
         <v>33</v>
       </c>
       <c r="C83" t="s">
         <v>227</v>
       </c>
       <c r="D83" t="s">
         <v>34</v>
       </c>
       <c r="E83" t="s">
         <v>141</v>
       </c>
       <c r="F83" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G83" t="s">
         <v>344</v>
       </c>
       <c r="H83" t="s">
         <v>193</v>
       </c>
       <c r="I83" t="s">
-        <v>414</v>
+        <v>453</v>
       </c>
       <c r="J83" t="s">
-        <v>415</v>
+        <v>454</v>
       </c>
       <c r="K83" t="s">
-        <v>416</v>
-[...5 lines deleted...]
-      <c r="N83">
+        <v>455</v>
+      </c>
+      <c r="L83" t="s">
+        <v>456</v>
+      </c>
+      <c r="M83" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N83" s="5"/>
+      <c r="O83">
         <v>45145.0</v>
       </c>
     </row>
-    <row r="84" spans="1:16">
+    <row r="84" spans="1:17">
       <c r="A84" t="s">
         <v>32</v>
       </c>
       <c r="B84" t="s">
         <v>33</v>
       </c>
       <c r="C84" t="s">
         <v>227</v>
       </c>
       <c r="D84" t="s">
         <v>34</v>
       </c>
       <c r="E84" t="s">
         <v>141</v>
       </c>
       <c r="F84" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G84" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H84" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I84" t="s">
-        <v>414</v>
+        <v>453</v>
       </c>
       <c r="J84" t="s">
-        <v>415</v>
+        <v>454</v>
       </c>
       <c r="K84" t="s">
-        <v>416</v>
-[...5 lines deleted...]
-      <c r="N84">
+        <v>455</v>
+      </c>
+      <c r="L84" t="s">
+        <v>456</v>
+      </c>
+      <c r="M84" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N84" s="5"/>
+      <c r="O84">
         <v>45145.0</v>
       </c>
     </row>
-    <row r="85" spans="1:16">
+    <row r="85" spans="1:17">
       <c r="A85" t="s">
         <v>32</v>
       </c>
       <c r="B85" t="s">
         <v>33</v>
       </c>
       <c r="C85" t="s">
         <v>227</v>
       </c>
       <c r="D85" t="s">
         <v>34</v>
       </c>
       <c r="E85" t="s">
         <v>141</v>
       </c>
       <c r="F85" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G85" t="s">
         <v>344</v>
       </c>
       <c r="H85" t="s">
         <v>193</v>
       </c>
       <c r="I85" t="s">
-        <v>417</v>
+        <v>457</v>
       </c>
       <c r="J85" t="s">
-        <v>418</v>
+        <v>458</v>
       </c>
       <c r="K85" t="s">
-        <v>419</v>
-[...5 lines deleted...]
-      <c r="N85">
+        <v>459</v>
+      </c>
+      <c r="L85" t="s">
+        <v>460</v>
+      </c>
+      <c r="M85" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N85" s="5"/>
+      <c r="O85">
         <v>44958.0</v>
       </c>
     </row>
-    <row r="86" spans="1:16">
+    <row r="86" spans="1:17">
       <c r="A86" t="s">
         <v>32</v>
       </c>
       <c r="B86" t="s">
         <v>33</v>
       </c>
       <c r="C86" t="s">
         <v>227</v>
       </c>
       <c r="D86" t="s">
         <v>34</v>
       </c>
       <c r="E86" t="s">
         <v>141</v>
       </c>
       <c r="F86" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G86" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H86" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I86" t="s">
-        <v>417</v>
+        <v>457</v>
       </c>
       <c r="J86" t="s">
-        <v>418</v>
+        <v>458</v>
       </c>
       <c r="K86" t="s">
-        <v>419</v>
-[...5 lines deleted...]
-      <c r="N86">
+        <v>459</v>
+      </c>
+      <c r="L86" t="s">
+        <v>460</v>
+      </c>
+      <c r="M86" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N86" s="5"/>
+      <c r="O86">
         <v>44958.0</v>
       </c>
     </row>
-    <row r="87" spans="1:16">
+    <row r="87" spans="1:17">
       <c r="A87" t="s">
         <v>32</v>
       </c>
       <c r="B87" t="s">
         <v>33</v>
       </c>
       <c r="C87" t="s">
         <v>227</v>
       </c>
       <c r="D87" t="s">
-        <v>342</v>
+        <v>34</v>
       </c>
       <c r="E87" t="s">
-        <v>233</v>
+        <v>141</v>
       </c>
       <c r="F87" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G87" t="s">
         <v>344</v>
       </c>
       <c r="H87" t="s">
         <v>193</v>
       </c>
       <c r="I87" t="s">
-        <v>420</v>
+        <v>461</v>
       </c>
       <c r="J87" t="s">
-        <v>421</v>
+        <v>461</v>
       </c>
       <c r="K87" t="s">
-        <v>422</v>
-[...12 lines deleted...]
-    <row r="88" spans="1:16">
+        <v>462</v>
+      </c>
+      <c r="L87" t="s">
+        <v>463</v>
+      </c>
+      <c r="M87" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N87" s="5"/>
+      <c r="O87">
+        <v>45114.0</v>
+      </c>
+    </row>
+    <row r="88" spans="1:17">
       <c r="A88" t="s">
         <v>32</v>
       </c>
       <c r="B88" t="s">
         <v>33</v>
       </c>
       <c r="C88" t="s">
         <v>227</v>
       </c>
       <c r="D88" t="s">
-        <v>342</v>
+        <v>34</v>
       </c>
       <c r="E88" t="s">
-        <v>233</v>
+        <v>141</v>
       </c>
       <c r="F88" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G88" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H88" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I88" t="s">
-        <v>420</v>
+        <v>461</v>
       </c>
       <c r="J88" t="s">
-        <v>421</v>
+        <v>461</v>
       </c>
       <c r="K88" t="s">
-        <v>422</v>
-[...12 lines deleted...]
-    <row r="89" spans="1:16">
+        <v>462</v>
+      </c>
+      <c r="L88" t="s">
+        <v>463</v>
+      </c>
+      <c r="M88" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N88" s="5"/>
+      <c r="O88">
+        <v>45114.0</v>
+      </c>
+    </row>
+    <row r="89" spans="1:17">
       <c r="A89" t="s">
         <v>32</v>
       </c>
       <c r="B89" t="s">
         <v>33</v>
       </c>
       <c r="C89" t="s">
         <v>227</v>
       </c>
       <c r="D89" t="s">
         <v>34</v>
       </c>
       <c r="E89" t="s">
         <v>141</v>
       </c>
       <c r="F89" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G89" t="s">
         <v>344</v>
       </c>
       <c r="H89" t="s">
         <v>193</v>
       </c>
       <c r="I89" t="s">
-        <v>423</v>
+        <v>464</v>
       </c>
       <c r="J89" t="s">
-        <v>424</v>
+        <v>465</v>
       </c>
       <c r="K89" t="s">
-        <v>425</v>
-[...9 lines deleted...]
-    <row r="90" spans="1:16">
+        <v>466</v>
+      </c>
+      <c r="L89" t="s">
+        <v>467</v>
+      </c>
+      <c r="M89" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N89" s="5">
+        <v>44594.0</v>
+      </c>
+      <c r="O89">
+        <v>45008.0</v>
+      </c>
+      <c r="P89" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="90" spans="1:17">
       <c r="A90" t="s">
         <v>32</v>
       </c>
       <c r="B90" t="s">
         <v>33</v>
       </c>
       <c r="C90" t="s">
         <v>227</v>
       </c>
       <c r="D90" t="s">
         <v>34</v>
       </c>
       <c r="E90" t="s">
         <v>141</v>
       </c>
       <c r="F90" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G90" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H90" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I90" t="s">
-        <v>423</v>
+        <v>464</v>
       </c>
       <c r="J90" t="s">
-        <v>424</v>
+        <v>465</v>
       </c>
       <c r="K90" t="s">
-        <v>425</v>
-[...9 lines deleted...]
-    <row r="91" spans="1:16">
+        <v>466</v>
+      </c>
+      <c r="L90" t="s">
+        <v>467</v>
+      </c>
+      <c r="M90" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N90" s="5">
+        <v>44594.0</v>
+      </c>
+      <c r="O90">
+        <v>45008.0</v>
+      </c>
+      <c r="P90" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="91" spans="1:17">
       <c r="A91" t="s">
         <v>32</v>
       </c>
       <c r="B91" t="s">
         <v>33</v>
       </c>
       <c r="C91" t="s">
         <v>227</v>
       </c>
       <c r="D91" t="s">
-        <v>34</v>
+        <v>443</v>
       </c>
       <c r="E91" t="s">
-        <v>141</v>
+        <v>233</v>
       </c>
       <c r="F91" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G91" t="s">
         <v>344</v>
       </c>
       <c r="H91" t="s">
         <v>193</v>
       </c>
       <c r="I91" t="s">
-        <v>426</v>
+        <v>464</v>
       </c>
       <c r="J91" t="s">
-        <v>427</v>
+        <v>465</v>
       </c>
       <c r="K91" t="s">
-        <v>428</v>
-[...9 lines deleted...]
-      </c>
+        <v>466</v>
+      </c>
+      <c r="L91" t="s">
+        <v>467</v>
+      </c>
+      <c r="M91" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="N91" s="5"/>
       <c r="O91" t="s">
-        <v>429</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:16">
+        <v>350</v>
+      </c>
+      <c r="P91" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="92" spans="1:17">
       <c r="A92" t="s">
         <v>32</v>
       </c>
       <c r="B92" t="s">
         <v>33</v>
       </c>
       <c r="C92" t="s">
         <v>227</v>
       </c>
       <c r="D92" t="s">
         <v>34</v>
       </c>
       <c r="E92" t="s">
         <v>141</v>
       </c>
       <c r="F92" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G92" t="s">
-        <v>351</v>
+        <v>344</v>
       </c>
       <c r="H92" t="s">
+        <v>193</v>
+      </c>
+      <c r="I92" t="s">
+        <v>471</v>
+      </c>
+      <c r="J92" t="s">
+        <v>472</v>
+      </c>
+      <c r="K92" t="s">
+        <v>473</v>
+      </c>
+      <c r="L92" t="s">
+        <v>168</v>
+      </c>
+      <c r="M92" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N92" s="5">
+        <v>43599.0</v>
+      </c>
+      <c r="O92">
+        <v>44907.0</v>
+      </c>
+      <c r="P92" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="93" spans="1:17">
+      <c r="A93" t="s">
+        <v>32</v>
+      </c>
+      <c r="B93" t="s">
+        <v>33</v>
+      </c>
+      <c r="C93" t="s">
+        <v>227</v>
+      </c>
+      <c r="D93" t="s">
+        <v>34</v>
+      </c>
+      <c r="E93" t="s">
+        <v>141</v>
+      </c>
+      <c r="F93" t="s">
+        <v>50</v>
+      </c>
+      <c r="G93" t="s">
         <v>352</v>
       </c>
-      <c r="I92" t="s">
-[...34 lines deleted...]
-      <c r="E93" t="s">
+      <c r="H93" t="s">
+        <v>353</v>
+      </c>
+      <c r="I93" t="s">
+        <v>471</v>
+      </c>
+      <c r="J93" t="s">
+        <v>472</v>
+      </c>
+      <c r="K93" t="s">
+        <v>473</v>
+      </c>
+      <c r="L93" t="s">
+        <v>168</v>
+      </c>
+      <c r="M93" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N93" s="5">
+        <v>43599.0</v>
+      </c>
+      <c r="O93">
+        <v>44917.0</v>
+      </c>
+    </row>
+    <row r="94" spans="1:17">
+      <c r="A94" t="s">
+        <v>32</v>
+      </c>
+      <c r="B94" t="s">
+        <v>33</v>
+      </c>
+      <c r="C94" t="s">
+        <v>227</v>
+      </c>
+      <c r="D94" t="s">
+        <v>443</v>
+      </c>
+      <c r="E94" t="s">
         <v>233</v>
       </c>
-      <c r="F93" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="F94" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G94" t="s">
         <v>344</v>
       </c>
       <c r="H94" t="s">
         <v>193</v>
       </c>
       <c r="I94" t="s">
-        <v>432</v>
+        <v>471</v>
       </c>
       <c r="J94" t="s">
-        <v>433</v>
+        <v>472</v>
       </c>
       <c r="K94" t="s">
-        <v>434</v>
-[...14 lines deleted...]
-    <row r="95" spans="1:16">
+        <v>473</v>
+      </c>
+      <c r="L94" t="s">
+        <v>168</v>
+      </c>
+      <c r="M94" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N94" s="5"/>
+      <c r="O94">
+        <v>45826.0</v>
+      </c>
+      <c r="P94" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="95" spans="1:17">
       <c r="A95" t="s">
         <v>32</v>
       </c>
       <c r="B95" t="s">
         <v>33</v>
       </c>
       <c r="C95" t="s">
         <v>227</v>
       </c>
       <c r="D95" t="s">
-        <v>34</v>
+        <v>443</v>
       </c>
       <c r="E95" t="s">
-        <v>141</v>
+        <v>233</v>
       </c>
       <c r="F95" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G95" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H95" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I95" t="s">
-        <v>432</v>
+        <v>471</v>
       </c>
       <c r="J95" t="s">
-        <v>433</v>
+        <v>472</v>
       </c>
       <c r="K95" t="s">
-        <v>434</v>
-[...11 lines deleted...]
-    <row r="96" spans="1:16">
+        <v>473</v>
+      </c>
+      <c r="L95" t="s">
+        <v>168</v>
+      </c>
+      <c r="M95" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N95" s="5"/>
+      <c r="O95">
+        <v>45826.0</v>
+      </c>
+    </row>
+    <row r="96" spans="1:17">
       <c r="A96" t="s">
         <v>32</v>
       </c>
       <c r="B96" t="s">
         <v>33</v>
       </c>
       <c r="C96" t="s">
         <v>227</v>
       </c>
       <c r="D96" t="s">
-        <v>342</v>
+        <v>443</v>
       </c>
       <c r="E96" t="s">
         <v>233</v>
       </c>
       <c r="F96" t="s">
+        <v>50</v>
+      </c>
+      <c r="G96" t="s">
+        <v>352</v>
+      </c>
+      <c r="H96" t="s">
+        <v>353</v>
+      </c>
+      <c r="I96" t="s">
+        <v>464</v>
+      </c>
+      <c r="J96" t="s">
+        <v>465</v>
+      </c>
+      <c r="K96" t="s">
+        <v>466</v>
+      </c>
+      <c r="L96" t="s">
+        <v>467</v>
+      </c>
+      <c r="M96" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="N96" s="5"/>
+      <c r="O96" t="s">
+        <v>350</v>
+      </c>
+      <c r="P96" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="97" spans="1:17">
+      <c r="A97" t="s">
+        <v>32</v>
+      </c>
+      <c r="B97" t="s">
+        <v>33</v>
+      </c>
+      <c r="C97" t="s">
+        <v>227</v>
+      </c>
+      <c r="D97" t="s">
         <v>343</v>
-      </c>
-[...37 lines deleted...]
-        <v>342</v>
       </c>
       <c r="E97" t="s">
         <v>233</v>
       </c>
       <c r="F97" t="s">
+        <v>50</v>
+      </c>
+      <c r="G97" t="s">
+        <v>344</v>
+      </c>
+      <c r="H97" t="s">
+        <v>193</v>
+      </c>
+      <c r="I97" t="s">
+        <v>476</v>
+      </c>
+      <c r="J97" t="s">
+        <v>477</v>
+      </c>
+      <c r="K97" t="s">
+        <v>478</v>
+      </c>
+      <c r="L97" t="s">
+        <v>479</v>
+      </c>
+      <c r="M97" s="5" t="s">
+        <v>349</v>
+      </c>
+      <c r="N97" s="5"/>
+      <c r="O97" t="s">
+        <v>350</v>
+      </c>
+      <c r="P97" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="98" spans="1:17">
+      <c r="A98" t="s">
+        <v>32</v>
+      </c>
+      <c r="B98" t="s">
+        <v>33</v>
+      </c>
+      <c r="C98" t="s">
+        <v>227</v>
+      </c>
+      <c r="D98" t="s">
         <v>343</v>
-      </c>
-[...34 lines deleted...]
-        <v>342</v>
       </c>
       <c r="E98" t="s">
         <v>233</v>
       </c>
       <c r="F98" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G98" t="s">
+        <v>352</v>
+      </c>
+      <c r="H98" t="s">
+        <v>353</v>
+      </c>
+      <c r="I98" t="s">
+        <v>476</v>
+      </c>
+      <c r="J98" t="s">
+        <v>477</v>
+      </c>
+      <c r="K98" t="s">
+        <v>478</v>
+      </c>
+      <c r="L98" t="s">
+        <v>479</v>
+      </c>
+      <c r="M98" s="5" t="s">
+        <v>349</v>
+      </c>
+      <c r="N98" s="5"/>
+      <c r="O98" t="s">
+        <v>350</v>
+      </c>
+      <c r="P98" t="s">
         <v>351</v>
       </c>
-      <c r="H98" t="s">
-[...22 lines deleted...]
-    <row r="99" spans="1:16">
+    </row>
+    <row r="99" spans="1:17">
       <c r="A99" t="s">
         <v>32</v>
       </c>
       <c r="B99" t="s">
         <v>33</v>
       </c>
       <c r="C99" t="s">
         <v>227</v>
       </c>
       <c r="D99" t="s">
-        <v>342</v>
+        <v>34</v>
       </c>
       <c r="E99" t="s">
-        <v>233</v>
+        <v>141</v>
       </c>
       <c r="F99" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G99" t="s">
         <v>344</v>
       </c>
       <c r="H99" t="s">
         <v>193</v>
       </c>
       <c r="I99" t="s">
-        <v>437</v>
+        <v>375</v>
       </c>
       <c r="J99" t="s">
-        <v>438</v>
+        <v>376</v>
       </c>
       <c r="K99" t="s">
-        <v>439</v>
-[...12 lines deleted...]
-    <row r="100" spans="1:16">
+        <v>377</v>
+      </c>
+      <c r="L99" t="s">
+        <v>378</v>
+      </c>
+      <c r="M99" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N99" s="5">
+        <v>44427.0</v>
+      </c>
+      <c r="O99">
+        <v>44790.0</v>
+      </c>
+      <c r="P99" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="100" spans="1:17">
       <c r="A100" t="s">
         <v>32</v>
       </c>
       <c r="B100" t="s">
         <v>33</v>
       </c>
       <c r="C100" t="s">
         <v>227</v>
       </c>
       <c r="D100" t="s">
-        <v>342</v>
+        <v>34</v>
       </c>
       <c r="E100" t="s">
-        <v>233</v>
+        <v>141</v>
       </c>
       <c r="F100" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G100" t="s">
-        <v>351</v>
+        <v>344</v>
       </c>
       <c r="H100" t="s">
-        <v>352</v>
+        <v>193</v>
       </c>
       <c r="I100" t="s">
-        <v>437</v>
+        <v>375</v>
       </c>
       <c r="J100" t="s">
-        <v>438</v>
+        <v>376</v>
       </c>
       <c r="K100" t="s">
-        <v>439</v>
-[...12 lines deleted...]
-    <row r="101" spans="1:16">
+        <v>380</v>
+      </c>
+      <c r="L100" t="s">
+        <v>381</v>
+      </c>
+      <c r="M100" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N100" s="5">
+        <v>44427.0</v>
+      </c>
+      <c r="O100">
+        <v>44790.0</v>
+      </c>
+      <c r="P100" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="101" spans="1:17">
       <c r="A101" t="s">
         <v>32</v>
       </c>
       <c r="B101" t="s">
         <v>33</v>
       </c>
       <c r="C101" t="s">
         <v>227</v>
       </c>
       <c r="D101" t="s">
         <v>34</v>
       </c>
       <c r="E101" t="s">
         <v>141</v>
       </c>
       <c r="F101" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G101" t="s">
         <v>344</v>
       </c>
       <c r="H101" t="s">
         <v>193</v>
       </c>
       <c r="I101" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J101" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K101" t="s">
-        <v>372</v>
-[...4 lines deleted...]
-      <c r="M101" s="5">
+        <v>382</v>
+      </c>
+      <c r="L101" t="s">
+        <v>383</v>
+      </c>
+      <c r="M101" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N101" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N101">
+      <c r="O101">
         <v>44790.0</v>
       </c>
-      <c r="O101" t="s">
-[...3 lines deleted...]
-    <row r="102" spans="1:16">
+      <c r="P101" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="102" spans="1:17">
       <c r="A102" t="s">
         <v>32</v>
       </c>
       <c r="B102" t="s">
         <v>33</v>
       </c>
       <c r="C102" t="s">
         <v>227</v>
       </c>
       <c r="D102" t="s">
         <v>34</v>
       </c>
       <c r="E102" t="s">
         <v>141</v>
       </c>
       <c r="F102" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G102" t="s">
         <v>344</v>
       </c>
       <c r="H102" t="s">
         <v>193</v>
       </c>
       <c r="I102" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J102" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K102" t="s">
-        <v>374</v>
-[...4 lines deleted...]
-      <c r="M102" s="5">
+        <v>384</v>
+      </c>
+      <c r="L102" t="s">
+        <v>385</v>
+      </c>
+      <c r="M102" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N102" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N102">
+      <c r="O102">
         <v>44790.0</v>
       </c>
-      <c r="O102" t="s">
-[...3 lines deleted...]
-    <row r="103" spans="1:16">
+      <c r="P102" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="103" spans="1:17">
       <c r="A103" t="s">
         <v>32</v>
       </c>
       <c r="B103" t="s">
         <v>33</v>
       </c>
       <c r="C103" t="s">
         <v>227</v>
       </c>
       <c r="D103" t="s">
         <v>34</v>
       </c>
       <c r="E103" t="s">
         <v>141</v>
       </c>
       <c r="F103" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G103" t="s">
         <v>344</v>
       </c>
       <c r="H103" t="s">
         <v>193</v>
       </c>
       <c r="I103" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J103" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K103" t="s">
-        <v>375</v>
-[...4 lines deleted...]
-      <c r="M103" s="5">
+        <v>386</v>
+      </c>
+      <c r="L103" t="s">
+        <v>387</v>
+      </c>
+      <c r="M103" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N103" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N103">
+      <c r="O103">
         <v>44790.0</v>
       </c>
-      <c r="O103" t="s">
-[...3 lines deleted...]
-    <row r="104" spans="1:16">
+      <c r="P103" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="104" spans="1:17">
       <c r="A104" t="s">
         <v>32</v>
       </c>
       <c r="B104" t="s">
         <v>33</v>
       </c>
       <c r="C104" t="s">
         <v>227</v>
       </c>
       <c r="D104" t="s">
         <v>34</v>
       </c>
       <c r="E104" t="s">
         <v>141</v>
       </c>
       <c r="F104" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G104" t="s">
         <v>344</v>
       </c>
       <c r="H104" t="s">
         <v>193</v>
       </c>
       <c r="I104" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J104" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K104" t="s">
-        <v>376</v>
-[...4 lines deleted...]
-      <c r="M104" s="5">
+        <v>388</v>
+      </c>
+      <c r="L104" t="s">
+        <v>389</v>
+      </c>
+      <c r="M104" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N104" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N104">
+      <c r="O104">
         <v>44790.0</v>
       </c>
-      <c r="O104" t="s">
-[...3 lines deleted...]
-    <row r="105" spans="1:16">
+      <c r="P104" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="105" spans="1:17">
       <c r="A105" t="s">
         <v>32</v>
       </c>
       <c r="B105" t="s">
         <v>33</v>
       </c>
       <c r="C105" t="s">
         <v>227</v>
       </c>
       <c r="D105" t="s">
         <v>34</v>
       </c>
       <c r="E105" t="s">
         <v>141</v>
       </c>
       <c r="F105" t="s">
         <v>50</v>
       </c>
       <c r="G105" t="s">
         <v>344</v>
       </c>
       <c r="H105" t="s">
         <v>193</v>
       </c>
       <c r="I105" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J105" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K105" t="s">
-        <v>377</v>
-[...4 lines deleted...]
-      <c r="M105" s="5">
+        <v>390</v>
+      </c>
+      <c r="L105" t="s">
+        <v>391</v>
+      </c>
+      <c r="M105" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N105" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N105">
+      <c r="O105">
         <v>44790.0</v>
       </c>
-      <c r="O105" t="s">
-[...3 lines deleted...]
-    <row r="106" spans="1:16">
+      <c r="P105" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="106" spans="1:17">
       <c r="A106" t="s">
         <v>32</v>
       </c>
       <c r="B106" t="s">
         <v>33</v>
       </c>
       <c r="C106" t="s">
         <v>227</v>
       </c>
       <c r="D106" t="s">
         <v>34</v>
       </c>
       <c r="E106" t="s">
         <v>141</v>
       </c>
       <c r="F106" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G106" t="s">
         <v>344</v>
       </c>
       <c r="H106" t="s">
         <v>193</v>
       </c>
       <c r="I106" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J106" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K106" t="s">
-        <v>378</v>
-[...4 lines deleted...]
-      <c r="M106" s="5">
+        <v>392</v>
+      </c>
+      <c r="L106" t="s">
+        <v>393</v>
+      </c>
+      <c r="M106" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N106" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N106">
+      <c r="O106">
         <v>44790.0</v>
       </c>
-      <c r="O106" t="s">
-[...3 lines deleted...]
-    <row r="107" spans="1:16">
+      <c r="P106" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="107" spans="1:17">
       <c r="A107" t="s">
         <v>32</v>
       </c>
       <c r="B107" t="s">
         <v>33</v>
       </c>
       <c r="C107" t="s">
         <v>227</v>
       </c>
       <c r="D107" t="s">
         <v>34</v>
       </c>
       <c r="E107" t="s">
         <v>141</v>
       </c>
       <c r="F107" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G107" t="s">
         <v>344</v>
       </c>
       <c r="H107" t="s">
         <v>193</v>
       </c>
       <c r="I107" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J107" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K107" t="s">
-        <v>379</v>
-[...4 lines deleted...]
-      <c r="M107" s="5">
+        <v>394</v>
+      </c>
+      <c r="L107" t="s">
+        <v>395</v>
+      </c>
+      <c r="M107" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N107" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N107">
+      <c r="O107">
         <v>44790.0</v>
       </c>
-      <c r="O107" t="s">
-[...3 lines deleted...]
-    <row r="108" spans="1:16">
+      <c r="P107" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="108" spans="1:17">
       <c r="A108" t="s">
         <v>32</v>
       </c>
       <c r="B108" t="s">
         <v>33</v>
       </c>
       <c r="C108" t="s">
         <v>227</v>
       </c>
       <c r="D108" t="s">
         <v>34</v>
       </c>
       <c r="E108" t="s">
         <v>141</v>
       </c>
       <c r="F108" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G108" t="s">
         <v>344</v>
       </c>
       <c r="H108" t="s">
         <v>193</v>
       </c>
       <c r="I108" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J108" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K108" t="s">
-        <v>380</v>
-[...4 lines deleted...]
-      <c r="M108" s="5">
+        <v>396</v>
+      </c>
+      <c r="L108" t="s">
+        <v>218</v>
+      </c>
+      <c r="M108" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N108" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N108">
+      <c r="O108">
         <v>44790.0</v>
       </c>
-      <c r="O108" t="s">
-[...3 lines deleted...]
-    <row r="109" spans="1:16">
+      <c r="P108" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="109" spans="1:17">
       <c r="A109" t="s">
         <v>32</v>
       </c>
       <c r="B109" t="s">
         <v>33</v>
       </c>
       <c r="C109" t="s">
         <v>227</v>
       </c>
       <c r="D109" t="s">
         <v>34</v>
       </c>
       <c r="E109" t="s">
         <v>141</v>
       </c>
       <c r="F109" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G109" t="s">
         <v>344</v>
       </c>
       <c r="H109" t="s">
         <v>193</v>
       </c>
       <c r="I109" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J109" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K109" t="s">
-        <v>381</v>
-[...4 lines deleted...]
-      <c r="M109" s="5">
+        <v>397</v>
+      </c>
+      <c r="L109" t="s">
+        <v>398</v>
+      </c>
+      <c r="M109" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N109" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N109">
+      <c r="O109">
         <v>44790.0</v>
       </c>
-      <c r="O109" t="s">
-[...3 lines deleted...]
-    <row r="110" spans="1:16">
+      <c r="P109" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="110" spans="1:17">
       <c r="A110" t="s">
         <v>32</v>
       </c>
       <c r="B110" t="s">
         <v>33</v>
       </c>
       <c r="C110" t="s">
         <v>227</v>
       </c>
       <c r="D110" t="s">
         <v>34</v>
       </c>
       <c r="E110" t="s">
         <v>141</v>
       </c>
       <c r="F110" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G110" t="s">
         <v>344</v>
       </c>
       <c r="H110" t="s">
         <v>193</v>
       </c>
       <c r="I110" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J110" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K110" t="s">
-        <v>382</v>
-[...4 lines deleted...]
-      <c r="M110" s="5">
+        <v>399</v>
+      </c>
+      <c r="L110" t="s">
+        <v>400</v>
+      </c>
+      <c r="M110" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N110" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N110">
+      <c r="O110">
         <v>44790.0</v>
       </c>
-      <c r="O110" t="s">
-[...3 lines deleted...]
-    <row r="111" spans="1:16">
+      <c r="P110" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="111" spans="1:17">
       <c r="A111" t="s">
         <v>32</v>
       </c>
       <c r="B111" t="s">
         <v>33</v>
       </c>
       <c r="C111" t="s">
         <v>227</v>
       </c>
       <c r="D111" t="s">
         <v>34</v>
       </c>
       <c r="E111" t="s">
         <v>141</v>
       </c>
       <c r="F111" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G111" t="s">
         <v>344</v>
       </c>
       <c r="H111" t="s">
         <v>193</v>
       </c>
       <c r="I111" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J111" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K111" t="s">
-        <v>383</v>
-[...4 lines deleted...]
-      <c r="M111" s="5">
+        <v>401</v>
+      </c>
+      <c r="L111" t="s">
+        <v>402</v>
+      </c>
+      <c r="M111" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N111" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N111">
+      <c r="O111">
         <v>44790.0</v>
       </c>
-      <c r="O111" t="s">
-[...3 lines deleted...]
-    <row r="112" spans="1:16">
+      <c r="P111" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="112" spans="1:17">
       <c r="A112" t="s">
         <v>32</v>
       </c>
       <c r="B112" t="s">
         <v>33</v>
       </c>
       <c r="C112" t="s">
         <v>227</v>
       </c>
       <c r="D112" t="s">
         <v>34</v>
       </c>
       <c r="E112" t="s">
         <v>141</v>
       </c>
       <c r="F112" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G112" t="s">
         <v>344</v>
       </c>
       <c r="H112" t="s">
         <v>193</v>
       </c>
       <c r="I112" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J112" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K112" t="s">
-        <v>384</v>
-[...4 lines deleted...]
-      <c r="M112" s="5">
+        <v>403</v>
+      </c>
+      <c r="L112" t="s">
+        <v>404</v>
+      </c>
+      <c r="M112" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N112" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N112">
+      <c r="O112">
         <v>44790.0</v>
       </c>
-      <c r="O112" t="s">
-[...3 lines deleted...]
-    <row r="113" spans="1:16">
+      <c r="P112" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="113" spans="1:17">
       <c r="A113" t="s">
         <v>32</v>
       </c>
       <c r="B113" t="s">
         <v>33</v>
       </c>
       <c r="C113" t="s">
         <v>227</v>
       </c>
       <c r="D113" t="s">
         <v>34</v>
       </c>
       <c r="E113" t="s">
         <v>141</v>
       </c>
       <c r="F113" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G113" t="s">
         <v>344</v>
       </c>
       <c r="H113" t="s">
         <v>193</v>
       </c>
       <c r="I113" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J113" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K113" t="s">
-        <v>385</v>
-[...4 lines deleted...]
-      <c r="M113" s="5">
+        <v>405</v>
+      </c>
+      <c r="L113" t="s">
+        <v>406</v>
+      </c>
+      <c r="M113" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N113" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N113">
+      <c r="O113">
         <v>44790.0</v>
       </c>
-      <c r="O113" t="s">
-[...3 lines deleted...]
-    <row r="114" spans="1:16">
+      <c r="P113" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="114" spans="1:17">
       <c r="A114" t="s">
         <v>32</v>
       </c>
       <c r="B114" t="s">
         <v>33</v>
       </c>
       <c r="C114" t="s">
         <v>227</v>
       </c>
       <c r="D114" t="s">
         <v>34</v>
       </c>
       <c r="E114" t="s">
         <v>141</v>
       </c>
       <c r="F114" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G114" t="s">
         <v>344</v>
       </c>
       <c r="H114" t="s">
         <v>193</v>
       </c>
       <c r="I114" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J114" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K114" t="s">
-        <v>386</v>
-[...4 lines deleted...]
-      <c r="M114" s="5">
+        <v>407</v>
+      </c>
+      <c r="L114" t="s">
+        <v>408</v>
+      </c>
+      <c r="M114" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N114" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N114">
+      <c r="O114">
         <v>44790.0</v>
       </c>
-      <c r="O114" t="s">
-[...3 lines deleted...]
-    <row r="115" spans="1:16">
+      <c r="P114" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="115" spans="1:17">
       <c r="A115" t="s">
         <v>32</v>
       </c>
       <c r="B115" t="s">
         <v>33</v>
       </c>
       <c r="C115" t="s">
         <v>227</v>
       </c>
       <c r="D115" t="s">
         <v>34</v>
       </c>
       <c r="E115" t="s">
         <v>141</v>
       </c>
       <c r="F115" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G115" t="s">
         <v>344</v>
       </c>
       <c r="H115" t="s">
         <v>193</v>
       </c>
       <c r="I115" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J115" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K115" t="s">
-        <v>387</v>
-[...4 lines deleted...]
-      <c r="M115" s="5">
+        <v>409</v>
+      </c>
+      <c r="L115" t="s">
+        <v>410</v>
+      </c>
+      <c r="M115" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N115" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N115">
+      <c r="O115">
         <v>44790.0</v>
       </c>
-      <c r="O115" t="s">
-[...3 lines deleted...]
-    <row r="116" spans="1:16">
+      <c r="P115" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="116" spans="1:17">
       <c r="A116" t="s">
         <v>32</v>
       </c>
       <c r="B116" t="s">
         <v>33</v>
       </c>
       <c r="C116" t="s">
         <v>227</v>
       </c>
       <c r="D116" t="s">
         <v>34</v>
       </c>
       <c r="E116" t="s">
         <v>141</v>
       </c>
       <c r="F116" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G116" t="s">
         <v>344</v>
       </c>
       <c r="H116" t="s">
         <v>193</v>
       </c>
       <c r="I116" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J116" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K116" t="s">
-        <v>388</v>
-[...4 lines deleted...]
-      <c r="M116" s="5">
+        <v>411</v>
+      </c>
+      <c r="L116" t="s">
+        <v>412</v>
+      </c>
+      <c r="M116" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N116" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N116">
+      <c r="O116">
         <v>44790.0</v>
       </c>
-      <c r="O116" t="s">
-[...3 lines deleted...]
-    <row r="117" spans="1:16">
+      <c r="P116" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="117" spans="1:17">
       <c r="A117" t="s">
         <v>32</v>
       </c>
       <c r="B117" t="s">
         <v>33</v>
       </c>
       <c r="C117" t="s">
         <v>227</v>
       </c>
       <c r="D117" t="s">
         <v>34</v>
       </c>
       <c r="E117" t="s">
         <v>141</v>
       </c>
       <c r="F117" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G117" t="s">
         <v>344</v>
       </c>
       <c r="H117" t="s">
         <v>193</v>
       </c>
       <c r="I117" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J117" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K117" t="s">
-        <v>389</v>
-[...4 lines deleted...]
-      <c r="M117" s="5">
+        <v>413</v>
+      </c>
+      <c r="L117" t="s">
+        <v>414</v>
+      </c>
+      <c r="M117" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N117" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N117">
+      <c r="O117">
         <v>44790.0</v>
       </c>
-      <c r="O117" t="s">
-[...3 lines deleted...]
-    <row r="118" spans="1:16">
+      <c r="P117" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="118" spans="1:17">
       <c r="A118" t="s">
         <v>32</v>
       </c>
       <c r="B118" t="s">
         <v>33</v>
       </c>
       <c r="C118" t="s">
         <v>227</v>
       </c>
       <c r="D118" t="s">
         <v>34</v>
       </c>
       <c r="E118" t="s">
         <v>141</v>
       </c>
       <c r="F118" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G118" t="s">
         <v>344</v>
       </c>
       <c r="H118" t="s">
         <v>193</v>
       </c>
       <c r="I118" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J118" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K118" t="s">
-        <v>390</v>
-[...4 lines deleted...]
-      <c r="M118" s="5">
+        <v>415</v>
+      </c>
+      <c r="L118" t="s">
+        <v>416</v>
+      </c>
+      <c r="M118" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N118" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N118">
+      <c r="O118">
         <v>44790.0</v>
       </c>
-      <c r="O118" t="s">
-[...3 lines deleted...]
-    <row r="119" spans="1:16">
+      <c r="P118" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="119" spans="1:17">
       <c r="A119" t="s">
         <v>32</v>
       </c>
       <c r="B119" t="s">
         <v>33</v>
       </c>
       <c r="C119" t="s">
         <v>227</v>
       </c>
       <c r="D119" t="s">
         <v>34</v>
       </c>
       <c r="E119" t="s">
         <v>141</v>
       </c>
       <c r="F119" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G119" t="s">
         <v>344</v>
       </c>
       <c r="H119" t="s">
         <v>193</v>
       </c>
       <c r="I119" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J119" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K119" t="s">
-        <v>391</v>
-[...4 lines deleted...]
-      <c r="M119" s="5">
+        <v>417</v>
+      </c>
+      <c r="L119" t="s">
+        <v>418</v>
+      </c>
+      <c r="M119" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N119" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N119">
+      <c r="O119">
         <v>44790.0</v>
       </c>
-      <c r="O119" t="s">
-[...3 lines deleted...]
-    <row r="120" spans="1:16">
+      <c r="P119" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="120" spans="1:17">
       <c r="A120" t="s">
         <v>32</v>
       </c>
       <c r="B120" t="s">
         <v>33</v>
       </c>
       <c r="C120" t="s">
         <v>227</v>
       </c>
       <c r="D120" t="s">
         <v>34</v>
       </c>
       <c r="E120" t="s">
         <v>141</v>
       </c>
       <c r="F120" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G120" t="s">
         <v>344</v>
       </c>
       <c r="H120" t="s">
         <v>193</v>
       </c>
       <c r="I120" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J120" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K120" t="s">
-        <v>392</v>
-[...4 lines deleted...]
-      <c r="M120" s="5">
+        <v>419</v>
+      </c>
+      <c r="L120" t="s">
+        <v>420</v>
+      </c>
+      <c r="M120" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N120" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N120">
+      <c r="O120">
         <v>44790.0</v>
       </c>
-      <c r="O120" t="s">
-[...3 lines deleted...]
-    <row r="121" spans="1:16">
+      <c r="P120" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="121" spans="1:17">
       <c r="A121" t="s">
         <v>32</v>
       </c>
       <c r="B121" t="s">
         <v>33</v>
       </c>
       <c r="C121" t="s">
         <v>227</v>
       </c>
       <c r="D121" t="s">
         <v>34</v>
       </c>
       <c r="E121" t="s">
         <v>141</v>
       </c>
       <c r="F121" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G121" t="s">
         <v>344</v>
       </c>
       <c r="H121" t="s">
         <v>193</v>
       </c>
       <c r="I121" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J121" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K121" t="s">
-        <v>393</v>
-[...4 lines deleted...]
-      <c r="M121" s="5">
+        <v>421</v>
+      </c>
+      <c r="L121" t="s">
+        <v>422</v>
+      </c>
+      <c r="M121" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N121" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N121">
+      <c r="O121">
         <v>44790.0</v>
       </c>
-      <c r="O121" t="s">
-[...3 lines deleted...]
-    <row r="122" spans="1:16">
+      <c r="P121" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="122" spans="1:17">
       <c r="A122" t="s">
         <v>32</v>
       </c>
       <c r="B122" t="s">
         <v>33</v>
       </c>
       <c r="C122" t="s">
         <v>227</v>
       </c>
       <c r="D122" t="s">
         <v>34</v>
       </c>
       <c r="E122" t="s">
         <v>141</v>
       </c>
       <c r="F122" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G122" t="s">
         <v>344</v>
       </c>
       <c r="H122" t="s">
         <v>193</v>
       </c>
       <c r="I122" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J122" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K122" t="s">
-        <v>394</v>
-[...4 lines deleted...]
-      <c r="M122" s="5">
+        <v>423</v>
+      </c>
+      <c r="L122" t="s">
+        <v>424</v>
+      </c>
+      <c r="M122" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N122" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N122">
+      <c r="O122">
         <v>44790.0</v>
       </c>
-      <c r="O122" t="s">
-[...3 lines deleted...]
-    <row r="123" spans="1:16">
+      <c r="P122" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="123" spans="1:17">
       <c r="A123" t="s">
         <v>32</v>
       </c>
       <c r="B123" t="s">
         <v>33</v>
       </c>
       <c r="C123" t="s">
         <v>227</v>
       </c>
       <c r="D123" t="s">
         <v>34</v>
       </c>
       <c r="E123" t="s">
         <v>141</v>
       </c>
       <c r="F123" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G123" t="s">
         <v>344</v>
       </c>
       <c r="H123" t="s">
         <v>193</v>
       </c>
       <c r="I123" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J123" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K123" t="s">
-        <v>395</v>
-[...4 lines deleted...]
-      <c r="M123" s="5">
+        <v>425</v>
+      </c>
+      <c r="L123" t="s">
+        <v>426</v>
+      </c>
+      <c r="M123" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N123" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N123">
+      <c r="O123">
         <v>44790.0</v>
       </c>
-      <c r="O123" t="s">
-[...3 lines deleted...]
-    <row r="124" spans="1:16">
+      <c r="P123" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="124" spans="1:17">
       <c r="A124" t="s">
         <v>32</v>
       </c>
       <c r="B124" t="s">
         <v>33</v>
       </c>
       <c r="C124" t="s">
         <v>227</v>
       </c>
       <c r="D124" t="s">
         <v>34</v>
       </c>
       <c r="E124" t="s">
         <v>141</v>
       </c>
       <c r="F124" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G124" t="s">
         <v>344</v>
       </c>
       <c r="H124" t="s">
         <v>193</v>
       </c>
       <c r="I124" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J124" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K124" t="s">
-        <v>396</v>
-[...4 lines deleted...]
-      <c r="M124" s="5">
+        <v>427</v>
+      </c>
+      <c r="L124" t="s">
+        <v>428</v>
+      </c>
+      <c r="M124" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N124" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N124">
+      <c r="O124">
         <v>44790.0</v>
       </c>
-      <c r="O124" t="s">
-[...3 lines deleted...]
-    <row r="125" spans="1:16">
+      <c r="P124" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="125" spans="1:17">
       <c r="A125" t="s">
         <v>32</v>
       </c>
       <c r="B125" t="s">
         <v>33</v>
       </c>
       <c r="C125" t="s">
         <v>227</v>
       </c>
       <c r="D125" t="s">
         <v>34</v>
       </c>
       <c r="E125" t="s">
         <v>141</v>
       </c>
       <c r="F125" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G125" t="s">
         <v>344</v>
       </c>
       <c r="H125" t="s">
         <v>193</v>
       </c>
       <c r="I125" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J125" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K125" t="s">
-        <v>397</v>
-[...4 lines deleted...]
-      <c r="M125" s="5">
+        <v>429</v>
+      </c>
+      <c r="L125" t="s">
+        <v>430</v>
+      </c>
+      <c r="M125" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N125" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N125">
+      <c r="O125">
         <v>44790.0</v>
       </c>
-      <c r="O125" t="s">
-[...3 lines deleted...]
-    <row r="126" spans="1:16">
+      <c r="P125" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="126" spans="1:17">
       <c r="A126" t="s">
         <v>32</v>
       </c>
       <c r="B126" t="s">
         <v>33</v>
       </c>
       <c r="C126" t="s">
         <v>227</v>
       </c>
       <c r="D126" t="s">
         <v>34</v>
       </c>
       <c r="E126" t="s">
         <v>141</v>
       </c>
       <c r="F126" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G126" t="s">
         <v>344</v>
       </c>
       <c r="H126" t="s">
         <v>193</v>
       </c>
       <c r="I126" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J126" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K126" t="s">
-        <v>398</v>
-[...4 lines deleted...]
-      <c r="M126" s="5">
+        <v>431</v>
+      </c>
+      <c r="L126" t="s">
+        <v>432</v>
+      </c>
+      <c r="M126" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N126" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N126">
+      <c r="O126">
         <v>44790.0</v>
       </c>
-      <c r="O126" t="s">
-[...3 lines deleted...]
-    <row r="127" spans="1:16">
+      <c r="P126" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="127" spans="1:17">
       <c r="A127" t="s">
         <v>32</v>
       </c>
       <c r="B127" t="s">
         <v>33</v>
       </c>
       <c r="C127" t="s">
         <v>227</v>
       </c>
       <c r="D127" t="s">
         <v>34</v>
       </c>
       <c r="E127" t="s">
         <v>141</v>
       </c>
       <c r="F127" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G127" t="s">
         <v>344</v>
       </c>
       <c r="H127" t="s">
         <v>193</v>
       </c>
       <c r="I127" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J127" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K127" t="s">
-        <v>399</v>
-[...4 lines deleted...]
-      <c r="M127" s="5">
+        <v>433</v>
+      </c>
+      <c r="L127" t="s">
+        <v>434</v>
+      </c>
+      <c r="M127" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N127" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N127">
+      <c r="O127">
         <v>44790.0</v>
       </c>
-      <c r="O127" t="s">
-[...3 lines deleted...]
-    <row r="128" spans="1:16">
+      <c r="P127" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="128" spans="1:17">
       <c r="A128" t="s">
         <v>32</v>
       </c>
       <c r="B128" t="s">
         <v>33</v>
       </c>
       <c r="C128" t="s">
         <v>227</v>
       </c>
       <c r="D128" t="s">
         <v>34</v>
       </c>
       <c r="E128" t="s">
         <v>141</v>
       </c>
       <c r="F128" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G128" t="s">
         <v>344</v>
       </c>
       <c r="H128" t="s">
         <v>193</v>
       </c>
       <c r="I128" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J128" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K128" t="s">
-        <v>400</v>
-[...4 lines deleted...]
-      <c r="M128" s="5">
+        <v>435</v>
+      </c>
+      <c r="L128" t="s">
+        <v>436</v>
+      </c>
+      <c r="M128" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N128" s="5">
         <v>44427.0</v>
       </c>
-      <c r="N128">
+      <c r="O128">
         <v>44790.0</v>
       </c>
-      <c r="O128" t="s">
-[...3 lines deleted...]
-    <row r="129" spans="1:16">
+      <c r="P128" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="129" spans="1:17">
       <c r="A129" t="s">
         <v>32</v>
       </c>
       <c r="B129" t="s">
         <v>33</v>
       </c>
       <c r="C129" t="s">
         <v>227</v>
       </c>
       <c r="D129" t="s">
-        <v>34</v>
+        <v>374</v>
       </c>
       <c r="E129" t="s">
-        <v>141</v>
+        <v>233</v>
       </c>
       <c r="F129" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G129" t="s">
-        <v>344</v>
+        <v>352</v>
       </c>
       <c r="H129" t="s">
-        <v>193</v>
+        <v>353</v>
       </c>
       <c r="I129" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J129" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K129" t="s">
-        <v>401</v>
-[...14 lines deleted...]
-    <row r="130" spans="1:16">
+        <v>377</v>
+      </c>
+      <c r="L129" t="s">
+        <v>378</v>
+      </c>
+      <c r="M129" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N129" s="5"/>
+      <c r="O129">
+        <v>45863.0</v>
+      </c>
+      <c r="P129" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="130" spans="1:17">
       <c r="A130" t="s">
         <v>32</v>
       </c>
       <c r="B130" t="s">
         <v>33</v>
       </c>
       <c r="C130" t="s">
         <v>227</v>
       </c>
       <c r="D130" t="s">
-        <v>34</v>
+        <v>374</v>
       </c>
       <c r="E130" t="s">
-        <v>141</v>
+        <v>233</v>
       </c>
       <c r="F130" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G130" t="s">
-        <v>344</v>
+        <v>352</v>
       </c>
       <c r="H130" t="s">
-        <v>193</v>
+        <v>353</v>
       </c>
       <c r="I130" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J130" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K130" t="s">
-        <v>402</v>
-[...14 lines deleted...]
-    <row r="131" spans="1:16">
+        <v>380</v>
+      </c>
+      <c r="L130" t="s">
+        <v>381</v>
+      </c>
+      <c r="M130" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N130" s="5"/>
+      <c r="O130">
+        <v>45863.0</v>
+      </c>
+      <c r="P130" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="131" spans="1:17">
       <c r="A131" t="s">
         <v>32</v>
       </c>
       <c r="B131" t="s">
         <v>33</v>
       </c>
       <c r="C131" t="s">
         <v>227</v>
       </c>
       <c r="D131" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E131" t="s">
         <v>233</v>
       </c>
       <c r="F131" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G131" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H131" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I131" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J131" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K131" t="s">
-        <v>372</v>
-[...5 lines deleted...]
-      <c r="N131">
+        <v>382</v>
+      </c>
+      <c r="L131" t="s">
+        <v>383</v>
+      </c>
+      <c r="M131" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N131" s="5"/>
+      <c r="O131">
         <v>45863.0</v>
       </c>
-      <c r="O131" t="s">
-[...3 lines deleted...]
-    <row r="132" spans="1:16">
+      <c r="P131" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="132" spans="1:17">
       <c r="A132" t="s">
         <v>32</v>
       </c>
       <c r="B132" t="s">
         <v>33</v>
       </c>
       <c r="C132" t="s">
         <v>227</v>
       </c>
       <c r="D132" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E132" t="s">
         <v>233</v>
       </c>
       <c r="F132" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G132" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H132" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I132" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J132" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K132" t="s">
+        <v>384</v>
+      </c>
+      <c r="L132" t="s">
+        <v>385</v>
+      </c>
+      <c r="M132" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N132" s="5"/>
+      <c r="O132">
+        <v>45863.0</v>
+      </c>
+      <c r="P132" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="133" spans="1:17">
+      <c r="A133" t="s">
+        <v>32</v>
+      </c>
+      <c r="B133" t="s">
+        <v>33</v>
+      </c>
+      <c r="C133" t="s">
+        <v>227</v>
+      </c>
+      <c r="D133" t="s">
         <v>374</v>
-      </c>
-[...22 lines deleted...]
-        <v>369</v>
       </c>
       <c r="E133" t="s">
         <v>233</v>
       </c>
       <c r="F133" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G133" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H133" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I133" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J133" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K133" t="s">
-        <v>375</v>
-[...5 lines deleted...]
-      <c r="N133">
+        <v>386</v>
+      </c>
+      <c r="L133" t="s">
+        <v>387</v>
+      </c>
+      <c r="M133" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N133" s="5"/>
+      <c r="O133">
         <v>45863.0</v>
       </c>
-      <c r="O133" t="s">
-[...3 lines deleted...]
-    <row r="134" spans="1:16">
+      <c r="P133" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="134" spans="1:17">
       <c r="A134" t="s">
         <v>32</v>
       </c>
       <c r="B134" t="s">
         <v>33</v>
       </c>
       <c r="C134" t="s">
         <v>227</v>
       </c>
       <c r="D134" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E134" t="s">
         <v>233</v>
       </c>
       <c r="F134" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G134" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H134" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I134" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J134" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K134" t="s">
-        <v>376</v>
-[...5 lines deleted...]
-      <c r="N134">
+        <v>388</v>
+      </c>
+      <c r="L134" t="s">
+        <v>389</v>
+      </c>
+      <c r="M134" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N134" s="5"/>
+      <c r="O134">
         <v>45863.0</v>
       </c>
-      <c r="O134" t="s">
-[...3 lines deleted...]
-    <row r="135" spans="1:16">
+      <c r="P134" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="135" spans="1:17">
       <c r="A135" t="s">
         <v>32</v>
       </c>
       <c r="B135" t="s">
         <v>33</v>
       </c>
       <c r="C135" t="s">
         <v>227</v>
       </c>
       <c r="D135" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E135" t="s">
         <v>233</v>
       </c>
       <c r="F135" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G135" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H135" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I135" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J135" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K135" t="s">
-        <v>377</v>
-[...5 lines deleted...]
-      <c r="N135">
+        <v>390</v>
+      </c>
+      <c r="L135" t="s">
+        <v>391</v>
+      </c>
+      <c r="M135" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N135" s="5"/>
+      <c r="O135">
         <v>45863.0</v>
       </c>
-      <c r="O135" t="s">
-[...3 lines deleted...]
-    <row r="136" spans="1:16">
+      <c r="P135" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="136" spans="1:17">
       <c r="A136" t="s">
         <v>32</v>
       </c>
       <c r="B136" t="s">
         <v>33</v>
       </c>
       <c r="C136" t="s">
         <v>227</v>
       </c>
       <c r="D136" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E136" t="s">
         <v>233</v>
       </c>
       <c r="F136" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G136" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H136" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I136" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J136" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K136" t="s">
-        <v>378</v>
-[...5 lines deleted...]
-      <c r="N136">
+        <v>392</v>
+      </c>
+      <c r="L136" t="s">
+        <v>393</v>
+      </c>
+      <c r="M136" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N136" s="5"/>
+      <c r="O136">
         <v>45863.0</v>
       </c>
-      <c r="O136" t="s">
-[...3 lines deleted...]
-    <row r="137" spans="1:16">
+      <c r="P136" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="137" spans="1:17">
       <c r="A137" t="s">
         <v>32</v>
       </c>
       <c r="B137" t="s">
         <v>33</v>
       </c>
       <c r="C137" t="s">
         <v>227</v>
       </c>
       <c r="D137" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E137" t="s">
         <v>233</v>
       </c>
       <c r="F137" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G137" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H137" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I137" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J137" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K137" t="s">
+        <v>394</v>
+      </c>
+      <c r="L137" t="s">
+        <v>395</v>
+      </c>
+      <c r="M137" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N137" s="5"/>
+      <c r="O137">
+        <v>45863.0</v>
+      </c>
+      <c r="P137" t="s">
         <v>379</v>
       </c>
-      <c r="L137" s="5" t="s">
-[...10 lines deleted...]
-    <row r="138" spans="1:16">
+    </row>
+    <row r="138" spans="1:17">
       <c r="A138" t="s">
         <v>32</v>
       </c>
       <c r="B138" t="s">
         <v>33</v>
       </c>
       <c r="C138" t="s">
         <v>227</v>
       </c>
       <c r="D138" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E138" t="s">
         <v>233</v>
       </c>
       <c r="F138" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G138" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H138" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I138" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J138" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K138" t="s">
-        <v>380</v>
-[...5 lines deleted...]
-      <c r="N138">
+        <v>396</v>
+      </c>
+      <c r="L138" t="s">
+        <v>218</v>
+      </c>
+      <c r="M138" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N138" s="5"/>
+      <c r="O138">
         <v>45863.0</v>
       </c>
-      <c r="O138" t="s">
-[...3 lines deleted...]
-    <row r="139" spans="1:16">
+      <c r="P138" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="139" spans="1:17">
       <c r="A139" t="s">
         <v>32</v>
       </c>
       <c r="B139" t="s">
         <v>33</v>
       </c>
       <c r="C139" t="s">
         <v>227</v>
       </c>
       <c r="D139" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E139" t="s">
         <v>233</v>
       </c>
       <c r="F139" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G139" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H139" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I139" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J139" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K139" t="s">
-        <v>381</v>
-[...5 lines deleted...]
-      <c r="N139">
+        <v>397</v>
+      </c>
+      <c r="L139" t="s">
+        <v>398</v>
+      </c>
+      <c r="M139" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N139" s="5"/>
+      <c r="O139">
         <v>45863.0</v>
       </c>
-      <c r="O139" t="s">
-[...3 lines deleted...]
-    <row r="140" spans="1:16">
+      <c r="P139" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="140" spans="1:17">
       <c r="A140" t="s">
         <v>32</v>
       </c>
       <c r="B140" t="s">
         <v>33</v>
       </c>
       <c r="C140" t="s">
         <v>227</v>
       </c>
       <c r="D140" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E140" t="s">
         <v>233</v>
       </c>
       <c r="F140" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G140" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H140" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I140" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J140" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K140" t="s">
-        <v>382</v>
-[...5 lines deleted...]
-      <c r="N140">
+        <v>399</v>
+      </c>
+      <c r="L140" t="s">
+        <v>400</v>
+      </c>
+      <c r="M140" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N140" s="5"/>
+      <c r="O140">
         <v>45863.0</v>
       </c>
-      <c r="O140" t="s">
-[...3 lines deleted...]
-    <row r="141" spans="1:16">
+      <c r="P140" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="141" spans="1:17">
       <c r="A141" t="s">
         <v>32</v>
       </c>
       <c r="B141" t="s">
         <v>33</v>
       </c>
       <c r="C141" t="s">
         <v>227</v>
       </c>
       <c r="D141" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E141" t="s">
         <v>233</v>
       </c>
       <c r="F141" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G141" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H141" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I141" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J141" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K141" t="s">
-        <v>383</v>
-[...5 lines deleted...]
-      <c r="N141">
+        <v>401</v>
+      </c>
+      <c r="L141" t="s">
+        <v>402</v>
+      </c>
+      <c r="M141" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N141" s="5"/>
+      <c r="O141">
         <v>45863.0</v>
       </c>
-      <c r="O141" t="s">
-[...3 lines deleted...]
-    <row r="142" spans="1:16">
+      <c r="P141" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="142" spans="1:17">
       <c r="A142" t="s">
         <v>32</v>
       </c>
       <c r="B142" t="s">
         <v>33</v>
       </c>
       <c r="C142" t="s">
         <v>227</v>
       </c>
       <c r="D142" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E142" t="s">
         <v>233</v>
       </c>
       <c r="F142" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G142" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H142" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I142" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J142" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K142" t="s">
-        <v>384</v>
-[...5 lines deleted...]
-      <c r="N142">
+        <v>403</v>
+      </c>
+      <c r="L142" t="s">
+        <v>404</v>
+      </c>
+      <c r="M142" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N142" s="5"/>
+      <c r="O142">
         <v>45863.0</v>
       </c>
-      <c r="O142" t="s">
-[...3 lines deleted...]
-    <row r="143" spans="1:16">
+      <c r="P142" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="143" spans="1:17">
       <c r="A143" t="s">
         <v>32</v>
       </c>
       <c r="B143" t="s">
         <v>33</v>
       </c>
       <c r="C143" t="s">
         <v>227</v>
       </c>
       <c r="D143" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E143" t="s">
         <v>233</v>
       </c>
       <c r="F143" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G143" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H143" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I143" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J143" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K143" t="s">
-        <v>385</v>
-[...5 lines deleted...]
-      <c r="N143">
+        <v>405</v>
+      </c>
+      <c r="L143" t="s">
+        <v>406</v>
+      </c>
+      <c r="M143" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N143" s="5"/>
+      <c r="O143">
         <v>45863.0</v>
       </c>
-      <c r="O143" t="s">
-[...3 lines deleted...]
-    <row r="144" spans="1:16">
+      <c r="P143" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="144" spans="1:17">
       <c r="A144" t="s">
         <v>32</v>
       </c>
       <c r="B144" t="s">
         <v>33</v>
       </c>
       <c r="C144" t="s">
         <v>227</v>
       </c>
       <c r="D144" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E144" t="s">
         <v>233</v>
       </c>
       <c r="F144" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G144" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H144" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I144" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J144" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K144" t="s">
-        <v>386</v>
-[...5 lines deleted...]
-      <c r="N144">
+        <v>407</v>
+      </c>
+      <c r="L144" t="s">
+        <v>408</v>
+      </c>
+      <c r="M144" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N144" s="5"/>
+      <c r="O144">
         <v>45863.0</v>
       </c>
-      <c r="O144" t="s">
-[...3 lines deleted...]
-    <row r="145" spans="1:16">
+      <c r="P144" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="145" spans="1:17">
       <c r="A145" t="s">
         <v>32</v>
       </c>
       <c r="B145" t="s">
         <v>33</v>
       </c>
       <c r="C145" t="s">
         <v>227</v>
       </c>
       <c r="D145" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E145" t="s">
         <v>233</v>
       </c>
       <c r="F145" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G145" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H145" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I145" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J145" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K145" t="s">
-        <v>387</v>
-[...5 lines deleted...]
-      <c r="N145">
+        <v>409</v>
+      </c>
+      <c r="L145" t="s">
+        <v>410</v>
+      </c>
+      <c r="M145" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N145" s="5"/>
+      <c r="O145">
         <v>45863.0</v>
       </c>
-      <c r="O145" t="s">
-[...3 lines deleted...]
-    <row r="146" spans="1:16">
+      <c r="P145" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="146" spans="1:17">
       <c r="A146" t="s">
         <v>32</v>
       </c>
       <c r="B146" t="s">
         <v>33</v>
       </c>
       <c r="C146" t="s">
         <v>227</v>
       </c>
       <c r="D146" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E146" t="s">
         <v>233</v>
       </c>
       <c r="F146" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G146" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H146" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I146" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J146" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K146" t="s">
-        <v>388</v>
-[...5 lines deleted...]
-      <c r="N146">
+        <v>411</v>
+      </c>
+      <c r="L146" t="s">
+        <v>412</v>
+      </c>
+      <c r="M146" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N146" s="5"/>
+      <c r="O146">
         <v>45863.0</v>
       </c>
-      <c r="O146" t="s">
-[...3 lines deleted...]
-    <row r="147" spans="1:16">
+      <c r="P146" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="147" spans="1:17">
       <c r="A147" t="s">
         <v>32</v>
       </c>
       <c r="B147" t="s">
         <v>33</v>
       </c>
       <c r="C147" t="s">
         <v>227</v>
       </c>
       <c r="D147" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E147" t="s">
         <v>233</v>
       </c>
       <c r="F147" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G147" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H147" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I147" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J147" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K147" t="s">
-        <v>389</v>
-[...5 lines deleted...]
-      <c r="N147">
+        <v>413</v>
+      </c>
+      <c r="L147" t="s">
+        <v>414</v>
+      </c>
+      <c r="M147" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N147" s="5"/>
+      <c r="O147">
         <v>45863.0</v>
       </c>
-      <c r="O147" t="s">
-[...3 lines deleted...]
-    <row r="148" spans="1:16">
+      <c r="P147" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="148" spans="1:17">
       <c r="A148" t="s">
         <v>32</v>
       </c>
       <c r="B148" t="s">
         <v>33</v>
       </c>
       <c r="C148" t="s">
         <v>227</v>
       </c>
       <c r="D148" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E148" t="s">
         <v>233</v>
       </c>
       <c r="F148" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G148" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H148" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I148" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J148" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K148" t="s">
-        <v>390</v>
-[...5 lines deleted...]
-      <c r="N148">
+        <v>415</v>
+      </c>
+      <c r="L148" t="s">
+        <v>416</v>
+      </c>
+      <c r="M148" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N148" s="5"/>
+      <c r="O148">
         <v>45863.0</v>
       </c>
-      <c r="O148" t="s">
-[...3 lines deleted...]
-    <row r="149" spans="1:16">
+      <c r="P148" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="149" spans="1:17">
       <c r="A149" t="s">
         <v>32</v>
       </c>
       <c r="B149" t="s">
         <v>33</v>
       </c>
       <c r="C149" t="s">
         <v>227</v>
       </c>
       <c r="D149" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E149" t="s">
         <v>233</v>
       </c>
       <c r="F149" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G149" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H149" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I149" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J149" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K149" t="s">
-        <v>391</v>
-[...5 lines deleted...]
-      <c r="N149">
+        <v>417</v>
+      </c>
+      <c r="L149" t="s">
+        <v>418</v>
+      </c>
+      <c r="M149" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N149" s="5"/>
+      <c r="O149">
         <v>45863.0</v>
       </c>
-      <c r="O149" t="s">
-[...3 lines deleted...]
-    <row r="150" spans="1:16">
+      <c r="P149" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="150" spans="1:17">
       <c r="A150" t="s">
         <v>32</v>
       </c>
       <c r="B150" t="s">
         <v>33</v>
       </c>
       <c r="C150" t="s">
         <v>227</v>
       </c>
       <c r="D150" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E150" t="s">
         <v>233</v>
       </c>
       <c r="F150" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G150" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H150" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I150" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J150" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K150" t="s">
-        <v>392</v>
-[...5 lines deleted...]
-      <c r="N150">
+        <v>419</v>
+      </c>
+      <c r="L150" t="s">
+        <v>420</v>
+      </c>
+      <c r="M150" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N150" s="5"/>
+      <c r="O150">
         <v>45863.0</v>
       </c>
-      <c r="O150" t="s">
-[...3 lines deleted...]
-    <row r="151" spans="1:16">
+      <c r="P150" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="151" spans="1:17">
       <c r="A151" t="s">
         <v>32</v>
       </c>
       <c r="B151" t="s">
         <v>33</v>
       </c>
       <c r="C151" t="s">
         <v>227</v>
       </c>
       <c r="D151" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E151" t="s">
         <v>233</v>
       </c>
       <c r="F151" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G151" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H151" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I151" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J151" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K151" t="s">
-        <v>393</v>
-[...5 lines deleted...]
-      <c r="N151">
+        <v>421</v>
+      </c>
+      <c r="L151" t="s">
+        <v>422</v>
+      </c>
+      <c r="M151" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N151" s="5"/>
+      <c r="O151">
         <v>45863.0</v>
       </c>
-      <c r="O151" t="s">
-[...3 lines deleted...]
-    <row r="152" spans="1:16">
+      <c r="P151" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="152" spans="1:17">
       <c r="A152" t="s">
         <v>32</v>
       </c>
       <c r="B152" t="s">
         <v>33</v>
       </c>
       <c r="C152" t="s">
         <v>227</v>
       </c>
       <c r="D152" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E152" t="s">
         <v>233</v>
       </c>
       <c r="F152" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G152" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H152" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I152" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J152" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K152" t="s">
-        <v>394</v>
-[...5 lines deleted...]
-      <c r="N152">
+        <v>423</v>
+      </c>
+      <c r="L152" t="s">
+        <v>424</v>
+      </c>
+      <c r="M152" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N152" s="5"/>
+      <c r="O152">
         <v>45863.0</v>
       </c>
-      <c r="O152" t="s">
-[...3 lines deleted...]
-    <row r="153" spans="1:16">
+      <c r="P152" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="153" spans="1:17">
       <c r="A153" t="s">
         <v>32</v>
       </c>
       <c r="B153" t="s">
         <v>33</v>
       </c>
       <c r="C153" t="s">
         <v>227</v>
       </c>
       <c r="D153" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E153" t="s">
         <v>233</v>
       </c>
       <c r="F153" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G153" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H153" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I153" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J153" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K153" t="s">
-        <v>395</v>
-[...5 lines deleted...]
-      <c r="N153">
+        <v>425</v>
+      </c>
+      <c r="L153" t="s">
+        <v>426</v>
+      </c>
+      <c r="M153" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N153" s="5"/>
+      <c r="O153">
         <v>45863.0</v>
       </c>
-      <c r="O153" t="s">
-[...3 lines deleted...]
-    <row r="154" spans="1:16">
+      <c r="P153" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="154" spans="1:17">
       <c r="A154" t="s">
         <v>32</v>
       </c>
       <c r="B154" t="s">
         <v>33</v>
       </c>
       <c r="C154" t="s">
         <v>227</v>
       </c>
       <c r="D154" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E154" t="s">
         <v>233</v>
       </c>
       <c r="F154" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G154" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H154" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I154" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J154" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K154" t="s">
-        <v>396</v>
-[...5 lines deleted...]
-      <c r="N154">
+        <v>427</v>
+      </c>
+      <c r="L154" t="s">
+        <v>428</v>
+      </c>
+      <c r="M154" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N154" s="5"/>
+      <c r="O154">
         <v>45863.0</v>
       </c>
-      <c r="O154" t="s">
-[...3 lines deleted...]
-    <row r="155" spans="1:16">
+      <c r="P154" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="155" spans="1:17">
       <c r="A155" t="s">
         <v>32</v>
       </c>
       <c r="B155" t="s">
         <v>33</v>
       </c>
       <c r="C155" t="s">
         <v>227</v>
       </c>
       <c r="D155" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E155" t="s">
         <v>233</v>
       </c>
       <c r="F155" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G155" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H155" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I155" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J155" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K155" t="s">
-        <v>397</v>
-[...5 lines deleted...]
-      <c r="N155">
+        <v>429</v>
+      </c>
+      <c r="L155" t="s">
+        <v>430</v>
+      </c>
+      <c r="M155" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N155" s="5"/>
+      <c r="O155">
         <v>45863.0</v>
       </c>
-      <c r="O155" t="s">
-[...3 lines deleted...]
-    <row r="156" spans="1:16">
+      <c r="P155" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="156" spans="1:17">
       <c r="A156" t="s">
         <v>32</v>
       </c>
       <c r="B156" t="s">
         <v>33</v>
       </c>
       <c r="C156" t="s">
         <v>227</v>
       </c>
       <c r="D156" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E156" t="s">
         <v>233</v>
       </c>
       <c r="F156" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G156" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H156" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I156" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J156" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K156" t="s">
-        <v>398</v>
-[...5 lines deleted...]
-      <c r="N156">
+        <v>431</v>
+      </c>
+      <c r="L156" t="s">
+        <v>432</v>
+      </c>
+      <c r="M156" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N156" s="5"/>
+      <c r="O156">
         <v>45863.0</v>
       </c>
-      <c r="O156" t="s">
-[...3 lines deleted...]
-    <row r="157" spans="1:16">
+      <c r="P156" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="157" spans="1:17">
       <c r="A157" t="s">
         <v>32</v>
       </c>
       <c r="B157" t="s">
         <v>33</v>
       </c>
       <c r="C157" t="s">
         <v>227</v>
       </c>
       <c r="D157" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E157" t="s">
         <v>233</v>
       </c>
       <c r="F157" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G157" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H157" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I157" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J157" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K157" t="s">
-        <v>399</v>
-[...5 lines deleted...]
-      <c r="N157">
+        <v>433</v>
+      </c>
+      <c r="L157" t="s">
+        <v>434</v>
+      </c>
+      <c r="M157" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N157" s="5"/>
+      <c r="O157">
         <v>45863.0</v>
       </c>
-      <c r="O157" t="s">
-[...3 lines deleted...]
-    <row r="158" spans="1:16">
+      <c r="P157" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="158" spans="1:17">
       <c r="A158" t="s">
         <v>32</v>
       </c>
       <c r="B158" t="s">
         <v>33</v>
       </c>
       <c r="C158" t="s">
         <v>227</v>
       </c>
       <c r="D158" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E158" t="s">
         <v>233</v>
       </c>
       <c r="F158" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="G158" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H158" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I158" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J158" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="K158" t="s">
-        <v>400</v>
-[...5 lines deleted...]
-      <c r="N158">
+        <v>435</v>
+      </c>
+      <c r="L158" t="s">
+        <v>436</v>
+      </c>
+      <c r="M158" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N158" s="5"/>
+      <c r="O158">
         <v>45863.0</v>
       </c>
-      <c r="O158" t="s">
-[...3 lines deleted...]
-    <row r="159" spans="1:16">
+      <c r="P158" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="159" spans="1:17">
       <c r="A159" t="s">
         <v>32</v>
       </c>
       <c r="B159" t="s">
         <v>33</v>
       </c>
       <c r="C159" t="s">
         <v>227</v>
       </c>
       <c r="D159" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E159" t="s">
         <v>233</v>
       </c>
       <c r="F159" t="s">
+        <v>50</v>
+      </c>
+      <c r="G159" t="s">
+        <v>352</v>
+      </c>
+      <c r="H159" t="s">
+        <v>353</v>
+      </c>
+      <c r="I159" t="s">
+        <v>375</v>
+      </c>
+      <c r="J159" t="s">
+        <v>376</v>
+      </c>
+      <c r="K159" t="s">
+        <v>437</v>
+      </c>
+      <c r="L159" t="s">
+        <v>438</v>
+      </c>
+      <c r="M159" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N159" s="5"/>
+      <c r="O159">
+        <v>45863.0</v>
+      </c>
+      <c r="P159" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="160" spans="1:17">
+      <c r="A160" t="s">
+        <v>32</v>
+      </c>
+      <c r="B160" t="s">
+        <v>33</v>
+      </c>
+      <c r="C160" t="s">
+        <v>227</v>
+      </c>
+      <c r="D160" t="s">
         <v>343</v>
-      </c>
-[...37 lines deleted...]
-        <v>369</v>
       </c>
       <c r="E160" t="s">
         <v>233</v>
       </c>
       <c r="F160" t="s">
+        <v>50</v>
+      </c>
+      <c r="G160" t="s">
+        <v>480</v>
+      </c>
+      <c r="H160" t="s">
+        <v>193</v>
+      </c>
+      <c r="I160" t="s">
+        <v>461</v>
+      </c>
+      <c r="J160" t="s">
+        <v>461</v>
+      </c>
+      <c r="K160" t="s">
+        <v>462</v>
+      </c>
+      <c r="L160" t="s">
+        <v>463</v>
+      </c>
+      <c r="M160" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="N160" s="5"/>
+      <c r="O160" t="s">
+        <v>350</v>
+      </c>
+      <c r="P160" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="161" spans="1:17">
+      <c r="A161" t="s">
+        <v>32</v>
+      </c>
+      <c r="B161" t="s">
+        <v>33</v>
+      </c>
+      <c r="C161" t="s">
+        <v>227</v>
+      </c>
+      <c r="D161" t="s">
         <v>343</v>
-      </c>
-[...37 lines deleted...]
-        <v>369</v>
       </c>
       <c r="E161" t="s">
         <v>233</v>
       </c>
       <c r="F161" t="s">
+        <v>50</v>
+      </c>
+      <c r="G161" t="s">
+        <v>481</v>
+      </c>
+      <c r="H161" t="s">
+        <v>353</v>
+      </c>
+      <c r="I161" t="s">
+        <v>461</v>
+      </c>
+      <c r="J161" t="s">
+        <v>461</v>
+      </c>
+      <c r="K161" t="s">
+        <v>462</v>
+      </c>
+      <c r="L161" t="s">
+        <v>463</v>
+      </c>
+      <c r="M161" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="N161" s="5"/>
+      <c r="O161" t="s">
+        <v>350</v>
+      </c>
+      <c r="P161" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="162" spans="1:17">
+      <c r="A162" t="s">
+        <v>32</v>
+      </c>
+      <c r="B162" t="s">
+        <v>33</v>
+      </c>
+      <c r="C162" t="s">
+        <v>227</v>
+      </c>
+      <c r="D162" t="s">
         <v>343</v>
       </c>
-      <c r="G161" t="s">
-[...2 lines deleted...]
-      <c r="H161" t="s">
+      <c r="E162" t="s">
+        <v>233</v>
+      </c>
+      <c r="F162" t="s">
+        <v>50</v>
+      </c>
+      <c r="G162" t="s">
+        <v>344</v>
+      </c>
+      <c r="H162" t="s">
+        <v>193</v>
+      </c>
+      <c r="I162" t="s">
+        <v>449</v>
+      </c>
+      <c r="J162" t="s">
+        <v>450</v>
+      </c>
+      <c r="K162" t="s">
+        <v>451</v>
+      </c>
+      <c r="L162" t="s">
+        <v>452</v>
+      </c>
+      <c r="M162" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="N162" s="5">
+        <v>45931.0</v>
+      </c>
+      <c r="O162" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="163" spans="1:17">
+      <c r="A163" t="s">
+        <v>32</v>
+      </c>
+      <c r="B163" t="s">
+        <v>33</v>
+      </c>
+      <c r="C163" t="s">
+        <v>227</v>
+      </c>
+      <c r="D163" t="s">
+        <v>343</v>
+      </c>
+      <c r="E163" t="s">
+        <v>233</v>
+      </c>
+      <c r="F163" t="s">
+        <v>50</v>
+      </c>
+      <c r="G163" t="s">
         <v>352</v>
       </c>
-      <c r="I161" t="s">
-[...16 lines deleted...]
-        <v>373</v>
+      <c r="H163" t="s">
+        <v>353</v>
+      </c>
+      <c r="I163" t="s">
+        <v>449</v>
+      </c>
+      <c r="J163" t="s">
+        <v>450</v>
+      </c>
+      <c r="K163" t="s">
+        <v>451</v>
+      </c>
+      <c r="L163" t="s">
+        <v>452</v>
+      </c>
+      <c r="M163" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="N163" s="5">
+        <v>45931.0</v>
+      </c>
+      <c r="O163" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="164" spans="1:17">
+      <c r="A164" t="s">
+        <v>32</v>
+      </c>
+      <c r="B164" t="s">
+        <v>33</v>
+      </c>
+      <c r="C164" t="s">
+        <v>227</v>
+      </c>
+      <c r="D164" t="s">
+        <v>343</v>
+      </c>
+      <c r="E164" t="s">
+        <v>233</v>
+      </c>
+      <c r="F164" t="s">
+        <v>50</v>
+      </c>
+      <c r="G164" t="s">
+        <v>344</v>
+      </c>
+      <c r="H164" t="s">
+        <v>193</v>
+      </c>
+      <c r="I164" t="s">
+        <v>482</v>
+      </c>
+      <c r="J164" t="s">
+        <v>483</v>
+      </c>
+      <c r="K164" t="s">
+        <v>459</v>
+      </c>
+      <c r="L164" t="s">
+        <v>460</v>
+      </c>
+      <c r="M164" s="5" t="s">
+        <v>349</v>
+      </c>
+      <c r="N164" s="5"/>
+      <c r="O164" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="165" spans="1:17">
+      <c r="A165" t="s">
+        <v>32</v>
+      </c>
+      <c r="B165" t="s">
+        <v>33</v>
+      </c>
+      <c r="C165" t="s">
+        <v>227</v>
+      </c>
+      <c r="D165" t="s">
+        <v>343</v>
+      </c>
+      <c r="E165" t="s">
+        <v>233</v>
+      </c>
+      <c r="F165" t="s">
+        <v>50</v>
+      </c>
+      <c r="G165" t="s">
+        <v>352</v>
+      </c>
+      <c r="H165" t="s">
+        <v>353</v>
+      </c>
+      <c r="I165" t="s">
+        <v>482</v>
+      </c>
+      <c r="J165" t="s">
+        <v>483</v>
+      </c>
+      <c r="K165" t="s">
+        <v>459</v>
+      </c>
+      <c r="L165" t="s">
+        <v>460</v>
+      </c>
+      <c r="M165" s="5" t="s">
+        <v>349</v>
+      </c>
+      <c r="N165" s="5"/>
+      <c r="O165" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="166" spans="1:17">
+      <c r="A166" t="s">
+        <v>32</v>
+      </c>
+      <c r="B166" t="s">
+        <v>33</v>
+      </c>
+      <c r="C166" t="s">
+        <v>227</v>
+      </c>
+      <c r="D166" t="s">
+        <v>343</v>
+      </c>
+      <c r="E166" t="s">
+        <v>233</v>
+      </c>
+      <c r="F166" t="s">
+        <v>50</v>
+      </c>
+      <c r="G166" t="s">
+        <v>344</v>
+      </c>
+      <c r="H166" t="s">
+        <v>193</v>
+      </c>
+      <c r="I166" t="s">
+        <v>484</v>
+      </c>
+      <c r="J166" t="s">
+        <v>485</v>
+      </c>
+      <c r="K166" t="s">
+        <v>486</v>
+      </c>
+      <c r="L166" t="s">
+        <v>487</v>
+      </c>
+      <c r="M166" s="5" t="s">
+        <v>349</v>
+      </c>
+      <c r="N166" s="5"/>
+      <c r="O166" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="167" spans="1:17">
+      <c r="A167" t="s">
+        <v>32</v>
+      </c>
+      <c r="B167" t="s">
+        <v>33</v>
+      </c>
+      <c r="C167" t="s">
+        <v>227</v>
+      </c>
+      <c r="D167" t="s">
+        <v>343</v>
+      </c>
+      <c r="E167" t="s">
+        <v>233</v>
+      </c>
+      <c r="F167" t="s">
+        <v>50</v>
+      </c>
+      <c r="G167" t="s">
+        <v>352</v>
+      </c>
+      <c r="H167" t="s">
+        <v>353</v>
+      </c>
+      <c r="I167" t="s">
+        <v>484</v>
+      </c>
+      <c r="J167" t="s">
+        <v>485</v>
+      </c>
+      <c r="K167" t="s">
+        <v>486</v>
+      </c>
+      <c r="L167" t="s">
+        <v>487</v>
+      </c>
+      <c r="M167" s="5" t="s">
+        <v>349</v>
+      </c>
+      <c r="N167" s="5"/>
+      <c r="O167" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="168" spans="1:17">
+      <c r="A168" t="s">
+        <v>32</v>
+      </c>
+      <c r="B168" t="s">
+        <v>33</v>
+      </c>
+      <c r="C168" t="s">
+        <v>227</v>
+      </c>
+      <c r="D168" t="s">
+        <v>343</v>
+      </c>
+      <c r="E168" t="s">
+        <v>233</v>
+      </c>
+      <c r="F168" t="s">
+        <v>50</v>
+      </c>
+      <c r="G168" t="s">
+        <v>344</v>
+      </c>
+      <c r="H168" t="s">
+        <v>193</v>
+      </c>
+      <c r="I168" t="s">
+        <v>488</v>
+      </c>
+      <c r="J168" t="s">
+        <v>489</v>
+      </c>
+      <c r="K168" t="s">
+        <v>490</v>
+      </c>
+      <c r="L168" t="s">
+        <v>491</v>
+      </c>
+      <c r="M168" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="N168" s="5">
+        <v>45966.0</v>
+      </c>
+      <c r="O168" t="s">
+        <v>350</v>
+      </c>
+      <c r="P168" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="169" spans="1:17">
+      <c r="A169" t="s">
+        <v>32</v>
+      </c>
+      <c r="B169" t="s">
+        <v>33</v>
+      </c>
+      <c r="C169" t="s">
+        <v>227</v>
+      </c>
+      <c r="D169" t="s">
+        <v>343</v>
+      </c>
+      <c r="E169" t="s">
+        <v>233</v>
+      </c>
+      <c r="F169" t="s">
+        <v>50</v>
+      </c>
+      <c r="G169" t="s">
+        <v>352</v>
+      </c>
+      <c r="H169" t="s">
+        <v>353</v>
+      </c>
+      <c r="I169" t="s">
+        <v>488</v>
+      </c>
+      <c r="J169" t="s">
+        <v>489</v>
+      </c>
+      <c r="K169" t="s">
+        <v>490</v>
+      </c>
+      <c r="L169" t="s">
+        <v>491</v>
+      </c>
+      <c r="M169" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="N169" s="5">
+        <v>45966.0</v>
+      </c>
+      <c r="O169" t="s">
+        <v>350</v>
+      </c>
+      <c r="P169" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="170" spans="1:17">
+      <c r="A170" t="s">
+        <v>32</v>
+      </c>
+      <c r="B170" t="s">
+        <v>33</v>
+      </c>
+      <c r="C170" t="s">
+        <v>227</v>
+      </c>
+      <c r="D170" t="s">
+        <v>343</v>
+      </c>
+      <c r="E170" t="s">
+        <v>233</v>
+      </c>
+      <c r="F170" t="s">
+        <v>50</v>
+      </c>
+      <c r="G170" t="s">
+        <v>344</v>
+      </c>
+      <c r="H170" t="s">
+        <v>193</v>
+      </c>
+      <c r="I170" t="s">
+        <v>493</v>
+      </c>
+      <c r="J170" t="s">
+        <v>494</v>
+      </c>
+      <c r="K170" t="s">
+        <v>495</v>
+      </c>
+      <c r="L170" t="s">
+        <v>496</v>
+      </c>
+      <c r="M170" s="5" t="s">
+        <v>349</v>
+      </c>
+      <c r="N170" s="5"/>
+      <c r="O170" t="s">
+        <v>350</v>
+      </c>
+      <c r="P170" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="171" spans="1:17">
+      <c r="A171" t="s">
+        <v>32</v>
+      </c>
+      <c r="B171" t="s">
+        <v>33</v>
+      </c>
+      <c r="C171" t="s">
+        <v>227</v>
+      </c>
+      <c r="D171" t="s">
+        <v>343</v>
+      </c>
+      <c r="E171" t="s">
+        <v>233</v>
+      </c>
+      <c r="F171" t="s">
+        <v>50</v>
+      </c>
+      <c r="G171" t="s">
+        <v>352</v>
+      </c>
+      <c r="H171" t="s">
+        <v>353</v>
+      </c>
+      <c r="I171" t="s">
+        <v>493</v>
+      </c>
+      <c r="J171" t="s">
+        <v>494</v>
+      </c>
+      <c r="K171" t="s">
+        <v>495</v>
+      </c>
+      <c r="L171" t="s">
+        <v>496</v>
+      </c>
+      <c r="M171" s="5" t="s">
+        <v>349</v>
+      </c>
+      <c r="N171" s="5"/>
+      <c r="O171" t="s">
+        <v>350</v>
+      </c>
+      <c r="P171" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="172" spans="1:17">
+      <c r="A172" t="s">
+        <v>32</v>
+      </c>
+      <c r="B172" t="s">
+        <v>33</v>
+      </c>
+      <c r="C172" t="s">
+        <v>227</v>
+      </c>
+      <c r="D172" t="s">
+        <v>343</v>
+      </c>
+      <c r="E172" t="s">
+        <v>233</v>
+      </c>
+      <c r="F172" t="s">
+        <v>50</v>
+      </c>
+      <c r="G172" t="s">
+        <v>344</v>
+      </c>
+      <c r="H172" t="s">
+        <v>193</v>
+      </c>
+      <c r="I172" t="s">
+        <v>497</v>
+      </c>
+      <c r="J172" t="s">
+        <v>498</v>
+      </c>
+      <c r="K172" t="s">
+        <v>499</v>
+      </c>
+      <c r="L172" t="s">
+        <v>500</v>
+      </c>
+      <c r="M172" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="N172" s="5">
+        <v>45957.0</v>
+      </c>
+      <c r="O172" t="s">
+        <v>350</v>
+      </c>
+      <c r="P172" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="173" spans="1:17">
+      <c r="A173" t="s">
+        <v>32</v>
+      </c>
+      <c r="B173" t="s">
+        <v>33</v>
+      </c>
+      <c r="C173" t="s">
+        <v>227</v>
+      </c>
+      <c r="D173" t="s">
+        <v>343</v>
+      </c>
+      <c r="E173" t="s">
+        <v>233</v>
+      </c>
+      <c r="F173" t="s">
+        <v>50</v>
+      </c>
+      <c r="G173" t="s">
+        <v>352</v>
+      </c>
+      <c r="H173" t="s">
+        <v>353</v>
+      </c>
+      <c r="I173" t="s">
+        <v>497</v>
+      </c>
+      <c r="J173" t="s">
+        <v>498</v>
+      </c>
+      <c r="K173" t="s">
+        <v>499</v>
+      </c>
+      <c r="L173" t="s">
+        <v>500</v>
+      </c>
+      <c r="M173" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="N173" s="5">
+        <v>45957.0</v>
+      </c>
+      <c r="O173" t="s">
+        <v>350</v>
+      </c>
+      <c r="P173" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="174" spans="1:17">
+      <c r="A174" t="s">
+        <v>32</v>
+      </c>
+      <c r="B174" t="s">
+        <v>33</v>
+      </c>
+      <c r="C174" t="s">
+        <v>227</v>
+      </c>
+      <c r="D174" t="s">
+        <v>343</v>
+      </c>
+      <c r="E174" t="s">
+        <v>233</v>
+      </c>
+      <c r="F174" t="s">
+        <v>50</v>
+      </c>
+      <c r="G174" t="s">
+        <v>344</v>
+      </c>
+      <c r="H174" t="s">
+        <v>193</v>
+      </c>
+      <c r="I174" t="s">
+        <v>502</v>
+      </c>
+      <c r="J174" t="s">
+        <v>503</v>
+      </c>
+      <c r="K174" t="s">
+        <v>504</v>
+      </c>
+      <c r="L174" t="s">
+        <v>505</v>
+      </c>
+      <c r="M174" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="N174" s="5">
+        <v>45957.0</v>
+      </c>
+      <c r="O174" t="s">
+        <v>350</v>
+      </c>
+      <c r="P174" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="175" spans="1:17">
+      <c r="A175" t="s">
+        <v>32</v>
+      </c>
+      <c r="B175" t="s">
+        <v>33</v>
+      </c>
+      <c r="C175" t="s">
+        <v>227</v>
+      </c>
+      <c r="D175" t="s">
+        <v>343</v>
+      </c>
+      <c r="E175" t="s">
+        <v>233</v>
+      </c>
+      <c r="F175" t="s">
+        <v>50</v>
+      </c>
+      <c r="G175" t="s">
+        <v>352</v>
+      </c>
+      <c r="H175" t="s">
+        <v>353</v>
+      </c>
+      <c r="I175" t="s">
+        <v>502</v>
+      </c>
+      <c r="J175" t="s">
+        <v>503</v>
+      </c>
+      <c r="K175" t="s">
+        <v>504</v>
+      </c>
+      <c r="L175" t="s">
+        <v>505</v>
+      </c>
+      <c r="M175" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="N175" s="5">
+        <v>45957.0</v>
+      </c>
+      <c r="O175" t="s">
+        <v>350</v>
+      </c>
+      <c r="P175" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="176" spans="1:17">
+      <c r="A176" t="s">
+        <v>32</v>
+      </c>
+      <c r="B176" t="s">
+        <v>33</v>
+      </c>
+      <c r="C176" t="s">
+        <v>227</v>
+      </c>
+      <c r="D176" t="s">
+        <v>343</v>
+      </c>
+      <c r="E176" t="s">
+        <v>233</v>
+      </c>
+      <c r="F176" t="s">
+        <v>50</v>
+      </c>
+      <c r="G176" t="s">
+        <v>344</v>
+      </c>
+      <c r="H176" t="s">
+        <v>193</v>
+      </c>
+      <c r="I176" t="s">
+        <v>506</v>
+      </c>
+      <c r="J176" t="s">
+        <v>507</v>
+      </c>
+      <c r="K176" t="s">
+        <v>508</v>
+      </c>
+      <c r="L176" t="s">
+        <v>509</v>
+      </c>
+      <c r="M176" s="5" t="s">
+        <v>349</v>
+      </c>
+      <c r="N176" s="5"/>
+      <c r="O176" t="s">
+        <v>350</v>
+      </c>
+      <c r="P176" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="177" spans="1:17">
+      <c r="A177" t="s">
+        <v>32</v>
+      </c>
+      <c r="B177" t="s">
+        <v>33</v>
+      </c>
+      <c r="C177" t="s">
+        <v>227</v>
+      </c>
+      <c r="D177" t="s">
+        <v>343</v>
+      </c>
+      <c r="E177" t="s">
+        <v>233</v>
+      </c>
+      <c r="F177" t="s">
+        <v>50</v>
+      </c>
+      <c r="G177" t="s">
+        <v>352</v>
+      </c>
+      <c r="H177" t="s">
+        <v>353</v>
+      </c>
+      <c r="I177" t="s">
+        <v>506</v>
+      </c>
+      <c r="J177" t="s">
+        <v>507</v>
+      </c>
+      <c r="K177" t="s">
+        <v>508</v>
+      </c>
+      <c r="L177" t="s">
+        <v>509</v>
+      </c>
+      <c r="M177" s="5" t="s">
+        <v>349</v>
+      </c>
+      <c r="N177" s="5"/>
+      <c r="O177" t="s">
+        <v>350</v>
+      </c>
+      <c r="P177" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="178" spans="1:17">
+      <c r="A178" t="s">
+        <v>32</v>
+      </c>
+      <c r="B178" t="s">
+        <v>33</v>
+      </c>
+      <c r="C178" t="s">
+        <v>227</v>
+      </c>
+      <c r="D178" t="s">
+        <v>343</v>
+      </c>
+      <c r="E178" t="s">
+        <v>233</v>
+      </c>
+      <c r="F178" t="s">
+        <v>50</v>
+      </c>
+      <c r="G178" t="s">
+        <v>344</v>
+      </c>
+      <c r="H178" t="s">
+        <v>193</v>
+      </c>
+      <c r="I178" t="s">
+        <v>510</v>
+      </c>
+      <c r="J178" t="s">
+        <v>511</v>
+      </c>
+      <c r="K178" t="s">
+        <v>512</v>
+      </c>
+      <c r="L178" t="s">
+        <v>513</v>
+      </c>
+      <c r="M178" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="N178" s="5">
+        <v>45966.0</v>
+      </c>
+      <c r="O178" t="s">
+        <v>350</v>
+      </c>
+      <c r="P178" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="179" spans="1:17">
+      <c r="A179" t="s">
+        <v>32</v>
+      </c>
+      <c r="B179" t="s">
+        <v>33</v>
+      </c>
+      <c r="C179" t="s">
+        <v>227</v>
+      </c>
+      <c r="D179" t="s">
+        <v>343</v>
+      </c>
+      <c r="E179" t="s">
+        <v>233</v>
+      </c>
+      <c r="F179" t="s">
+        <v>50</v>
+      </c>
+      <c r="G179" t="s">
+        <v>352</v>
+      </c>
+      <c r="H179" t="s">
+        <v>353</v>
+      </c>
+      <c r="I179" t="s">
+        <v>510</v>
+      </c>
+      <c r="J179" t="s">
+        <v>511</v>
+      </c>
+      <c r="K179" t="s">
+        <v>512</v>
+      </c>
+      <c r="L179" t="s">
+        <v>513</v>
+      </c>
+      <c r="M179" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="N179" s="5">
+        <v>45966.0</v>
+      </c>
+      <c r="O179" t="s">
+        <v>350</v>
+      </c>
+      <c r="P179" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="180" spans="1:17">
+      <c r="A180" t="s">
+        <v>32</v>
+      </c>
+      <c r="B180" t="s">
+        <v>33</v>
+      </c>
+      <c r="C180" t="s">
+        <v>227</v>
+      </c>
+      <c r="D180" t="s">
+        <v>343</v>
+      </c>
+      <c r="E180" t="s">
+        <v>233</v>
+      </c>
+      <c r="F180" t="s">
+        <v>50</v>
+      </c>
+      <c r="G180" t="s">
+        <v>344</v>
+      </c>
+      <c r="H180" t="s">
+        <v>193</v>
+      </c>
+      <c r="I180" t="s">
+        <v>514</v>
+      </c>
+      <c r="J180" t="s">
+        <v>515</v>
+      </c>
+      <c r="K180" t="s">
+        <v>516</v>
+      </c>
+      <c r="L180" t="s">
+        <v>517</v>
+      </c>
+      <c r="M180" s="5" t="s">
+        <v>349</v>
+      </c>
+      <c r="N180" s="5"/>
+      <c r="O180" t="s">
+        <v>350</v>
+      </c>
+      <c r="P180" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="181" spans="1:17">
+      <c r="A181" t="s">
+        <v>32</v>
+      </c>
+      <c r="B181" t="s">
+        <v>33</v>
+      </c>
+      <c r="C181" t="s">
+        <v>227</v>
+      </c>
+      <c r="D181" t="s">
+        <v>343</v>
+      </c>
+      <c r="E181" t="s">
+        <v>233</v>
+      </c>
+      <c r="F181" t="s">
+        <v>50</v>
+      </c>
+      <c r="G181" t="s">
+        <v>352</v>
+      </c>
+      <c r="H181" t="s">
+        <v>353</v>
+      </c>
+      <c r="I181" t="s">
+        <v>514</v>
+      </c>
+      <c r="J181" t="s">
+        <v>515</v>
+      </c>
+      <c r="K181" t="s">
+        <v>516</v>
+      </c>
+      <c r="L181" t="s">
+        <v>517</v>
+      </c>
+      <c r="M181" s="5" t="s">
+        <v>349</v>
+      </c>
+      <c r="N181" s="5"/>
+      <c r="O181" t="s">
+        <v>350</v>
+      </c>
+      <c r="P181" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="182" spans="1:17">
+      <c r="A182" t="s">
+        <v>32</v>
+      </c>
+      <c r="B182" t="s">
+        <v>33</v>
+      </c>
+      <c r="C182" t="s">
+        <v>227</v>
+      </c>
+      <c r="D182" t="s">
+        <v>343</v>
+      </c>
+      <c r="E182" t="s">
+        <v>233</v>
+      </c>
+      <c r="F182" t="s">
+        <v>50</v>
+      </c>
+      <c r="G182" t="s">
+        <v>344</v>
+      </c>
+      <c r="H182" t="s">
+        <v>193</v>
+      </c>
+      <c r="I182" t="s">
+        <v>518</v>
+      </c>
+      <c r="J182" t="s">
+        <v>519</v>
+      </c>
+      <c r="K182" t="s">
+        <v>520</v>
+      </c>
+      <c r="L182" t="s">
+        <v>521</v>
+      </c>
+      <c r="M182" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="N182" s="5">
+        <v>45971.0</v>
+      </c>
+      <c r="O182" t="s">
+        <v>350</v>
+      </c>
+      <c r="P182" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="183" spans="1:17">
+      <c r="A183" t="s">
+        <v>32</v>
+      </c>
+      <c r="B183" t="s">
+        <v>33</v>
+      </c>
+      <c r="C183" t="s">
+        <v>227</v>
+      </c>
+      <c r="D183" t="s">
+        <v>343</v>
+      </c>
+      <c r="E183" t="s">
+        <v>233</v>
+      </c>
+      <c r="F183" t="s">
+        <v>50</v>
+      </c>
+      <c r="G183" t="s">
+        <v>352</v>
+      </c>
+      <c r="H183" t="s">
+        <v>353</v>
+      </c>
+      <c r="I183" t="s">
+        <v>518</v>
+      </c>
+      <c r="J183" t="s">
+        <v>519</v>
+      </c>
+      <c r="K183" t="s">
+        <v>520</v>
+      </c>
+      <c r="L183" t="s">
+        <v>521</v>
+      </c>
+      <c r="M183" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="N183" s="5">
+        <v>45971.0</v>
+      </c>
+      <c r="O183" t="s">
+        <v>350</v>
+      </c>
+      <c r="P183" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="184" spans="1:17">
+      <c r="A184" t="s">
+        <v>32</v>
+      </c>
+      <c r="B184" t="s">
+        <v>33</v>
+      </c>
+      <c r="C184" t="s">
+        <v>227</v>
+      </c>
+      <c r="D184" t="s">
+        <v>343</v>
+      </c>
+      <c r="E184" t="s">
+        <v>233</v>
+      </c>
+      <c r="F184" t="s">
+        <v>50</v>
+      </c>
+      <c r="G184" t="s">
+        <v>344</v>
+      </c>
+      <c r="H184" t="s">
+        <v>193</v>
+      </c>
+      <c r="I184" t="s">
+        <v>522</v>
+      </c>
+      <c r="J184" t="s">
+        <v>523</v>
+      </c>
+      <c r="K184" t="s">
+        <v>524</v>
+      </c>
+      <c r="L184" t="s">
+        <v>525</v>
+      </c>
+      <c r="M184" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N184" s="5"/>
+      <c r="O184">
+        <v>45957.0</v>
+      </c>
+      <c r="P184" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="185" spans="1:17">
+      <c r="A185" t="s">
+        <v>32</v>
+      </c>
+      <c r="B185" t="s">
+        <v>33</v>
+      </c>
+      <c r="C185" t="s">
+        <v>227</v>
+      </c>
+      <c r="D185" t="s">
+        <v>343</v>
+      </c>
+      <c r="E185" t="s">
+        <v>233</v>
+      </c>
+      <c r="F185" t="s">
+        <v>50</v>
+      </c>
+      <c r="G185" t="s">
+        <v>352</v>
+      </c>
+      <c r="H185" t="s">
+        <v>353</v>
+      </c>
+      <c r="I185" t="s">
+        <v>522</v>
+      </c>
+      <c r="J185" t="s">
+        <v>523</v>
+      </c>
+      <c r="K185" t="s">
+        <v>524</v>
+      </c>
+      <c r="L185" t="s">
+        <v>525</v>
+      </c>
+      <c r="M185" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N185" s="5"/>
+      <c r="O185">
+        <v>45957.0</v>
+      </c>
+      <c r="P185" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="186" spans="1:17">
+      <c r="A186" t="s">
+        <v>32</v>
+      </c>
+      <c r="B186" t="s">
+        <v>33</v>
+      </c>
+      <c r="C186" t="s">
+        <v>227</v>
+      </c>
+      <c r="D186" t="s">
+        <v>343</v>
+      </c>
+      <c r="E186" t="s">
+        <v>233</v>
+      </c>
+      <c r="F186" t="s">
+        <v>50</v>
+      </c>
+      <c r="G186" t="s">
+        <v>344</v>
+      </c>
+      <c r="H186" t="s">
+        <v>193</v>
+      </c>
+      <c r="I186" t="s">
+        <v>522</v>
+      </c>
+      <c r="J186" t="s">
+        <v>523</v>
+      </c>
+      <c r="K186" t="s">
+        <v>527</v>
+      </c>
+      <c r="L186" t="s">
+        <v>528</v>
+      </c>
+      <c r="M186" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N186" s="5"/>
+      <c r="O186">
+        <v>45957.0</v>
+      </c>
+      <c r="P186" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="187" spans="1:17">
+      <c r="A187" t="s">
+        <v>32</v>
+      </c>
+      <c r="B187" t="s">
+        <v>33</v>
+      </c>
+      <c r="C187" t="s">
+        <v>227</v>
+      </c>
+      <c r="D187" t="s">
+        <v>343</v>
+      </c>
+      <c r="E187" t="s">
+        <v>233</v>
+      </c>
+      <c r="F187" t="s">
+        <v>50</v>
+      </c>
+      <c r="G187" t="s">
+        <v>352</v>
+      </c>
+      <c r="H187" t="s">
+        <v>353</v>
+      </c>
+      <c r="I187" t="s">
+        <v>522</v>
+      </c>
+      <c r="J187" t="s">
+        <v>523</v>
+      </c>
+      <c r="K187" t="s">
+        <v>527</v>
+      </c>
+      <c r="L187" t="s">
+        <v>528</v>
+      </c>
+      <c r="M187" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N187" s="5"/>
+      <c r="O187">
+        <v>45957.0</v>
+      </c>
+      <c r="P187" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="188" spans="1:17">
+      <c r="A188" t="s">
+        <v>32</v>
+      </c>
+      <c r="B188" t="s">
+        <v>33</v>
+      </c>
+      <c r="C188" t="s">
+        <v>227</v>
+      </c>
+      <c r="D188" t="s">
+        <v>343</v>
+      </c>
+      <c r="E188" t="s">
+        <v>233</v>
+      </c>
+      <c r="F188" t="s">
+        <v>50</v>
+      </c>
+      <c r="G188" t="s">
+        <v>344</v>
+      </c>
+      <c r="H188" t="s">
+        <v>193</v>
+      </c>
+      <c r="I188" t="s">
+        <v>522</v>
+      </c>
+      <c r="J188" t="s">
+        <v>523</v>
+      </c>
+      <c r="K188" t="s">
+        <v>530</v>
+      </c>
+      <c r="L188" t="s">
+        <v>531</v>
+      </c>
+      <c r="M188" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N188" s="5"/>
+      <c r="O188">
+        <v>45957.0</v>
+      </c>
+      <c r="P188" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="189" spans="1:17">
+      <c r="A189" t="s">
+        <v>32</v>
+      </c>
+      <c r="B189" t="s">
+        <v>33</v>
+      </c>
+      <c r="C189" t="s">
+        <v>227</v>
+      </c>
+      <c r="D189" t="s">
+        <v>343</v>
+      </c>
+      <c r="E189" t="s">
+        <v>233</v>
+      </c>
+      <c r="F189" t="s">
+        <v>50</v>
+      </c>
+      <c r="G189" t="s">
+        <v>352</v>
+      </c>
+      <c r="H189" t="s">
+        <v>353</v>
+      </c>
+      <c r="I189" t="s">
+        <v>522</v>
+      </c>
+      <c r="J189" t="s">
+        <v>523</v>
+      </c>
+      <c r="K189" t="s">
+        <v>530</v>
+      </c>
+      <c r="L189" t="s">
+        <v>531</v>
+      </c>
+      <c r="M189" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N189" s="5"/>
+      <c r="O189">
+        <v>45957.0</v>
+      </c>
+      <c r="P189" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="190" spans="1:17">
+      <c r="A190" t="s">
+        <v>32</v>
+      </c>
+      <c r="B190" t="s">
+        <v>33</v>
+      </c>
+      <c r="C190" t="s">
+        <v>227</v>
+      </c>
+      <c r="D190" t="s">
+        <v>343</v>
+      </c>
+      <c r="E190" t="s">
+        <v>233</v>
+      </c>
+      <c r="F190" t="s">
+        <v>50</v>
+      </c>
+      <c r="G190" t="s">
+        <v>344</v>
+      </c>
+      <c r="H190" t="s">
+        <v>193</v>
+      </c>
+      <c r="I190" t="s">
+        <v>532</v>
+      </c>
+      <c r="J190" t="s">
+        <v>533</v>
+      </c>
+      <c r="K190" t="s">
+        <v>534</v>
+      </c>
+      <c r="L190" t="s">
+        <v>535</v>
+      </c>
+      <c r="M190" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="N190" s="5">
+        <v>45978.0</v>
+      </c>
+      <c r="O190" t="s">
+        <v>350</v>
+      </c>
+      <c r="P190" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="191" spans="1:17">
+      <c r="A191" t="s">
+        <v>32</v>
+      </c>
+      <c r="B191" t="s">
+        <v>33</v>
+      </c>
+      <c r="C191" t="s">
+        <v>227</v>
+      </c>
+      <c r="D191" t="s">
+        <v>343</v>
+      </c>
+      <c r="E191" t="s">
+        <v>233</v>
+      </c>
+      <c r="F191" t="s">
+        <v>50</v>
+      </c>
+      <c r="G191" t="s">
+        <v>352</v>
+      </c>
+      <c r="H191" t="s">
+        <v>353</v>
+      </c>
+      <c r="I191" t="s">
+        <v>532</v>
+      </c>
+      <c r="J191" t="s">
+        <v>533</v>
+      </c>
+      <c r="K191" t="s">
+        <v>534</v>
+      </c>
+      <c r="L191" t="s">
+        <v>535</v>
+      </c>
+      <c r="M191" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="N191" s="5">
+        <v>45978.0</v>
+      </c>
+      <c r="O191" t="s">
+        <v>350</v>
+      </c>
+      <c r="P191" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="192" spans="1:17">
+      <c r="A192" t="s">
+        <v>32</v>
+      </c>
+      <c r="B192" t="s">
+        <v>33</v>
+      </c>
+      <c r="C192" t="s">
+        <v>227</v>
+      </c>
+      <c r="D192" t="s">
+        <v>343</v>
+      </c>
+      <c r="E192" t="s">
+        <v>233</v>
+      </c>
+      <c r="F192" t="s">
+        <v>50</v>
+      </c>
+      <c r="G192" t="s">
+        <v>344</v>
+      </c>
+      <c r="H192" t="s">
+        <v>193</v>
+      </c>
+      <c r="I192" t="s">
+        <v>536</v>
+      </c>
+      <c r="J192" t="s">
+        <v>537</v>
+      </c>
+      <c r="K192" t="s">
+        <v>538</v>
+      </c>
+      <c r="L192" t="s">
+        <v>539</v>
+      </c>
+      <c r="M192" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="N192" s="5">
+        <v>45966.0</v>
+      </c>
+      <c r="O192" t="s">
+        <v>350</v>
+      </c>
+      <c r="P192" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="193" spans="1:17">
+      <c r="A193" t="s">
+        <v>32</v>
+      </c>
+      <c r="B193" t="s">
+        <v>33</v>
+      </c>
+      <c r="C193" t="s">
+        <v>227</v>
+      </c>
+      <c r="D193" t="s">
+        <v>343</v>
+      </c>
+      <c r="E193" t="s">
+        <v>233</v>
+      </c>
+      <c r="F193" t="s">
+        <v>50</v>
+      </c>
+      <c r="G193" t="s">
+        <v>352</v>
+      </c>
+      <c r="H193" t="s">
+        <v>353</v>
+      </c>
+      <c r="I193" t="s">
+        <v>536</v>
+      </c>
+      <c r="J193" t="s">
+        <v>537</v>
+      </c>
+      <c r="K193" t="s">
+        <v>538</v>
+      </c>
+      <c r="L193" t="s">
+        <v>539</v>
+      </c>
+      <c r="M193" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="N193" s="5">
+        <v>45966.0</v>
+      </c>
+      <c r="O193" t="s">
+        <v>350</v>
+      </c>
+      <c r="P193" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="194" spans="1:17">
+      <c r="A194" t="s">
+        <v>32</v>
+      </c>
+      <c r="B194" t="s">
+        <v>33</v>
+      </c>
+      <c r="C194" t="s">
+        <v>227</v>
+      </c>
+      <c r="D194" t="s">
+        <v>343</v>
+      </c>
+      <c r="E194" t="s">
+        <v>233</v>
+      </c>
+      <c r="F194" t="s">
+        <v>50</v>
+      </c>
+      <c r="G194" t="s">
+        <v>344</v>
+      </c>
+      <c r="H194" t="s">
+        <v>193</v>
+      </c>
+      <c r="I194" t="s">
+        <v>540</v>
+      </c>
+      <c r="J194" t="s">
+        <v>541</v>
+      </c>
+      <c r="K194" t="s">
+        <v>542</v>
+      </c>
+      <c r="L194" t="s">
+        <v>543</v>
+      </c>
+      <c r="M194" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N194" s="5">
+        <v>45957.0</v>
+      </c>
+      <c r="O194">
+        <v>45966.0</v>
+      </c>
+      <c r="P194" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="195" spans="1:17">
+      <c r="A195" t="s">
+        <v>32</v>
+      </c>
+      <c r="B195" t="s">
+        <v>33</v>
+      </c>
+      <c r="C195" t="s">
+        <v>227</v>
+      </c>
+      <c r="D195" t="s">
+        <v>343</v>
+      </c>
+      <c r="E195" t="s">
+        <v>233</v>
+      </c>
+      <c r="F195" t="s">
+        <v>50</v>
+      </c>
+      <c r="G195" t="s">
+        <v>352</v>
+      </c>
+      <c r="H195" t="s">
+        <v>353</v>
+      </c>
+      <c r="I195" t="s">
+        <v>540</v>
+      </c>
+      <c r="J195" t="s">
+        <v>541</v>
+      </c>
+      <c r="K195" t="s">
+        <v>542</v>
+      </c>
+      <c r="L195" t="s">
+        <v>543</v>
+      </c>
+      <c r="M195" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="N195" s="5">
+        <v>45957.0</v>
+      </c>
+      <c r="O195">
+        <v>45966.0</v>
+      </c>
+      <c r="P195" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="196" spans="1:17">
+      <c r="A196" t="s">
+        <v>32</v>
+      </c>
+      <c r="B196" t="s">
+        <v>33</v>
+      </c>
+      <c r="C196" t="s">
+        <v>227</v>
+      </c>
+      <c r="D196" t="s">
+        <v>343</v>
+      </c>
+      <c r="E196" t="s">
+        <v>233</v>
+      </c>
+      <c r="F196" t="s">
+        <v>50</v>
+      </c>
+      <c r="G196" t="s">
+        <v>344</v>
+      </c>
+      <c r="H196" t="s">
+        <v>193</v>
+      </c>
+      <c r="I196" t="s">
+        <v>544</v>
+      </c>
+      <c r="J196" t="s">
+        <v>545</v>
+      </c>
+      <c r="K196" t="s">
+        <v>546</v>
+      </c>
+      <c r="L196" t="s">
+        <v>547</v>
+      </c>
+      <c r="M196" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="N196" s="5">
+        <v>45957.0</v>
+      </c>
+      <c r="O196" t="s">
+        <v>350</v>
+      </c>
+      <c r="P196" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="197" spans="1:17">
+      <c r="A197" t="s">
+        <v>32</v>
+      </c>
+      <c r="B197" t="s">
+        <v>33</v>
+      </c>
+      <c r="C197" t="s">
+        <v>227</v>
+      </c>
+      <c r="D197" t="s">
+        <v>343</v>
+      </c>
+      <c r="E197" t="s">
+        <v>233</v>
+      </c>
+      <c r="F197" t="s">
+        <v>50</v>
+      </c>
+      <c r="G197" t="s">
+        <v>352</v>
+      </c>
+      <c r="H197" t="s">
+        <v>353</v>
+      </c>
+      <c r="I197" t="s">
+        <v>544</v>
+      </c>
+      <c r="J197" t="s">
+        <v>545</v>
+      </c>
+      <c r="K197" t="s">
+        <v>546</v>
+      </c>
+      <c r="L197" t="s">
+        <v>547</v>
+      </c>
+      <c r="M197" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="N197" s="5">
+        <v>45957.0</v>
+      </c>
+      <c r="O197" t="s">
+        <v>350</v>
+      </c>
+      <c r="P197" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="198" spans="1:17">
+      <c r="A198" t="s">
+        <v>32</v>
+      </c>
+      <c r="B198" t="s">
+        <v>33</v>
+      </c>
+      <c r="C198" t="s">
+        <v>227</v>
+      </c>
+      <c r="D198" t="s">
+        <v>343</v>
+      </c>
+      <c r="E198" t="s">
+        <v>233</v>
+      </c>
+      <c r="F198" t="s">
+        <v>50</v>
+      </c>
+      <c r="G198" t="s">
+        <v>344</v>
+      </c>
+      <c r="H198" t="s">
+        <v>193</v>
+      </c>
+      <c r="I198" t="s">
+        <v>548</v>
+      </c>
+      <c r="J198" t="s">
+        <v>549</v>
+      </c>
+      <c r="K198" t="s">
+        <v>550</v>
+      </c>
+      <c r="L198" t="s">
+        <v>551</v>
+      </c>
+      <c r="M198" s="5" t="s">
+        <v>349</v>
+      </c>
+      <c r="N198" s="5"/>
+      <c r="O198" t="s">
+        <v>350</v>
+      </c>
+      <c r="P198" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="199" spans="1:17">
+      <c r="A199" t="s">
+        <v>32</v>
+      </c>
+      <c r="B199" t="s">
+        <v>33</v>
+      </c>
+      <c r="C199" t="s">
+        <v>227</v>
+      </c>
+      <c r="D199" t="s">
+        <v>343</v>
+      </c>
+      <c r="E199" t="s">
+        <v>233</v>
+      </c>
+      <c r="F199" t="s">
+        <v>50</v>
+      </c>
+      <c r="G199" t="s">
+        <v>352</v>
+      </c>
+      <c r="H199" t="s">
+        <v>353</v>
+      </c>
+      <c r="I199" t="s">
+        <v>548</v>
+      </c>
+      <c r="J199" t="s">
+        <v>549</v>
+      </c>
+      <c r="K199" t="s">
+        <v>550</v>
+      </c>
+      <c r="L199" t="s">
+        <v>551</v>
+      </c>
+      <c r="M199" s="5" t="s">
+        <v>349</v>
+      </c>
+      <c r="N199" s="5"/>
+      <c r="O199" t="s">
+        <v>350</v>
+      </c>
+      <c r="P199" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="200" spans="1:17">
+      <c r="A200" t="s">
+        <v>32</v>
+      </c>
+      <c r="B200" t="s">
+        <v>33</v>
+      </c>
+      <c r="C200" t="s">
+        <v>227</v>
+      </c>
+      <c r="D200" t="s">
+        <v>343</v>
+      </c>
+      <c r="E200" t="s">
+        <v>233</v>
+      </c>
+      <c r="F200" t="s">
+        <v>50</v>
+      </c>
+      <c r="G200" t="s">
+        <v>344</v>
+      </c>
+      <c r="H200" t="s">
+        <v>193</v>
+      </c>
+      <c r="I200" t="s">
+        <v>552</v>
+      </c>
+      <c r="J200" t="s">
+        <v>553</v>
+      </c>
+      <c r="K200" t="s">
+        <v>554</v>
+      </c>
+      <c r="L200" t="s">
+        <v>555</v>
+      </c>
+      <c r="M200" s="5" t="s">
+        <v>349</v>
+      </c>
+      <c r="N200" s="5"/>
+      <c r="O200" t="s">
+        <v>350</v>
+      </c>
+      <c r="P200" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="201" spans="1:17">
+      <c r="A201" t="s">
+        <v>32</v>
+      </c>
+      <c r="B201" t="s">
+        <v>33</v>
+      </c>
+      <c r="C201" t="s">
+        <v>227</v>
+      </c>
+      <c r="D201" t="s">
+        <v>343</v>
+      </c>
+      <c r="E201" t="s">
+        <v>233</v>
+      </c>
+      <c r="F201" t="s">
+        <v>50</v>
+      </c>
+      <c r="G201" t="s">
+        <v>352</v>
+      </c>
+      <c r="H201" t="s">
+        <v>353</v>
+      </c>
+      <c r="I201" t="s">
+        <v>552</v>
+      </c>
+      <c r="J201" t="s">
+        <v>553</v>
+      </c>
+      <c r="K201" t="s">
+        <v>554</v>
+      </c>
+      <c r="L201" t="s">
+        <v>555</v>
+      </c>
+      <c r="M201" s="5" t="s">
+        <v>349</v>
+      </c>
+      <c r="N201" s="5"/>
+      <c r="O201" t="s">
+        <v>350</v>
+      </c>
+      <c r="P201" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="202" spans="1:17">
+      <c r="A202" t="s">
+        <v>32</v>
+      </c>
+      <c r="B202" t="s">
+        <v>33</v>
+      </c>
+      <c r="C202" t="s">
+        <v>227</v>
+      </c>
+      <c r="D202" t="s">
+        <v>343</v>
+      </c>
+      <c r="E202" t="s">
+        <v>233</v>
+      </c>
+      <c r="F202" t="s">
+        <v>50</v>
+      </c>
+      <c r="G202" t="s">
+        <v>344</v>
+      </c>
+      <c r="H202" t="s">
+        <v>193</v>
+      </c>
+      <c r="I202" t="s">
+        <v>556</v>
+      </c>
+      <c r="J202" t="s">
+        <v>557</v>
+      </c>
+      <c r="K202" t="s">
+        <v>558</v>
+      </c>
+      <c r="L202" t="s">
+        <v>559</v>
+      </c>
+      <c r="M202" s="5" t="s">
+        <v>349</v>
+      </c>
+      <c r="N202" s="5"/>
+      <c r="O202" t="s">
+        <v>350</v>
+      </c>
+      <c r="P202" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="203" spans="1:17">
+      <c r="A203" t="s">
+        <v>32</v>
+      </c>
+      <c r="B203" t="s">
+        <v>33</v>
+      </c>
+      <c r="C203" t="s">
+        <v>227</v>
+      </c>
+      <c r="D203" t="s">
+        <v>343</v>
+      </c>
+      <c r="E203" t="s">
+        <v>233</v>
+      </c>
+      <c r="F203" t="s">
+        <v>50</v>
+      </c>
+      <c r="G203" t="s">
+        <v>352</v>
+      </c>
+      <c r="H203" t="s">
+        <v>353</v>
+      </c>
+      <c r="I203" t="s">
+        <v>556</v>
+      </c>
+      <c r="J203" t="s">
+        <v>557</v>
+      </c>
+      <c r="K203" t="s">
+        <v>558</v>
+      </c>
+      <c r="L203" t="s">
+        <v>559</v>
+      </c>
+      <c r="M203" s="5" t="s">
+        <v>349</v>
+      </c>
+      <c r="N203" s="5"/>
+      <c r="O203" t="s">
+        <v>350</v>
+      </c>
+      <c r="P203" t="s">
+        <v>492</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O6"/>
   <sheetViews>
@@ -11583,307 +14487,322 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>59</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>440</v>
+        <v>560</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>441</v>
+        <v>561</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>442</v>
+        <v>562</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>443</v>
+        <v>563</v>
       </c>
       <c r="F1" s="6" t="s">
-        <v>444</v>
+        <v>564</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>445</v>
+        <v>565</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>446</v>
+        <v>566</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>447</v>
+        <v>567</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>448</v>
+        <v>568</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>449</v>
+        <v>569</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>450</v>
+        <v>570</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>451</v>
+        <v>571</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>452</v>
+        <v>572</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>453</v>
+        <v>573</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>454</v>
+        <v>574</v>
       </c>
       <c r="C2" t="s">
-        <v>455</v>
+        <v>575</v>
       </c>
       <c r="D2" t="s">
         <v>59</v>
       </c>
       <c r="E2" t="s">
-        <v>456</v>
+        <v>576</v>
       </c>
       <c r="F2" s="5" t="s">
-        <v>457</v>
+        <v>577</v>
       </c>
       <c r="G2" t="s">
-        <v>458</v>
+        <v>578</v>
       </c>
       <c r="H2" t="s">
         <v>130</v>
       </c>
       <c r="I2" t="s">
-        <v>459</v>
+        <v>579</v>
       </c>
       <c r="J2" t="s">
-        <v>460</v>
+        <v>580</v>
       </c>
       <c r="K2" t="s">
-        <v>461</v>
+        <v>581</v>
       </c>
       <c r="L2" t="s">
-        <v>462</v>
+        <v>582</v>
       </c>
       <c r="M2" t="s">
-        <v>463</v>
+        <v>583</v>
       </c>
       <c r="N2" t="s">
-        <v>464</v>
+        <v>584</v>
       </c>
       <c r="O2" t="s">
-        <v>465</v>
+        <v>585</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>32</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>466</v>
+        <v>586</v>
       </c>
       <c r="C3" t="s">
-        <v>467</v>
+        <v>587</v>
       </c>
       <c r="D3" t="s">
         <v>59</v>
       </c>
       <c r="E3" t="s">
-        <v>456</v>
+        <v>576</v>
       </c>
       <c r="F3" s="5" t="s">
-        <v>468</v>
+        <v>588</v>
       </c>
       <c r="G3" t="s">
-        <v>469</v>
+        <v>589</v>
       </c>
       <c r="H3" t="s">
         <v>130</v>
       </c>
       <c r="I3" t="s">
-        <v>459</v>
+        <v>579</v>
       </c>
       <c r="J3" t="s">
-        <v>470</v>
+        <v>590</v>
       </c>
       <c r="K3" t="s">
-        <v>471</v>
+        <v>591</v>
       </c>
       <c r="L3" t="s">
-        <v>472</v>
+        <v>592</v>
       </c>
       <c r="M3" t="s">
-        <v>473</v>
+        <v>593</v>
       </c>
       <c r="N3" t="s">
-        <v>474</v>
+        <v>594</v>
       </c>
       <c r="O3" t="s">
-        <v>475</v>
+        <v>595</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>32</v>
       </c>
       <c r="B4" s="4" t="s">
-        <v>476</v>
+        <v>596</v>
       </c>
       <c r="C4" t="s">
-        <v>477</v>
+        <v>597</v>
       </c>
       <c r="D4" t="s">
-        <v>478</v>
+        <v>598</v>
       </c>
       <c r="E4" t="s">
-        <v>456</v>
+        <v>576</v>
       </c>
       <c r="F4" s="5" t="s">
-        <v>479</v>
+        <v>599</v>
       </c>
       <c r="G4" t="s">
-        <v>480</v>
+        <v>600</v>
       </c>
       <c r="H4" t="s">
         <v>130</v>
       </c>
       <c r="I4" t="s">
-        <v>481</v>
+        <v>601</v>
       </c>
       <c r="J4" t="s">
-        <v>482</v>
+        <v>602</v>
       </c>
       <c r="K4" t="s">
-        <v>483</v>
+        <v>603</v>
       </c>
       <c r="L4" t="s">
-        <v>484</v>
+        <v>604</v>
       </c>
       <c r="M4" t="s">
-        <v>485</v>
+        <v>605</v>
       </c>
       <c r="N4" t="s">
-        <v>486</v>
+        <v>606</v>
       </c>
       <c r="O4" t="s">
-        <v>487</v>
+        <v>607</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
         <v>32</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>488</v>
+        <v>608</v>
       </c>
       <c r="C5" t="s">
-        <v>489</v>
+        <v>609</v>
+      </c>
+      <c r="D5" t="s">
+        <v>610</v>
+      </c>
+      <c r="E5" t="s">
+        <v>576</v>
       </c>
       <c r="F5" s="5" t="s">
-        <v>490</v>
+        <v>611</v>
+      </c>
+      <c r="G5" t="s">
+        <v>612</v>
       </c>
       <c r="H5" t="s">
         <v>130</v>
       </c>
       <c r="I5" t="s">
-        <v>491</v>
+        <v>613</v>
       </c>
       <c r="K5" t="s">
-        <v>492</v>
+        <v>614</v>
       </c>
       <c r="L5" t="s">
-        <v>493</v>
+        <v>615</v>
       </c>
       <c r="M5" t="s">
-        <v>494</v>
+        <v>616</v>
       </c>
       <c r="N5" t="s">
-        <v>495</v>
+        <v>617</v>
       </c>
       <c r="O5" t="s">
-        <v>496</v>
+        <v>618</v>
       </c>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" t="s">
         <v>32</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>497</v>
+        <v>619</v>
       </c>
       <c r="C6" t="s">
-        <v>498</v>
+        <v>620</v>
       </c>
       <c r="D6" t="s">
-        <v>499</v>
+        <v>621</v>
+      </c>
+      <c r="E6" t="s">
+        <v>576</v>
       </c>
       <c r="F6" s="5" t="s">
-        <v>500</v>
+        <v>622</v>
+      </c>
+      <c r="G6" t="s">
+        <v>623</v>
       </c>
       <c r="H6" t="s">
         <v>130</v>
       </c>
       <c r="I6" t="s">
-        <v>501</v>
+        <v>624</v>
       </c>
       <c r="J6" t="s">
-        <v>502</v>
+        <v>625</v>
       </c>
       <c r="K6" t="s">
-        <v>503</v>
+        <v>626</v>
       </c>
       <c r="L6" t="s">
-        <v>504</v>
+        <v>627</v>
       </c>
       <c r="M6" t="s">
-        <v>505</v>
+        <v>628</v>
       </c>
       <c r="N6" t="s">
-        <v>506</v>
+        <v>629</v>
       </c>
       <c r="O6" t="s">
-        <v>507</v>
+        <v>630</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
@@ -11894,215 +14813,215 @@
   </sheetPr>
   <dimension ref="A1:I1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="2" t="s">
         <v>59</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>508</v>
+        <v>631</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>509</v>
+        <v>632</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>440</v>
+        <v>560</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>510</v>
+        <v>633</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>443</v>
+        <v>563</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>511</v>
+        <v>634</v>
       </c>
       <c r="H1" s="6" t="s">
-        <v>512</v>
+        <v>635</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>63</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>59</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>513</v>
+        <v>636</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>315</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>514</v>
+        <v>637</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>515</v>
+        <v>638</v>
       </c>
       <c r="C2" t="s">
-        <v>516</v>
+        <v>639</v>
       </c>
       <c r="D2" t="s">
-        <v>517</v>
+        <v>640</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>59</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>518</v>
+        <v>641</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>519</v>
+        <v>642</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>520</v>
+        <v>643</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>521</v>
+        <v>644</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>522</v>
+        <v>645</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
         <v>227</v>
       </c>
       <c r="C2" t="s">
-        <v>523</v>
+        <v>646</v>
       </c>
       <c r="D2" t="s">
-        <v>524</v>
+        <v>647</v>
       </c>
       <c r="E2" t="s">
-        <v>525</v>
+        <v>648</v>
       </c>
       <c r="F2" t="s">
-        <v>526</v>
+        <v>649</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E25"/>
   <sheetViews>
@@ -12122,110 +15041,110 @@
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
         <v>59</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>316</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>315</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>317</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
         <v>61</v>
       </c>
       <c r="C2" t="s">
-        <v>527</v>
+        <v>650</v>
       </c>
       <c r="E2" s="4" t="s">
-        <v>528</v>
+        <v>651</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>32</v>
       </c>
       <c r="B3" t="s">
-        <v>529</v>
+        <v>652</v>
       </c>
       <c r="C3" t="s">
-        <v>530</v>
+        <v>653</v>
       </c>
       <c r="D3" t="s">
-        <v>531</v>
+        <v>654</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>32</v>
       </c>
       <c r="B4" t="s">
-        <v>529</v>
+        <v>652</v>
       </c>
       <c r="C4" t="s">
-        <v>532</v>
+        <v>655</v>
       </c>
       <c r="D4" t="s">
-        <v>533</v>
+        <v>656</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>32</v>
       </c>
       <c r="B5" t="s">
         <v>61</v>
       </c>
       <c r="C5" t="s">
-        <v>534</v>
+        <v>657</v>
       </c>
       <c r="E5" s="4" t="s">
-        <v>535</v>
+        <v>658</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
         <v>32</v>
       </c>
       <c r="B6" t="s">
         <v>61</v>
       </c>
       <c r="C6" t="s">
-        <v>536</v>
+        <v>659</v>
       </c>
       <c r="E6" s="4" t="s">
-        <v>537</v>
+        <v>660</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>32</v>
       </c>
       <c r="B7" t="s">
         <v>61</v>
       </c>
       <c r="C7" t="s">
         <v>225</v>
       </c>
       <c r="E7" s="4" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>32</v>
       </c>
       <c r="B8" t="s">
         <v>61</v>
       </c>
       <c r="C8" t="s">
         <v>318</v>
@@ -12273,225 +15192,225 @@
         <v>324</v>
       </c>
       <c r="E11" s="4" t="s">
         <v>325</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
         <v>32</v>
       </c>
       <c r="B12" t="s">
         <v>61</v>
       </c>
       <c r="C12" t="s">
         <v>326</v>
       </c>
       <c r="E12" s="4" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
         <v>32</v>
       </c>
       <c r="B13" t="s">
-        <v>529</v>
+        <v>652</v>
       </c>
       <c r="C13" t="s">
-        <v>538</v>
+        <v>661</v>
       </c>
       <c r="D13" t="s">
-        <v>539</v>
+        <v>662</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
         <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>529</v>
+        <v>652</v>
       </c>
       <c r="C14" t="s">
-        <v>540</v>
+        <v>663</v>
       </c>
       <c r="D14" t="s">
-        <v>541</v>
+        <v>664</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
-        <v>529</v>
+        <v>652</v>
       </c>
       <c r="C15" t="s">
-        <v>542</v>
+        <v>665</v>
       </c>
       <c r="D15" t="s">
-        <v>543</v>
+        <v>666</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
         <v>32</v>
       </c>
       <c r="B16" t="s">
-        <v>529</v>
+        <v>652</v>
       </c>
       <c r="C16" t="s">
-        <v>544</v>
+        <v>667</v>
       </c>
       <c r="D16" t="s">
-        <v>545</v>
+        <v>668</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" t="s">
         <v>32</v>
       </c>
       <c r="B17" t="s">
-        <v>529</v>
+        <v>652</v>
       </c>
       <c r="C17" t="s">
-        <v>546</v>
+        <v>669</v>
       </c>
       <c r="D17" t="s">
-        <v>547</v>
+        <v>670</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
         <v>32</v>
       </c>
       <c r="B18" t="s">
-        <v>529</v>
+        <v>652</v>
       </c>
       <c r="C18" t="s">
-        <v>548</v>
+        <v>671</v>
       </c>
       <c r="D18" t="s">
-        <v>549</v>
+        <v>672</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
         <v>32</v>
       </c>
       <c r="B19" t="s">
         <v>61</v>
       </c>
       <c r="C19" t="s">
-        <v>550</v>
+        <v>673</v>
       </c>
       <c r="E19" s="4" t="s">
-        <v>551</v>
+        <v>674</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
         <v>32</v>
       </c>
       <c r="B20" t="s">
-        <v>529</v>
+        <v>652</v>
       </c>
       <c r="C20" t="s">
-        <v>552</v>
+        <v>675</v>
       </c>
       <c r="D20" t="s">
-        <v>553</v>
+        <v>676</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
         <v>32</v>
       </c>
       <c r="B21" t="s">
-        <v>529</v>
+        <v>652</v>
       </c>
       <c r="C21" t="s">
-        <v>554</v>
+        <v>677</v>
       </c>
       <c r="D21" t="s">
-        <v>555</v>
+        <v>678</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
         <v>32</v>
       </c>
       <c r="B22" t="s">
-        <v>529</v>
+        <v>652</v>
       </c>
       <c r="C22" t="s">
-        <v>556</v>
+        <v>679</v>
       </c>
       <c r="D22" t="s">
-        <v>557</v>
+        <v>680</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" t="s">
         <v>32</v>
       </c>
       <c r="B23" t="s">
-        <v>529</v>
+        <v>652</v>
       </c>
       <c r="C23" t="s">
-        <v>558</v>
+        <v>681</v>
       </c>
       <c r="D23" t="s">
-        <v>559</v>
+        <v>682</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" t="s">
         <v>32</v>
       </c>
       <c r="B24" t="s">
-        <v>529</v>
+        <v>652</v>
       </c>
       <c r="C24" t="s">
-        <v>560</v>
+        <v>683</v>
       </c>
       <c r="D24" t="s">
-        <v>561</v>
+        <v>684</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
         <v>32</v>
       </c>
       <c r="B25" t="s">
         <v>61</v>
       </c>
       <c r="C25" t="s">
-        <v>562</v>
+        <v>685</v>
       </c>
       <c r="E25" s="4" t="s">
-        <v>563</v>
+        <v>686</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="E5" r:id="rId_hyperlink_2"/>
     <hyperlink ref="E6" r:id="rId_hyperlink_3"/>
     <hyperlink ref="E7" r:id="rId_hyperlink_4"/>
     <hyperlink ref="E8" r:id="rId_hyperlink_5"/>
     <hyperlink ref="E9" r:id="rId_hyperlink_6"/>
     <hyperlink ref="E10" r:id="rId_hyperlink_7"/>
     <hyperlink ref="E11" r:id="rId_hyperlink_8"/>
     <hyperlink ref="E12" r:id="rId_hyperlink_9"/>
     <hyperlink ref="E19" r:id="rId_hyperlink_10"/>
     <hyperlink ref="E25" r:id="rId_hyperlink_11"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>