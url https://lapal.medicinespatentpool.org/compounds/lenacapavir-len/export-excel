--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -28,51 +28,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Compounds" sheetId="1" r:id="rId4"/>
     <sheet name="Clinical trials" sheetId="2" r:id="rId5"/>
     <sheet name="Key resources" sheetId="3" r:id="rId6"/>
     <sheet name="Regulatory status" sheetId="4" r:id="rId7"/>
     <sheet name="Patent Medspal" sheetId="5" r:id="rId8"/>
     <sheet name="Patent curated by innovator" sheetId="6" r:id="rId9"/>
     <sheet name="Drug illustrations" sheetId="7" r:id="rId10"/>
     <sheet name="Developers" sheetId="8" r:id="rId11"/>
     <sheet name="Publications" sheetId="9" r:id="rId12"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="687">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="691">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Abbreviation</t>
   </si>
   <si>
     <t>Generic name</t>
   </si>
   <si>
     <t>Brand names</t>
   </si>
   <si>
     <t>Compound type</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Approval status</t>
   </si>
   <si>
     <t>Regulatory authorities</t>
   </si>
   <si>
@@ -1527,115 +1527,121 @@
   </si>
   <si>
     <t>USA</t>
   </si>
   <si>
     <t>https://www.gilead.com/news/news-details/2022/sunlenca-lenacapavir-receives-fda-approval-as-a-first-in-class-twice-yearly-treatment-option-for-people-living-with-multi-drug-resistant-hiv
 https://www.accessdata.fda.gov/drugsatfda_docs/label/2022/215973s000lbl.pdf</t>
   </si>
   <si>
     <t>https://www.gilead.com/news/news-details/2025/yeztugo-lenacapavir-is-now-the-first-and-only-fda-approved-hiv-prevention-option-offering-6-months-of-protection
 https://www.accessdata.fda.gov/drugsatfda_docs/label/2025/220020s000lbl.pdf</t>
   </si>
   <si>
     <t>DIGEMID</t>
   </si>
   <si>
     <t>Directorate General of Medicines, Supplies and Drugs of Peru</t>
   </si>
   <si>
     <t>PER</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
+    <t>Gilead</t>
+  </si>
+  <si>
     <t>464 mg solution for injection in 2x1.5 mL SC</t>
   </si>
   <si>
     <t>300 mg oral tablets</t>
   </si>
   <si>
+    <t>https://www.gov.uk/government/news/mhra-approves-lenacapavir-for-the-prevention-of-sexually-transmitted-hiv-1-infection</t>
+  </si>
+  <si>
     <t>MoH-PhDiv</t>
   </si>
   <si>
     <t>Ministry of Health Israel - Pharmaceutical division</t>
   </si>
   <si>
     <t>SFDA</t>
   </si>
   <si>
     <t>Saudi Food &amp; Drug Authority</t>
   </si>
   <si>
     <t>SAU</t>
   </si>
   <si>
     <t>Saudi Arabia</t>
   </si>
   <si>
     <t>BoMRA</t>
   </si>
   <si>
     <t>Botswana Medicines Regulatory Authority</t>
   </si>
   <si>
     <t>BWA</t>
   </si>
   <si>
     <t>Botswana</t>
-  </si>
-[...25 lines deleted...]
-    <t>Kenya</t>
   </si>
   <si>
     <t>WHO CRP(collaborative registration procedure) country (linked to European CHMP positive opinion in July 2025 and approval by EMA/EUM4All in August 2025) ; WHO PQ Oct 2025
 https://www.gilead.com/responsibility/global-health-and-access/access-in-low--and-middle-income-countries/access-strategy-for-long-acting-prep</t>
+  </si>
+  <si>
+    <t>EFDA</t>
+  </si>
+  <si>
+    <t>Ethiopian Food and Drug Authority</t>
+  </si>
+  <si>
+    <t>ETH</t>
+  </si>
+  <si>
+    <t>Ethiopia</t>
+  </si>
+  <si>
+    <t>WHO CRP(collaborative registration procedure) country (linked to European CHMP positive opinion in July 2025 and approval by EMA/EUM4All in August 2025) ; WHO PQ Oct 2025</t>
+  </si>
+  <si>
+    <t>PPB</t>
+  </si>
+  <si>
+    <t>Pharmacy and Poisons Board</t>
+  </si>
+  <si>
+    <t>KEN</t>
+  </si>
+  <si>
+    <t>Kenya</t>
   </si>
   <si>
     <t>PMRA-r</t>
   </si>
   <si>
     <t>Pharmacy and Medicines Regulatory Authority Malawi</t>
   </si>
   <si>
     <t>MWI</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>ANARME-r</t>
   </si>
   <si>
     <t>Autoridade Nacional Reguladora de Medicamento</t>
   </si>
   <si>
     <t>MOZ</t>
   </si>
   <si>
     <t>Mozambique</t>
   </si>
@@ -1712,72 +1718,81 @@
   <si>
     <t>TMDA</t>
   </si>
   <si>
     <t>Tanzania Medicines and Medical Devices Authority</t>
   </si>
   <si>
     <t>TZA</t>
   </si>
   <si>
     <t>Tanzania, United Republic of</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>National Drug Authority</t>
   </si>
   <si>
     <t>UGA</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
   <si>
+    <t>WHO CRP(collaborative registration procedure) country (linked to European CHMP positive opinion in July 2025 and approval by EMA/EUM4All in August 2025) ; WHO PQ Oct 2025
+https://dailystar.co.ug/govt-approves-use-of-hiv-injectables-in-uganda/</t>
+  </si>
+  <si>
     <t>ZAMRA</t>
   </si>
   <si>
     <t>Zambia Medicines Regulatory Authority</t>
   </si>
   <si>
     <t>ZMB</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>MCAZ</t>
   </si>
   <si>
     <t>Medicines Control Authority of Zimbabwe</t>
   </si>
   <si>
     <t>ZWE</t>
   </si>
   <si>
     <t>Zimbabwe</t>
+  </si>
+  <si>
+    <t>WHO CRP(collaborative registration procedure) country (linked to European CHMP positive opinion in July 2025 and approval by EMA/EUM4All in August 2025) ; WHO PQ Oct 2025
+https://www.gilead.com/responsibility/global-health-and-access/access-in-low--and-middle-income-countries/access-strategy-for-long-acting-prep
+https://healthtimes.co.zw/zimbabwes-medicines-regulatory-body-registers-lencapavir/</t>
   </si>
   <si>
     <t>PFDA</t>
   </si>
   <si>
     <t>Philippines Food and Drug Administration</t>
   </si>
   <si>
     <t>PHL</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Thailand FDA</t>
   </si>
   <si>
     <t>Thailand Food and Drug Administration</t>
   </si>
   <si>
     <t>THA</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
@@ -12310,2174 +12325,2192 @@
       <c r="K159" t="s">
         <v>437</v>
       </c>
       <c r="L159" t="s">
         <v>438</v>
       </c>
       <c r="M159" s="5" t="s">
         <v>368</v>
       </c>
       <c r="N159" s="5"/>
       <c r="O159">
         <v>45863.0</v>
       </c>
       <c r="P159" t="s">
         <v>379</v>
       </c>
     </row>
     <row r="160" spans="1:17">
       <c r="A160" t="s">
         <v>32</v>
       </c>
       <c r="B160" t="s">
         <v>33</v>
       </c>
       <c r="C160" t="s">
-        <v>227</v>
+        <v>480</v>
       </c>
       <c r="D160" t="s">
         <v>343</v>
       </c>
       <c r="E160" t="s">
         <v>233</v>
       </c>
       <c r="F160" t="s">
         <v>50</v>
       </c>
       <c r="G160" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="H160" t="s">
         <v>193</v>
       </c>
       <c r="I160" t="s">
         <v>461</v>
       </c>
       <c r="J160" t="s">
         <v>461</v>
       </c>
       <c r="K160" t="s">
         <v>462</v>
       </c>
       <c r="L160" t="s">
         <v>463</v>
       </c>
       <c r="M160" s="5" t="s">
         <v>358</v>
       </c>
       <c r="N160" s="5"/>
       <c r="O160" t="s">
         <v>350</v>
       </c>
       <c r="P160" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="161" spans="1:17">
       <c r="A161" t="s">
         <v>32</v>
       </c>
       <c r="B161" t="s">
         <v>33</v>
       </c>
       <c r="C161" t="s">
-        <v>227</v>
+        <v>480</v>
       </c>
       <c r="D161" t="s">
         <v>343</v>
       </c>
       <c r="E161" t="s">
         <v>233</v>
       </c>
       <c r="F161" t="s">
         <v>50</v>
       </c>
       <c r="G161" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="H161" t="s">
         <v>353</v>
       </c>
       <c r="I161" t="s">
         <v>461</v>
       </c>
       <c r="J161" t="s">
         <v>461</v>
       </c>
       <c r="K161" t="s">
         <v>462</v>
       </c>
       <c r="L161" t="s">
         <v>463</v>
       </c>
       <c r="M161" s="5" t="s">
         <v>358</v>
       </c>
       <c r="N161" s="5"/>
       <c r="O161" t="s">
         <v>350</v>
       </c>
       <c r="P161" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="162" spans="1:17">
       <c r="A162" t="s">
         <v>32</v>
       </c>
       <c r="B162" t="s">
         <v>33</v>
       </c>
       <c r="C162" t="s">
-        <v>227</v>
+        <v>480</v>
       </c>
       <c r="D162" t="s">
-        <v>343</v>
+        <v>374</v>
       </c>
       <c r="E162" t="s">
         <v>233</v>
       </c>
       <c r="F162" t="s">
         <v>50</v>
       </c>
       <c r="G162" t="s">
         <v>344</v>
       </c>
       <c r="H162" t="s">
         <v>193</v>
       </c>
       <c r="I162" t="s">
         <v>449</v>
       </c>
       <c r="J162" t="s">
         <v>450</v>
       </c>
       <c r="K162" t="s">
         <v>451</v>
       </c>
       <c r="L162" t="s">
         <v>452</v>
       </c>
       <c r="M162" s="5" t="s">
-        <v>358</v>
+        <v>368</v>
       </c>
       <c r="N162" s="5">
         <v>45931.0</v>
       </c>
-      <c r="O162" t="s">
-        <v>350</v>
+      <c r="O162">
+        <v>46010.0</v>
+      </c>
+      <c r="P162" t="s">
+        <v>483</v>
       </c>
     </row>
     <row r="163" spans="1:17">
       <c r="A163" t="s">
         <v>32</v>
       </c>
       <c r="B163" t="s">
         <v>33</v>
       </c>
       <c r="C163" t="s">
-        <v>227</v>
+        <v>480</v>
       </c>
       <c r="D163" t="s">
-        <v>343</v>
+        <v>374</v>
       </c>
       <c r="E163" t="s">
         <v>233</v>
       </c>
       <c r="F163" t="s">
         <v>50</v>
       </c>
       <c r="G163" t="s">
         <v>352</v>
       </c>
       <c r="H163" t="s">
         <v>353</v>
       </c>
       <c r="I163" t="s">
         <v>449</v>
       </c>
       <c r="J163" t="s">
         <v>450</v>
       </c>
       <c r="K163" t="s">
         <v>451</v>
       </c>
       <c r="L163" t="s">
         <v>452</v>
       </c>
       <c r="M163" s="5" t="s">
-        <v>358</v>
+        <v>368</v>
       </c>
       <c r="N163" s="5">
         <v>45931.0</v>
       </c>
-      <c r="O163" t="s">
-        <v>350</v>
+      <c r="O163">
+        <v>46010.0</v>
+      </c>
+      <c r="P163" t="s">
+        <v>483</v>
       </c>
     </row>
     <row r="164" spans="1:17">
       <c r="A164" t="s">
         <v>32</v>
       </c>
       <c r="B164" t="s">
         <v>33</v>
       </c>
       <c r="C164" t="s">
         <v>227</v>
       </c>
       <c r="D164" t="s">
         <v>343</v>
       </c>
       <c r="E164" t="s">
         <v>233</v>
       </c>
       <c r="F164" t="s">
         <v>50</v>
       </c>
       <c r="G164" t="s">
         <v>344</v>
       </c>
       <c r="H164" t="s">
         <v>193</v>
       </c>
       <c r="I164" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="J164" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="K164" t="s">
         <v>459</v>
       </c>
       <c r="L164" t="s">
         <v>460</v>
       </c>
       <c r="M164" s="5" t="s">
         <v>349</v>
       </c>
       <c r="N164" s="5"/>
       <c r="O164" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="165" spans="1:17">
       <c r="A165" t="s">
         <v>32</v>
       </c>
       <c r="B165" t="s">
         <v>33</v>
       </c>
       <c r="C165" t="s">
         <v>227</v>
       </c>
       <c r="D165" t="s">
         <v>343</v>
       </c>
       <c r="E165" t="s">
         <v>233</v>
       </c>
       <c r="F165" t="s">
         <v>50</v>
       </c>
       <c r="G165" t="s">
         <v>352</v>
       </c>
       <c r="H165" t="s">
         <v>353</v>
       </c>
       <c r="I165" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="J165" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="K165" t="s">
         <v>459</v>
       </c>
       <c r="L165" t="s">
         <v>460</v>
       </c>
       <c r="M165" s="5" t="s">
         <v>349</v>
       </c>
       <c r="N165" s="5"/>
       <c r="O165" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="166" spans="1:17">
       <c r="A166" t="s">
         <v>32</v>
       </c>
       <c r="B166" t="s">
         <v>33</v>
       </c>
       <c r="C166" t="s">
         <v>227</v>
       </c>
       <c r="D166" t="s">
         <v>343</v>
       </c>
       <c r="E166" t="s">
         <v>233</v>
       </c>
       <c r="F166" t="s">
         <v>50</v>
       </c>
       <c r="G166" t="s">
         <v>344</v>
       </c>
       <c r="H166" t="s">
         <v>193</v>
       </c>
       <c r="I166" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="J166" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="K166" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="L166" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="M166" s="5" t="s">
         <v>349</v>
       </c>
       <c r="N166" s="5"/>
       <c r="O166" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="167" spans="1:17">
       <c r="A167" t="s">
         <v>32</v>
       </c>
       <c r="B167" t="s">
         <v>33</v>
       </c>
       <c r="C167" t="s">
         <v>227</v>
       </c>
       <c r="D167" t="s">
         <v>343</v>
       </c>
       <c r="E167" t="s">
         <v>233</v>
       </c>
       <c r="F167" t="s">
         <v>50</v>
       </c>
       <c r="G167" t="s">
         <v>352</v>
       </c>
       <c r="H167" t="s">
         <v>353</v>
       </c>
       <c r="I167" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="J167" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="K167" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="L167" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="M167" s="5" t="s">
         <v>349</v>
       </c>
       <c r="N167" s="5"/>
       <c r="O167" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="168" spans="1:17">
       <c r="A168" t="s">
         <v>32</v>
       </c>
       <c r="B168" t="s">
         <v>33</v>
       </c>
       <c r="C168" t="s">
         <v>227</v>
       </c>
       <c r="D168" t="s">
         <v>343</v>
       </c>
       <c r="E168" t="s">
         <v>233</v>
       </c>
       <c r="F168" t="s">
         <v>50</v>
       </c>
       <c r="G168" t="s">
         <v>344</v>
       </c>
       <c r="H168" t="s">
         <v>193</v>
       </c>
       <c r="I168" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="J168" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="K168" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="L168" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="M168" s="5" t="s">
-        <v>358</v>
+        <v>368</v>
       </c>
       <c r="N168" s="5">
         <v>45966.0</v>
       </c>
-      <c r="O168" t="s">
-        <v>350</v>
+      <c r="O168">
+        <v>46031.0</v>
       </c>
       <c r="P168" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
     </row>
     <row r="169" spans="1:17">
       <c r="A169" t="s">
         <v>32</v>
       </c>
       <c r="B169" t="s">
         <v>33</v>
       </c>
       <c r="C169" t="s">
         <v>227</v>
       </c>
       <c r="D169" t="s">
         <v>343</v>
       </c>
       <c r="E169" t="s">
         <v>233</v>
       </c>
       <c r="F169" t="s">
         <v>50</v>
       </c>
       <c r="G169" t="s">
         <v>352</v>
       </c>
       <c r="H169" t="s">
         <v>353</v>
       </c>
       <c r="I169" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="J169" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="K169" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="L169" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="M169" s="5" t="s">
-        <v>358</v>
+        <v>368</v>
       </c>
       <c r="N169" s="5">
         <v>45966.0</v>
       </c>
-      <c r="O169" t="s">
-        <v>350</v>
+      <c r="O169">
+        <v>46031.0</v>
       </c>
       <c r="P169" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
     </row>
     <row r="170" spans="1:17">
       <c r="A170" t="s">
         <v>32</v>
       </c>
       <c r="B170" t="s">
         <v>33</v>
       </c>
       <c r="C170" t="s">
         <v>227</v>
       </c>
       <c r="D170" t="s">
         <v>343</v>
       </c>
       <c r="E170" t="s">
         <v>233</v>
       </c>
       <c r="F170" t="s">
         <v>50</v>
       </c>
       <c r="G170" t="s">
         <v>344</v>
       </c>
       <c r="H170" t="s">
         <v>193</v>
       </c>
       <c r="I170" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="J170" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="K170" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="L170" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="M170" s="5" t="s">
         <v>349</v>
       </c>
       <c r="N170" s="5"/>
       <c r="O170" t="s">
         <v>350</v>
       </c>
       <c r="P170" t="s">
-        <v>492</v>
+        <v>499</v>
       </c>
     </row>
     <row r="171" spans="1:17">
       <c r="A171" t="s">
         <v>32</v>
       </c>
       <c r="B171" t="s">
         <v>33</v>
       </c>
       <c r="C171" t="s">
         <v>227</v>
       </c>
       <c r="D171" t="s">
         <v>343</v>
       </c>
       <c r="E171" t="s">
         <v>233</v>
       </c>
       <c r="F171" t="s">
         <v>50</v>
       </c>
       <c r="G171" t="s">
         <v>352</v>
       </c>
       <c r="H171" t="s">
         <v>353</v>
       </c>
       <c r="I171" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="J171" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="K171" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="L171" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="M171" s="5" t="s">
         <v>349</v>
       </c>
       <c r="N171" s="5"/>
       <c r="O171" t="s">
         <v>350</v>
       </c>
       <c r="P171" t="s">
-        <v>492</v>
+        <v>499</v>
       </c>
     </row>
     <row r="172" spans="1:17">
       <c r="A172" t="s">
         <v>32</v>
       </c>
       <c r="B172" t="s">
         <v>33</v>
       </c>
       <c r="C172" t="s">
         <v>227</v>
       </c>
       <c r="D172" t="s">
         <v>343</v>
       </c>
       <c r="E172" t="s">
         <v>233</v>
       </c>
       <c r="F172" t="s">
         <v>50</v>
       </c>
       <c r="G172" t="s">
         <v>344</v>
       </c>
       <c r="H172" t="s">
         <v>193</v>
       </c>
       <c r="I172" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="J172" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="K172" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="L172" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="M172" s="5" t="s">
         <v>358</v>
       </c>
       <c r="N172" s="5">
         <v>45957.0</v>
       </c>
       <c r="O172" t="s">
         <v>350</v>
       </c>
       <c r="P172" t="s">
-        <v>501</v>
+        <v>494</v>
       </c>
     </row>
     <row r="173" spans="1:17">
       <c r="A173" t="s">
         <v>32</v>
       </c>
       <c r="B173" t="s">
         <v>33</v>
       </c>
       <c r="C173" t="s">
         <v>227</v>
       </c>
       <c r="D173" t="s">
         <v>343</v>
       </c>
       <c r="E173" t="s">
         <v>233</v>
       </c>
       <c r="F173" t="s">
         <v>50</v>
       </c>
       <c r="G173" t="s">
         <v>352</v>
       </c>
       <c r="H173" t="s">
         <v>353</v>
       </c>
       <c r="I173" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="J173" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="K173" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="L173" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="M173" s="5" t="s">
         <v>358</v>
       </c>
       <c r="N173" s="5">
         <v>45957.0</v>
       </c>
       <c r="O173" t="s">
         <v>350</v>
       </c>
       <c r="P173" t="s">
-        <v>501</v>
+        <v>494</v>
       </c>
     </row>
     <row r="174" spans="1:17">
       <c r="A174" t="s">
         <v>32</v>
       </c>
       <c r="B174" t="s">
         <v>33</v>
       </c>
       <c r="C174" t="s">
         <v>227</v>
       </c>
       <c r="D174" t="s">
         <v>343</v>
       </c>
       <c r="E174" t="s">
         <v>233</v>
       </c>
       <c r="F174" t="s">
         <v>50</v>
       </c>
       <c r="G174" t="s">
         <v>344</v>
       </c>
       <c r="H174" t="s">
         <v>193</v>
       </c>
       <c r="I174" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="J174" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="K174" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="L174" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="M174" s="5" t="s">
-        <v>358</v>
+        <v>368</v>
       </c>
       <c r="N174" s="5">
         <v>45957.0</v>
       </c>
-      <c r="O174" t="s">
-        <v>350</v>
+      <c r="O174">
+        <v>45993.0</v>
       </c>
       <c r="P174" t="s">
-        <v>501</v>
+        <v>494</v>
       </c>
     </row>
     <row r="175" spans="1:17">
       <c r="A175" t="s">
         <v>32</v>
       </c>
       <c r="B175" t="s">
         <v>33</v>
       </c>
       <c r="C175" t="s">
         <v>227</v>
       </c>
       <c r="D175" t="s">
         <v>343</v>
       </c>
       <c r="E175" t="s">
         <v>233</v>
       </c>
       <c r="F175" t="s">
         <v>50</v>
       </c>
       <c r="G175" t="s">
         <v>352</v>
       </c>
       <c r="H175" t="s">
         <v>353</v>
       </c>
       <c r="I175" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="J175" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="K175" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="L175" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="M175" s="5" t="s">
-        <v>358</v>
+        <v>368</v>
       </c>
       <c r="N175" s="5">
         <v>45957.0</v>
       </c>
-      <c r="O175" t="s">
-        <v>350</v>
+      <c r="O175">
+        <v>45993.0</v>
       </c>
       <c r="P175" t="s">
-        <v>501</v>
+        <v>494</v>
       </c>
     </row>
     <row r="176" spans="1:17">
       <c r="A176" t="s">
         <v>32</v>
       </c>
       <c r="B176" t="s">
         <v>33</v>
       </c>
       <c r="C176" t="s">
         <v>227</v>
       </c>
       <c r="D176" t="s">
         <v>343</v>
       </c>
       <c r="E176" t="s">
         <v>233</v>
       </c>
       <c r="F176" t="s">
         <v>50</v>
       </c>
       <c r="G176" t="s">
         <v>344</v>
       </c>
       <c r="H176" t="s">
         <v>193</v>
       </c>
       <c r="I176" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="J176" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="K176" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="L176" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="M176" s="5" t="s">
-        <v>349</v>
-[...1 lines deleted...]
-      <c r="N176" s="5"/>
+        <v>358</v>
+      </c>
+      <c r="N176" s="5">
+        <v>46031.0</v>
+      </c>
       <c r="O176" t="s">
         <v>350</v>
       </c>
       <c r="P176" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
     </row>
     <row r="177" spans="1:17">
       <c r="A177" t="s">
         <v>32</v>
       </c>
       <c r="B177" t="s">
         <v>33</v>
       </c>
       <c r="C177" t="s">
         <v>227</v>
       </c>
       <c r="D177" t="s">
         <v>343</v>
       </c>
       <c r="E177" t="s">
         <v>233</v>
       </c>
       <c r="F177" t="s">
         <v>50</v>
       </c>
       <c r="G177" t="s">
         <v>352</v>
       </c>
       <c r="H177" t="s">
         <v>353</v>
       </c>
       <c r="I177" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="J177" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="K177" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="L177" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="M177" s="5" t="s">
-        <v>349</v>
-[...1 lines deleted...]
-      <c r="N177" s="5"/>
+        <v>358</v>
+      </c>
+      <c r="N177" s="5">
+        <v>46031.0</v>
+      </c>
       <c r="O177" t="s">
         <v>350</v>
       </c>
       <c r="P177" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
     </row>
     <row r="178" spans="1:17">
       <c r="A178" t="s">
         <v>32</v>
       </c>
       <c r="B178" t="s">
         <v>33</v>
       </c>
       <c r="C178" t="s">
         <v>227</v>
       </c>
       <c r="D178" t="s">
         <v>343</v>
       </c>
       <c r="E178" t="s">
         <v>233</v>
       </c>
       <c r="F178" t="s">
         <v>50</v>
       </c>
       <c r="G178" t="s">
         <v>344</v>
       </c>
       <c r="H178" t="s">
         <v>193</v>
       </c>
       <c r="I178" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="J178" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="K178" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="L178" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="M178" s="5" t="s">
         <v>358</v>
       </c>
       <c r="N178" s="5">
         <v>45966.0</v>
       </c>
       <c r="O178" t="s">
         <v>350</v>
       </c>
       <c r="P178" t="s">
-        <v>492</v>
+        <v>499</v>
       </c>
     </row>
     <row r="179" spans="1:17">
       <c r="A179" t="s">
         <v>32</v>
       </c>
       <c r="B179" t="s">
         <v>33</v>
       </c>
       <c r="C179" t="s">
         <v>227</v>
       </c>
       <c r="D179" t="s">
         <v>343</v>
       </c>
       <c r="E179" t="s">
         <v>233</v>
       </c>
       <c r="F179" t="s">
         <v>50</v>
       </c>
       <c r="G179" t="s">
         <v>352</v>
       </c>
       <c r="H179" t="s">
         <v>353</v>
       </c>
       <c r="I179" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="J179" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="K179" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="L179" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="M179" s="5" t="s">
         <v>358</v>
       </c>
       <c r="N179" s="5">
         <v>45966.0</v>
       </c>
       <c r="O179" t="s">
         <v>350</v>
       </c>
       <c r="P179" t="s">
-        <v>492</v>
+        <v>499</v>
       </c>
     </row>
     <row r="180" spans="1:17">
       <c r="A180" t="s">
         <v>32</v>
       </c>
       <c r="B180" t="s">
         <v>33</v>
       </c>
       <c r="C180" t="s">
         <v>227</v>
       </c>
       <c r="D180" t="s">
         <v>343</v>
       </c>
       <c r="E180" t="s">
         <v>233</v>
       </c>
       <c r="F180" t="s">
         <v>50</v>
       </c>
       <c r="G180" t="s">
         <v>344</v>
       </c>
       <c r="H180" t="s">
         <v>193</v>
       </c>
       <c r="I180" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="J180" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="K180" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="L180" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="M180" s="5" t="s">
         <v>349</v>
       </c>
       <c r="N180" s="5"/>
       <c r="O180" t="s">
         <v>350</v>
       </c>
       <c r="P180" t="s">
-        <v>492</v>
+        <v>499</v>
       </c>
     </row>
     <row r="181" spans="1:17">
       <c r="A181" t="s">
         <v>32</v>
       </c>
       <c r="B181" t="s">
         <v>33</v>
       </c>
       <c r="C181" t="s">
         <v>227</v>
       </c>
       <c r="D181" t="s">
         <v>343</v>
       </c>
       <c r="E181" t="s">
         <v>233</v>
       </c>
       <c r="F181" t="s">
         <v>50</v>
       </c>
       <c r="G181" t="s">
         <v>352</v>
       </c>
       <c r="H181" t="s">
         <v>353</v>
       </c>
       <c r="I181" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="J181" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="K181" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="L181" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="M181" s="5" t="s">
         <v>349</v>
       </c>
       <c r="N181" s="5"/>
       <c r="O181" t="s">
         <v>350</v>
       </c>
       <c r="P181" t="s">
-        <v>492</v>
+        <v>499</v>
       </c>
     </row>
     <row r="182" spans="1:17">
       <c r="A182" t="s">
         <v>32</v>
       </c>
       <c r="B182" t="s">
         <v>33</v>
       </c>
       <c r="C182" t="s">
         <v>227</v>
       </c>
       <c r="D182" t="s">
         <v>343</v>
       </c>
       <c r="E182" t="s">
         <v>233</v>
       </c>
       <c r="F182" t="s">
         <v>50</v>
       </c>
       <c r="G182" t="s">
         <v>344</v>
       </c>
       <c r="H182" t="s">
         <v>193</v>
       </c>
       <c r="I182" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="J182" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="K182" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="L182" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="M182" s="5" t="s">
-        <v>358</v>
+        <v>368</v>
       </c>
       <c r="N182" s="5">
         <v>45971.0</v>
       </c>
-      <c r="O182" t="s">
-        <v>350</v>
+      <c r="O182">
+        <v>46031.0</v>
       </c>
       <c r="P182" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
     </row>
     <row r="183" spans="1:17">
       <c r="A183" t="s">
         <v>32</v>
       </c>
       <c r="B183" t="s">
         <v>33</v>
       </c>
       <c r="C183" t="s">
         <v>227</v>
       </c>
       <c r="D183" t="s">
         <v>343</v>
       </c>
       <c r="E183" t="s">
         <v>233</v>
       </c>
       <c r="F183" t="s">
         <v>50</v>
       </c>
       <c r="G183" t="s">
         <v>352</v>
       </c>
       <c r="H183" t="s">
         <v>353</v>
       </c>
       <c r="I183" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="J183" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="K183" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="L183" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="M183" s="5" t="s">
-        <v>358</v>
+        <v>368</v>
       </c>
       <c r="N183" s="5">
         <v>45971.0</v>
       </c>
-      <c r="O183" t="s">
-        <v>350</v>
+      <c r="O183">
+        <v>46031.0</v>
       </c>
       <c r="P183" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
     </row>
     <row r="184" spans="1:17">
       <c r="A184" t="s">
         <v>32</v>
       </c>
       <c r="B184" t="s">
         <v>33</v>
       </c>
       <c r="C184" t="s">
         <v>227</v>
       </c>
       <c r="D184" t="s">
         <v>343</v>
       </c>
       <c r="E184" t="s">
         <v>233</v>
       </c>
       <c r="F184" t="s">
         <v>50</v>
       </c>
       <c r="G184" t="s">
         <v>344</v>
       </c>
       <c r="H184" t="s">
         <v>193</v>
       </c>
       <c r="I184" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="J184" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="K184" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="L184" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="M184" s="5" t="s">
         <v>368</v>
       </c>
       <c r="N184" s="5"/>
       <c r="O184">
         <v>45957.0</v>
       </c>
       <c r="P184" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
     </row>
     <row r="185" spans="1:17">
       <c r="A185" t="s">
         <v>32</v>
       </c>
       <c r="B185" t="s">
         <v>33</v>
       </c>
       <c r="C185" t="s">
         <v>227</v>
       </c>
       <c r="D185" t="s">
         <v>343</v>
       </c>
       <c r="E185" t="s">
         <v>233</v>
       </c>
       <c r="F185" t="s">
         <v>50</v>
       </c>
       <c r="G185" t="s">
         <v>352</v>
       </c>
       <c r="H185" t="s">
         <v>353</v>
       </c>
       <c r="I185" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="J185" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="K185" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="L185" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="M185" s="5" t="s">
         <v>368</v>
       </c>
       <c r="N185" s="5"/>
       <c r="O185">
         <v>45957.0</v>
       </c>
       <c r="P185" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
     </row>
     <row r="186" spans="1:17">
       <c r="A186" t="s">
         <v>32</v>
       </c>
       <c r="B186" t="s">
         <v>33</v>
       </c>
       <c r="C186" t="s">
         <v>227</v>
       </c>
       <c r="D186" t="s">
         <v>343</v>
       </c>
       <c r="E186" t="s">
         <v>233</v>
       </c>
       <c r="F186" t="s">
         <v>50</v>
       </c>
       <c r="G186" t="s">
         <v>344</v>
       </c>
       <c r="H186" t="s">
         <v>193</v>
       </c>
       <c r="I186" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="J186" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="K186" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="L186" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="M186" s="5" t="s">
         <v>368</v>
       </c>
       <c r="N186" s="5"/>
       <c r="O186">
         <v>45957.0</v>
       </c>
       <c r="P186" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
     </row>
     <row r="187" spans="1:17">
       <c r="A187" t="s">
         <v>32</v>
       </c>
       <c r="B187" t="s">
         <v>33</v>
       </c>
       <c r="C187" t="s">
         <v>227</v>
       </c>
       <c r="D187" t="s">
         <v>343</v>
       </c>
       <c r="E187" t="s">
         <v>233</v>
       </c>
       <c r="F187" t="s">
         <v>50</v>
       </c>
       <c r="G187" t="s">
         <v>352</v>
       </c>
       <c r="H187" t="s">
         <v>353</v>
       </c>
       <c r="I187" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="J187" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="K187" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="L187" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="M187" s="5" t="s">
         <v>368</v>
       </c>
       <c r="N187" s="5"/>
       <c r="O187">
         <v>45957.0</v>
       </c>
       <c r="P187" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
     </row>
     <row r="188" spans="1:17">
       <c r="A188" t="s">
         <v>32</v>
       </c>
       <c r="B188" t="s">
         <v>33</v>
       </c>
       <c r="C188" t="s">
         <v>227</v>
       </c>
       <c r="D188" t="s">
         <v>343</v>
       </c>
       <c r="E188" t="s">
         <v>233</v>
       </c>
       <c r="F188" t="s">
         <v>50</v>
       </c>
       <c r="G188" t="s">
         <v>344</v>
       </c>
       <c r="H188" t="s">
         <v>193</v>
       </c>
       <c r="I188" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="J188" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="K188" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="L188" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="M188" s="5" t="s">
         <v>368</v>
       </c>
       <c r="N188" s="5"/>
       <c r="O188">
         <v>45957.0</v>
       </c>
       <c r="P188" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
     </row>
     <row r="189" spans="1:17">
       <c r="A189" t="s">
         <v>32</v>
       </c>
       <c r="B189" t="s">
         <v>33</v>
       </c>
       <c r="C189" t="s">
         <v>227</v>
       </c>
       <c r="D189" t="s">
         <v>343</v>
       </c>
       <c r="E189" t="s">
         <v>233</v>
       </c>
       <c r="F189" t="s">
         <v>50</v>
       </c>
       <c r="G189" t="s">
         <v>352</v>
       </c>
       <c r="H189" t="s">
         <v>353</v>
       </c>
       <c r="I189" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="J189" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="K189" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="L189" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="M189" s="5" t="s">
         <v>368</v>
       </c>
       <c r="N189" s="5"/>
       <c r="O189">
         <v>45957.0</v>
       </c>
       <c r="P189" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
     </row>
     <row r="190" spans="1:17">
       <c r="A190" t="s">
         <v>32</v>
       </c>
       <c r="B190" t="s">
         <v>33</v>
       </c>
       <c r="C190" t="s">
         <v>227</v>
       </c>
       <c r="D190" t="s">
         <v>343</v>
       </c>
       <c r="E190" t="s">
         <v>233</v>
       </c>
       <c r="F190" t="s">
         <v>50</v>
       </c>
       <c r="G190" t="s">
         <v>344</v>
       </c>
       <c r="H190" t="s">
         <v>193</v>
       </c>
       <c r="I190" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="J190" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="K190" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="L190" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="M190" s="5" t="s">
-        <v>358</v>
+        <v>368</v>
       </c>
       <c r="N190" s="5">
         <v>45978.0</v>
       </c>
-      <c r="O190" t="s">
-        <v>350</v>
+      <c r="O190">
+        <v>46031.0</v>
       </c>
       <c r="P190" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
     </row>
     <row r="191" spans="1:17">
       <c r="A191" t="s">
         <v>32</v>
       </c>
       <c r="B191" t="s">
         <v>33</v>
       </c>
       <c r="C191" t="s">
         <v>227</v>
       </c>
       <c r="D191" t="s">
         <v>343</v>
       </c>
       <c r="E191" t="s">
         <v>233</v>
       </c>
       <c r="F191" t="s">
         <v>50</v>
       </c>
       <c r="G191" t="s">
         <v>352</v>
       </c>
       <c r="H191" t="s">
         <v>353</v>
       </c>
       <c r="I191" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="J191" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="K191" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="L191" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="M191" s="5" t="s">
-        <v>358</v>
+        <v>368</v>
       </c>
       <c r="N191" s="5">
         <v>45978.0</v>
       </c>
-      <c r="O191" t="s">
-        <v>350</v>
+      <c r="O191">
+        <v>46031.0</v>
       </c>
       <c r="P191" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
     </row>
     <row r="192" spans="1:17">
       <c r="A192" t="s">
         <v>32</v>
       </c>
       <c r="B192" t="s">
         <v>33</v>
       </c>
       <c r="C192" t="s">
         <v>227</v>
       </c>
       <c r="D192" t="s">
         <v>343</v>
       </c>
       <c r="E192" t="s">
         <v>233</v>
       </c>
       <c r="F192" t="s">
         <v>50</v>
       </c>
       <c r="G192" t="s">
         <v>344</v>
       </c>
       <c r="H192" t="s">
         <v>193</v>
       </c>
       <c r="I192" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="J192" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="K192" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="L192" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="M192" s="5" t="s">
-        <v>358</v>
+        <v>368</v>
       </c>
       <c r="N192" s="5">
         <v>45966.0</v>
       </c>
-      <c r="O192" t="s">
-        <v>350</v>
+      <c r="O192">
+        <v>46027.0</v>
       </c>
       <c r="P192" t="s">
-        <v>492</v>
+        <v>542</v>
       </c>
     </row>
     <row r="193" spans="1:17">
       <c r="A193" t="s">
         <v>32</v>
       </c>
       <c r="B193" t="s">
         <v>33</v>
       </c>
       <c r="C193" t="s">
         <v>227</v>
       </c>
       <c r="D193" t="s">
         <v>343</v>
       </c>
       <c r="E193" t="s">
         <v>233</v>
       </c>
       <c r="F193" t="s">
         <v>50</v>
       </c>
       <c r="G193" t="s">
         <v>352</v>
       </c>
       <c r="H193" t="s">
         <v>353</v>
       </c>
       <c r="I193" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="J193" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="K193" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="L193" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="M193" s="5" t="s">
-        <v>358</v>
+        <v>368</v>
       </c>
       <c r="N193" s="5">
         <v>45966.0</v>
       </c>
-      <c r="O193" t="s">
-        <v>350</v>
+      <c r="O193">
+        <v>46027.0</v>
       </c>
       <c r="P193" t="s">
-        <v>492</v>
+        <v>542</v>
       </c>
     </row>
     <row r="194" spans="1:17">
       <c r="A194" t="s">
         <v>32</v>
       </c>
       <c r="B194" t="s">
         <v>33</v>
       </c>
       <c r="C194" t="s">
         <v>227</v>
       </c>
       <c r="D194" t="s">
         <v>343</v>
       </c>
       <c r="E194" t="s">
         <v>233</v>
       </c>
       <c r="F194" t="s">
         <v>50</v>
       </c>
       <c r="G194" t="s">
         <v>344</v>
       </c>
       <c r="H194" t="s">
         <v>193</v>
       </c>
       <c r="I194" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="J194" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="K194" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="L194" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="M194" s="5" t="s">
         <v>368</v>
       </c>
       <c r="N194" s="5">
         <v>45957.0</v>
       </c>
       <c r="O194">
         <v>45966.0</v>
       </c>
       <c r="P194" t="s">
-        <v>501</v>
+        <v>494</v>
       </c>
     </row>
     <row r="195" spans="1:17">
       <c r="A195" t="s">
         <v>32</v>
       </c>
       <c r="B195" t="s">
         <v>33</v>
       </c>
       <c r="C195" t="s">
         <v>227</v>
       </c>
       <c r="D195" t="s">
         <v>343</v>
       </c>
       <c r="E195" t="s">
         <v>233</v>
       </c>
       <c r="F195" t="s">
         <v>50</v>
       </c>
       <c r="G195" t="s">
         <v>352</v>
       </c>
       <c r="H195" t="s">
         <v>353</v>
       </c>
       <c r="I195" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="J195" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="K195" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="L195" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="M195" s="5" t="s">
         <v>368</v>
       </c>
       <c r="N195" s="5">
         <v>45957.0</v>
       </c>
       <c r="O195">
         <v>45966.0</v>
       </c>
       <c r="P195" t="s">
-        <v>501</v>
+        <v>494</v>
       </c>
     </row>
     <row r="196" spans="1:17">
       <c r="A196" t="s">
         <v>32</v>
       </c>
       <c r="B196" t="s">
         <v>33</v>
       </c>
       <c r="C196" t="s">
         <v>227</v>
       </c>
       <c r="D196" t="s">
         <v>343</v>
       </c>
       <c r="E196" t="s">
         <v>233</v>
       </c>
       <c r="F196" t="s">
         <v>50</v>
       </c>
       <c r="G196" t="s">
         <v>344</v>
       </c>
       <c r="H196" t="s">
         <v>193</v>
       </c>
       <c r="I196" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="J196" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="K196" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="L196" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="M196" s="5" t="s">
-        <v>358</v>
+        <v>368</v>
       </c>
       <c r="N196" s="5">
         <v>45957.0</v>
       </c>
-      <c r="O196" t="s">
-        <v>350</v>
+      <c r="O196">
+        <v>45983.0</v>
       </c>
       <c r="P196" t="s">
-        <v>501</v>
+        <v>551</v>
       </c>
     </row>
     <row r="197" spans="1:17">
       <c r="A197" t="s">
         <v>32</v>
       </c>
       <c r="B197" t="s">
         <v>33</v>
       </c>
       <c r="C197" t="s">
         <v>227</v>
       </c>
       <c r="D197" t="s">
         <v>343</v>
       </c>
       <c r="E197" t="s">
         <v>233</v>
       </c>
       <c r="F197" t="s">
         <v>50</v>
       </c>
       <c r="G197" t="s">
         <v>352</v>
       </c>
       <c r="H197" t="s">
         <v>353</v>
       </c>
       <c r="I197" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="J197" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="K197" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="L197" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="M197" s="5" t="s">
-        <v>358</v>
+        <v>368</v>
       </c>
       <c r="N197" s="5">
         <v>45957.0</v>
       </c>
-      <c r="O197" t="s">
-        <v>350</v>
+      <c r="O197">
+        <v>45983.0</v>
       </c>
       <c r="P197" t="s">
-        <v>501</v>
+        <v>551</v>
       </c>
     </row>
     <row r="198" spans="1:17">
       <c r="A198" t="s">
         <v>32</v>
       </c>
       <c r="B198" t="s">
         <v>33</v>
       </c>
       <c r="C198" t="s">
         <v>227</v>
       </c>
       <c r="D198" t="s">
         <v>343</v>
       </c>
       <c r="E198" t="s">
         <v>233</v>
       </c>
       <c r="F198" t="s">
         <v>50</v>
       </c>
       <c r="G198" t="s">
         <v>344</v>
       </c>
       <c r="H198" t="s">
         <v>193</v>
       </c>
       <c r="I198" t="s">
-        <v>548</v>
+        <v>552</v>
       </c>
       <c r="J198" t="s">
-        <v>549</v>
+        <v>553</v>
       </c>
       <c r="K198" t="s">
-        <v>550</v>
+        <v>554</v>
       </c>
       <c r="L198" t="s">
-        <v>551</v>
+        <v>555</v>
       </c>
       <c r="M198" s="5" t="s">
         <v>349</v>
       </c>
       <c r="N198" s="5"/>
       <c r="O198" t="s">
         <v>350</v>
       </c>
       <c r="P198" t="s">
-        <v>492</v>
+        <v>499</v>
       </c>
     </row>
     <row r="199" spans="1:17">
       <c r="A199" t="s">
         <v>32</v>
       </c>
       <c r="B199" t="s">
         <v>33</v>
       </c>
       <c r="C199" t="s">
         <v>227</v>
       </c>
       <c r="D199" t="s">
         <v>343</v>
       </c>
       <c r="E199" t="s">
         <v>233</v>
       </c>
       <c r="F199" t="s">
         <v>50</v>
       </c>
       <c r="G199" t="s">
         <v>352</v>
       </c>
       <c r="H199" t="s">
         <v>353</v>
       </c>
       <c r="I199" t="s">
-        <v>548</v>
+        <v>552</v>
       </c>
       <c r="J199" t="s">
-        <v>549</v>
+        <v>553</v>
       </c>
       <c r="K199" t="s">
-        <v>550</v>
+        <v>554</v>
       </c>
       <c r="L199" t="s">
-        <v>551</v>
+        <v>555</v>
       </c>
       <c r="M199" s="5" t="s">
         <v>349</v>
       </c>
       <c r="N199" s="5"/>
       <c r="O199" t="s">
         <v>350</v>
       </c>
       <c r="P199" t="s">
-        <v>492</v>
+        <v>499</v>
       </c>
     </row>
     <row r="200" spans="1:17">
       <c r="A200" t="s">
         <v>32</v>
       </c>
       <c r="B200" t="s">
         <v>33</v>
       </c>
       <c r="C200" t="s">
         <v>227</v>
       </c>
       <c r="D200" t="s">
         <v>343</v>
       </c>
       <c r="E200" t="s">
         <v>233</v>
       </c>
       <c r="F200" t="s">
         <v>50</v>
       </c>
       <c r="G200" t="s">
         <v>344</v>
       </c>
       <c r="H200" t="s">
         <v>193</v>
       </c>
       <c r="I200" t="s">
-        <v>552</v>
+        <v>556</v>
       </c>
       <c r="J200" t="s">
-        <v>553</v>
+        <v>557</v>
       </c>
       <c r="K200" t="s">
-        <v>554</v>
+        <v>558</v>
       </c>
       <c r="L200" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="M200" s="5" t="s">
-        <v>349</v>
-[...1 lines deleted...]
-      <c r="N200" s="5"/>
+        <v>358</v>
+      </c>
+      <c r="N200" s="5">
+        <v>46266.0</v>
+      </c>
       <c r="O200" t="s">
         <v>350</v>
       </c>
       <c r="P200" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
     </row>
     <row r="201" spans="1:17">
       <c r="A201" t="s">
         <v>32</v>
       </c>
       <c r="B201" t="s">
         <v>33</v>
       </c>
       <c r="C201" t="s">
         <v>227</v>
       </c>
       <c r="D201" t="s">
         <v>343</v>
       </c>
       <c r="E201" t="s">
         <v>233</v>
       </c>
       <c r="F201" t="s">
         <v>50</v>
       </c>
       <c r="G201" t="s">
         <v>352</v>
       </c>
       <c r="H201" t="s">
         <v>353</v>
       </c>
       <c r="I201" t="s">
-        <v>552</v>
+        <v>556</v>
       </c>
       <c r="J201" t="s">
-        <v>553</v>
+        <v>557</v>
       </c>
       <c r="K201" t="s">
-        <v>554</v>
+        <v>558</v>
       </c>
       <c r="L201" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="M201" s="5" t="s">
-        <v>349</v>
-[...1 lines deleted...]
-      <c r="N201" s="5"/>
+        <v>358</v>
+      </c>
+      <c r="N201" s="5">
+        <v>46031.0</v>
+      </c>
       <c r="O201" t="s">
         <v>350</v>
       </c>
       <c r="P201" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
     </row>
     <row r="202" spans="1:17">
       <c r="A202" t="s">
         <v>32</v>
       </c>
       <c r="B202" t="s">
         <v>33</v>
       </c>
       <c r="C202" t="s">
         <v>227</v>
       </c>
       <c r="D202" t="s">
         <v>343</v>
       </c>
       <c r="E202" t="s">
         <v>233</v>
       </c>
       <c r="F202" t="s">
         <v>50</v>
       </c>
       <c r="G202" t="s">
         <v>344</v>
       </c>
       <c r="H202" t="s">
         <v>193</v>
       </c>
       <c r="I202" t="s">
-        <v>556</v>
+        <v>560</v>
       </c>
       <c r="J202" t="s">
-        <v>557</v>
+        <v>561</v>
       </c>
       <c r="K202" t="s">
-        <v>558</v>
+        <v>562</v>
       </c>
       <c r="L202" t="s">
-        <v>559</v>
+        <v>563</v>
       </c>
       <c r="M202" s="5" t="s">
-        <v>349</v>
-[...1 lines deleted...]
-      <c r="N202" s="5"/>
+        <v>358</v>
+      </c>
+      <c r="N202" s="5">
+        <v>45999.0</v>
+      </c>
       <c r="O202" t="s">
         <v>350</v>
       </c>
       <c r="P202" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
     </row>
     <row r="203" spans="1:17">
       <c r="A203" t="s">
         <v>32</v>
       </c>
       <c r="B203" t="s">
         <v>33</v>
       </c>
       <c r="C203" t="s">
         <v>227</v>
       </c>
       <c r="D203" t="s">
         <v>343</v>
       </c>
       <c r="E203" t="s">
         <v>233</v>
       </c>
       <c r="F203" t="s">
         <v>50</v>
       </c>
       <c r="G203" t="s">
         <v>352</v>
       </c>
       <c r="H203" t="s">
         <v>353</v>
       </c>
       <c r="I203" t="s">
-        <v>556</v>
+        <v>560</v>
       </c>
       <c r="J203" t="s">
-        <v>557</v>
+        <v>561</v>
       </c>
       <c r="K203" t="s">
-        <v>558</v>
+        <v>562</v>
       </c>
       <c r="L203" t="s">
-        <v>559</v>
+        <v>563</v>
       </c>
       <c r="M203" s="5" t="s">
-        <v>349</v>
-[...1 lines deleted...]
-      <c r="N203" s="5"/>
+        <v>358</v>
+      </c>
+      <c r="N203" s="5">
+        <v>45999.0</v>
+      </c>
       <c r="O203" t="s">
         <v>350</v>
       </c>
       <c r="P203" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O6"/>
   <sheetViews>
@@ -14487,322 +14520,322 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>59</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>560</v>
+        <v>564</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>561</v>
+        <v>565</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>562</v>
+        <v>566</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="F1" s="6" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>565</v>
+        <v>569</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>566</v>
+        <v>570</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>567</v>
+        <v>571</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>568</v>
+        <v>572</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>569</v>
+        <v>573</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>570</v>
+        <v>574</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>571</v>
+        <v>575</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>572</v>
+        <v>576</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>573</v>
+        <v>577</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>574</v>
+        <v>578</v>
       </c>
       <c r="C2" t="s">
-        <v>575</v>
+        <v>579</v>
       </c>
       <c r="D2" t="s">
         <v>59</v>
       </c>
       <c r="E2" t="s">
-        <v>576</v>
+        <v>580</v>
       </c>
       <c r="F2" s="5" t="s">
-        <v>577</v>
+        <v>581</v>
       </c>
       <c r="G2" t="s">
-        <v>578</v>
+        <v>582</v>
       </c>
       <c r="H2" t="s">
         <v>130</v>
       </c>
       <c r="I2" t="s">
-        <v>579</v>
+        <v>583</v>
       </c>
       <c r="J2" t="s">
-        <v>580</v>
+        <v>584</v>
       </c>
       <c r="K2" t="s">
-        <v>581</v>
+        <v>585</v>
       </c>
       <c r="L2" t="s">
-        <v>582</v>
+        <v>586</v>
       </c>
       <c r="M2" t="s">
-        <v>583</v>
+        <v>587</v>
       </c>
       <c r="N2" t="s">
-        <v>584</v>
+        <v>588</v>
       </c>
       <c r="O2" t="s">
-        <v>585</v>
+        <v>589</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>32</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>586</v>
+        <v>590</v>
       </c>
       <c r="C3" t="s">
-        <v>587</v>
+        <v>591</v>
       </c>
       <c r="D3" t="s">
         <v>59</v>
       </c>
       <c r="E3" t="s">
-        <v>576</v>
+        <v>580</v>
       </c>
       <c r="F3" s="5" t="s">
-        <v>588</v>
+        <v>592</v>
       </c>
       <c r="G3" t="s">
-        <v>589</v>
+        <v>593</v>
       </c>
       <c r="H3" t="s">
         <v>130</v>
       </c>
       <c r="I3" t="s">
-        <v>579</v>
+        <v>583</v>
       </c>
       <c r="J3" t="s">
-        <v>590</v>
+        <v>594</v>
       </c>
       <c r="K3" t="s">
-        <v>591</v>
+        <v>595</v>
       </c>
       <c r="L3" t="s">
-        <v>592</v>
+        <v>596</v>
       </c>
       <c r="M3" t="s">
-        <v>593</v>
+        <v>597</v>
       </c>
       <c r="N3" t="s">
-        <v>594</v>
+        <v>598</v>
       </c>
       <c r="O3" t="s">
-        <v>595</v>
+        <v>599</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>32</v>
       </c>
       <c r="B4" s="4" t="s">
-        <v>596</v>
+        <v>600</v>
       </c>
       <c r="C4" t="s">
-        <v>597</v>
+        <v>601</v>
       </c>
       <c r="D4" t="s">
-        <v>598</v>
+        <v>602</v>
       </c>
       <c r="E4" t="s">
-        <v>576</v>
+        <v>580</v>
       </c>
       <c r="F4" s="5" t="s">
-        <v>599</v>
+        <v>603</v>
       </c>
       <c r="G4" t="s">
-        <v>600</v>
+        <v>604</v>
       </c>
       <c r="H4" t="s">
         <v>130</v>
       </c>
       <c r="I4" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="J4" t="s">
-        <v>602</v>
+        <v>606</v>
       </c>
       <c r="K4" t="s">
-        <v>603</v>
+        <v>607</v>
       </c>
       <c r="L4" t="s">
-        <v>604</v>
+        <v>608</v>
       </c>
       <c r="M4" t="s">
-        <v>605</v>
+        <v>609</v>
       </c>
       <c r="N4" t="s">
-        <v>606</v>
+        <v>610</v>
       </c>
       <c r="O4" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
         <v>32</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>608</v>
+        <v>612</v>
       </c>
       <c r="C5" t="s">
-        <v>609</v>
+        <v>613</v>
       </c>
       <c r="D5" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="E5" t="s">
-        <v>576</v>
+        <v>580</v>
       </c>
       <c r="F5" s="5" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="G5" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="H5" t="s">
         <v>130</v>
       </c>
       <c r="I5" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="K5" t="s">
-        <v>614</v>
+        <v>618</v>
       </c>
       <c r="L5" t="s">
-        <v>615</v>
+        <v>619</v>
       </c>
       <c r="M5" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="N5" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="O5" t="s">
-        <v>618</v>
+        <v>622</v>
       </c>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" t="s">
         <v>32</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>619</v>
+        <v>623</v>
       </c>
       <c r="C6" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="D6" t="s">
-        <v>621</v>
+        <v>625</v>
       </c>
       <c r="E6" t="s">
-        <v>576</v>
+        <v>580</v>
       </c>
       <c r="F6" s="5" t="s">
-        <v>622</v>
+        <v>626</v>
       </c>
       <c r="G6" t="s">
-        <v>623</v>
+        <v>627</v>
       </c>
       <c r="H6" t="s">
         <v>130</v>
       </c>
       <c r="I6" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
       <c r="J6" t="s">
-        <v>625</v>
+        <v>629</v>
       </c>
       <c r="K6" t="s">
-        <v>626</v>
+        <v>630</v>
       </c>
       <c r="L6" t="s">
-        <v>627</v>
+        <v>631</v>
       </c>
       <c r="M6" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="N6" t="s">
-        <v>629</v>
+        <v>633</v>
       </c>
       <c r="O6" t="s">
-        <v>630</v>
+        <v>634</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
@@ -14813,215 +14846,215 @@
   </sheetPr>
   <dimension ref="A1:I1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="2" t="s">
         <v>59</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>631</v>
+        <v>635</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>560</v>
+        <v>564</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="H1" s="6" t="s">
-        <v>635</v>
+        <v>639</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>63</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>59</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>636</v>
+        <v>640</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>315</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>637</v>
+        <v>641</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>638</v>
+        <v>642</v>
       </c>
       <c r="C2" t="s">
-        <v>639</v>
+        <v>643</v>
       </c>
       <c r="D2" t="s">
-        <v>640</v>
+        <v>644</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>59</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>642</v>
+        <v>646</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>643</v>
+        <v>647</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>644</v>
+        <v>648</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>645</v>
+        <v>649</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
         <v>227</v>
       </c>
       <c r="C2" t="s">
-        <v>646</v>
+        <v>650</v>
       </c>
       <c r="D2" t="s">
-        <v>647</v>
+        <v>651</v>
       </c>
       <c r="E2" t="s">
-        <v>648</v>
+        <v>652</v>
       </c>
       <c r="F2" t="s">
-        <v>649</v>
+        <v>653</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E25"/>
   <sheetViews>
@@ -15041,110 +15074,110 @@
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
         <v>59</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>316</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>315</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>317</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
         <v>61</v>
       </c>
       <c r="C2" t="s">
-        <v>650</v>
+        <v>654</v>
       </c>
       <c r="E2" s="4" t="s">
-        <v>651</v>
+        <v>655</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>32</v>
       </c>
       <c r="B3" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="C3" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="D3" t="s">
-        <v>654</v>
+        <v>658</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>32</v>
       </c>
       <c r="B4" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="C4" t="s">
-        <v>655</v>
+        <v>659</v>
       </c>
       <c r="D4" t="s">
-        <v>656</v>
+        <v>660</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>32</v>
       </c>
       <c r="B5" t="s">
         <v>61</v>
       </c>
       <c r="C5" t="s">
-        <v>657</v>
+        <v>661</v>
       </c>
       <c r="E5" s="4" t="s">
-        <v>658</v>
+        <v>662</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
         <v>32</v>
       </c>
       <c r="B6" t="s">
         <v>61</v>
       </c>
       <c r="C6" t="s">
-        <v>659</v>
+        <v>663</v>
       </c>
       <c r="E6" s="4" t="s">
-        <v>660</v>
+        <v>664</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>32</v>
       </c>
       <c r="B7" t="s">
         <v>61</v>
       </c>
       <c r="C7" t="s">
         <v>225</v>
       </c>
       <c r="E7" s="4" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>32</v>
       </c>
       <c r="B8" t="s">
         <v>61</v>
       </c>
       <c r="C8" t="s">
         <v>318</v>
@@ -15192,225 +15225,225 @@
         <v>324</v>
       </c>
       <c r="E11" s="4" t="s">
         <v>325</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
         <v>32</v>
       </c>
       <c r="B12" t="s">
         <v>61</v>
       </c>
       <c r="C12" t="s">
         <v>326</v>
       </c>
       <c r="E12" s="4" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
         <v>32</v>
       </c>
       <c r="B13" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="C13" t="s">
-        <v>661</v>
+        <v>665</v>
       </c>
       <c r="D13" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
         <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="C14" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="D14" t="s">
-        <v>664</v>
+        <v>668</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="C15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="D15" t="s">
-        <v>666</v>
+        <v>670</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
         <v>32</v>
       </c>
       <c r="B16" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="C16" t="s">
-        <v>667</v>
+        <v>671</v>
       </c>
       <c r="D16" t="s">
-        <v>668</v>
+        <v>672</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" t="s">
         <v>32</v>
       </c>
       <c r="B17" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="C17" t="s">
-        <v>669</v>
+        <v>673</v>
       </c>
       <c r="D17" t="s">
-        <v>670</v>
+        <v>674</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
         <v>32</v>
       </c>
       <c r="B18" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="C18" t="s">
-        <v>671</v>
+        <v>675</v>
       </c>
       <c r="D18" t="s">
-        <v>672</v>
+        <v>676</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
         <v>32</v>
       </c>
       <c r="B19" t="s">
         <v>61</v>
       </c>
       <c r="C19" t="s">
-        <v>673</v>
+        <v>677</v>
       </c>
       <c r="E19" s="4" t="s">
-        <v>674</v>
+        <v>678</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
         <v>32</v>
       </c>
       <c r="B20" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="C20" t="s">
-        <v>675</v>
+        <v>679</v>
       </c>
       <c r="D20" t="s">
-        <v>676</v>
+        <v>680</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
         <v>32</v>
       </c>
       <c r="B21" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="C21" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="D21" t="s">
-        <v>678</v>
+        <v>682</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
         <v>32</v>
       </c>
       <c r="B22" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="C22" t="s">
-        <v>679</v>
+        <v>683</v>
       </c>
       <c r="D22" t="s">
-        <v>680</v>
+        <v>684</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" t="s">
         <v>32</v>
       </c>
       <c r="B23" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="C23" t="s">
-        <v>681</v>
+        <v>685</v>
       </c>
       <c r="D23" t="s">
-        <v>682</v>
+        <v>686</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" t="s">
         <v>32</v>
       </c>
       <c r="B24" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="C24" t="s">
-        <v>683</v>
+        <v>687</v>
       </c>
       <c r="D24" t="s">
-        <v>684</v>
+        <v>688</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
         <v>32</v>
       </c>
       <c r="B25" t="s">
         <v>61</v>
       </c>
       <c r="C25" t="s">
-        <v>685</v>
+        <v>689</v>
       </c>
       <c r="E25" s="4" t="s">
-        <v>686</v>
+        <v>690</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="E5" r:id="rId_hyperlink_2"/>
     <hyperlink ref="E6" r:id="rId_hyperlink_3"/>
     <hyperlink ref="E7" r:id="rId_hyperlink_4"/>
     <hyperlink ref="E8" r:id="rId_hyperlink_5"/>
     <hyperlink ref="E9" r:id="rId_hyperlink_6"/>
     <hyperlink ref="E10" r:id="rId_hyperlink_7"/>
     <hyperlink ref="E11" r:id="rId_hyperlink_8"/>
     <hyperlink ref="E12" r:id="rId_hyperlink_9"/>
     <hyperlink ref="E19" r:id="rId_hyperlink_10"/>
     <hyperlink ref="E25" r:id="rId_hyperlink_11"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>