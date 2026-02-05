--- v2 (2026-01-10)
+++ v3 (2026-02-05)
@@ -28,51 +28,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Compounds" sheetId="1" r:id="rId4"/>
     <sheet name="Clinical trials" sheetId="2" r:id="rId5"/>
     <sheet name="Key resources" sheetId="3" r:id="rId6"/>
     <sheet name="Regulatory status" sheetId="4" r:id="rId7"/>
     <sheet name="Patent Medspal" sheetId="5" r:id="rId8"/>
     <sheet name="Patent curated by innovator" sheetId="6" r:id="rId9"/>
     <sheet name="Drug illustrations" sheetId="7" r:id="rId10"/>
     <sheet name="Developers" sheetId="8" r:id="rId11"/>
     <sheet name="Publications" sheetId="9" r:id="rId12"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="691">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="703">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Abbreviation</t>
   </si>
   <si>
     <t>Generic name</t>
   </si>
   <si>
     <t>Brand names</t>
   </si>
   <si>
     <t>Compound type</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Approval status</t>
   </si>
   <si>
     <t>Regulatory authorities</t>
   </si>
   <si>
@@ -203,54 +203,54 @@
   <si>
     <t>Proton nuclear magnetic resonance (1H NMR), High-performance liquid chromatography (HPLC), Ultra-Performance Liquid Chromatography (UPLC).</t>
   </si>
   <si>
     <t>HIV</t>
   </si>
   <si>
     <t>Pre-Exposure Prophylaxis (PrEP), Treatment, Prevention</t>
   </si>
   <si>
     <t>Administered by a community health worker, Administered by a nurse, Administered by a specialty health worker, Self-administered, To be determined</t>
   </si>
   <si>
     <t>Other/Variable/Unknown: Oral tablets 300 mg taken daily or weekly; Six-monthly injectable; Once-yearly investigational injectable.</t>
   </si>
   <si>
     <t>LEN oral tablets 300 mg; each injection contains 927 mg of lenacapavir in solution. Dose for investigational Once-Yearly formulation is 5000 mg.</t>
   </si>
   <si>
     <t>5000 mg</t>
   </si>
   <si>
     <t>For PrEP: Initiation Option 1: Day 1: 927 mg by subcutaneous injection and 600 mg orally (2 x 300-mg tablets). Day 2: 600 mg orally (2 x 300-mg tablets). Initiation Option 2: Day 1: 600 mg orally (2 x 300-mg tablets). Day 2: 600 mg orally (2 x 300-mg tablets). Day 8: 300 mg orally (1 x 300-mg tablet). Day 15: 927 mg by subcutaneous injection. Maintenance: 927 mg by subcutaneous injection every 26 weeks +/- 2 weeks from date of last injection. For the treatment indication, lenacapavir is administered as part of a full treatment regimen with the relevant associated medicines.</t>
   </si>
   <si>
-    <t>2025-05-16 08:54:26</t>
-[...2 lines deleted...]
-    <t>2025-10-29 14:32:13</t>
+    <t>2026-01-09 08:59:24</t>
+  </si>
+  <si>
+    <t>2026-01-12 11:55:44</t>
   </si>
   <si>
     <t>Compound</t>
   </si>
   <si>
     <t>Identifier</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
     <t>Phase</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Sponsor</t>
   </si>
   <si>
     <t>More details</t>
   </si>
   <si>
     <t>Purpose</t>
   </si>
@@ -1067,50 +1067,53 @@
   <si>
     <t>https://i-base.info/htb/42313</t>
   </si>
   <si>
     <t>Lenacapavir administered every 26 weeks or daily in combination with oral daily antiretroviral therapy for initial treatment of HIV: a randomised, open-label, active-controlled, phase 2 trial</t>
   </si>
   <si>
     <t>https://doi.org/10.1016/S2352-3018(22)00291-0</t>
   </si>
   <si>
     <t>Interim Resistance Analysis of Long-Acting Lenacapavir in Treatment-Naïve People with HIV at 28 Weeks</t>
   </si>
   <si>
     <t>https://doi.org/10.1093%2Fofid%2Fofab466.073</t>
   </si>
   <si>
     <t>Clinical targeting of HIV capsid protein with a long-acting small molecule</t>
   </si>
   <si>
     <t>https://doi.org/10.1038/s41586-020-2443-1</t>
   </si>
   <si>
     <t>Company</t>
   </si>
   <si>
+    <t>Manufacturer</t>
+  </si>
+  <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
   </si>
   <si>
     <t>Country Name</t>
@@ -1155,324 +1158,325 @@
     <t>Awaiting approval</t>
   </si>
   <si>
     <t>https://www.gilead.com/news/news-details/2025/yeztugo-lenacapavir-is-now-the-first-and-only-fda-approved-hiv-prevention-option-offering-6-months-of-protection
 https://www.gilead.com/responsibility/global-health-and-access/access-in-low--and-middle-income-countries/access-strategy-for-long-acting-prep</t>
   </si>
   <si>
     <t>600 mg orally (2 x 300-mg tablets)</t>
   </si>
   <si>
     <t>Oral</t>
   </si>
   <si>
     <t>ANVISA-r</t>
   </si>
   <si>
     <t>Agência Nacional de Vigilância Sanitária</t>
   </si>
   <si>
     <t>BRA</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
+    <t>Approved</t>
+  </si>
+  <si>
+    <t>https://www.gilead.com/company/company-statements/2025/gilead-submits-request-to-anvisa-for-the-registration-of-twice-yearly-lenacapavir-for-hiv-prevention-under-the-priority-review-pathway
+https://www.gilead.com/responsibility/global-health-and-access/access-in-low--and-middle-income-countries/access-strategy-for-long-acting-prep</t>
+  </si>
+  <si>
+    <t>COFEPRIS</t>
+  </si>
+  <si>
+    <t>Comision Federal para la Proteccion contra Riesgos Sanitarios</t>
+  </si>
+  <si>
+    <t>MEX</t>
+  </si>
+  <si>
+    <t>Mexico</t>
+  </si>
+  <si>
+    <t>DoH HK-r</t>
+  </si>
+  <si>
+    <t>Department of Health (Pharmacy and Poison Board of Hong Kong)</t>
+  </si>
+  <si>
+    <t>HKG</t>
+  </si>
+  <si>
+    <t>Hong Kong</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/medicines/human/EPAR/sunlenca</t>
+  </si>
+  <si>
+    <t>DOH UAE</t>
+  </si>
+  <si>
+    <t>Department of Health United Arab Emirates</t>
+  </si>
+  <si>
+    <t>ARE</t>
+  </si>
+  <si>
+    <t>United Arab Emirates</t>
+  </si>
+  <si>
+    <t>Yeytuo</t>
+  </si>
+  <si>
+    <t>European Medicines Agency (Europe)</t>
+  </si>
+  <si>
+    <t>EMA</t>
+  </si>
+  <si>
+    <t>AUT</t>
+  </si>
+  <si>
+    <t>Austria</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/news/new-injection-easier-prevention-hiv-infection-eu-worldwide</t>
+  </si>
+  <si>
+    <t>BEL</t>
+  </si>
+  <si>
+    <t>Belgium</t>
+  </si>
+  <si>
+    <t>BGR</t>
+  </si>
+  <si>
+    <t>Bulgaria</t>
+  </si>
+  <si>
+    <t>HRV</t>
+  </si>
+  <si>
+    <t>Croatia</t>
+  </si>
+  <si>
+    <t>CYP</t>
+  </si>
+  <si>
+    <t>Cyprus</t>
+  </si>
+  <si>
+    <t>CZE</t>
+  </si>
+  <si>
+    <t>Czechia</t>
+  </si>
+  <si>
+    <t>DNK</t>
+  </si>
+  <si>
+    <t>Denmark</t>
+  </si>
+  <si>
+    <t>EST</t>
+  </si>
+  <si>
+    <t>Estonia</t>
+  </si>
+  <si>
+    <t>FIN</t>
+  </si>
+  <si>
+    <t>Finland</t>
+  </si>
+  <si>
+    <t>FRA</t>
+  </si>
+  <si>
+    <t>DEU</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>GRC</t>
+  </si>
+  <si>
+    <t>Greece</t>
+  </si>
+  <si>
+    <t>HUN</t>
+  </si>
+  <si>
+    <t>Hungary</t>
+  </si>
+  <si>
+    <t>IRL</t>
+  </si>
+  <si>
+    <t>Ireland</t>
+  </si>
+  <si>
+    <t>ITA</t>
+  </si>
+  <si>
+    <t>Italy</t>
+  </si>
+  <si>
+    <t>LVA</t>
+  </si>
+  <si>
+    <t>Latvia</t>
+  </si>
+  <si>
+    <t>LTU</t>
+  </si>
+  <si>
+    <t>Lithuania</t>
+  </si>
+  <si>
+    <t>LUX</t>
+  </si>
+  <si>
+    <t>Luxembourg</t>
+  </si>
+  <si>
+    <t>MLT</t>
+  </si>
+  <si>
+    <t>Malta</t>
+  </si>
+  <si>
+    <t>NLD</t>
+  </si>
+  <si>
+    <t>Netherlands</t>
+  </si>
+  <si>
+    <t>POL</t>
+  </si>
+  <si>
+    <t>Poland</t>
+  </si>
+  <si>
+    <t>PRT</t>
+  </si>
+  <si>
+    <t>Portugal</t>
+  </si>
+  <si>
+    <t>ROU</t>
+  </si>
+  <si>
+    <t>Romania</t>
+  </si>
+  <si>
+    <t>SVK</t>
+  </si>
+  <si>
+    <t>Slovakia</t>
+  </si>
+  <si>
+    <t>SVN</t>
+  </si>
+  <si>
+    <t>Slovenia</t>
+  </si>
+  <si>
+    <t>ESP</t>
+  </si>
+  <si>
+    <t>Spain</t>
+  </si>
+  <si>
+    <t>SWE</t>
+  </si>
+  <si>
+    <t>Sweden</t>
+  </si>
+  <si>
+    <t>NOR</t>
+  </si>
+  <si>
+    <t>Norway</t>
+  </si>
+  <si>
+    <t>ISL</t>
+  </si>
+  <si>
+    <t>Iceland</t>
+  </si>
+  <si>
+    <t>LIE</t>
+  </si>
+  <si>
+    <t>Liechtenstein</t>
+  </si>
+  <si>
+    <t>GRL</t>
+  </si>
+  <si>
+    <t>Greenland</t>
+  </si>
+  <si>
+    <t>Health Canada</t>
+  </si>
+  <si>
+    <t>CAN</t>
+  </si>
+  <si>
+    <t>Canada</t>
+  </si>
+  <si>
+    <t>https://dhpp.hpfb-dgpsa.ca/dhpp/resource/102149</t>
+  </si>
+  <si>
+    <t>Yeztugo</t>
+  </si>
+  <si>
     <t>Submitted</t>
   </si>
   <si>
-    <t>https://www.gilead.com/company/company-statements/2025/gilead-submits-request-to-anvisa-for-the-registration-of-twice-yearly-lenacapavir-for-hiv-prevention-under-the-priority-review-pathway</t>
-[...253 lines deleted...]
-  <si>
     <t>Source of info: Moupali Das (Gilead) presentation at ICAP Grand Rounds webinar in October 2025</t>
   </si>
   <si>
-    <t>KMFDS</t>
+    <t>KMFDS-r</t>
   </si>
   <si>
     <t>Korean Ministry of Food and Drug Safety</t>
   </si>
   <si>
     <t>KOR</t>
   </si>
   <si>
     <t>Korea, Republic of</t>
   </si>
   <si>
-    <t>MHRA</t>
+    <t>MHRA-r</t>
   </si>
   <si>
     <t>Medicines and Healthcare Products Regulatory Agency - UK</t>
   </si>
   <si>
     <t>GBR</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>PMDA-r</t>
   </si>
   <si>
     <t>Pharmaceuticals and Medical Devices Agency - Ministry of Health, Labour and Welfare</t>
   </si>
   <si>
     <t>JPN</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>NA</t>
   </si>
@@ -1495,101 +1499,111 @@
     <t>Switzerland</t>
   </si>
   <si>
     <t>TGA</t>
   </si>
   <si>
     <t>Therapeutic Goods Administration</t>
   </si>
   <si>
     <t>AUS</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>https://www.tga.gov.au/resources/auspmd/sunlenca
 https://www.tga.gov.au/sites/default/files/2024-01/auspar-sunlenca-240123.pdf
 https://australianprescriber.tg.org.au/articles/lenacapavir-for-multidrug-resistant-HIV-1-infection.html</t>
   </si>
   <si>
     <t>https://australianprescriber.tg.org.au/articles/lenacapavir-for-multidrug-resistant-HIV-1-infection.html
 https://www.tga.gov.au/sites/default/files/2024-01/auspar-sunlenca-240123.pdf
 https://www.tga.gov.au/resources/auspmd/sunlenca</t>
   </si>
   <si>
-    <t>https://www.gilead.com/news/news-details/2025/yeztugo-lenacapavir-is-now-the-first-and-only-fda-approved-hiv-prevention-option-offering-6-months-of-protection</t>
+    <t>Yeytugo</t>
+  </si>
+  <si>
+    <t>927 mg by subcutaneous injection (2 x 463.5 mg/1.5-mL solution injections)</t>
+  </si>
+  <si>
+    <t>https://www.gilead.com/news/news-details/2025/yeztugo-lenacapavir-is-now-the-first-and-only-fda-approved-hiv-prevention-option-offering-6-months-of-protection
+https://www.tga.gov.au/news/news-articles/tga-approves-registration-lenacapavir-pre-exposure-prophylaxis-prep-hiv-yeytuo</t>
   </si>
   <si>
     <t>USFDA-r</t>
   </si>
   <si>
     <t>United States Food and Drug Administration</t>
   </si>
   <si>
     <t>USA</t>
   </si>
   <si>
     <t>https://www.gilead.com/news/news-details/2022/sunlenca-lenacapavir-receives-fda-approval-as-a-first-in-class-twice-yearly-treatment-option-for-people-living-with-multi-drug-resistant-hiv
 https://www.accessdata.fda.gov/drugsatfda_docs/label/2022/215973s000lbl.pdf</t>
   </si>
   <si>
     <t>https://www.gilead.com/news/news-details/2025/yeztugo-lenacapavir-is-now-the-first-and-only-fda-approved-hiv-prevention-option-offering-6-months-of-protection
 https://www.accessdata.fda.gov/drugsatfda_docs/label/2025/220020s000lbl.pdf</t>
   </si>
   <si>
+    <t>600 mg orally (2 x 300-mg film coated tablets)</t>
+  </si>
+  <si>
     <t>DIGEMID</t>
   </si>
   <si>
     <t>Directorate General of Medicines, Supplies and Drugs of Peru</t>
   </si>
   <si>
     <t>PER</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Gilead</t>
   </si>
   <si>
     <t>464 mg solution for injection in 2x1.5 mL SC</t>
   </si>
   <si>
     <t>300 mg oral tablets</t>
   </si>
   <si>
     <t>https://www.gov.uk/government/news/mhra-approves-lenacapavir-for-the-prevention-of-sexually-transmitted-hiv-1-infection</t>
   </si>
   <si>
     <t>MoH-PhDiv</t>
   </si>
   <si>
     <t>Ministry of Health Israel - Pharmaceutical division</t>
   </si>
   <si>
-    <t>SFDA</t>
+    <t>SFDA-r</t>
   </si>
   <si>
     <t>Saudi Food &amp; Drug Authority</t>
   </si>
   <si>
     <t>SAU</t>
   </si>
   <si>
     <t>Saudi Arabia</t>
   </si>
   <si>
     <t>BoMRA</t>
   </si>
   <si>
     <t>Botswana Medicines Regulatory Authority</t>
   </si>
   <si>
     <t>BWA</t>
   </si>
   <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>WHO CRP(collaborative registration procedure) country (linked to European CHMP positive opinion in July 2025 and approval by EMA/EUM4All in August 2025) ; WHO PQ Oct 2025
 https://www.gilead.com/responsibility/global-health-and-access/access-in-low--and-middle-income-countries/access-strategy-for-long-acting-prep</t>
@@ -1600,84 +1614,95 @@
   <si>
     <t>Ethiopian Food and Drug Authority</t>
   </si>
   <si>
     <t>ETH</t>
   </si>
   <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>WHO CRP(collaborative registration procedure) country (linked to European CHMP positive opinion in July 2025 and approval by EMA/EUM4All in August 2025) ; WHO PQ Oct 2025</t>
   </si>
   <si>
     <t>PPB</t>
   </si>
   <si>
     <t>Pharmacy and Poisons Board</t>
   </si>
   <si>
     <t>KEN</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
+    <t>WHO CRP(collaborative registration procedure) country (linked to European CHMP positive opinion in July 2025 and approval by EMA/EUM4All in August 2025) ; WHO PQ Oct 2025
+https://www.gilead.com/responsibility/global-health-and-access/access-in-low--and-middle-income-countries/access-strategy-for-long-acting-prep
+https://www.the-star.co.ke/news/2026-01-10-kenya-recommends-registration-of-hiv-drug-lenacapavir</t>
+  </si>
+  <si>
     <t>PMRA-r</t>
   </si>
   <si>
     <t>Pharmacy and Medicines Regulatory Authority Malawi</t>
   </si>
   <si>
     <t>MWI</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
-    <t>ANARME-r</t>
+    <t>ANARME</t>
   </si>
   <si>
     <t>Autoridade Nacional Reguladora de Medicamento</t>
   </si>
   <si>
     <t>MOZ</t>
   </si>
   <si>
     <t>Mozambique</t>
   </si>
   <si>
+    <t>originator</t>
+  </si>
+  <si>
     <t>NMRC</t>
   </si>
   <si>
     <t>Namibia Medicines Regulatory Council</t>
   </si>
   <si>
     <t>NAM</t>
   </si>
   <si>
     <t>Namibia</t>
+  </si>
+  <si>
+    <t>https://www.gilead.com/responsibility/global-health-and-access/access-in-low--and-middle-income-countries/access-strategy-for-long-acting-prep</t>
   </si>
   <si>
     <t>NAFDAC</t>
   </si>
   <si>
     <t>National Agency for Food and Drug Administration and Control</t>
   </si>
   <si>
     <t>NGA</t>
   </si>
   <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>RFDA</t>
   </si>
   <si>
     <t>Rwanda Food and Drugs Authority</t>
   </si>
   <si>
     <t>RWA</t>
   </si>
   <si>
     <t>Rwanda</t>
   </si>
@@ -1751,63 +1776,63 @@
   </si>
   <si>
     <t>ZMB</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>MCAZ</t>
   </si>
   <si>
     <t>Medicines Control Authority of Zimbabwe</t>
   </si>
   <si>
     <t>ZWE</t>
   </si>
   <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>WHO CRP(collaborative registration procedure) country (linked to European CHMP positive opinion in July 2025 and approval by EMA/EUM4All in August 2025) ; WHO PQ Oct 2025
 https://www.gilead.com/responsibility/global-health-and-access/access-in-low--and-middle-income-countries/access-strategy-for-long-acting-prep
 https://healthtimes.co.zw/zimbabwes-medicines-regulatory-body-registers-lencapavir/</t>
   </si>
   <si>
-    <t>PFDA</t>
+    <t>PFDA-r</t>
   </si>
   <si>
     <t>Philippines Food and Drug Administration</t>
   </si>
   <si>
     <t>PHL</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
-    <t>Thailand FDA</t>
+    <t>Thailand FDA -r</t>
   </si>
   <si>
     <t>Thailand Food and Drug Administration</t>
   </si>
   <si>
     <t>THA</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>DAV (Vietnam)</t>
   </si>
   <si>
     <t>Drug Administration Of Vietnam</t>
   </si>
   <si>
     <t>VNM</t>
   </si>
   <si>
     <t>Viet Nam</t>
   </si>
   <si>
     <t>Representative patent</t>
   </si>
@@ -2015,81 +2040,96 @@
   <si>
     <t>Australia, Canada, Liechtenstein, Italy, Norway, Malta, Denmark, Belgium, United Kingdom, Greece, Netherlands, Hungary, Croatia, Switzerland, Spain, San Marino, Slovenia, Austria, Romania, Iceland, Cyprus, Finland, France, Bulgaria, Slovakia, Poland, Latvia, Ireland, Estonia, Germany, Luxembourg, Portugal, Czechia, Lithuania, Monaco, Sweden, Korea, Republic of, Taiwan, Province of China, United States of America</t>
   </si>
   <si>
     <t>World Intellectual Property Organization (WIPO), Argentina, Morocco, Tunisia, Albania, Serbia, Bosnia and Herzegovina, Cambodia, Montenegro, Moldova, Republic of, North Macedonia</t>
   </si>
   <si>
     <t>World Intellectual Property Organization (WIPO), Hungary, Croatia, San Marino, Romania, Iceland, Cyprus, Lithuania, Monaco, Bahamas</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Brief description</t>
   </si>
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Exclusivity</t>
   </si>
   <si>
     <t>Expiration date</t>
   </si>
   <si>
+    <t>Weekly regimen of lenacapavir for the treatment and prevention of hiv</t>
+  </si>
+  <si>
+    <t>The present disclosure provides methods of treating or preventing human immunodeficiency virus (HIV) infection in a patient, comprising orally administering to the patient a therapeutically effective amount of an HIV capsid inhibitor of formula la (e.g. lenacapavir), or a pharmaceutically acceptable salt thereof, according to a specific dosage regimen.</t>
+  </si>
+  <si>
+    <t>WO2025029247A1</t>
+  </si>
+  <si>
+    <t>Drug</t>
+  </si>
+  <si>
+    <t>Gilead Sciences Inc</t>
+  </si>
+  <si>
+    <t>2026-01-28</t>
+  </si>
+  <si>
+    <t>Pending</t>
+  </si>
+  <si>
     <t>Illustration URL</t>
   </si>
   <si>
     <t>Credit</t>
   </si>
   <si>
     <t>https://lapal.medicinespatentpool.org/storage/illustrations/5orEOEiipAdyqNg2eWx8g9KdzEDY5qU9wCbx8Bmc.png</t>
   </si>
   <si>
     <t>Lenacapavir Compound Structure</t>
   </si>
   <si>
     <t>Sourced From DrugBank</t>
   </si>
   <si>
     <t>Company/University</t>
   </si>
   <si>
-    <t>Manufacturer</t>
-[...1 lines deleted...]
-  <si>
     <t>Link to website</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Short description</t>
-  </si>
-[...1 lines deleted...]
-    <t>originator</t>
   </si>
   <si>
     <t>https://www.gilead.com/</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>Gilead Sciences, Inc. is a multinational biopharmaceutical company that develops and manufactures innovative medicines for life-threatening diseases, including anti-viral therapeutics for HIV/AIDS, Hepatitis B, Hepatitis C and Covid-19. Headquartered in Foster City, California, Gilead was originally founded in 1987 and is currently listed on both the S&amp;P 500 and the NASDAQ Biotechnology Index.</t>
   </si>
   <si>
     <t>Gilead Announces First Global Regulatory Approval of Sunlenca® (Lenacapavir)</t>
   </si>
   <si>
     <t>https://www.gilead.com/news-and-press/press-room/press-releases/2022/8/gilead-announces-first-global-regulatory-approval-of-sunlenca-lenacapavir-the-only-twiceyearly-hiv-treatment-option</t>
   </si>
   <si>
     <t>Publication</t>
   </si>
   <si>
     <t>&lt;p&gt;Link JO, et al. &lt;a href="https://doi.org/10.1038/s41586-020-2443-1" rel="noopener noreferrer" target="_blank"&gt;Clinical targeting of HIV capsid protein with a long-acting small molecule&lt;/a&gt;. Nature. 2020 Aug;584(7822):614-618. doi:&amp;nbsp;https://doi.org/10.1038/s41586-020-2443-1. Epub 2020 Jul 1.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;Oral antiretroviral agents provide life-saving treatments for millions of people living with HIV, and can prevent new infections via pre-exposure prophylaxis1-5. However, some people living with HIV who are heavily treatment-experienced have limited or no treatment options, owing to multidrug resistance6. In addition, suboptimal adherence to oral daily regimens can negatively affect the outcome of treatment-which contributes to virologic failure, resistance generation and viral transmission-as well as of pre-exposure prophylaxis, leading to new infections1,2,4,7-9. Long-acting agents from new antiretroviral classes can provide much-needed treatment options for people living with HIV who are heavily treatment-experienced, and additionally can improve adherence10. Here we describe GS-6207, a small molecule that disrupts the functions of HIV capsid protein and is amenable to long-acting therapy owing to its high potency, low in vivo systemic clearance and slow release kinetics from the subcutaneous injection site. Drawing on X-ray crystallographic information, we designed GS-6207 to bind tightly at a conserved interface between capsid protein monomers, where it interferes with capsid-protein-mediated interactions between proteins that are essential for multiple phases of the viral replication cycle. GS-6207 exhibits antiviral activity at picomolar concentrations against all subtypes of HIV-1 that we tested, and shows high synergy and no cross-resistance with approved antiretroviral drugs. In phase-1 clinical studies, monotherapy with a single subcutaneous dose of GS-6207 (450 mg) resulted in a mean log10-transformed reduction of plasma viral load of 2.2 after 9 days, and showed sustained plasma exposure at antivirally active concentrations for more than 6 months. These results provide clinical validation for therapies that target the functions of HIV capsid protein, and demonstrate the potential of GS-6207 as a long-acting agent to treat or prevent infection with HIV.&lt;/span&gt;&lt;/p&gt;</t>
   </si>
@@ -4557,78 +4597,79 @@
     <hyperlink ref="E4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="E5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="E6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="E7" r:id="rId_hyperlink_6"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q203"/>
+  <dimension ref="A1:R203"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:Q1"/>
+      <selection activeCell="A1" sqref="A1:R1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
     <col min="17" max="17" width="30" customWidth="true" style="0"/>
+    <col min="18" max="18" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:17">
+    <row r="1" spans="1:18">
       <c r="A1" s="2" t="s">
         <v>59</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>328</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>329</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>330</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>331</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>332</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>333</v>
       </c>
       <c r="I1" s="2" t="s">
@@ -4636,9881 +4677,9819 @@
       </c>
       <c r="J1" s="2" t="s">
         <v>335</v>
       </c>
       <c r="K1" s="2" t="s">
         <v>336</v>
       </c>
       <c r="L1" s="2" t="s">
         <v>337</v>
       </c>
       <c r="M1" s="6" t="s">
         <v>338</v>
       </c>
       <c r="N1" s="6" t="s">
         <v>339</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>340</v>
       </c>
       <c r="P1" s="2" t="s">
         <v>341</v>
       </c>
       <c r="Q1" s="2" t="s">
         <v>342</v>
       </c>
-    </row>
-    <row r="2" spans="1:17">
+      <c r="R1" s="2" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="2" spans="1:18">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
         <v>33</v>
       </c>
       <c r="C2" t="s">
         <v>227</v>
       </c>
-      <c r="D2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E2" t="s">
+        <v>344</v>
+      </c>
+      <c r="F2" t="s">
         <v>233</v>
       </c>
-      <c r="F2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G2" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H2" t="s">
+        <v>345</v>
+      </c>
+      <c r="I2" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>345</v>
       </c>
       <c r="J2" t="s">
         <v>346</v>
       </c>
       <c r="K2" t="s">
         <v>347</v>
       </c>
       <c r="L2" t="s">
         <v>348</v>
       </c>
       <c r="M2" s="5" t="s">
         <v>349</v>
       </c>
-      <c r="N2" s="5"/>
-      <c r="O2" t="s">
+      <c r="N2" s="5" t="s">
         <v>350</v>
       </c>
       <c r="P2" t="s">
         <v>351</v>
       </c>
-    </row>
-    <row r="3" spans="1:17">
+      <c r="Q2" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="3" spans="1:18">
       <c r="A3" t="s">
         <v>32</v>
       </c>
       <c r="B3" t="s">
         <v>33</v>
       </c>
       <c r="C3" t="s">
         <v>227</v>
       </c>
-      <c r="D3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E3" t="s">
+        <v>344</v>
+      </c>
+      <c r="F3" t="s">
         <v>233</v>
       </c>
-      <c r="F3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G3" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H3" t="s">
         <v>353</v>
       </c>
       <c r="I3" t="s">
-        <v>345</v>
+        <v>354</v>
       </c>
       <c r="J3" t="s">
         <v>346</v>
       </c>
       <c r="K3" t="s">
         <v>347</v>
       </c>
       <c r="L3" t="s">
         <v>348</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>349</v>
       </c>
-      <c r="N3" s="5"/>
-      <c r="O3" t="s">
+      <c r="N3" s="5" t="s">
         <v>350</v>
       </c>
       <c r="P3" t="s">
         <v>351</v>
       </c>
-    </row>
-    <row r="4" spans="1:17">
+      <c r="Q3" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="4" spans="1:18">
       <c r="A4" t="s">
         <v>32</v>
       </c>
       <c r="B4" t="s">
         <v>33</v>
       </c>
       <c r="C4" t="s">
         <v>227</v>
       </c>
-      <c r="D4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E4" t="s">
+        <v>344</v>
+      </c>
+      <c r="F4" t="s">
         <v>233</v>
       </c>
-      <c r="F4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G4" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H4" t="s">
+        <v>345</v>
+      </c>
+      <c r="I4" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>354</v>
       </c>
       <c r="J4" t="s">
         <v>355</v>
       </c>
       <c r="K4" t="s">
         <v>356</v>
       </c>
       <c r="L4" t="s">
         <v>357</v>
       </c>
       <c r="M4" s="5" t="s">
         <v>358</v>
       </c>
-      <c r="N4" s="5">
+      <c r="N4" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O4">
         <v>45750.0</v>
       </c>
-      <c r="O4" t="s">
-[...6 lines deleted...]
-    <row r="5" spans="1:17">
+      <c r="P4">
+        <v>46035.0</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="5" spans="1:18">
       <c r="A5" t="s">
         <v>32</v>
       </c>
       <c r="B5" t="s">
         <v>33</v>
       </c>
       <c r="C5" t="s">
         <v>227</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
+        <v>344</v>
+      </c>
+      <c r="F5" t="s">
         <v>233</v>
       </c>
-      <c r="F5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G5" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H5" t="s">
         <v>353</v>
       </c>
       <c r="I5" t="s">
         <v>354</v>
       </c>
       <c r="J5" t="s">
         <v>355</v>
       </c>
       <c r="K5" t="s">
         <v>356</v>
       </c>
       <c r="L5" t="s">
         <v>357</v>
       </c>
       <c r="M5" s="5" t="s">
         <v>358</v>
       </c>
-      <c r="N5" s="5">
+      <c r="N5" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O5">
         <v>45750.0</v>
       </c>
-      <c r="O5" t="s">
-[...6 lines deleted...]
-    <row r="6" spans="1:17">
+      <c r="P5">
+        <v>46035.0</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="6" spans="1:18">
       <c r="A6" t="s">
         <v>32</v>
       </c>
       <c r="B6" t="s">
         <v>33</v>
       </c>
       <c r="C6" t="s">
         <v>227</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="s">
+        <v>344</v>
+      </c>
+      <c r="F6" t="s">
         <v>233</v>
       </c>
-      <c r="F6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G6" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H6" t="s">
+        <v>345</v>
+      </c>
+      <c r="I6" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>360</v>
       </c>
       <c r="J6" t="s">
         <v>361</v>
       </c>
       <c r="K6" t="s">
         <v>362</v>
       </c>
       <c r="L6" t="s">
         <v>363</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>349</v>
-[...2 lines deleted...]
-      <c r="O6" t="s">
+        <v>364</v>
+      </c>
+      <c r="N6" s="5" t="s">
         <v>350</v>
       </c>
       <c r="P6" t="s">
         <v>351</v>
       </c>
-    </row>
-    <row r="7" spans="1:17">
+      <c r="Q6" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="7" spans="1:18">
       <c r="A7" t="s">
         <v>32</v>
       </c>
       <c r="B7" t="s">
         <v>33</v>
       </c>
       <c r="C7" t="s">
         <v>227</v>
       </c>
-      <c r="D7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E7" t="s">
+        <v>344</v>
+      </c>
+      <c r="F7" t="s">
         <v>233</v>
       </c>
-      <c r="F7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G7" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H7" t="s">
         <v>353</v>
       </c>
       <c r="I7" t="s">
-        <v>360</v>
+        <v>354</v>
       </c>
       <c r="J7" t="s">
         <v>361</v>
       </c>
       <c r="K7" t="s">
         <v>362</v>
       </c>
       <c r="L7" t="s">
         <v>363</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>349</v>
-[...2 lines deleted...]
-      <c r="O7" t="s">
+        <v>364</v>
+      </c>
+      <c r="N7" s="5" t="s">
         <v>350</v>
       </c>
       <c r="P7" t="s">
         <v>351</v>
       </c>
-    </row>
-    <row r="8" spans="1:17">
+      <c r="Q7" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="8" spans="1:18">
       <c r="A8" t="s">
         <v>32</v>
       </c>
       <c r="B8" t="s">
         <v>33</v>
       </c>
       <c r="C8" t="s">
         <v>227</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>34</v>
       </c>
-      <c r="E8" t="s">
+      <c r="F8" t="s">
         <v>141</v>
       </c>
-      <c r="F8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G8" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H8" t="s">
+        <v>345</v>
+      </c>
+      <c r="I8" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>364</v>
       </c>
       <c r="J8" t="s">
         <v>365</v>
       </c>
       <c r="K8" t="s">
         <v>366</v>
       </c>
       <c r="L8" t="s">
         <v>367</v>
       </c>
       <c r="M8" s="5" t="s">
         <v>368</v>
       </c>
-      <c r="N8" s="5"/>
-      <c r="O8">
+      <c r="N8" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P8">
         <v>45348.0</v>
       </c>
     </row>
-    <row r="9" spans="1:17">
+    <row r="9" spans="1:18">
       <c r="A9" t="s">
         <v>32</v>
       </c>
       <c r="B9" t="s">
         <v>33</v>
       </c>
       <c r="C9" t="s">
         <v>227</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>34</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
         <v>141</v>
       </c>
-      <c r="F9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G9" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H9" t="s">
         <v>353</v>
       </c>
       <c r="I9" t="s">
-        <v>364</v>
+        <v>354</v>
       </c>
       <c r="J9" t="s">
         <v>365</v>
       </c>
       <c r="K9" t="s">
         <v>366</v>
       </c>
       <c r="L9" t="s">
         <v>367</v>
       </c>
       <c r="M9" s="5" t="s">
         <v>368</v>
       </c>
-      <c r="N9" s="5"/>
-      <c r="O9">
+      <c r="N9" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P9">
         <v>45348.0</v>
       </c>
-      <c r="P9" t="s">
+      <c r="Q9" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="10" spans="1:17">
+    <row r="10" spans="1:18">
       <c r="A10" t="s">
         <v>32</v>
       </c>
       <c r="B10" t="s">
         <v>33</v>
       </c>
       <c r="C10" t="s">
         <v>227</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>34</v>
       </c>
-      <c r="E10" t="s">
+      <c r="F10" t="s">
         <v>141</v>
       </c>
-      <c r="F10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G10" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H10" t="s">
+        <v>345</v>
+      </c>
+      <c r="I10" t="s">
         <v>193</v>
       </c>
-      <c r="I10" t="s">
+      <c r="J10" t="s">
         <v>370</v>
       </c>
-      <c r="J10" t="s">
+      <c r="K10" t="s">
         <v>371</v>
       </c>
-      <c r="K10" t="s">
+      <c r="L10" t="s">
         <v>372</v>
       </c>
-      <c r="L10" t="s">
+      <c r="M10" s="5" t="s">
         <v>373</v>
       </c>
-      <c r="M10" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O10">
+      <c r="N10" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P10">
         <v>45356.0</v>
       </c>
     </row>
-    <row r="11" spans="1:17">
+    <row r="11" spans="1:18">
       <c r="A11" t="s">
         <v>32</v>
       </c>
       <c r="B11" t="s">
         <v>33</v>
       </c>
       <c r="C11" t="s">
         <v>227</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>34</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
         <v>141</v>
       </c>
-      <c r="F11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G11" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H11" t="s">
         <v>353</v>
       </c>
       <c r="I11" t="s">
+        <v>354</v>
+      </c>
+      <c r="J11" t="s">
         <v>370</v>
       </c>
-      <c r="J11" t="s">
+      <c r="K11" t="s">
         <v>371</v>
       </c>
-      <c r="K11" t="s">
+      <c r="L11" t="s">
         <v>372</v>
       </c>
-      <c r="L11" t="s">
+      <c r="M11" s="5" t="s">
         <v>373</v>
       </c>
-      <c r="M11" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O11">
+      <c r="N11" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P11">
         <v>45356.0</v>
       </c>
-      <c r="P11" t="s">
+      <c r="Q11" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="12" spans="1:17">
+    <row r="12" spans="1:18">
       <c r="A12" t="s">
         <v>32</v>
       </c>
       <c r="B12" t="s">
         <v>33</v>
       </c>
       <c r="C12" t="s">
         <v>227</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>374</v>
       </c>
-      <c r="E12" t="s">
+      <c r="F12" t="s">
         <v>233</v>
       </c>
-      <c r="F12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G12" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H12" t="s">
+        <v>345</v>
+      </c>
+      <c r="I12" t="s">
         <v>193</v>
       </c>
-      <c r="I12" t="s">
+      <c r="J12" t="s">
         <v>375</v>
       </c>
-      <c r="J12" t="s">
+      <c r="K12" t="s">
         <v>376</v>
       </c>
-      <c r="K12" t="s">
+      <c r="L12" t="s">
         <v>377</v>
       </c>
-      <c r="L12" t="s">
+      <c r="M12" s="5" t="s">
         <v>378</v>
       </c>
-      <c r="M12" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O12">
+      <c r="N12" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P12">
         <v>45863.0</v>
       </c>
-      <c r="P12" t="s">
+      <c r="Q12" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="13" spans="1:17">
+    <row r="13" spans="1:18">
       <c r="A13" t="s">
         <v>32</v>
       </c>
       <c r="B13" t="s">
         <v>33</v>
       </c>
       <c r="C13" t="s">
         <v>227</v>
       </c>
-      <c r="D13" t="s">
+      <c r="E13" t="s">
         <v>374</v>
       </c>
-      <c r="E13" t="s">
+      <c r="F13" t="s">
         <v>233</v>
       </c>
-      <c r="F13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G13" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H13" t="s">
+        <v>345</v>
+      </c>
+      <c r="I13" t="s">
         <v>193</v>
       </c>
-      <c r="I13" t="s">
+      <c r="J13" t="s">
         <v>375</v>
       </c>
-      <c r="J13" t="s">
+      <c r="K13" t="s">
         <v>376</v>
       </c>
-      <c r="K13" t="s">
+      <c r="L13" t="s">
         <v>380</v>
       </c>
-      <c r="L13" t="s">
+      <c r="M13" s="5" t="s">
         <v>381</v>
       </c>
-      <c r="M13" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O13">
+      <c r="N13" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P13">
         <v>45863.0</v>
       </c>
-      <c r="P13" t="s">
+      <c r="Q13" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="14" spans="1:17">
+    <row r="14" spans="1:18">
       <c r="A14" t="s">
         <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>33</v>
       </c>
       <c r="C14" t="s">
         <v>227</v>
       </c>
-      <c r="D14" t="s">
+      <c r="E14" t="s">
         <v>374</v>
       </c>
-      <c r="E14" t="s">
+      <c r="F14" t="s">
         <v>233</v>
       </c>
-      <c r="F14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G14" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H14" t="s">
+        <v>345</v>
+      </c>
+      <c r="I14" t="s">
         <v>193</v>
       </c>
-      <c r="I14" t="s">
+      <c r="J14" t="s">
         <v>375</v>
       </c>
-      <c r="J14" t="s">
+      <c r="K14" t="s">
         <v>376</v>
       </c>
-      <c r="K14" t="s">
+      <c r="L14" t="s">
         <v>382</v>
       </c>
-      <c r="L14" t="s">
+      <c r="M14" s="5" t="s">
         <v>383</v>
       </c>
-      <c r="M14" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O14">
+      <c r="N14" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P14">
         <v>45863.0</v>
       </c>
-      <c r="P14" t="s">
+      <c r="Q14" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="15" spans="1:17">
+    <row r="15" spans="1:18">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>33</v>
       </c>
       <c r="C15" t="s">
         <v>227</v>
       </c>
-      <c r="D15" t="s">
+      <c r="E15" t="s">
         <v>374</v>
       </c>
-      <c r="E15" t="s">
+      <c r="F15" t="s">
         <v>233</v>
       </c>
-      <c r="F15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G15" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H15" t="s">
+        <v>345</v>
+      </c>
+      <c r="I15" t="s">
         <v>193</v>
       </c>
-      <c r="I15" t="s">
+      <c r="J15" t="s">
         <v>375</v>
       </c>
-      <c r="J15" t="s">
+      <c r="K15" t="s">
         <v>376</v>
       </c>
-      <c r="K15" t="s">
+      <c r="L15" t="s">
         <v>384</v>
       </c>
-      <c r="L15" t="s">
+      <c r="M15" s="5" t="s">
         <v>385</v>
       </c>
-      <c r="M15" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O15">
+      <c r="N15" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P15">
         <v>45863.0</v>
       </c>
-      <c r="P15" t="s">
+      <c r="Q15" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="16" spans="1:17">
+    <row r="16" spans="1:18">
       <c r="A16" t="s">
         <v>32</v>
       </c>
       <c r="B16" t="s">
         <v>33</v>
       </c>
       <c r="C16" t="s">
         <v>227</v>
       </c>
-      <c r="D16" t="s">
+      <c r="E16" t="s">
         <v>374</v>
       </c>
-      <c r="E16" t="s">
+      <c r="F16" t="s">
         <v>233</v>
       </c>
-      <c r="F16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G16" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H16" t="s">
+        <v>345</v>
+      </c>
+      <c r="I16" t="s">
         <v>193</v>
       </c>
-      <c r="I16" t="s">
+      <c r="J16" t="s">
         <v>375</v>
       </c>
-      <c r="J16" t="s">
+      <c r="K16" t="s">
         <v>376</v>
       </c>
-      <c r="K16" t="s">
+      <c r="L16" t="s">
         <v>386</v>
       </c>
-      <c r="L16" t="s">
+      <c r="M16" s="5" t="s">
         <v>387</v>
       </c>
-      <c r="M16" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O16">
+      <c r="N16" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P16">
         <v>45863.0</v>
       </c>
-      <c r="P16" t="s">
+      <c r="Q16" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="17" spans="1:17">
+    <row r="17" spans="1:18">
       <c r="A17" t="s">
         <v>32</v>
       </c>
       <c r="B17" t="s">
         <v>33</v>
       </c>
       <c r="C17" t="s">
         <v>227</v>
       </c>
-      <c r="D17" t="s">
+      <c r="E17" t="s">
         <v>374</v>
       </c>
-      <c r="E17" t="s">
+      <c r="F17" t="s">
         <v>233</v>
       </c>
-      <c r="F17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G17" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H17" t="s">
+        <v>345</v>
+      </c>
+      <c r="I17" t="s">
         <v>193</v>
       </c>
-      <c r="I17" t="s">
+      <c r="J17" t="s">
         <v>375</v>
       </c>
-      <c r="J17" t="s">
+      <c r="K17" t="s">
         <v>376</v>
       </c>
-      <c r="K17" t="s">
+      <c r="L17" t="s">
         <v>388</v>
       </c>
-      <c r="L17" t="s">
+      <c r="M17" s="5" t="s">
         <v>389</v>
       </c>
-      <c r="M17" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O17">
+      <c r="N17" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P17">
         <v>45863.0</v>
       </c>
-      <c r="P17" t="s">
+      <c r="Q17" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="18" spans="1:17">
+    <row r="18" spans="1:18">
       <c r="A18" t="s">
         <v>32</v>
       </c>
       <c r="B18" t="s">
         <v>33</v>
       </c>
       <c r="C18" t="s">
         <v>227</v>
       </c>
-      <c r="D18" t="s">
+      <c r="E18" t="s">
         <v>374</v>
       </c>
-      <c r="E18" t="s">
+      <c r="F18" t="s">
         <v>233</v>
       </c>
-      <c r="F18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G18" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H18" t="s">
+        <v>345</v>
+      </c>
+      <c r="I18" t="s">
         <v>193</v>
       </c>
-      <c r="I18" t="s">
+      <c r="J18" t="s">
         <v>375</v>
       </c>
-      <c r="J18" t="s">
+      <c r="K18" t="s">
         <v>376</v>
       </c>
-      <c r="K18" t="s">
+      <c r="L18" t="s">
         <v>390</v>
       </c>
-      <c r="L18" t="s">
+      <c r="M18" s="5" t="s">
         <v>391</v>
       </c>
-      <c r="M18" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O18">
+      <c r="N18" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P18">
         <v>45863.0</v>
       </c>
-      <c r="P18" t="s">
+      <c r="Q18" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="19" spans="1:17">
+    <row r="19" spans="1:18">
       <c r="A19" t="s">
         <v>32</v>
       </c>
       <c r="B19" t="s">
         <v>33</v>
       </c>
       <c r="C19" t="s">
         <v>227</v>
       </c>
-      <c r="D19" t="s">
+      <c r="E19" t="s">
         <v>374</v>
       </c>
-      <c r="E19" t="s">
+      <c r="F19" t="s">
         <v>233</v>
       </c>
-      <c r="F19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G19" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H19" t="s">
+        <v>345</v>
+      </c>
+      <c r="I19" t="s">
         <v>193</v>
       </c>
-      <c r="I19" t="s">
+      <c r="J19" t="s">
         <v>375</v>
       </c>
-      <c r="J19" t="s">
+      <c r="K19" t="s">
         <v>376</v>
       </c>
-      <c r="K19" t="s">
+      <c r="L19" t="s">
         <v>392</v>
       </c>
-      <c r="L19" t="s">
+      <c r="M19" s="5" t="s">
         <v>393</v>
       </c>
-      <c r="M19" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O19">
+      <c r="N19" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P19">
         <v>45863.0</v>
       </c>
-      <c r="P19" t="s">
+      <c r="Q19" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="20" spans="1:17">
+    <row r="20" spans="1:18">
       <c r="A20" t="s">
         <v>32</v>
       </c>
       <c r="B20" t="s">
         <v>33</v>
       </c>
       <c r="C20" t="s">
         <v>227</v>
       </c>
-      <c r="D20" t="s">
+      <c r="E20" t="s">
         <v>374</v>
       </c>
-      <c r="E20" t="s">
+      <c r="F20" t="s">
         <v>233</v>
       </c>
-      <c r="F20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G20" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H20" t="s">
+        <v>345</v>
+      </c>
+      <c r="I20" t="s">
         <v>193</v>
       </c>
-      <c r="I20" t="s">
+      <c r="J20" t="s">
         <v>375</v>
       </c>
-      <c r="J20" t="s">
+      <c r="K20" t="s">
         <v>376</v>
       </c>
-      <c r="K20" t="s">
+      <c r="L20" t="s">
         <v>394</v>
       </c>
-      <c r="L20" t="s">
+      <c r="M20" s="5" t="s">
         <v>395</v>
       </c>
-      <c r="M20" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O20">
+      <c r="N20" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P20">
         <v>45863.0</v>
       </c>
-      <c r="P20" t="s">
+      <c r="Q20" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="21" spans="1:17">
+    <row r="21" spans="1:18">
       <c r="A21" t="s">
         <v>32</v>
       </c>
       <c r="B21" t="s">
         <v>33</v>
       </c>
       <c r="C21" t="s">
         <v>227</v>
       </c>
-      <c r="D21" t="s">
+      <c r="E21" t="s">
         <v>374</v>
       </c>
-      <c r="E21" t="s">
+      <c r="F21" t="s">
         <v>233</v>
       </c>
-      <c r="F21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G21" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H21" t="s">
+        <v>345</v>
+      </c>
+      <c r="I21" t="s">
         <v>193</v>
       </c>
-      <c r="I21" t="s">
+      <c r="J21" t="s">
         <v>375</v>
       </c>
-      <c r="J21" t="s">
+      <c r="K21" t="s">
         <v>376</v>
       </c>
-      <c r="K21" t="s">
+      <c r="L21" t="s">
         <v>396</v>
       </c>
-      <c r="L21" t="s">
+      <c r="M21" s="5" t="s">
         <v>218</v>
       </c>
-      <c r="M21" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O21">
+      <c r="N21" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P21">
         <v>45863.0</v>
       </c>
-      <c r="P21" t="s">
+      <c r="Q21" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="22" spans="1:17">
+    <row r="22" spans="1:18">
       <c r="A22" t="s">
         <v>32</v>
       </c>
       <c r="B22" t="s">
         <v>33</v>
       </c>
       <c r="C22" t="s">
         <v>227</v>
       </c>
-      <c r="D22" t="s">
+      <c r="E22" t="s">
         <v>374</v>
       </c>
-      <c r="E22" t="s">
+      <c r="F22" t="s">
         <v>233</v>
       </c>
-      <c r="F22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G22" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H22" t="s">
+        <v>345</v>
+      </c>
+      <c r="I22" t="s">
         <v>193</v>
       </c>
-      <c r="I22" t="s">
+      <c r="J22" t="s">
         <v>375</v>
       </c>
-      <c r="J22" t="s">
+      <c r="K22" t="s">
         <v>376</v>
       </c>
-      <c r="K22" t="s">
+      <c r="L22" t="s">
         <v>397</v>
       </c>
-      <c r="L22" t="s">
+      <c r="M22" s="5" t="s">
         <v>398</v>
       </c>
-      <c r="M22" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O22">
+      <c r="N22" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P22">
         <v>45863.0</v>
       </c>
-      <c r="P22" t="s">
+      <c r="Q22" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="23" spans="1:17">
+    <row r="23" spans="1:18">
       <c r="A23" t="s">
         <v>32</v>
       </c>
       <c r="B23" t="s">
         <v>33</v>
       </c>
       <c r="C23" t="s">
         <v>227</v>
       </c>
-      <c r="D23" t="s">
+      <c r="E23" t="s">
         <v>374</v>
       </c>
-      <c r="E23" t="s">
+      <c r="F23" t="s">
         <v>233</v>
       </c>
-      <c r="F23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G23" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H23" t="s">
+        <v>345</v>
+      </c>
+      <c r="I23" t="s">
         <v>193</v>
       </c>
-      <c r="I23" t="s">
+      <c r="J23" t="s">
         <v>375</v>
       </c>
-      <c r="J23" t="s">
+      <c r="K23" t="s">
         <v>376</v>
       </c>
-      <c r="K23" t="s">
+      <c r="L23" t="s">
         <v>399</v>
       </c>
-      <c r="L23" t="s">
+      <c r="M23" s="5" t="s">
         <v>400</v>
       </c>
-      <c r="M23" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O23">
+      <c r="N23" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P23">
         <v>45863.0</v>
       </c>
-      <c r="P23" t="s">
+      <c r="Q23" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="24" spans="1:17">
+    <row r="24" spans="1:18">
       <c r="A24" t="s">
         <v>32</v>
       </c>
       <c r="B24" t="s">
         <v>33</v>
       </c>
       <c r="C24" t="s">
         <v>227</v>
       </c>
-      <c r="D24" t="s">
+      <c r="E24" t="s">
         <v>374</v>
       </c>
-      <c r="E24" t="s">
+      <c r="F24" t="s">
         <v>233</v>
       </c>
-      <c r="F24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G24" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H24" t="s">
+        <v>345</v>
+      </c>
+      <c r="I24" t="s">
         <v>193</v>
       </c>
-      <c r="I24" t="s">
+      <c r="J24" t="s">
         <v>375</v>
       </c>
-      <c r="J24" t="s">
+      <c r="K24" t="s">
         <v>376</v>
       </c>
-      <c r="K24" t="s">
+      <c r="L24" t="s">
         <v>401</v>
       </c>
-      <c r="L24" t="s">
+      <c r="M24" s="5" t="s">
         <v>402</v>
       </c>
-      <c r="M24" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O24">
+      <c r="N24" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P24">
         <v>45863.0</v>
       </c>
-      <c r="P24" t="s">
+      <c r="Q24" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="25" spans="1:17">
+    <row r="25" spans="1:18">
       <c r="A25" t="s">
         <v>32</v>
       </c>
       <c r="B25" t="s">
         <v>33</v>
       </c>
       <c r="C25" t="s">
         <v>227</v>
       </c>
-      <c r="D25" t="s">
+      <c r="E25" t="s">
         <v>374</v>
       </c>
-      <c r="E25" t="s">
+      <c r="F25" t="s">
         <v>233</v>
       </c>
-      <c r="F25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G25" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H25" t="s">
+        <v>345</v>
+      </c>
+      <c r="I25" t="s">
         <v>193</v>
       </c>
-      <c r="I25" t="s">
+      <c r="J25" t="s">
         <v>375</v>
       </c>
-      <c r="J25" t="s">
+      <c r="K25" t="s">
         <v>376</v>
       </c>
-      <c r="K25" t="s">
+      <c r="L25" t="s">
         <v>403</v>
       </c>
-      <c r="L25" t="s">
+      <c r="M25" s="5" t="s">
         <v>404</v>
       </c>
-      <c r="M25" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O25">
+      <c r="N25" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P25">
         <v>45863.0</v>
       </c>
-      <c r="P25" t="s">
+      <c r="Q25" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="26" spans="1:17">
+    <row r="26" spans="1:18">
       <c r="A26" t="s">
         <v>32</v>
       </c>
       <c r="B26" t="s">
         <v>33</v>
       </c>
       <c r="C26" t="s">
         <v>227</v>
       </c>
-      <c r="D26" t="s">
+      <c r="E26" t="s">
         <v>374</v>
       </c>
-      <c r="E26" t="s">
+      <c r="F26" t="s">
         <v>233</v>
       </c>
-      <c r="F26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G26" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H26" t="s">
+        <v>345</v>
+      </c>
+      <c r="I26" t="s">
         <v>193</v>
       </c>
-      <c r="I26" t="s">
+      <c r="J26" t="s">
         <v>375</v>
       </c>
-      <c r="J26" t="s">
+      <c r="K26" t="s">
         <v>376</v>
       </c>
-      <c r="K26" t="s">
+      <c r="L26" t="s">
         <v>405</v>
       </c>
-      <c r="L26" t="s">
+      <c r="M26" s="5" t="s">
         <v>406</v>
       </c>
-      <c r="M26" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O26">
+      <c r="N26" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P26">
         <v>45863.0</v>
       </c>
-      <c r="P26" t="s">
+      <c r="Q26" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="27" spans="1:17">
+    <row r="27" spans="1:18">
       <c r="A27" t="s">
         <v>32</v>
       </c>
       <c r="B27" t="s">
         <v>33</v>
       </c>
       <c r="C27" t="s">
         <v>227</v>
       </c>
-      <c r="D27" t="s">
+      <c r="E27" t="s">
         <v>374</v>
       </c>
-      <c r="E27" t="s">
+      <c r="F27" t="s">
         <v>233</v>
       </c>
-      <c r="F27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G27" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H27" t="s">
+        <v>345</v>
+      </c>
+      <c r="I27" t="s">
         <v>193</v>
       </c>
-      <c r="I27" t="s">
+      <c r="J27" t="s">
         <v>375</v>
       </c>
-      <c r="J27" t="s">
+      <c r="K27" t="s">
         <v>376</v>
       </c>
-      <c r="K27" t="s">
+      <c r="L27" t="s">
         <v>407</v>
       </c>
-      <c r="L27" t="s">
+      <c r="M27" s="5" t="s">
         <v>408</v>
       </c>
-      <c r="M27" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O27">
+      <c r="N27" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P27">
         <v>45863.0</v>
       </c>
-      <c r="P27" t="s">
+      <c r="Q27" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="28" spans="1:17">
+    <row r="28" spans="1:18">
       <c r="A28" t="s">
         <v>32</v>
       </c>
       <c r="B28" t="s">
         <v>33</v>
       </c>
       <c r="C28" t="s">
         <v>227</v>
       </c>
-      <c r="D28" t="s">
+      <c r="E28" t="s">
         <v>374</v>
       </c>
-      <c r="E28" t="s">
+      <c r="F28" t="s">
         <v>233</v>
       </c>
-      <c r="F28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G28" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H28" t="s">
+        <v>345</v>
+      </c>
+      <c r="I28" t="s">
         <v>193</v>
       </c>
-      <c r="I28" t="s">
+      <c r="J28" t="s">
         <v>375</v>
       </c>
-      <c r="J28" t="s">
+      <c r="K28" t="s">
         <v>376</v>
       </c>
-      <c r="K28" t="s">
+      <c r="L28" t="s">
         <v>409</v>
       </c>
-      <c r="L28" t="s">
+      <c r="M28" s="5" t="s">
         <v>410</v>
       </c>
-      <c r="M28" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O28">
+      <c r="N28" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P28">
         <v>45863.0</v>
       </c>
-      <c r="P28" t="s">
+      <c r="Q28" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="29" spans="1:17">
+    <row r="29" spans="1:18">
       <c r="A29" t="s">
         <v>32</v>
       </c>
       <c r="B29" t="s">
         <v>33</v>
       </c>
       <c r="C29" t="s">
         <v>227</v>
       </c>
-      <c r="D29" t="s">
+      <c r="E29" t="s">
         <v>374</v>
       </c>
-      <c r="E29" t="s">
+      <c r="F29" t="s">
         <v>233</v>
       </c>
-      <c r="F29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G29" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H29" t="s">
+        <v>345</v>
+      </c>
+      <c r="I29" t="s">
         <v>193</v>
       </c>
-      <c r="I29" t="s">
+      <c r="J29" t="s">
         <v>375</v>
       </c>
-      <c r="J29" t="s">
+      <c r="K29" t="s">
         <v>376</v>
       </c>
-      <c r="K29" t="s">
+      <c r="L29" t="s">
         <v>411</v>
       </c>
-      <c r="L29" t="s">
+      <c r="M29" s="5" t="s">
         <v>412</v>
       </c>
-      <c r="M29" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O29">
+      <c r="N29" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P29">
         <v>45863.0</v>
       </c>
-      <c r="P29" t="s">
+      <c r="Q29" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="30" spans="1:17">
+    <row r="30" spans="1:18">
       <c r="A30" t="s">
         <v>32</v>
       </c>
       <c r="B30" t="s">
         <v>33</v>
       </c>
       <c r="C30" t="s">
         <v>227</v>
       </c>
-      <c r="D30" t="s">
+      <c r="E30" t="s">
         <v>374</v>
       </c>
-      <c r="E30" t="s">
+      <c r="F30" t="s">
         <v>233</v>
       </c>
-      <c r="F30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G30" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H30" t="s">
+        <v>345</v>
+      </c>
+      <c r="I30" t="s">
         <v>193</v>
       </c>
-      <c r="I30" t="s">
+      <c r="J30" t="s">
         <v>375</v>
       </c>
-      <c r="J30" t="s">
+      <c r="K30" t="s">
         <v>376</v>
       </c>
-      <c r="K30" t="s">
+      <c r="L30" t="s">
         <v>413</v>
       </c>
-      <c r="L30" t="s">
+      <c r="M30" s="5" t="s">
         <v>414</v>
       </c>
-      <c r="M30" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O30">
+      <c r="N30" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P30">
         <v>45863.0</v>
       </c>
-      <c r="P30" t="s">
+      <c r="Q30" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="31" spans="1:17">
+    <row r="31" spans="1:18">
       <c r="A31" t="s">
         <v>32</v>
       </c>
       <c r="B31" t="s">
         <v>33</v>
       </c>
       <c r="C31" t="s">
         <v>227</v>
       </c>
-      <c r="D31" t="s">
+      <c r="E31" t="s">
         <v>374</v>
       </c>
-      <c r="E31" t="s">
+      <c r="F31" t="s">
         <v>233</v>
       </c>
-      <c r="F31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G31" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H31" t="s">
+        <v>345</v>
+      </c>
+      <c r="I31" t="s">
         <v>193</v>
       </c>
-      <c r="I31" t="s">
+      <c r="J31" t="s">
         <v>375</v>
       </c>
-      <c r="J31" t="s">
+      <c r="K31" t="s">
         <v>376</v>
       </c>
-      <c r="K31" t="s">
+      <c r="L31" t="s">
         <v>415</v>
       </c>
-      <c r="L31" t="s">
+      <c r="M31" s="5" t="s">
         <v>416</v>
       </c>
-      <c r="M31" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O31">
+      <c r="N31" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P31">
         <v>45863.0</v>
       </c>
-      <c r="P31" t="s">
+      <c r="Q31" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="32" spans="1:17">
+    <row r="32" spans="1:18">
       <c r="A32" t="s">
         <v>32</v>
       </c>
       <c r="B32" t="s">
         <v>33</v>
       </c>
       <c r="C32" t="s">
         <v>227</v>
       </c>
-      <c r="D32" t="s">
+      <c r="E32" t="s">
         <v>374</v>
       </c>
-      <c r="E32" t="s">
+      <c r="F32" t="s">
         <v>233</v>
       </c>
-      <c r="F32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G32" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H32" t="s">
+        <v>345</v>
+      </c>
+      <c r="I32" t="s">
         <v>193</v>
       </c>
-      <c r="I32" t="s">
+      <c r="J32" t="s">
         <v>375</v>
       </c>
-      <c r="J32" t="s">
+      <c r="K32" t="s">
         <v>376</v>
       </c>
-      <c r="K32" t="s">
+      <c r="L32" t="s">
         <v>417</v>
       </c>
-      <c r="L32" t="s">
+      <c r="M32" s="5" t="s">
         <v>418</v>
       </c>
-      <c r="M32" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O32">
+      <c r="N32" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P32">
         <v>45863.0</v>
       </c>
-      <c r="P32" t="s">
+      <c r="Q32" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="33" spans="1:17">
+    <row r="33" spans="1:18">
       <c r="A33" t="s">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>33</v>
       </c>
       <c r="C33" t="s">
         <v>227</v>
       </c>
-      <c r="D33" t="s">
+      <c r="E33" t="s">
         <v>374</v>
       </c>
-      <c r="E33" t="s">
+      <c r="F33" t="s">
         <v>233</v>
       </c>
-      <c r="F33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G33" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H33" t="s">
+        <v>345</v>
+      </c>
+      <c r="I33" t="s">
         <v>193</v>
       </c>
-      <c r="I33" t="s">
+      <c r="J33" t="s">
         <v>375</v>
       </c>
-      <c r="J33" t="s">
+      <c r="K33" t="s">
         <v>376</v>
       </c>
-      <c r="K33" t="s">
+      <c r="L33" t="s">
         <v>419</v>
       </c>
-      <c r="L33" t="s">
+      <c r="M33" s="5" t="s">
         <v>420</v>
       </c>
-      <c r="M33" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O33">
+      <c r="N33" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P33">
         <v>45863.0</v>
       </c>
-      <c r="P33" t="s">
+      <c r="Q33" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="34" spans="1:17">
+    <row r="34" spans="1:18">
       <c r="A34" t="s">
         <v>32</v>
       </c>
       <c r="B34" t="s">
         <v>33</v>
       </c>
       <c r="C34" t="s">
         <v>227</v>
       </c>
-      <c r="D34" t="s">
+      <c r="E34" t="s">
         <v>374</v>
       </c>
-      <c r="E34" t="s">
+      <c r="F34" t="s">
         <v>233</v>
       </c>
-      <c r="F34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G34" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H34" t="s">
+        <v>345</v>
+      </c>
+      <c r="I34" t="s">
         <v>193</v>
       </c>
-      <c r="I34" t="s">
+      <c r="J34" t="s">
         <v>375</v>
       </c>
-      <c r="J34" t="s">
+      <c r="K34" t="s">
         <v>376</v>
       </c>
-      <c r="K34" t="s">
+      <c r="L34" t="s">
         <v>421</v>
       </c>
-      <c r="L34" t="s">
+      <c r="M34" s="5" t="s">
         <v>422</v>
       </c>
-      <c r="M34" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O34">
+      <c r="N34" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P34">
         <v>45863.0</v>
       </c>
-      <c r="P34" t="s">
+      <c r="Q34" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="35" spans="1:17">
+    <row r="35" spans="1:18">
       <c r="A35" t="s">
         <v>32</v>
       </c>
       <c r="B35" t="s">
         <v>33</v>
       </c>
       <c r="C35" t="s">
         <v>227</v>
       </c>
-      <c r="D35" t="s">
+      <c r="E35" t="s">
         <v>374</v>
       </c>
-      <c r="E35" t="s">
+      <c r="F35" t="s">
         <v>233</v>
       </c>
-      <c r="F35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G35" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H35" t="s">
+        <v>345</v>
+      </c>
+      <c r="I35" t="s">
         <v>193</v>
       </c>
-      <c r="I35" t="s">
+      <c r="J35" t="s">
         <v>375</v>
       </c>
-      <c r="J35" t="s">
+      <c r="K35" t="s">
         <v>376</v>
       </c>
-      <c r="K35" t="s">
+      <c r="L35" t="s">
         <v>423</v>
       </c>
-      <c r="L35" t="s">
+      <c r="M35" s="5" t="s">
         <v>424</v>
       </c>
-      <c r="M35" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O35">
+      <c r="N35" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P35">
         <v>45863.0</v>
       </c>
-      <c r="P35" t="s">
+      <c r="Q35" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="36" spans="1:17">
+    <row r="36" spans="1:18">
       <c r="A36" t="s">
         <v>32</v>
       </c>
       <c r="B36" t="s">
         <v>33</v>
       </c>
       <c r="C36" t="s">
         <v>227</v>
       </c>
-      <c r="D36" t="s">
+      <c r="E36" t="s">
         <v>374</v>
       </c>
-      <c r="E36" t="s">
+      <c r="F36" t="s">
         <v>233</v>
       </c>
-      <c r="F36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G36" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H36" t="s">
+        <v>345</v>
+      </c>
+      <c r="I36" t="s">
         <v>193</v>
       </c>
-      <c r="I36" t="s">
+      <c r="J36" t="s">
         <v>375</v>
       </c>
-      <c r="J36" t="s">
+      <c r="K36" t="s">
         <v>376</v>
       </c>
-      <c r="K36" t="s">
+      <c r="L36" t="s">
         <v>425</v>
       </c>
-      <c r="L36" t="s">
+      <c r="M36" s="5" t="s">
         <v>426</v>
       </c>
-      <c r="M36" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O36">
+      <c r="N36" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P36">
         <v>45863.0</v>
       </c>
-      <c r="P36" t="s">
+      <c r="Q36" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="37" spans="1:17">
+    <row r="37" spans="1:18">
       <c r="A37" t="s">
         <v>32</v>
       </c>
       <c r="B37" t="s">
         <v>33</v>
       </c>
       <c r="C37" t="s">
         <v>227</v>
       </c>
-      <c r="D37" t="s">
+      <c r="E37" t="s">
         <v>374</v>
       </c>
-      <c r="E37" t="s">
+      <c r="F37" t="s">
         <v>233</v>
       </c>
-      <c r="F37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G37" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H37" t="s">
+        <v>345</v>
+      </c>
+      <c r="I37" t="s">
         <v>193</v>
       </c>
-      <c r="I37" t="s">
+      <c r="J37" t="s">
         <v>375</v>
       </c>
-      <c r="J37" t="s">
+      <c r="K37" t="s">
         <v>376</v>
       </c>
-      <c r="K37" t="s">
+      <c r="L37" t="s">
         <v>427</v>
       </c>
-      <c r="L37" t="s">
+      <c r="M37" s="5" t="s">
         <v>428</v>
       </c>
-      <c r="M37" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O37">
+      <c r="N37" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P37">
         <v>45863.0</v>
       </c>
-      <c r="P37" t="s">
+      <c r="Q37" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="38" spans="1:17">
+    <row r="38" spans="1:18">
       <c r="A38" t="s">
         <v>32</v>
       </c>
       <c r="B38" t="s">
         <v>33</v>
       </c>
       <c r="C38" t="s">
         <v>227</v>
       </c>
-      <c r="D38" t="s">
+      <c r="E38" t="s">
         <v>374</v>
       </c>
-      <c r="E38" t="s">
+      <c r="F38" t="s">
         <v>233</v>
       </c>
-      <c r="F38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G38" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H38" t="s">
+        <v>345</v>
+      </c>
+      <c r="I38" t="s">
         <v>193</v>
       </c>
-      <c r="I38" t="s">
+      <c r="J38" t="s">
         <v>375</v>
       </c>
-      <c r="J38" t="s">
+      <c r="K38" t="s">
         <v>376</v>
       </c>
-      <c r="K38" t="s">
+      <c r="L38" t="s">
         <v>429</v>
       </c>
-      <c r="L38" t="s">
+      <c r="M38" s="5" t="s">
         <v>430</v>
       </c>
-      <c r="M38" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O38">
+      <c r="N38" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P38">
         <v>45863.0</v>
       </c>
-      <c r="P38" t="s">
+      <c r="Q38" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="39" spans="1:17">
+    <row r="39" spans="1:18">
       <c r="A39" t="s">
         <v>32</v>
       </c>
       <c r="B39" t="s">
         <v>33</v>
       </c>
       <c r="C39" t="s">
         <v>227</v>
       </c>
-      <c r="D39" t="s">
+      <c r="E39" t="s">
         <v>374</v>
       </c>
-      <c r="E39" t="s">
+      <c r="F39" t="s">
         <v>233</v>
       </c>
-      <c r="F39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G39" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H39" t="s">
+        <v>345</v>
+      </c>
+      <c r="I39" t="s">
         <v>193</v>
       </c>
-      <c r="I39" t="s">
+      <c r="J39" t="s">
         <v>375</v>
       </c>
-      <c r="J39" t="s">
+      <c r="K39" t="s">
         <v>376</v>
       </c>
-      <c r="K39" t="s">
+      <c r="L39" t="s">
         <v>431</v>
       </c>
-      <c r="L39" t="s">
+      <c r="M39" s="5" t="s">
         <v>432</v>
       </c>
-      <c r="M39" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O39">
+      <c r="N39" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P39">
         <v>45863.0</v>
       </c>
-      <c r="P39" t="s">
+      <c r="Q39" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="40" spans="1:17">
+    <row r="40" spans="1:18">
       <c r="A40" t="s">
         <v>32</v>
       </c>
       <c r="B40" t="s">
         <v>33</v>
       </c>
       <c r="C40" t="s">
         <v>227</v>
       </c>
-      <c r="D40" t="s">
+      <c r="E40" t="s">
         <v>374</v>
       </c>
-      <c r="E40" t="s">
+      <c r="F40" t="s">
         <v>233</v>
       </c>
-      <c r="F40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G40" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H40" t="s">
+        <v>345</v>
+      </c>
+      <c r="I40" t="s">
         <v>193</v>
       </c>
-      <c r="I40" t="s">
+      <c r="J40" t="s">
         <v>375</v>
       </c>
-      <c r="J40" t="s">
+      <c r="K40" t="s">
         <v>376</v>
       </c>
-      <c r="K40" t="s">
+      <c r="L40" t="s">
         <v>433</v>
       </c>
-      <c r="L40" t="s">
+      <c r="M40" s="5" t="s">
         <v>434</v>
       </c>
-      <c r="M40" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O40">
+      <c r="N40" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P40">
         <v>45863.0</v>
       </c>
-      <c r="P40" t="s">
+      <c r="Q40" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="41" spans="1:17">
+    <row r="41" spans="1:18">
       <c r="A41" t="s">
         <v>32</v>
       </c>
       <c r="B41" t="s">
         <v>33</v>
       </c>
       <c r="C41" t="s">
         <v>227</v>
       </c>
-      <c r="D41" t="s">
+      <c r="E41" t="s">
         <v>374</v>
       </c>
-      <c r="E41" t="s">
+      <c r="F41" t="s">
         <v>233</v>
       </c>
-      <c r="F41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G41" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H41" t="s">
+        <v>345</v>
+      </c>
+      <c r="I41" t="s">
         <v>193</v>
       </c>
-      <c r="I41" t="s">
+      <c r="J41" t="s">
         <v>375</v>
       </c>
-      <c r="J41" t="s">
+      <c r="K41" t="s">
         <v>376</v>
       </c>
-      <c r="K41" t="s">
+      <c r="L41" t="s">
         <v>435</v>
       </c>
-      <c r="L41" t="s">
+      <c r="M41" s="5" t="s">
         <v>436</v>
       </c>
-      <c r="M41" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O41">
+      <c r="N41" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P41">
         <v>45863.0</v>
       </c>
-      <c r="P41" t="s">
+      <c r="Q41" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="42" spans="1:17">
+    <row r="42" spans="1:18">
       <c r="A42" t="s">
         <v>32</v>
       </c>
       <c r="B42" t="s">
         <v>33</v>
       </c>
       <c r="C42" t="s">
         <v>227</v>
       </c>
-      <c r="D42" t="s">
+      <c r="E42" t="s">
         <v>34</v>
       </c>
-      <c r="E42" t="s">
+      <c r="F42" t="s">
         <v>141</v>
       </c>
-      <c r="F42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G42" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H42" t="s">
+        <v>345</v>
+      </c>
+      <c r="I42" t="s">
         <v>193</v>
       </c>
-      <c r="I42" t="s">
+      <c r="J42" t="s">
         <v>375</v>
       </c>
-      <c r="J42" t="s">
+      <c r="K42" t="s">
         <v>376</v>
       </c>
-      <c r="K42" t="s">
+      <c r="L42" t="s">
         <v>437</v>
       </c>
-      <c r="L42" t="s">
+      <c r="M42" s="5" t="s">
         <v>438</v>
       </c>
-      <c r="M42" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N42" s="5">
+      <c r="N42" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O42">
         <v>44427.0</v>
       </c>
-      <c r="O42">
+      <c r="P42">
         <v>44790.0</v>
       </c>
-      <c r="P42" t="s">
+      <c r="Q42" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="43" spans="1:17">
+    <row r="43" spans="1:18">
       <c r="A43" t="s">
         <v>32</v>
       </c>
       <c r="B43" t="s">
         <v>33</v>
       </c>
       <c r="C43" t="s">
         <v>227</v>
       </c>
-      <c r="D43" t="s">
+      <c r="E43" t="s">
         <v>34</v>
       </c>
-      <c r="E43" t="s">
+      <c r="F43" t="s">
         <v>141</v>
       </c>
-      <c r="F43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G43" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H43" t="s">
         <v>353</v>
       </c>
       <c r="I43" t="s">
+        <v>354</v>
+      </c>
+      <c r="J43" t="s">
         <v>375</v>
       </c>
-      <c r="J43" t="s">
+      <c r="K43" t="s">
         <v>376</v>
       </c>
-      <c r="K43" t="s">
+      <c r="L43" t="s">
         <v>377</v>
       </c>
-      <c r="L43" t="s">
+      <c r="M43" s="5" t="s">
         <v>378</v>
       </c>
-      <c r="M43" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N43" s="5">
+      <c r="N43" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O43">
         <v>44427.0</v>
       </c>
-      <c r="O43">
+      <c r="P43">
         <v>44790.0</v>
       </c>
-      <c r="P43" t="s">
+      <c r="Q43" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="44" spans="1:17">
+    <row r="44" spans="1:18">
       <c r="A44" t="s">
         <v>32</v>
       </c>
       <c r="B44" t="s">
         <v>33</v>
       </c>
       <c r="C44" t="s">
         <v>227</v>
       </c>
-      <c r="D44" t="s">
+      <c r="E44" t="s">
         <v>34</v>
       </c>
-      <c r="E44" t="s">
+      <c r="F44" t="s">
         <v>141</v>
       </c>
-      <c r="F44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G44" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H44" t="s">
         <v>353</v>
       </c>
       <c r="I44" t="s">
+        <v>354</v>
+      </c>
+      <c r="J44" t="s">
         <v>375</v>
       </c>
-      <c r="J44" t="s">
+      <c r="K44" t="s">
         <v>376</v>
       </c>
-      <c r="K44" t="s">
+      <c r="L44" t="s">
         <v>380</v>
       </c>
-      <c r="L44" t="s">
+      <c r="M44" s="5" t="s">
         <v>381</v>
       </c>
-      <c r="M44" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N44" s="5">
+      <c r="N44" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O44">
         <v>44427.0</v>
       </c>
-      <c r="O44">
+      <c r="P44">
         <v>44790.0</v>
       </c>
-      <c r="P44" t="s">
+      <c r="Q44" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="45" spans="1:17">
+    <row r="45" spans="1:18">
       <c r="A45" t="s">
         <v>32</v>
       </c>
       <c r="B45" t="s">
         <v>33</v>
       </c>
       <c r="C45" t="s">
         <v>227</v>
       </c>
-      <c r="D45" t="s">
+      <c r="E45" t="s">
         <v>34</v>
       </c>
-      <c r="E45" t="s">
+      <c r="F45" t="s">
         <v>141</v>
       </c>
-      <c r="F45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G45" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H45" t="s">
         <v>353</v>
       </c>
       <c r="I45" t="s">
+        <v>354</v>
+      </c>
+      <c r="J45" t="s">
         <v>375</v>
       </c>
-      <c r="J45" t="s">
+      <c r="K45" t="s">
         <v>376</v>
       </c>
-      <c r="K45" t="s">
+      <c r="L45" t="s">
         <v>382</v>
       </c>
-      <c r="L45" t="s">
+      <c r="M45" s="5" t="s">
         <v>383</v>
       </c>
-      <c r="M45" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N45" s="5">
+      <c r="N45" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O45">
         <v>44427.0</v>
       </c>
-      <c r="O45">
+      <c r="P45">
         <v>44790.0</v>
       </c>
-      <c r="P45" t="s">
+      <c r="Q45" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="46" spans="1:17">
+    <row r="46" spans="1:18">
       <c r="A46" t="s">
         <v>32</v>
       </c>
       <c r="B46" t="s">
         <v>33</v>
       </c>
       <c r="C46" t="s">
         <v>227</v>
       </c>
-      <c r="D46" t="s">
+      <c r="E46" t="s">
         <v>34</v>
       </c>
-      <c r="E46" t="s">
+      <c r="F46" t="s">
         <v>141</v>
       </c>
-      <c r="F46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G46" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H46" t="s">
         <v>353</v>
       </c>
       <c r="I46" t="s">
+        <v>354</v>
+      </c>
+      <c r="J46" t="s">
         <v>375</v>
       </c>
-      <c r="J46" t="s">
+      <c r="K46" t="s">
         <v>376</v>
       </c>
-      <c r="K46" t="s">
+      <c r="L46" t="s">
         <v>384</v>
       </c>
-      <c r="L46" t="s">
+      <c r="M46" s="5" t="s">
         <v>385</v>
       </c>
-      <c r="M46" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N46" s="5">
+      <c r="N46" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O46">
         <v>44427.0</v>
       </c>
-      <c r="O46">
+      <c r="P46">
         <v>44790.0</v>
       </c>
-      <c r="P46" t="s">
+      <c r="Q46" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="47" spans="1:17">
+    <row r="47" spans="1:18">
       <c r="A47" t="s">
         <v>32</v>
       </c>
       <c r="B47" t="s">
         <v>33</v>
       </c>
       <c r="C47" t="s">
         <v>227</v>
       </c>
-      <c r="D47" t="s">
+      <c r="E47" t="s">
         <v>34</v>
       </c>
-      <c r="E47" t="s">
+      <c r="F47" t="s">
         <v>141</v>
       </c>
-      <c r="F47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G47" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H47" t="s">
         <v>353</v>
       </c>
       <c r="I47" t="s">
+        <v>354</v>
+      </c>
+      <c r="J47" t="s">
         <v>375</v>
       </c>
-      <c r="J47" t="s">
+      <c r="K47" t="s">
         <v>376</v>
       </c>
-      <c r="K47" t="s">
+      <c r="L47" t="s">
         <v>386</v>
       </c>
-      <c r="L47" t="s">
+      <c r="M47" s="5" t="s">
         <v>387</v>
       </c>
-      <c r="M47" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N47" s="5">
+      <c r="N47" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O47">
         <v>44427.0</v>
       </c>
-      <c r="O47">
+      <c r="P47">
         <v>44790.0</v>
       </c>
-      <c r="P47" t="s">
+      <c r="Q47" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="48" spans="1:17">
+    <row r="48" spans="1:18">
       <c r="A48" t="s">
         <v>32</v>
       </c>
       <c r="B48" t="s">
         <v>33</v>
       </c>
       <c r="C48" t="s">
         <v>227</v>
       </c>
-      <c r="D48" t="s">
+      <c r="E48" t="s">
         <v>34</v>
       </c>
-      <c r="E48" t="s">
+      <c r="F48" t="s">
         <v>141</v>
       </c>
-      <c r="F48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G48" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H48" t="s">
         <v>353</v>
       </c>
       <c r="I48" t="s">
+        <v>354</v>
+      </c>
+      <c r="J48" t="s">
         <v>375</v>
       </c>
-      <c r="J48" t="s">
+      <c r="K48" t="s">
         <v>376</v>
       </c>
-      <c r="K48" t="s">
+      <c r="L48" t="s">
         <v>388</v>
       </c>
-      <c r="L48" t="s">
+      <c r="M48" s="5" t="s">
         <v>389</v>
       </c>
-      <c r="M48" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N48" s="5">
+      <c r="N48" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O48">
         <v>44427.0</v>
       </c>
-      <c r="O48">
+      <c r="P48">
         <v>44790.0</v>
       </c>
-      <c r="P48" t="s">
+      <c r="Q48" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="49" spans="1:17">
+    <row r="49" spans="1:18">
       <c r="A49" t="s">
         <v>32</v>
       </c>
       <c r="B49" t="s">
         <v>33</v>
       </c>
       <c r="C49" t="s">
         <v>227</v>
       </c>
-      <c r="D49" t="s">
+      <c r="E49" t="s">
         <v>34</v>
       </c>
-      <c r="E49" t="s">
+      <c r="F49" t="s">
         <v>141</v>
       </c>
-      <c r="F49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G49" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H49" t="s">
         <v>353</v>
       </c>
       <c r="I49" t="s">
+        <v>354</v>
+      </c>
+      <c r="J49" t="s">
         <v>375</v>
       </c>
-      <c r="J49" t="s">
+      <c r="K49" t="s">
         <v>376</v>
       </c>
-      <c r="K49" t="s">
+      <c r="L49" t="s">
         <v>390</v>
       </c>
-      <c r="L49" t="s">
+      <c r="M49" s="5" t="s">
         <v>391</v>
       </c>
-      <c r="M49" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N49" s="5">
+      <c r="N49" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O49">
         <v>44427.0</v>
       </c>
-      <c r="O49">
+      <c r="P49">
         <v>44790.0</v>
       </c>
-      <c r="P49" t="s">
+      <c r="Q49" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="50" spans="1:17">
+    <row r="50" spans="1:18">
       <c r="A50" t="s">
         <v>32</v>
       </c>
       <c r="B50" t="s">
         <v>33</v>
       </c>
       <c r="C50" t="s">
         <v>227</v>
       </c>
-      <c r="D50" t="s">
+      <c r="E50" t="s">
         <v>34</v>
       </c>
-      <c r="E50" t="s">
+      <c r="F50" t="s">
         <v>141</v>
       </c>
-      <c r="F50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G50" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H50" t="s">
         <v>353</v>
       </c>
       <c r="I50" t="s">
+        <v>354</v>
+      </c>
+      <c r="J50" t="s">
         <v>375</v>
       </c>
-      <c r="J50" t="s">
+      <c r="K50" t="s">
         <v>376</v>
       </c>
-      <c r="K50" t="s">
+      <c r="L50" t="s">
         <v>392</v>
       </c>
-      <c r="L50" t="s">
+      <c r="M50" s="5" t="s">
         <v>393</v>
       </c>
-      <c r="M50" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N50" s="5">
+      <c r="N50" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O50">
         <v>44427.0</v>
       </c>
-      <c r="O50">
+      <c r="P50">
         <v>44790.0</v>
       </c>
-      <c r="P50" t="s">
+      <c r="Q50" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="51" spans="1:17">
+    <row r="51" spans="1:18">
       <c r="A51" t="s">
         <v>32</v>
       </c>
       <c r="B51" t="s">
         <v>33</v>
       </c>
       <c r="C51" t="s">
         <v>227</v>
       </c>
-      <c r="D51" t="s">
+      <c r="E51" t="s">
         <v>34</v>
       </c>
-      <c r="E51" t="s">
+      <c r="F51" t="s">
         <v>141</v>
       </c>
-      <c r="F51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G51" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H51" t="s">
         <v>353</v>
       </c>
       <c r="I51" t="s">
+        <v>354</v>
+      </c>
+      <c r="J51" t="s">
         <v>375</v>
       </c>
-      <c r="J51" t="s">
+      <c r="K51" t="s">
         <v>376</v>
       </c>
-      <c r="K51" t="s">
+      <c r="L51" t="s">
         <v>394</v>
       </c>
-      <c r="L51" t="s">
+      <c r="M51" s="5" t="s">
         <v>395</v>
       </c>
-      <c r="M51" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N51" s="5">
+      <c r="N51" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O51">
         <v>44427.0</v>
       </c>
-      <c r="O51">
+      <c r="P51">
         <v>44790.0</v>
       </c>
-      <c r="P51" t="s">
+      <c r="Q51" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="52" spans="1:17">
+    <row r="52" spans="1:18">
       <c r="A52" t="s">
         <v>32</v>
       </c>
       <c r="B52" t="s">
         <v>33</v>
       </c>
       <c r="C52" t="s">
         <v>227</v>
       </c>
-      <c r="D52" t="s">
+      <c r="E52" t="s">
         <v>34</v>
       </c>
-      <c r="E52" t="s">
+      <c r="F52" t="s">
         <v>141</v>
       </c>
-      <c r="F52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G52" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H52" t="s">
         <v>353</v>
       </c>
       <c r="I52" t="s">
+        <v>354</v>
+      </c>
+      <c r="J52" t="s">
         <v>375</v>
       </c>
-      <c r="J52" t="s">
+      <c r="K52" t="s">
         <v>376</v>
       </c>
-      <c r="K52" t="s">
+      <c r="L52" t="s">
         <v>396</v>
       </c>
-      <c r="L52" t="s">
+      <c r="M52" s="5" t="s">
         <v>218</v>
       </c>
-      <c r="M52" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N52" s="5">
+      <c r="N52" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O52">
         <v>44427.0</v>
       </c>
-      <c r="O52">
+      <c r="P52">
         <v>44790.0</v>
       </c>
-      <c r="P52" t="s">
+      <c r="Q52" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="53" spans="1:17">
+    <row r="53" spans="1:18">
       <c r="A53" t="s">
         <v>32</v>
       </c>
       <c r="B53" t="s">
         <v>33</v>
       </c>
       <c r="C53" t="s">
         <v>227</v>
       </c>
-      <c r="D53" t="s">
+      <c r="E53" t="s">
         <v>34</v>
       </c>
-      <c r="E53" t="s">
+      <c r="F53" t="s">
         <v>141</v>
       </c>
-      <c r="F53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G53" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H53" t="s">
         <v>353</v>
       </c>
       <c r="I53" t="s">
+        <v>354</v>
+      </c>
+      <c r="J53" t="s">
         <v>375</v>
       </c>
-      <c r="J53" t="s">
+      <c r="K53" t="s">
         <v>376</v>
       </c>
-      <c r="K53" t="s">
+      <c r="L53" t="s">
         <v>397</v>
       </c>
-      <c r="L53" t="s">
+      <c r="M53" s="5" t="s">
         <v>398</v>
       </c>
-      <c r="M53" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N53" s="5">
+      <c r="N53" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O53">
         <v>44427.0</v>
       </c>
-      <c r="O53">
+      <c r="P53">
         <v>44790.0</v>
       </c>
-      <c r="P53" t="s">
+      <c r="Q53" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="54" spans="1:17">
+    <row r="54" spans="1:18">
       <c r="A54" t="s">
         <v>32</v>
       </c>
       <c r="B54" t="s">
         <v>33</v>
       </c>
       <c r="C54" t="s">
         <v>227</v>
       </c>
-      <c r="D54" t="s">
+      <c r="E54" t="s">
         <v>34</v>
       </c>
-      <c r="E54" t="s">
+      <c r="F54" t="s">
         <v>141</v>
       </c>
-      <c r="F54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G54" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H54" t="s">
         <v>353</v>
       </c>
       <c r="I54" t="s">
+        <v>354</v>
+      </c>
+      <c r="J54" t="s">
         <v>375</v>
       </c>
-      <c r="J54" t="s">
+      <c r="K54" t="s">
         <v>376</v>
       </c>
-      <c r="K54" t="s">
+      <c r="L54" t="s">
         <v>399</v>
       </c>
-      <c r="L54" t="s">
+      <c r="M54" s="5" t="s">
         <v>400</v>
       </c>
-      <c r="M54" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N54" s="5">
+      <c r="N54" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O54">
         <v>44427.0</v>
       </c>
-      <c r="O54">
+      <c r="P54">
         <v>44790.0</v>
       </c>
-      <c r="P54" t="s">
+      <c r="Q54" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="55" spans="1:17">
+    <row r="55" spans="1:18">
       <c r="A55" t="s">
         <v>32</v>
       </c>
       <c r="B55" t="s">
         <v>33</v>
       </c>
       <c r="C55" t="s">
         <v>227</v>
       </c>
-      <c r="D55" t="s">
+      <c r="E55" t="s">
         <v>34</v>
       </c>
-      <c r="E55" t="s">
+      <c r="F55" t="s">
         <v>141</v>
       </c>
-      <c r="F55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G55" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H55" t="s">
         <v>353</v>
       </c>
       <c r="I55" t="s">
+        <v>354</v>
+      </c>
+      <c r="J55" t="s">
         <v>375</v>
       </c>
-      <c r="J55" t="s">
+      <c r="K55" t="s">
         <v>376</v>
       </c>
-      <c r="K55" t="s">
+      <c r="L55" t="s">
         <v>401</v>
       </c>
-      <c r="L55" t="s">
+      <c r="M55" s="5" t="s">
         <v>402</v>
       </c>
-      <c r="M55" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N55" s="5">
+      <c r="N55" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O55">
         <v>44427.0</v>
       </c>
-      <c r="O55">
+      <c r="P55">
         <v>44790.0</v>
       </c>
-      <c r="P55" t="s">
+      <c r="Q55" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="56" spans="1:17">
+    <row r="56" spans="1:18">
       <c r="A56" t="s">
         <v>32</v>
       </c>
       <c r="B56" t="s">
         <v>33</v>
       </c>
       <c r="C56" t="s">
         <v>227</v>
       </c>
-      <c r="D56" t="s">
+      <c r="E56" t="s">
         <v>34</v>
       </c>
-      <c r="E56" t="s">
+      <c r="F56" t="s">
         <v>141</v>
       </c>
-      <c r="F56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G56" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H56" t="s">
         <v>353</v>
       </c>
       <c r="I56" t="s">
+        <v>354</v>
+      </c>
+      <c r="J56" t="s">
         <v>375</v>
       </c>
-      <c r="J56" t="s">
+      <c r="K56" t="s">
         <v>376</v>
       </c>
-      <c r="K56" t="s">
+      <c r="L56" t="s">
         <v>403</v>
       </c>
-      <c r="L56" t="s">
+      <c r="M56" s="5" t="s">
         <v>404</v>
       </c>
-      <c r="M56" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N56" s="5">
+      <c r="N56" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O56">
         <v>44427.0</v>
       </c>
-      <c r="O56">
+      <c r="P56">
         <v>44790.0</v>
       </c>
-      <c r="P56" t="s">
+      <c r="Q56" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="57" spans="1:17">
+    <row r="57" spans="1:18">
       <c r="A57" t="s">
         <v>32</v>
       </c>
       <c r="B57" t="s">
         <v>33</v>
       </c>
       <c r="C57" t="s">
         <v>227</v>
       </c>
-      <c r="D57" t="s">
+      <c r="E57" t="s">
         <v>34</v>
       </c>
-      <c r="E57" t="s">
+      <c r="F57" t="s">
         <v>141</v>
       </c>
-      <c r="F57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G57" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H57" t="s">
         <v>353</v>
       </c>
       <c r="I57" t="s">
+        <v>354</v>
+      </c>
+      <c r="J57" t="s">
         <v>375</v>
       </c>
-      <c r="J57" t="s">
+      <c r="K57" t="s">
         <v>376</v>
       </c>
-      <c r="K57" t="s">
+      <c r="L57" t="s">
         <v>405</v>
       </c>
-      <c r="L57" t="s">
+      <c r="M57" s="5" t="s">
         <v>406</v>
       </c>
-      <c r="M57" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N57" s="5">
+      <c r="N57" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O57">
         <v>44427.0</v>
       </c>
-      <c r="O57">
+      <c r="P57">
         <v>44790.0</v>
       </c>
-      <c r="P57" t="s">
+      <c r="Q57" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="58" spans="1:17">
+    <row r="58" spans="1:18">
       <c r="A58" t="s">
         <v>32</v>
       </c>
       <c r="B58" t="s">
         <v>33</v>
       </c>
       <c r="C58" t="s">
         <v>227</v>
       </c>
-      <c r="D58" t="s">
+      <c r="E58" t="s">
         <v>34</v>
       </c>
-      <c r="E58" t="s">
+      <c r="F58" t="s">
         <v>141</v>
       </c>
-      <c r="F58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G58" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H58" t="s">
         <v>353</v>
       </c>
       <c r="I58" t="s">
+        <v>354</v>
+      </c>
+      <c r="J58" t="s">
         <v>375</v>
       </c>
-      <c r="J58" t="s">
+      <c r="K58" t="s">
         <v>376</v>
       </c>
-      <c r="K58" t="s">
+      <c r="L58" t="s">
         <v>407</v>
       </c>
-      <c r="L58" t="s">
+      <c r="M58" s="5" t="s">
         <v>408</v>
       </c>
-      <c r="M58" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N58" s="5">
+      <c r="N58" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O58">
         <v>44427.0</v>
       </c>
-      <c r="O58">
+      <c r="P58">
         <v>44790.0</v>
       </c>
-      <c r="P58" t="s">
+      <c r="Q58" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="59" spans="1:17">
+    <row r="59" spans="1:18">
       <c r="A59" t="s">
         <v>32</v>
       </c>
       <c r="B59" t="s">
         <v>33</v>
       </c>
       <c r="C59" t="s">
         <v>227</v>
       </c>
-      <c r="D59" t="s">
+      <c r="E59" t="s">
         <v>34</v>
       </c>
-      <c r="E59" t="s">
+      <c r="F59" t="s">
         <v>141</v>
       </c>
-      <c r="F59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G59" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H59" t="s">
         <v>353</v>
       </c>
       <c r="I59" t="s">
+        <v>354</v>
+      </c>
+      <c r="J59" t="s">
         <v>375</v>
       </c>
-      <c r="J59" t="s">
+      <c r="K59" t="s">
         <v>376</v>
       </c>
-      <c r="K59" t="s">
+      <c r="L59" t="s">
         <v>409</v>
       </c>
-      <c r="L59" t="s">
+      <c r="M59" s="5" t="s">
         <v>410</v>
       </c>
-      <c r="M59" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N59" s="5">
+      <c r="N59" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O59">
         <v>44427.0</v>
       </c>
-      <c r="O59">
+      <c r="P59">
         <v>44790.0</v>
       </c>
-      <c r="P59" t="s">
+      <c r="Q59" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="60" spans="1:17">
+    <row r="60" spans="1:18">
       <c r="A60" t="s">
         <v>32</v>
       </c>
       <c r="B60" t="s">
         <v>33</v>
       </c>
       <c r="C60" t="s">
         <v>227</v>
       </c>
-      <c r="D60" t="s">
+      <c r="E60" t="s">
         <v>34</v>
       </c>
-      <c r="E60" t="s">
+      <c r="F60" t="s">
         <v>141</v>
       </c>
-      <c r="F60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G60" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H60" t="s">
         <v>353</v>
       </c>
       <c r="I60" t="s">
+        <v>354</v>
+      </c>
+      <c r="J60" t="s">
         <v>375</v>
       </c>
-      <c r="J60" t="s">
+      <c r="K60" t="s">
         <v>376</v>
       </c>
-      <c r="K60" t="s">
+      <c r="L60" t="s">
         <v>411</v>
       </c>
-      <c r="L60" t="s">
+      <c r="M60" s="5" t="s">
         <v>412</v>
       </c>
-      <c r="M60" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N60" s="5">
+      <c r="N60" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O60">
         <v>44427.0</v>
       </c>
-      <c r="O60">
+      <c r="P60">
         <v>44790.0</v>
       </c>
-      <c r="P60" t="s">
+      <c r="Q60" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="61" spans="1:17">
+    <row r="61" spans="1:18">
       <c r="A61" t="s">
         <v>32</v>
       </c>
       <c r="B61" t="s">
         <v>33</v>
       </c>
       <c r="C61" t="s">
         <v>227</v>
       </c>
-      <c r="D61" t="s">
+      <c r="E61" t="s">
         <v>34</v>
       </c>
-      <c r="E61" t="s">
+      <c r="F61" t="s">
         <v>141</v>
       </c>
-      <c r="F61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G61" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H61" t="s">
         <v>353</v>
       </c>
       <c r="I61" t="s">
+        <v>354</v>
+      </c>
+      <c r="J61" t="s">
         <v>375</v>
       </c>
-      <c r="J61" t="s">
+      <c r="K61" t="s">
         <v>376</v>
       </c>
-      <c r="K61" t="s">
+      <c r="L61" t="s">
         <v>413</v>
       </c>
-      <c r="L61" t="s">
+      <c r="M61" s="5" t="s">
         <v>414</v>
       </c>
-      <c r="M61" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N61" s="5">
+      <c r="N61" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O61">
         <v>44427.0</v>
       </c>
-      <c r="O61">
+      <c r="P61">
         <v>44790.0</v>
       </c>
-      <c r="P61" t="s">
+      <c r="Q61" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="62" spans="1:17">
+    <row r="62" spans="1:18">
       <c r="A62" t="s">
         <v>32</v>
       </c>
       <c r="B62" t="s">
         <v>33</v>
       </c>
       <c r="C62" t="s">
         <v>227</v>
       </c>
-      <c r="D62" t="s">
+      <c r="E62" t="s">
         <v>34</v>
       </c>
-      <c r="E62" t="s">
+      <c r="F62" t="s">
         <v>141</v>
       </c>
-      <c r="F62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G62" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H62" t="s">
         <v>353</v>
       </c>
       <c r="I62" t="s">
+        <v>354</v>
+      </c>
+      <c r="J62" t="s">
         <v>375</v>
       </c>
-      <c r="J62" t="s">
+      <c r="K62" t="s">
         <v>376</v>
       </c>
-      <c r="K62" t="s">
+      <c r="L62" t="s">
         <v>415</v>
       </c>
-      <c r="L62" t="s">
+      <c r="M62" s="5" t="s">
         <v>416</v>
       </c>
-      <c r="M62" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N62" s="5">
+      <c r="N62" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O62">
         <v>44427.0</v>
       </c>
-      <c r="O62">
+      <c r="P62">
         <v>44790.0</v>
       </c>
-      <c r="P62" t="s">
+      <c r="Q62" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="63" spans="1:17">
+    <row r="63" spans="1:18">
       <c r="A63" t="s">
         <v>32</v>
       </c>
       <c r="B63" t="s">
         <v>33</v>
       </c>
       <c r="C63" t="s">
         <v>227</v>
       </c>
-      <c r="D63" t="s">
+      <c r="E63" t="s">
         <v>34</v>
       </c>
-      <c r="E63" t="s">
+      <c r="F63" t="s">
         <v>141</v>
       </c>
-      <c r="F63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G63" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H63" t="s">
         <v>353</v>
       </c>
       <c r="I63" t="s">
+        <v>354</v>
+      </c>
+      <c r="J63" t="s">
         <v>375</v>
       </c>
-      <c r="J63" t="s">
+      <c r="K63" t="s">
         <v>376</v>
       </c>
-      <c r="K63" t="s">
+      <c r="L63" t="s">
         <v>417</v>
       </c>
-      <c r="L63" t="s">
+      <c r="M63" s="5" t="s">
         <v>418</v>
       </c>
-      <c r="M63" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N63" s="5">
+      <c r="N63" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O63">
         <v>44427.0</v>
       </c>
-      <c r="O63">
+      <c r="P63">
         <v>44790.0</v>
       </c>
-      <c r="P63" t="s">
+      <c r="Q63" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="64" spans="1:17">
+    <row r="64" spans="1:18">
       <c r="A64" t="s">
         <v>32</v>
       </c>
       <c r="B64" t="s">
         <v>33</v>
       </c>
       <c r="C64" t="s">
         <v>227</v>
       </c>
-      <c r="D64" t="s">
+      <c r="E64" t="s">
         <v>34</v>
       </c>
-      <c r="E64" t="s">
+      <c r="F64" t="s">
         <v>141</v>
       </c>
-      <c r="F64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G64" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H64" t="s">
         <v>353</v>
       </c>
       <c r="I64" t="s">
+        <v>354</v>
+      </c>
+      <c r="J64" t="s">
         <v>375</v>
       </c>
-      <c r="J64" t="s">
+      <c r="K64" t="s">
         <v>376</v>
       </c>
-      <c r="K64" t="s">
+      <c r="L64" t="s">
         <v>419</v>
       </c>
-      <c r="L64" t="s">
+      <c r="M64" s="5" t="s">
         <v>420</v>
       </c>
-      <c r="M64" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N64" s="5">
+      <c r="N64" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O64">
         <v>44427.0</v>
       </c>
-      <c r="O64">
+      <c r="P64">
         <v>44790.0</v>
       </c>
-      <c r="P64" t="s">
+      <c r="Q64" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="65" spans="1:17">
+    <row r="65" spans="1:18">
       <c r="A65" t="s">
         <v>32</v>
       </c>
       <c r="B65" t="s">
         <v>33</v>
       </c>
       <c r="C65" t="s">
         <v>227</v>
       </c>
-      <c r="D65" t="s">
+      <c r="E65" t="s">
         <v>34</v>
       </c>
-      <c r="E65" t="s">
+      <c r="F65" t="s">
         <v>141</v>
       </c>
-      <c r="F65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G65" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H65" t="s">
         <v>353</v>
       </c>
       <c r="I65" t="s">
+        <v>354</v>
+      </c>
+      <c r="J65" t="s">
         <v>375</v>
       </c>
-      <c r="J65" t="s">
+      <c r="K65" t="s">
         <v>376</v>
       </c>
-      <c r="K65" t="s">
+      <c r="L65" t="s">
         <v>421</v>
       </c>
-      <c r="L65" t="s">
+      <c r="M65" s="5" t="s">
         <v>422</v>
       </c>
-      <c r="M65" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N65" s="5">
+      <c r="N65" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O65">
         <v>44427.0</v>
       </c>
-      <c r="O65">
+      <c r="P65">
         <v>44790.0</v>
       </c>
-      <c r="P65" t="s">
+      <c r="Q65" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="66" spans="1:17">
+    <row r="66" spans="1:18">
       <c r="A66" t="s">
         <v>32</v>
       </c>
       <c r="B66" t="s">
         <v>33</v>
       </c>
       <c r="C66" t="s">
         <v>227</v>
       </c>
-      <c r="D66" t="s">
+      <c r="E66" t="s">
         <v>34</v>
       </c>
-      <c r="E66" t="s">
+      <c r="F66" t="s">
         <v>141</v>
       </c>
-      <c r="F66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G66" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H66" t="s">
         <v>353</v>
       </c>
       <c r="I66" t="s">
+        <v>354</v>
+      </c>
+      <c r="J66" t="s">
         <v>375</v>
       </c>
-      <c r="J66" t="s">
+      <c r="K66" t="s">
         <v>376</v>
       </c>
-      <c r="K66" t="s">
+      <c r="L66" t="s">
         <v>423</v>
       </c>
-      <c r="L66" t="s">
+      <c r="M66" s="5" t="s">
         <v>424</v>
       </c>
-      <c r="M66" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N66" s="5">
+      <c r="N66" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O66">
         <v>44427.0</v>
       </c>
-      <c r="O66">
+      <c r="P66">
         <v>44790.0</v>
       </c>
-      <c r="P66" t="s">
+      <c r="Q66" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="67" spans="1:17">
+    <row r="67" spans="1:18">
       <c r="A67" t="s">
         <v>32</v>
       </c>
       <c r="B67" t="s">
         <v>33</v>
       </c>
       <c r="C67" t="s">
         <v>227</v>
       </c>
-      <c r="D67" t="s">
+      <c r="E67" t="s">
         <v>34</v>
       </c>
-      <c r="E67" t="s">
+      <c r="F67" t="s">
         <v>141</v>
       </c>
-      <c r="F67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G67" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H67" t="s">
         <v>353</v>
       </c>
       <c r="I67" t="s">
+        <v>354</v>
+      </c>
+      <c r="J67" t="s">
         <v>375</v>
       </c>
-      <c r="J67" t="s">
+      <c r="K67" t="s">
         <v>376</v>
       </c>
-      <c r="K67" t="s">
+      <c r="L67" t="s">
         <v>425</v>
       </c>
-      <c r="L67" t="s">
+      <c r="M67" s="5" t="s">
         <v>426</v>
       </c>
-      <c r="M67" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N67" s="5">
+      <c r="N67" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O67">
         <v>44427.0</v>
       </c>
-      <c r="O67">
+      <c r="P67">
         <v>44790.0</v>
       </c>
-      <c r="P67" t="s">
+      <c r="Q67" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="68" spans="1:17">
+    <row r="68" spans="1:18">
       <c r="A68" t="s">
         <v>32</v>
       </c>
       <c r="B68" t="s">
         <v>33</v>
       </c>
       <c r="C68" t="s">
         <v>227</v>
       </c>
-      <c r="D68" t="s">
+      <c r="E68" t="s">
         <v>34</v>
       </c>
-      <c r="E68" t="s">
+      <c r="F68" t="s">
         <v>141</v>
       </c>
-      <c r="F68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G68" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H68" t="s">
         <v>353</v>
       </c>
       <c r="I68" t="s">
+        <v>354</v>
+      </c>
+      <c r="J68" t="s">
         <v>375</v>
       </c>
-      <c r="J68" t="s">
+      <c r="K68" t="s">
         <v>376</v>
       </c>
-      <c r="K68" t="s">
+      <c r="L68" t="s">
         <v>427</v>
       </c>
-      <c r="L68" t="s">
+      <c r="M68" s="5" t="s">
         <v>428</v>
       </c>
-      <c r="M68" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N68" s="5">
+      <c r="N68" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O68">
         <v>44427.0</v>
       </c>
-      <c r="O68">
+      <c r="P68">
         <v>44790.0</v>
       </c>
-      <c r="P68" t="s">
+      <c r="Q68" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="69" spans="1:17">
+    <row r="69" spans="1:18">
       <c r="A69" t="s">
         <v>32</v>
       </c>
       <c r="B69" t="s">
         <v>33</v>
       </c>
       <c r="C69" t="s">
         <v>227</v>
       </c>
-      <c r="D69" t="s">
+      <c r="E69" t="s">
         <v>34</v>
       </c>
-      <c r="E69" t="s">
+      <c r="F69" t="s">
         <v>141</v>
       </c>
-      <c r="F69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G69" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H69" t="s">
         <v>353</v>
       </c>
       <c r="I69" t="s">
+        <v>354</v>
+      </c>
+      <c r="J69" t="s">
         <v>375</v>
       </c>
-      <c r="J69" t="s">
+      <c r="K69" t="s">
         <v>376</v>
       </c>
-      <c r="K69" t="s">
+      <c r="L69" t="s">
         <v>429</v>
       </c>
-      <c r="L69" t="s">
+      <c r="M69" s="5" t="s">
         <v>430</v>
       </c>
-      <c r="M69" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N69" s="5">
+      <c r="N69" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O69">
         <v>44427.0</v>
       </c>
-      <c r="O69">
+      <c r="P69">
         <v>44790.0</v>
       </c>
-      <c r="P69" t="s">
+      <c r="Q69" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="70" spans="1:17">
+    <row r="70" spans="1:18">
       <c r="A70" t="s">
         <v>32</v>
       </c>
       <c r="B70" t="s">
         <v>33</v>
       </c>
       <c r="C70" t="s">
         <v>227</v>
       </c>
-      <c r="D70" t="s">
+      <c r="E70" t="s">
         <v>34</v>
       </c>
-      <c r="E70" t="s">
+      <c r="F70" t="s">
         <v>141</v>
       </c>
-      <c r="F70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G70" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H70" t="s">
         <v>353</v>
       </c>
       <c r="I70" t="s">
+        <v>354</v>
+      </c>
+      <c r="J70" t="s">
         <v>375</v>
       </c>
-      <c r="J70" t="s">
+      <c r="K70" t="s">
         <v>376</v>
       </c>
-      <c r="K70" t="s">
+      <c r="L70" t="s">
         <v>431</v>
       </c>
-      <c r="L70" t="s">
+      <c r="M70" s="5" t="s">
         <v>432</v>
       </c>
-      <c r="M70" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N70" s="5">
+      <c r="N70" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O70">
         <v>44427.0</v>
       </c>
-      <c r="O70">
+      <c r="P70">
         <v>44790.0</v>
       </c>
-      <c r="P70" t="s">
+      <c r="Q70" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="71" spans="1:17">
+    <row r="71" spans="1:18">
       <c r="A71" t="s">
         <v>32</v>
       </c>
       <c r="B71" t="s">
         <v>33</v>
       </c>
       <c r="C71" t="s">
         <v>227</v>
       </c>
-      <c r="D71" t="s">
+      <c r="E71" t="s">
         <v>34</v>
       </c>
-      <c r="E71" t="s">
+      <c r="F71" t="s">
         <v>141</v>
       </c>
-      <c r="F71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G71" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H71" t="s">
         <v>353</v>
       </c>
       <c r="I71" t="s">
+        <v>354</v>
+      </c>
+      <c r="J71" t="s">
         <v>375</v>
       </c>
-      <c r="J71" t="s">
+      <c r="K71" t="s">
         <v>376</v>
       </c>
-      <c r="K71" t="s">
+      <c r="L71" t="s">
         <v>433</v>
       </c>
-      <c r="L71" t="s">
+      <c r="M71" s="5" t="s">
         <v>434</v>
       </c>
-      <c r="M71" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N71" s="5">
+      <c r="N71" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O71">
         <v>44427.0</v>
       </c>
-      <c r="O71">
+      <c r="P71">
         <v>44790.0</v>
       </c>
-      <c r="P71" t="s">
+      <c r="Q71" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="72" spans="1:17">
+    <row r="72" spans="1:18">
       <c r="A72" t="s">
         <v>32</v>
       </c>
       <c r="B72" t="s">
         <v>33</v>
       </c>
       <c r="C72" t="s">
         <v>227</v>
       </c>
-      <c r="D72" t="s">
+      <c r="E72" t="s">
         <v>34</v>
       </c>
-      <c r="E72" t="s">
+      <c r="F72" t="s">
         <v>141</v>
       </c>
-      <c r="F72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G72" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H72" t="s">
         <v>353</v>
       </c>
       <c r="I72" t="s">
+        <v>354</v>
+      </c>
+      <c r="J72" t="s">
         <v>375</v>
       </c>
-      <c r="J72" t="s">
+      <c r="K72" t="s">
         <v>376</v>
       </c>
-      <c r="K72" t="s">
+      <c r="L72" t="s">
         <v>435</v>
       </c>
-      <c r="L72" t="s">
+      <c r="M72" s="5" t="s">
         <v>436</v>
       </c>
-      <c r="M72" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N72" s="5">
+      <c r="N72" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O72">
         <v>44427.0</v>
       </c>
-      <c r="O72">
+      <c r="P72">
         <v>44790.0</v>
       </c>
-      <c r="P72" t="s">
+      <c r="Q72" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="73" spans="1:17">
+    <row r="73" spans="1:18">
       <c r="A73" t="s">
         <v>32</v>
       </c>
       <c r="B73" t="s">
         <v>33</v>
       </c>
       <c r="C73" t="s">
         <v>227</v>
       </c>
-      <c r="D73" t="s">
+      <c r="E73" t="s">
         <v>34</v>
       </c>
-      <c r="E73" t="s">
+      <c r="F73" t="s">
         <v>141</v>
       </c>
-      <c r="F73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G73" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H73" t="s">
         <v>353</v>
       </c>
       <c r="I73" t="s">
+        <v>354</v>
+      </c>
+      <c r="J73" t="s">
         <v>375</v>
       </c>
-      <c r="J73" t="s">
+      <c r="K73" t="s">
         <v>376</v>
       </c>
-      <c r="K73" t="s">
+      <c r="L73" t="s">
         <v>437</v>
       </c>
-      <c r="L73" t="s">
+      <c r="M73" s="5" t="s">
         <v>438</v>
       </c>
-      <c r="M73" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N73" s="5">
+      <c r="N73" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O73">
         <v>44427.0</v>
       </c>
-      <c r="O73">
+      <c r="P73">
         <v>44790.0</v>
       </c>
-      <c r="P73" t="s">
+      <c r="Q73" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="74" spans="1:17">
+    <row r="74" spans="1:18">
       <c r="A74" t="s">
         <v>32</v>
       </c>
       <c r="B74" t="s">
         <v>33</v>
       </c>
       <c r="C74" t="s">
         <v>227</v>
       </c>
-      <c r="D74" t="s">
+      <c r="E74" t="s">
         <v>374</v>
       </c>
-      <c r="E74" t="s">
+      <c r="F74" t="s">
         <v>233</v>
       </c>
-      <c r="F74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G74" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H74" t="s">
+        <v>345</v>
+      </c>
+      <c r="I74" t="s">
         <v>193</v>
       </c>
-      <c r="I74" t="s">
+      <c r="J74" t="s">
         <v>375</v>
       </c>
-      <c r="J74" t="s">
+      <c r="K74" t="s">
         <v>376</v>
       </c>
-      <c r="K74" t="s">
+      <c r="L74" t="s">
         <v>437</v>
       </c>
-      <c r="L74" t="s">
+      <c r="M74" s="5" t="s">
         <v>438</v>
       </c>
-      <c r="M74" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O74">
+      <c r="N74" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P74">
         <v>45863.0</v>
       </c>
-      <c r="P74" t="s">
+      <c r="Q74" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="75" spans="1:17">
+    <row r="75" spans="1:18">
       <c r="A75" t="s">
         <v>32</v>
       </c>
       <c r="B75" t="s">
         <v>33</v>
       </c>
       <c r="C75" t="s">
         <v>227</v>
       </c>
-      <c r="D75" t="s">
+      <c r="E75" t="s">
         <v>34</v>
       </c>
-      <c r="E75" t="s">
+      <c r="F75" t="s">
         <v>141</v>
       </c>
-      <c r="F75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G75" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H75" t="s">
+        <v>345</v>
+      </c>
+      <c r="I75" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>439</v>
       </c>
       <c r="J75" t="s">
         <v>439</v>
       </c>
       <c r="K75" t="s">
+        <v>439</v>
+      </c>
+      <c r="L75" t="s">
         <v>440</v>
       </c>
-      <c r="L75" t="s">
+      <c r="M75" s="5" t="s">
         <v>441</v>
       </c>
-      <c r="M75" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O75">
+      <c r="N75" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P75">
         <v>44867.0</v>
       </c>
-      <c r="P75" t="s">
+      <c r="Q75" t="s">
         <v>442</v>
       </c>
     </row>
-    <row r="76" spans="1:17">
+    <row r="76" spans="1:18">
       <c r="A76" t="s">
         <v>32</v>
       </c>
       <c r="B76" t="s">
         <v>33</v>
       </c>
       <c r="C76" t="s">
         <v>227</v>
       </c>
-      <c r="D76" t="s">
+      <c r="E76" t="s">
         <v>34</v>
       </c>
-      <c r="E76" t="s">
+      <c r="F76" t="s">
         <v>141</v>
       </c>
-      <c r="F76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G76" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H76" t="s">
         <v>353</v>
       </c>
       <c r="I76" t="s">
-        <v>439</v>
+        <v>354</v>
       </c>
       <c r="J76" t="s">
         <v>439</v>
       </c>
       <c r="K76" t="s">
+        <v>439</v>
+      </c>
+      <c r="L76" t="s">
         <v>440</v>
       </c>
-      <c r="L76" t="s">
+      <c r="M76" s="5" t="s">
         <v>441</v>
       </c>
-      <c r="M76" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O76">
+      <c r="N76" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P76">
         <v>44867.0</v>
       </c>
-      <c r="P76" t="s">
+      <c r="Q76" t="s">
         <v>442</v>
       </c>
     </row>
-    <row r="77" spans="1:17">
+    <row r="77" spans="1:18">
       <c r="A77" t="s">
         <v>32</v>
       </c>
       <c r="B77" t="s">
         <v>33</v>
       </c>
       <c r="C77" t="s">
         <v>227</v>
       </c>
-      <c r="D77" t="s">
+      <c r="E77" t="s">
         <v>443</v>
       </c>
-      <c r="E77" t="s">
+      <c r="F77" t="s">
         <v>233</v>
       </c>
-      <c r="F77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G77" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H77" t="s">
+        <v>345</v>
+      </c>
+      <c r="I77" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>439</v>
       </c>
       <c r="J77" t="s">
         <v>439</v>
       </c>
       <c r="K77" t="s">
+        <v>439</v>
+      </c>
+      <c r="L77" t="s">
         <v>440</v>
       </c>
-      <c r="L77" t="s">
+      <c r="M77" s="5" t="s">
         <v>441</v>
       </c>
-      <c r="M77" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N77" s="5">
+      <c r="N77" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="O77">
         <v>45748.0</v>
       </c>
-      <c r="O77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P77" t="s">
-        <v>444</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:17">
+        <v>351</v>
+      </c>
+      <c r="Q77" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="78" spans="1:18">
       <c r="A78" t="s">
         <v>32</v>
       </c>
       <c r="B78" t="s">
         <v>33</v>
       </c>
       <c r="C78" t="s">
         <v>227</v>
       </c>
-      <c r="D78" t="s">
+      <c r="E78" t="s">
         <v>443</v>
       </c>
-      <c r="E78" t="s">
+      <c r="F78" t="s">
         <v>233</v>
       </c>
-      <c r="F78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G78" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H78" t="s">
         <v>353</v>
       </c>
       <c r="I78" t="s">
-        <v>439</v>
+        <v>354</v>
       </c>
       <c r="J78" t="s">
         <v>439</v>
       </c>
       <c r="K78" t="s">
+        <v>439</v>
+      </c>
+      <c r="L78" t="s">
         <v>440</v>
       </c>
-      <c r="L78" t="s">
+      <c r="M78" s="5" t="s">
         <v>441</v>
       </c>
-      <c r="M78" s="5" t="s">
-[...4 lines deleted...]
-        <v>350</v>
+      <c r="N78" s="5" t="s">
+        <v>444</v>
       </c>
       <c r="P78" t="s">
-        <v>444</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:17">
+        <v>351</v>
+      </c>
+      <c r="Q78" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="79" spans="1:18">
       <c r="A79" t="s">
         <v>32</v>
       </c>
       <c r="B79" t="s">
         <v>33</v>
       </c>
       <c r="C79" t="s">
         <v>227</v>
       </c>
-      <c r="D79" t="s">
+      <c r="E79" t="s">
         <v>34</v>
       </c>
-      <c r="E79" t="s">
+      <c r="F79" t="s">
         <v>141</v>
       </c>
-      <c r="F79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G79" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H79" t="s">
+        <v>345</v>
+      </c>
+      <c r="I79" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>445</v>
       </c>
       <c r="J79" t="s">
         <v>446</v>
       </c>
       <c r="K79" t="s">
         <v>447</v>
       </c>
       <c r="L79" t="s">
         <v>448</v>
       </c>
       <c r="M79" s="5" t="s">
-        <v>368</v>
-[...2 lines deleted...]
-      <c r="O79">
+        <v>449</v>
+      </c>
+      <c r="N79" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P79">
         <v>45360.0</v>
       </c>
     </row>
-    <row r="80" spans="1:17">
+    <row r="80" spans="1:18">
       <c r="A80" t="s">
         <v>32</v>
       </c>
       <c r="B80" t="s">
         <v>33</v>
       </c>
       <c r="C80" t="s">
         <v>227</v>
       </c>
-      <c r="D80" t="s">
+      <c r="E80" t="s">
         <v>34</v>
       </c>
-      <c r="E80" t="s">
+      <c r="F80" t="s">
         <v>141</v>
       </c>
-      <c r="F80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G80" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H80" t="s">
         <v>353</v>
       </c>
       <c r="I80" t="s">
-        <v>445</v>
+        <v>354</v>
       </c>
       <c r="J80" t="s">
         <v>446</v>
       </c>
       <c r="K80" t="s">
         <v>447</v>
       </c>
       <c r="L80" t="s">
         <v>448</v>
       </c>
       <c r="M80" s="5" t="s">
-        <v>368</v>
-[...2 lines deleted...]
-      <c r="O80">
+        <v>449</v>
+      </c>
+      <c r="N80" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P80">
         <v>45360.0</v>
       </c>
     </row>
-    <row r="81" spans="1:17">
+    <row r="81" spans="1:18">
       <c r="A81" t="s">
         <v>32</v>
       </c>
       <c r="B81" t="s">
         <v>33</v>
       </c>
       <c r="C81" t="s">
         <v>227</v>
       </c>
-      <c r="D81" t="s">
+      <c r="E81" t="s">
         <v>34</v>
       </c>
-      <c r="E81" t="s">
+      <c r="F81" t="s">
         <v>141</v>
       </c>
-      <c r="F81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G81" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H81" t="s">
+        <v>345</v>
+      </c>
+      <c r="I81" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>449</v>
       </c>
       <c r="J81" t="s">
         <v>450</v>
       </c>
       <c r="K81" t="s">
         <v>451</v>
       </c>
       <c r="L81" t="s">
         <v>452</v>
       </c>
       <c r="M81" s="5" t="s">
-        <v>368</v>
-[...2 lines deleted...]
-      <c r="O81">
+        <v>453</v>
+      </c>
+      <c r="N81" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P81">
         <v>44799.0</v>
       </c>
     </row>
-    <row r="82" spans="1:17">
+    <row r="82" spans="1:18">
       <c r="A82" t="s">
         <v>32</v>
       </c>
       <c r="B82" t="s">
         <v>33</v>
       </c>
       <c r="C82" t="s">
         <v>227</v>
       </c>
-      <c r="D82" t="s">
+      <c r="E82" t="s">
         <v>34</v>
       </c>
-      <c r="E82" t="s">
+      <c r="F82" t="s">
         <v>141</v>
       </c>
-      <c r="F82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G82" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H82" t="s">
         <v>353</v>
       </c>
       <c r="I82" t="s">
-        <v>449</v>
+        <v>354</v>
       </c>
       <c r="J82" t="s">
         <v>450</v>
       </c>
       <c r="K82" t="s">
         <v>451</v>
       </c>
       <c r="L82" t="s">
         <v>452</v>
       </c>
       <c r="M82" s="5" t="s">
-        <v>368</v>
-[...2 lines deleted...]
-      <c r="O82">
+        <v>453</v>
+      </c>
+      <c r="N82" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P82">
         <v>44799.0</v>
       </c>
     </row>
-    <row r="83" spans="1:17">
+    <row r="83" spans="1:18">
       <c r="A83" t="s">
         <v>32</v>
       </c>
       <c r="B83" t="s">
         <v>33</v>
       </c>
       <c r="C83" t="s">
         <v>227</v>
       </c>
-      <c r="D83" t="s">
+      <c r="E83" t="s">
         <v>34</v>
       </c>
-      <c r="E83" t="s">
+      <c r="F83" t="s">
         <v>141</v>
       </c>
-      <c r="F83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G83" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H83" t="s">
+        <v>345</v>
+      </c>
+      <c r="I83" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>453</v>
       </c>
       <c r="J83" t="s">
         <v>454</v>
       </c>
       <c r="K83" t="s">
         <v>455</v>
       </c>
       <c r="L83" t="s">
         <v>456</v>
       </c>
       <c r="M83" s="5" t="s">
-        <v>368</v>
-[...2 lines deleted...]
-      <c r="O83">
+        <v>457</v>
+      </c>
+      <c r="N83" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P83">
         <v>45145.0</v>
       </c>
     </row>
-    <row r="84" spans="1:17">
+    <row r="84" spans="1:18">
       <c r="A84" t="s">
         <v>32</v>
       </c>
       <c r="B84" t="s">
         <v>33</v>
       </c>
       <c r="C84" t="s">
         <v>227</v>
       </c>
-      <c r="D84" t="s">
+      <c r="E84" t="s">
         <v>34</v>
       </c>
-      <c r="E84" t="s">
+      <c r="F84" t="s">
         <v>141</v>
       </c>
-      <c r="F84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G84" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H84" t="s">
         <v>353</v>
       </c>
       <c r="I84" t="s">
-        <v>453</v>
+        <v>354</v>
       </c>
       <c r="J84" t="s">
         <v>454</v>
       </c>
       <c r="K84" t="s">
         <v>455</v>
       </c>
       <c r="L84" t="s">
         <v>456</v>
       </c>
       <c r="M84" s="5" t="s">
-        <v>368</v>
-[...2 lines deleted...]
-      <c r="O84">
+        <v>457</v>
+      </c>
+      <c r="N84" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P84">
         <v>45145.0</v>
       </c>
     </row>
-    <row r="85" spans="1:17">
+    <row r="85" spans="1:18">
       <c r="A85" t="s">
         <v>32</v>
       </c>
       <c r="B85" t="s">
         <v>33</v>
       </c>
       <c r="C85" t="s">
         <v>227</v>
       </c>
-      <c r="D85" t="s">
+      <c r="E85" t="s">
         <v>34</v>
       </c>
-      <c r="E85" t="s">
+      <c r="F85" t="s">
         <v>141</v>
       </c>
-      <c r="F85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G85" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H85" t="s">
+        <v>345</v>
+      </c>
+      <c r="I85" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>457</v>
       </c>
       <c r="J85" t="s">
         <v>458</v>
       </c>
       <c r="K85" t="s">
         <v>459</v>
       </c>
       <c r="L85" t="s">
         <v>460</v>
       </c>
       <c r="M85" s="5" t="s">
-        <v>368</v>
-[...2 lines deleted...]
-      <c r="O85">
+        <v>461</v>
+      </c>
+      <c r="N85" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P85">
         <v>44958.0</v>
       </c>
     </row>
-    <row r="86" spans="1:17">
+    <row r="86" spans="1:18">
       <c r="A86" t="s">
         <v>32</v>
       </c>
       <c r="B86" t="s">
         <v>33</v>
       </c>
       <c r="C86" t="s">
         <v>227</v>
       </c>
-      <c r="D86" t="s">
+      <c r="E86" t="s">
         <v>34</v>
       </c>
-      <c r="E86" t="s">
+      <c r="F86" t="s">
         <v>141</v>
       </c>
-      <c r="F86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G86" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H86" t="s">
         <v>353</v>
       </c>
       <c r="I86" t="s">
-        <v>457</v>
+        <v>354</v>
       </c>
       <c r="J86" t="s">
         <v>458</v>
       </c>
       <c r="K86" t="s">
         <v>459</v>
       </c>
       <c r="L86" t="s">
         <v>460</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>368</v>
-[...2 lines deleted...]
-      <c r="O86">
+        <v>461</v>
+      </c>
+      <c r="N86" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P86">
         <v>44958.0</v>
       </c>
     </row>
-    <row r="87" spans="1:17">
+    <row r="87" spans="1:18">
       <c r="A87" t="s">
         <v>32</v>
       </c>
       <c r="B87" t="s">
         <v>33</v>
       </c>
       <c r="C87" t="s">
         <v>227</v>
       </c>
-      <c r="D87" t="s">
+      <c r="E87" t="s">
         <v>34</v>
       </c>
-      <c r="E87" t="s">
+      <c r="F87" t="s">
         <v>141</v>
       </c>
-      <c r="F87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G87" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H87" t="s">
+        <v>345</v>
+      </c>
+      <c r="I87" t="s">
         <v>193</v>
       </c>
-      <c r="I87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J87" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="K87" t="s">
         <v>462</v>
       </c>
       <c r="L87" t="s">
         <v>463</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>368</v>
-[...2 lines deleted...]
-      <c r="O87">
+        <v>464</v>
+      </c>
+      <c r="N87" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P87">
         <v>45114.0</v>
       </c>
     </row>
-    <row r="88" spans="1:17">
+    <row r="88" spans="1:18">
       <c r="A88" t="s">
         <v>32</v>
       </c>
       <c r="B88" t="s">
         <v>33</v>
       </c>
       <c r="C88" t="s">
         <v>227</v>
       </c>
-      <c r="D88" t="s">
+      <c r="E88" t="s">
         <v>34</v>
       </c>
-      <c r="E88" t="s">
+      <c r="F88" t="s">
         <v>141</v>
       </c>
-      <c r="F88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G88" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H88" t="s">
         <v>353</v>
       </c>
       <c r="I88" t="s">
-        <v>461</v>
+        <v>354</v>
       </c>
       <c r="J88" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="K88" t="s">
         <v>462</v>
       </c>
       <c r="L88" t="s">
         <v>463</v>
       </c>
       <c r="M88" s="5" t="s">
-        <v>368</v>
-[...2 lines deleted...]
-      <c r="O88">
+        <v>464</v>
+      </c>
+      <c r="N88" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P88">
         <v>45114.0</v>
       </c>
     </row>
-    <row r="89" spans="1:17">
+    <row r="89" spans="1:18">
       <c r="A89" t="s">
         <v>32</v>
       </c>
       <c r="B89" t="s">
         <v>33</v>
       </c>
       <c r="C89" t="s">
         <v>227</v>
       </c>
-      <c r="D89" t="s">
+      <c r="E89" t="s">
         <v>34</v>
       </c>
-      <c r="E89" t="s">
+      <c r="F89" t="s">
         <v>141</v>
       </c>
-      <c r="F89" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G89" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H89" t="s">
+        <v>345</v>
+      </c>
+      <c r="I89" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>464</v>
       </c>
       <c r="J89" t="s">
         <v>465</v>
       </c>
       <c r="K89" t="s">
         <v>466</v>
       </c>
       <c r="L89" t="s">
         <v>467</v>
       </c>
       <c r="M89" s="5" t="s">
-        <v>368</v>
-[...1 lines deleted...]
-      <c r="N89" s="5">
+        <v>468</v>
+      </c>
+      <c r="N89" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O89">
         <v>44594.0</v>
       </c>
-      <c r="O89">
+      <c r="P89">
         <v>45008.0</v>
       </c>
-      <c r="P89" t="s">
-[...3 lines deleted...]
-    <row r="90" spans="1:17">
+      <c r="Q89" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="90" spans="1:18">
       <c r="A90" t="s">
         <v>32</v>
       </c>
       <c r="B90" t="s">
         <v>33</v>
       </c>
       <c r="C90" t="s">
         <v>227</v>
       </c>
-      <c r="D90" t="s">
+      <c r="E90" t="s">
         <v>34</v>
       </c>
-      <c r="E90" t="s">
+      <c r="F90" t="s">
         <v>141</v>
       </c>
-      <c r="F90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G90" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H90" t="s">
         <v>353</v>
       </c>
       <c r="I90" t="s">
-        <v>464</v>
+        <v>354</v>
       </c>
       <c r="J90" t="s">
         <v>465</v>
       </c>
       <c r="K90" t="s">
         <v>466</v>
       </c>
       <c r="L90" t="s">
         <v>467</v>
       </c>
       <c r="M90" s="5" t="s">
-        <v>368</v>
-[...1 lines deleted...]
-      <c r="N90" s="5">
+        <v>468</v>
+      </c>
+      <c r="N90" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O90">
         <v>44594.0</v>
       </c>
-      <c r="O90">
+      <c r="P90">
         <v>45008.0</v>
       </c>
-      <c r="P90" t="s">
-[...3 lines deleted...]
-    <row r="91" spans="1:17">
+      <c r="Q90" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="91" spans="1:18">
       <c r="A91" t="s">
         <v>32</v>
       </c>
       <c r="B91" t="s">
         <v>33</v>
       </c>
       <c r="C91" t="s">
         <v>227</v>
       </c>
-      <c r="D91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E91" t="s">
+        <v>471</v>
+      </c>
+      <c r="F91" t="s">
         <v>233</v>
       </c>
-      <c r="F91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G91" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H91" t="s">
+        <v>472</v>
+      </c>
+      <c r="I91" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>464</v>
       </c>
       <c r="J91" t="s">
         <v>465</v>
       </c>
       <c r="K91" t="s">
         <v>466</v>
       </c>
       <c r="L91" t="s">
         <v>467</v>
       </c>
       <c r="M91" s="5" t="s">
-        <v>358</v>
-[...9 lines deleted...]
-    <row r="92" spans="1:17">
+        <v>468</v>
+      </c>
+      <c r="N91" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P91">
+        <v>46008.0</v>
+      </c>
+      <c r="Q91" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="92" spans="1:18">
       <c r="A92" t="s">
         <v>32</v>
       </c>
       <c r="B92" t="s">
         <v>33</v>
       </c>
       <c r="C92" t="s">
         <v>227</v>
       </c>
-      <c r="D92" t="s">
+      <c r="E92" t="s">
         <v>34</v>
       </c>
-      <c r="E92" t="s">
+      <c r="F92" t="s">
         <v>141</v>
       </c>
-      <c r="F92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G92" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H92" t="s">
+        <v>345</v>
+      </c>
+      <c r="I92" t="s">
         <v>193</v>
       </c>
-      <c r="I92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J92" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="K92" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="L92" t="s">
+        <v>476</v>
+      </c>
+      <c r="M92" s="5" t="s">
         <v>168</v>
       </c>
-      <c r="M92" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N92" s="5">
+      <c r="N92" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O92">
         <v>43599.0</v>
       </c>
-      <c r="O92">
+      <c r="P92">
         <v>44907.0</v>
       </c>
-      <c r="P92" t="s">
-[...3 lines deleted...]
-    <row r="93" spans="1:17">
+      <c r="Q92" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="93" spans="1:18">
       <c r="A93" t="s">
         <v>32</v>
       </c>
       <c r="B93" t="s">
         <v>33</v>
       </c>
       <c r="C93" t="s">
         <v>227</v>
       </c>
-      <c r="D93" t="s">
+      <c r="E93" t="s">
         <v>34</v>
       </c>
-      <c r="E93" t="s">
+      <c r="F93" t="s">
         <v>141</v>
       </c>
-      <c r="F93" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G93" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H93" t="s">
         <v>353</v>
       </c>
       <c r="I93" t="s">
-        <v>471</v>
+        <v>354</v>
       </c>
       <c r="J93" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="K93" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="L93" t="s">
+        <v>476</v>
+      </c>
+      <c r="M93" s="5" t="s">
         <v>168</v>
       </c>
-      <c r="M93" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N93" s="5">
+      <c r="N93" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O93">
         <v>43599.0</v>
       </c>
-      <c r="O93">
+      <c r="P93">
         <v>44917.0</v>
       </c>
     </row>
-    <row r="94" spans="1:17">
+    <row r="94" spans="1:18">
       <c r="A94" t="s">
         <v>32</v>
       </c>
       <c r="B94" t="s">
         <v>33</v>
       </c>
       <c r="C94" t="s">
         <v>227</v>
       </c>
-      <c r="D94" t="s">
+      <c r="E94" t="s">
         <v>443</v>
       </c>
-      <c r="E94" t="s">
+      <c r="F94" t="s">
         <v>233</v>
       </c>
-      <c r="F94" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G94" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H94" t="s">
+        <v>345</v>
+      </c>
+      <c r="I94" t="s">
         <v>193</v>
       </c>
-      <c r="I94" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J94" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="K94" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="L94" t="s">
+        <v>476</v>
+      </c>
+      <c r="M94" s="5" t="s">
         <v>168</v>
       </c>
-      <c r="M94" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O94">
+      <c r="N94" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P94">
         <v>45826.0</v>
       </c>
-      <c r="P94" t="s">
-[...3 lines deleted...]
-    <row r="95" spans="1:17">
+      <c r="Q94" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="95" spans="1:18">
       <c r="A95" t="s">
         <v>32</v>
       </c>
       <c r="B95" t="s">
         <v>33</v>
       </c>
       <c r="C95" t="s">
         <v>227</v>
       </c>
-      <c r="D95" t="s">
+      <c r="E95" t="s">
         <v>443</v>
       </c>
-      <c r="E95" t="s">
+      <c r="F95" t="s">
         <v>233</v>
       </c>
-      <c r="F95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G95" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H95" t="s">
         <v>353</v>
       </c>
       <c r="I95" t="s">
+        <v>354</v>
+      </c>
+      <c r="J95" t="s">
+        <v>474</v>
+      </c>
+      <c r="K95" t="s">
+        <v>475</v>
+      </c>
+      <c r="L95" t="s">
+        <v>476</v>
+      </c>
+      <c r="M95" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="N95" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P95">
+        <v>45826.0</v>
+      </c>
+    </row>
+    <row r="96" spans="1:18">
+      <c r="A96" t="s">
+        <v>32</v>
+      </c>
+      <c r="B96" t="s">
+        <v>33</v>
+      </c>
+      <c r="C96" t="s">
+        <v>227</v>
+      </c>
+      <c r="E96" t="s">
         <v>471</v>
       </c>
-      <c r="J95" t="s">
-[...29 lines deleted...]
-      <c r="E96" t="s">
+      <c r="F96" t="s">
         <v>233</v>
       </c>
-      <c r="F96" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G96" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H96" t="s">
-        <v>353</v>
+        <v>479</v>
       </c>
       <c r="I96" t="s">
-        <v>464</v>
+        <v>354</v>
       </c>
       <c r="J96" t="s">
         <v>465</v>
       </c>
       <c r="K96" t="s">
         <v>466</v>
       </c>
       <c r="L96" t="s">
         <v>467</v>
       </c>
       <c r="M96" s="5" t="s">
-        <v>358</v>
-[...9 lines deleted...]
-    <row r="97" spans="1:17">
+        <v>468</v>
+      </c>
+      <c r="N96" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P96">
+        <v>46030.0</v>
+      </c>
+      <c r="Q96" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="97" spans="1:18">
       <c r="A97" t="s">
         <v>32</v>
       </c>
       <c r="B97" t="s">
         <v>33</v>
       </c>
       <c r="C97" t="s">
         <v>227</v>
       </c>
-      <c r="D97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E97" t="s">
+        <v>344</v>
+      </c>
+      <c r="F97" t="s">
         <v>233</v>
       </c>
-      <c r="F97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G97" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H97" t="s">
+        <v>345</v>
+      </c>
+      <c r="I97" t="s">
         <v>193</v>
       </c>
-      <c r="I97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J97" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="K97" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="L97" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="M97" s="5" t="s">
-        <v>349</v>
-[...3 lines deleted...]
-        <v>350</v>
+        <v>483</v>
+      </c>
+      <c r="N97" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="O97">
+        <v>46035.0</v>
       </c>
       <c r="P97" t="s">
         <v>351</v>
       </c>
-    </row>
-    <row r="98" spans="1:17">
+      <c r="Q97" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="98" spans="1:18">
       <c r="A98" t="s">
         <v>32</v>
       </c>
       <c r="B98" t="s">
         <v>33</v>
       </c>
       <c r="C98" t="s">
         <v>227</v>
       </c>
-      <c r="D98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E98" t="s">
+        <v>344</v>
+      </c>
+      <c r="F98" t="s">
         <v>233</v>
       </c>
-      <c r="F98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G98" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H98" t="s">
         <v>353</v>
       </c>
       <c r="I98" t="s">
-        <v>476</v>
+        <v>354</v>
       </c>
       <c r="J98" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="K98" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="L98" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>349</v>
-[...3 lines deleted...]
-        <v>350</v>
+        <v>483</v>
+      </c>
+      <c r="N98" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="O98">
+        <v>46035.0</v>
       </c>
       <c r="P98" t="s">
         <v>351</v>
       </c>
-    </row>
-    <row r="99" spans="1:17">
+      <c r="Q98" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="99" spans="1:18">
       <c r="A99" t="s">
         <v>32</v>
       </c>
       <c r="B99" t="s">
         <v>33</v>
       </c>
       <c r="C99" t="s">
         <v>227</v>
       </c>
-      <c r="D99" t="s">
+      <c r="E99" t="s">
         <v>34</v>
       </c>
-      <c r="E99" t="s">
+      <c r="F99" t="s">
         <v>141</v>
       </c>
-      <c r="F99" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G99" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H99" t="s">
+        <v>345</v>
+      </c>
+      <c r="I99" t="s">
         <v>193</v>
       </c>
-      <c r="I99" t="s">
+      <c r="J99" t="s">
         <v>375</v>
       </c>
-      <c r="J99" t="s">
+      <c r="K99" t="s">
         <v>376</v>
       </c>
-      <c r="K99" t="s">
+      <c r="L99" t="s">
         <v>377</v>
       </c>
-      <c r="L99" t="s">
+      <c r="M99" s="5" t="s">
         <v>378</v>
       </c>
-      <c r="M99" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N99" s="5">
+      <c r="N99" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O99">
         <v>44427.0</v>
       </c>
-      <c r="O99">
+      <c r="P99">
         <v>44790.0</v>
       </c>
-      <c r="P99" t="s">
+      <c r="Q99" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="100" spans="1:17">
+    <row r="100" spans="1:18">
       <c r="A100" t="s">
         <v>32</v>
       </c>
       <c r="B100" t="s">
         <v>33</v>
       </c>
       <c r="C100" t="s">
         <v>227</v>
       </c>
-      <c r="D100" t="s">
+      <c r="E100" t="s">
         <v>34</v>
       </c>
-      <c r="E100" t="s">
+      <c r="F100" t="s">
         <v>141</v>
       </c>
-      <c r="F100" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G100" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H100" t="s">
+        <v>345</v>
+      </c>
+      <c r="I100" t="s">
         <v>193</v>
       </c>
-      <c r="I100" t="s">
+      <c r="J100" t="s">
         <v>375</v>
       </c>
-      <c r="J100" t="s">
+      <c r="K100" t="s">
         <v>376</v>
       </c>
-      <c r="K100" t="s">
+      <c r="L100" t="s">
         <v>380</v>
       </c>
-      <c r="L100" t="s">
+      <c r="M100" s="5" t="s">
         <v>381</v>
       </c>
-      <c r="M100" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N100" s="5">
+      <c r="N100" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O100">
         <v>44427.0</v>
       </c>
-      <c r="O100">
+      <c r="P100">
         <v>44790.0</v>
       </c>
-      <c r="P100" t="s">
+      <c r="Q100" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="101" spans="1:17">
+    <row r="101" spans="1:18">
       <c r="A101" t="s">
         <v>32</v>
       </c>
       <c r="B101" t="s">
         <v>33</v>
       </c>
       <c r="C101" t="s">
         <v>227</v>
       </c>
-      <c r="D101" t="s">
+      <c r="E101" t="s">
         <v>34</v>
       </c>
-      <c r="E101" t="s">
+      <c r="F101" t="s">
         <v>141</v>
       </c>
-      <c r="F101" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G101" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H101" t="s">
+        <v>345</v>
+      </c>
+      <c r="I101" t="s">
         <v>193</v>
       </c>
-      <c r="I101" t="s">
+      <c r="J101" t="s">
         <v>375</v>
       </c>
-      <c r="J101" t="s">
+      <c r="K101" t="s">
         <v>376</v>
       </c>
-      <c r="K101" t="s">
+      <c r="L101" t="s">
         <v>382</v>
       </c>
-      <c r="L101" t="s">
+      <c r="M101" s="5" t="s">
         <v>383</v>
       </c>
-      <c r="M101" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N101" s="5">
+      <c r="N101" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O101">
         <v>44427.0</v>
       </c>
-      <c r="O101">
+      <c r="P101">
         <v>44790.0</v>
       </c>
-      <c r="P101" t="s">
+      <c r="Q101" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="102" spans="1:17">
+    <row r="102" spans="1:18">
       <c r="A102" t="s">
         <v>32</v>
       </c>
       <c r="B102" t="s">
         <v>33</v>
       </c>
       <c r="C102" t="s">
         <v>227</v>
       </c>
-      <c r="D102" t="s">
+      <c r="E102" t="s">
         <v>34</v>
       </c>
-      <c r="E102" t="s">
+      <c r="F102" t="s">
         <v>141</v>
       </c>
-      <c r="F102" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G102" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H102" t="s">
+        <v>345</v>
+      </c>
+      <c r="I102" t="s">
         <v>193</v>
       </c>
-      <c r="I102" t="s">
+      <c r="J102" t="s">
         <v>375</v>
       </c>
-      <c r="J102" t="s">
+      <c r="K102" t="s">
         <v>376</v>
       </c>
-      <c r="K102" t="s">
+      <c r="L102" t="s">
         <v>384</v>
       </c>
-      <c r="L102" t="s">
+      <c r="M102" s="5" t="s">
         <v>385</v>
       </c>
-      <c r="M102" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N102" s="5">
+      <c r="N102" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O102">
         <v>44427.0</v>
       </c>
-      <c r="O102">
+      <c r="P102">
         <v>44790.0</v>
       </c>
-      <c r="P102" t="s">
+      <c r="Q102" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="103" spans="1:17">
+    <row r="103" spans="1:18">
       <c r="A103" t="s">
         <v>32</v>
       </c>
       <c r="B103" t="s">
         <v>33</v>
       </c>
       <c r="C103" t="s">
         <v>227</v>
       </c>
-      <c r="D103" t="s">
+      <c r="E103" t="s">
         <v>34</v>
       </c>
-      <c r="E103" t="s">
+      <c r="F103" t="s">
         <v>141</v>
       </c>
-      <c r="F103" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G103" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H103" t="s">
+        <v>345</v>
+      </c>
+      <c r="I103" t="s">
         <v>193</v>
       </c>
-      <c r="I103" t="s">
+      <c r="J103" t="s">
         <v>375</v>
       </c>
-      <c r="J103" t="s">
+      <c r="K103" t="s">
         <v>376</v>
       </c>
-      <c r="K103" t="s">
+      <c r="L103" t="s">
         <v>386</v>
       </c>
-      <c r="L103" t="s">
+      <c r="M103" s="5" t="s">
         <v>387</v>
       </c>
-      <c r="M103" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N103" s="5">
+      <c r="N103" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O103">
         <v>44427.0</v>
       </c>
-      <c r="O103">
+      <c r="P103">
         <v>44790.0</v>
       </c>
-      <c r="P103" t="s">
+      <c r="Q103" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="104" spans="1:17">
+    <row r="104" spans="1:18">
       <c r="A104" t="s">
         <v>32</v>
       </c>
       <c r="B104" t="s">
         <v>33</v>
       </c>
       <c r="C104" t="s">
         <v>227</v>
       </c>
-      <c r="D104" t="s">
+      <c r="E104" t="s">
         <v>34</v>
       </c>
-      <c r="E104" t="s">
+      <c r="F104" t="s">
         <v>141</v>
       </c>
-      <c r="F104" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G104" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H104" t="s">
+        <v>345</v>
+      </c>
+      <c r="I104" t="s">
         <v>193</v>
       </c>
-      <c r="I104" t="s">
+      <c r="J104" t="s">
         <v>375</v>
       </c>
-      <c r="J104" t="s">
+      <c r="K104" t="s">
         <v>376</v>
       </c>
-      <c r="K104" t="s">
+      <c r="L104" t="s">
         <v>388</v>
       </c>
-      <c r="L104" t="s">
+      <c r="M104" s="5" t="s">
         <v>389</v>
       </c>
-      <c r="M104" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N104" s="5">
+      <c r="N104" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O104">
         <v>44427.0</v>
       </c>
-      <c r="O104">
+      <c r="P104">
         <v>44790.0</v>
       </c>
-      <c r="P104" t="s">
+      <c r="Q104" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="105" spans="1:17">
+    <row r="105" spans="1:18">
       <c r="A105" t="s">
         <v>32</v>
       </c>
       <c r="B105" t="s">
         <v>33</v>
       </c>
       <c r="C105" t="s">
         <v>227</v>
       </c>
-      <c r="D105" t="s">
+      <c r="E105" t="s">
         <v>34</v>
       </c>
-      <c r="E105" t="s">
+      <c r="F105" t="s">
         <v>141</v>
       </c>
-      <c r="F105" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G105" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H105" t="s">
+        <v>345</v>
+      </c>
+      <c r="I105" t="s">
         <v>193</v>
       </c>
-      <c r="I105" t="s">
+      <c r="J105" t="s">
         <v>375</v>
       </c>
-      <c r="J105" t="s">
+      <c r="K105" t="s">
         <v>376</v>
       </c>
-      <c r="K105" t="s">
+      <c r="L105" t="s">
         <v>390</v>
       </c>
-      <c r="L105" t="s">
+      <c r="M105" s="5" t="s">
         <v>391</v>
       </c>
-      <c r="M105" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N105" s="5">
+      <c r="N105" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O105">
         <v>44427.0</v>
       </c>
-      <c r="O105">
+      <c r="P105">
         <v>44790.0</v>
       </c>
-      <c r="P105" t="s">
+      <c r="Q105" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="106" spans="1:17">
+    <row r="106" spans="1:18">
       <c r="A106" t="s">
         <v>32</v>
       </c>
       <c r="B106" t="s">
         <v>33</v>
       </c>
       <c r="C106" t="s">
         <v>227</v>
       </c>
-      <c r="D106" t="s">
+      <c r="E106" t="s">
         <v>34</v>
       </c>
-      <c r="E106" t="s">
+      <c r="F106" t="s">
         <v>141</v>
       </c>
-      <c r="F106" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G106" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H106" t="s">
+        <v>345</v>
+      </c>
+      <c r="I106" t="s">
         <v>193</v>
       </c>
-      <c r="I106" t="s">
+      <c r="J106" t="s">
         <v>375</v>
       </c>
-      <c r="J106" t="s">
+      <c r="K106" t="s">
         <v>376</v>
       </c>
-      <c r="K106" t="s">
+      <c r="L106" t="s">
         <v>392</v>
       </c>
-      <c r="L106" t="s">
+      <c r="M106" s="5" t="s">
         <v>393</v>
       </c>
-      <c r="M106" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N106" s="5">
+      <c r="N106" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O106">
         <v>44427.0</v>
       </c>
-      <c r="O106">
+      <c r="P106">
         <v>44790.0</v>
       </c>
-      <c r="P106" t="s">
+      <c r="Q106" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="107" spans="1:17">
+    <row r="107" spans="1:18">
       <c r="A107" t="s">
         <v>32</v>
       </c>
       <c r="B107" t="s">
         <v>33</v>
       </c>
       <c r="C107" t="s">
         <v>227</v>
       </c>
-      <c r="D107" t="s">
+      <c r="E107" t="s">
         <v>34</v>
       </c>
-      <c r="E107" t="s">
+      <c r="F107" t="s">
         <v>141</v>
       </c>
-      <c r="F107" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G107" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H107" t="s">
+        <v>345</v>
+      </c>
+      <c r="I107" t="s">
         <v>193</v>
       </c>
-      <c r="I107" t="s">
+      <c r="J107" t="s">
         <v>375</v>
       </c>
-      <c r="J107" t="s">
+      <c r="K107" t="s">
         <v>376</v>
       </c>
-      <c r="K107" t="s">
+      <c r="L107" t="s">
         <v>394</v>
       </c>
-      <c r="L107" t="s">
+      <c r="M107" s="5" t="s">
         <v>395</v>
       </c>
-      <c r="M107" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N107" s="5">
+      <c r="N107" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O107">
         <v>44427.0</v>
       </c>
-      <c r="O107">
+      <c r="P107">
         <v>44790.0</v>
       </c>
-      <c r="P107" t="s">
+      <c r="Q107" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="108" spans="1:17">
+    <row r="108" spans="1:18">
       <c r="A108" t="s">
         <v>32</v>
       </c>
       <c r="B108" t="s">
         <v>33</v>
       </c>
       <c r="C108" t="s">
         <v>227</v>
       </c>
-      <c r="D108" t="s">
+      <c r="E108" t="s">
         <v>34</v>
       </c>
-      <c r="E108" t="s">
+      <c r="F108" t="s">
         <v>141</v>
       </c>
-      <c r="F108" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G108" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H108" t="s">
+        <v>345</v>
+      </c>
+      <c r="I108" t="s">
         <v>193</v>
       </c>
-      <c r="I108" t="s">
+      <c r="J108" t="s">
         <v>375</v>
       </c>
-      <c r="J108" t="s">
+      <c r="K108" t="s">
         <v>376</v>
       </c>
-      <c r="K108" t="s">
+      <c r="L108" t="s">
         <v>396</v>
       </c>
-      <c r="L108" t="s">
+      <c r="M108" s="5" t="s">
         <v>218</v>
       </c>
-      <c r="M108" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N108" s="5">
+      <c r="N108" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O108">
         <v>44427.0</v>
       </c>
-      <c r="O108">
+      <c r="P108">
         <v>44790.0</v>
       </c>
-      <c r="P108" t="s">
+      <c r="Q108" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="109" spans="1:17">
+    <row r="109" spans="1:18">
       <c r="A109" t="s">
         <v>32</v>
       </c>
       <c r="B109" t="s">
         <v>33</v>
       </c>
       <c r="C109" t="s">
         <v>227</v>
       </c>
-      <c r="D109" t="s">
+      <c r="E109" t="s">
         <v>34</v>
       </c>
-      <c r="E109" t="s">
+      <c r="F109" t="s">
         <v>141</v>
       </c>
-      <c r="F109" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G109" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H109" t="s">
+        <v>345</v>
+      </c>
+      <c r="I109" t="s">
         <v>193</v>
       </c>
-      <c r="I109" t="s">
+      <c r="J109" t="s">
         <v>375</v>
       </c>
-      <c r="J109" t="s">
+      <c r="K109" t="s">
         <v>376</v>
       </c>
-      <c r="K109" t="s">
+      <c r="L109" t="s">
         <v>397</v>
       </c>
-      <c r="L109" t="s">
+      <c r="M109" s="5" t="s">
         <v>398</v>
       </c>
-      <c r="M109" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N109" s="5">
+      <c r="N109" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O109">
         <v>44427.0</v>
       </c>
-      <c r="O109">
+      <c r="P109">
         <v>44790.0</v>
       </c>
-      <c r="P109" t="s">
+      <c r="Q109" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="110" spans="1:17">
+    <row r="110" spans="1:18">
       <c r="A110" t="s">
         <v>32</v>
       </c>
       <c r="B110" t="s">
         <v>33</v>
       </c>
       <c r="C110" t="s">
         <v>227</v>
       </c>
-      <c r="D110" t="s">
+      <c r="E110" t="s">
         <v>34</v>
       </c>
-      <c r="E110" t="s">
+      <c r="F110" t="s">
         <v>141</v>
       </c>
-      <c r="F110" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G110" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H110" t="s">
+        <v>345</v>
+      </c>
+      <c r="I110" t="s">
         <v>193</v>
       </c>
-      <c r="I110" t="s">
+      <c r="J110" t="s">
         <v>375</v>
       </c>
-      <c r="J110" t="s">
+      <c r="K110" t="s">
         <v>376</v>
       </c>
-      <c r="K110" t="s">
+      <c r="L110" t="s">
         <v>399</v>
       </c>
-      <c r="L110" t="s">
+      <c r="M110" s="5" t="s">
         <v>400</v>
       </c>
-      <c r="M110" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N110" s="5">
+      <c r="N110" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O110">
         <v>44427.0</v>
       </c>
-      <c r="O110">
+      <c r="P110">
         <v>44790.0</v>
       </c>
-      <c r="P110" t="s">
+      <c r="Q110" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="111" spans="1:17">
+    <row r="111" spans="1:18">
       <c r="A111" t="s">
         <v>32</v>
       </c>
       <c r="B111" t="s">
         <v>33</v>
       </c>
       <c r="C111" t="s">
         <v>227</v>
       </c>
-      <c r="D111" t="s">
+      <c r="E111" t="s">
         <v>34</v>
       </c>
-      <c r="E111" t="s">
+      <c r="F111" t="s">
         <v>141</v>
       </c>
-      <c r="F111" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G111" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H111" t="s">
+        <v>345</v>
+      </c>
+      <c r="I111" t="s">
         <v>193</v>
       </c>
-      <c r="I111" t="s">
+      <c r="J111" t="s">
         <v>375</v>
       </c>
-      <c r="J111" t="s">
+      <c r="K111" t="s">
         <v>376</v>
       </c>
-      <c r="K111" t="s">
+      <c r="L111" t="s">
         <v>401</v>
       </c>
-      <c r="L111" t="s">
+      <c r="M111" s="5" t="s">
         <v>402</v>
       </c>
-      <c r="M111" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N111" s="5">
+      <c r="N111" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O111">
         <v>44427.0</v>
       </c>
-      <c r="O111">
+      <c r="P111">
         <v>44790.0</v>
       </c>
-      <c r="P111" t="s">
+      <c r="Q111" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="112" spans="1:17">
+    <row r="112" spans="1:18">
       <c r="A112" t="s">
         <v>32</v>
       </c>
       <c r="B112" t="s">
         <v>33</v>
       </c>
       <c r="C112" t="s">
         <v>227</v>
       </c>
-      <c r="D112" t="s">
+      <c r="E112" t="s">
         <v>34</v>
       </c>
-      <c r="E112" t="s">
+      <c r="F112" t="s">
         <v>141</v>
       </c>
-      <c r="F112" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G112" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H112" t="s">
+        <v>345</v>
+      </c>
+      <c r="I112" t="s">
         <v>193</v>
       </c>
-      <c r="I112" t="s">
+      <c r="J112" t="s">
         <v>375</v>
       </c>
-      <c r="J112" t="s">
+      <c r="K112" t="s">
         <v>376</v>
       </c>
-      <c r="K112" t="s">
+      <c r="L112" t="s">
         <v>403</v>
       </c>
-      <c r="L112" t="s">
+      <c r="M112" s="5" t="s">
         <v>404</v>
       </c>
-      <c r="M112" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N112" s="5">
+      <c r="N112" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O112">
         <v>44427.0</v>
       </c>
-      <c r="O112">
+      <c r="P112">
         <v>44790.0</v>
       </c>
-      <c r="P112" t="s">
+      <c r="Q112" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="113" spans="1:17">
+    <row r="113" spans="1:18">
       <c r="A113" t="s">
         <v>32</v>
       </c>
       <c r="B113" t="s">
         <v>33</v>
       </c>
       <c r="C113" t="s">
         <v>227</v>
       </c>
-      <c r="D113" t="s">
+      <c r="E113" t="s">
         <v>34</v>
       </c>
-      <c r="E113" t="s">
+      <c r="F113" t="s">
         <v>141</v>
       </c>
-      <c r="F113" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G113" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H113" t="s">
+        <v>345</v>
+      </c>
+      <c r="I113" t="s">
         <v>193</v>
       </c>
-      <c r="I113" t="s">
+      <c r="J113" t="s">
         <v>375</v>
       </c>
-      <c r="J113" t="s">
+      <c r="K113" t="s">
         <v>376</v>
       </c>
-      <c r="K113" t="s">
+      <c r="L113" t="s">
         <v>405</v>
       </c>
-      <c r="L113" t="s">
+      <c r="M113" s="5" t="s">
         <v>406</v>
       </c>
-      <c r="M113" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N113" s="5">
+      <c r="N113" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O113">
         <v>44427.0</v>
       </c>
-      <c r="O113">
+      <c r="P113">
         <v>44790.0</v>
       </c>
-      <c r="P113" t="s">
+      <c r="Q113" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="114" spans="1:17">
+    <row r="114" spans="1:18">
       <c r="A114" t="s">
         <v>32</v>
       </c>
       <c r="B114" t="s">
         <v>33</v>
       </c>
       <c r="C114" t="s">
         <v>227</v>
       </c>
-      <c r="D114" t="s">
+      <c r="E114" t="s">
         <v>34</v>
       </c>
-      <c r="E114" t="s">
+      <c r="F114" t="s">
         <v>141</v>
       </c>
-      <c r="F114" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G114" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H114" t="s">
+        <v>345</v>
+      </c>
+      <c r="I114" t="s">
         <v>193</v>
       </c>
-      <c r="I114" t="s">
+      <c r="J114" t="s">
         <v>375</v>
       </c>
-      <c r="J114" t="s">
+      <c r="K114" t="s">
         <v>376</v>
       </c>
-      <c r="K114" t="s">
+      <c r="L114" t="s">
         <v>407</v>
       </c>
-      <c r="L114" t="s">
+      <c r="M114" s="5" t="s">
         <v>408</v>
       </c>
-      <c r="M114" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N114" s="5">
+      <c r="N114" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O114">
         <v>44427.0</v>
       </c>
-      <c r="O114">
+      <c r="P114">
         <v>44790.0</v>
       </c>
-      <c r="P114" t="s">
+      <c r="Q114" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="115" spans="1:17">
+    <row r="115" spans="1:18">
       <c r="A115" t="s">
         <v>32</v>
       </c>
       <c r="B115" t="s">
         <v>33</v>
       </c>
       <c r="C115" t="s">
         <v>227</v>
       </c>
-      <c r="D115" t="s">
+      <c r="E115" t="s">
         <v>34</v>
       </c>
-      <c r="E115" t="s">
+      <c r="F115" t="s">
         <v>141</v>
       </c>
-      <c r="F115" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G115" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H115" t="s">
+        <v>345</v>
+      </c>
+      <c r="I115" t="s">
         <v>193</v>
       </c>
-      <c r="I115" t="s">
+      <c r="J115" t="s">
         <v>375</v>
       </c>
-      <c r="J115" t="s">
+      <c r="K115" t="s">
         <v>376</v>
       </c>
-      <c r="K115" t="s">
+      <c r="L115" t="s">
         <v>409</v>
       </c>
-      <c r="L115" t="s">
+      <c r="M115" s="5" t="s">
         <v>410</v>
       </c>
-      <c r="M115" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N115" s="5">
+      <c r="N115" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O115">
         <v>44427.0</v>
       </c>
-      <c r="O115">
+      <c r="P115">
         <v>44790.0</v>
       </c>
-      <c r="P115" t="s">
+      <c r="Q115" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="116" spans="1:17">
+    <row r="116" spans="1:18">
       <c r="A116" t="s">
         <v>32</v>
       </c>
       <c r="B116" t="s">
         <v>33</v>
       </c>
       <c r="C116" t="s">
         <v>227</v>
       </c>
-      <c r="D116" t="s">
+      <c r="E116" t="s">
         <v>34</v>
       </c>
-      <c r="E116" t="s">
+      <c r="F116" t="s">
         <v>141</v>
       </c>
-      <c r="F116" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G116" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H116" t="s">
+        <v>345</v>
+      </c>
+      <c r="I116" t="s">
         <v>193</v>
       </c>
-      <c r="I116" t="s">
+      <c r="J116" t="s">
         <v>375</v>
       </c>
-      <c r="J116" t="s">
+      <c r="K116" t="s">
         <v>376</v>
       </c>
-      <c r="K116" t="s">
+      <c r="L116" t="s">
         <v>411</v>
       </c>
-      <c r="L116" t="s">
+      <c r="M116" s="5" t="s">
         <v>412</v>
       </c>
-      <c r="M116" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N116" s="5">
+      <c r="N116" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O116">
         <v>44427.0</v>
       </c>
-      <c r="O116">
+      <c r="P116">
         <v>44790.0</v>
       </c>
-      <c r="P116" t="s">
+      <c r="Q116" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="117" spans="1:17">
+    <row r="117" spans="1:18">
       <c r="A117" t="s">
         <v>32</v>
       </c>
       <c r="B117" t="s">
         <v>33</v>
       </c>
       <c r="C117" t="s">
         <v>227</v>
       </c>
-      <c r="D117" t="s">
+      <c r="E117" t="s">
         <v>34</v>
       </c>
-      <c r="E117" t="s">
+      <c r="F117" t="s">
         <v>141</v>
       </c>
-      <c r="F117" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G117" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H117" t="s">
+        <v>345</v>
+      </c>
+      <c r="I117" t="s">
         <v>193</v>
       </c>
-      <c r="I117" t="s">
+      <c r="J117" t="s">
         <v>375</v>
       </c>
-      <c r="J117" t="s">
+      <c r="K117" t="s">
         <v>376</v>
       </c>
-      <c r="K117" t="s">
+      <c r="L117" t="s">
         <v>413</v>
       </c>
-      <c r="L117" t="s">
+      <c r="M117" s="5" t="s">
         <v>414</v>
       </c>
-      <c r="M117" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N117" s="5">
+      <c r="N117" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O117">
         <v>44427.0</v>
       </c>
-      <c r="O117">
+      <c r="P117">
         <v>44790.0</v>
       </c>
-      <c r="P117" t="s">
+      <c r="Q117" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="118" spans="1:17">
+    <row r="118" spans="1:18">
       <c r="A118" t="s">
         <v>32</v>
       </c>
       <c r="B118" t="s">
         <v>33</v>
       </c>
       <c r="C118" t="s">
         <v>227</v>
       </c>
-      <c r="D118" t="s">
+      <c r="E118" t="s">
         <v>34</v>
       </c>
-      <c r="E118" t="s">
+      <c r="F118" t="s">
         <v>141</v>
       </c>
-      <c r="F118" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G118" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H118" t="s">
+        <v>345</v>
+      </c>
+      <c r="I118" t="s">
         <v>193</v>
       </c>
-      <c r="I118" t="s">
+      <c r="J118" t="s">
         <v>375</v>
       </c>
-      <c r="J118" t="s">
+      <c r="K118" t="s">
         <v>376</v>
       </c>
-      <c r="K118" t="s">
+      <c r="L118" t="s">
         <v>415</v>
       </c>
-      <c r="L118" t="s">
+      <c r="M118" s="5" t="s">
         <v>416</v>
       </c>
-      <c r="M118" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N118" s="5">
+      <c r="N118" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O118">
         <v>44427.0</v>
       </c>
-      <c r="O118">
+      <c r="P118">
         <v>44790.0</v>
       </c>
-      <c r="P118" t="s">
+      <c r="Q118" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="119" spans="1:17">
+    <row r="119" spans="1:18">
       <c r="A119" t="s">
         <v>32</v>
       </c>
       <c r="B119" t="s">
         <v>33</v>
       </c>
       <c r="C119" t="s">
         <v>227</v>
       </c>
-      <c r="D119" t="s">
+      <c r="E119" t="s">
         <v>34</v>
       </c>
-      <c r="E119" t="s">
+      <c r="F119" t="s">
         <v>141</v>
       </c>
-      <c r="F119" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G119" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H119" t="s">
+        <v>345</v>
+      </c>
+      <c r="I119" t="s">
         <v>193</v>
       </c>
-      <c r="I119" t="s">
+      <c r="J119" t="s">
         <v>375</v>
       </c>
-      <c r="J119" t="s">
+      <c r="K119" t="s">
         <v>376</v>
       </c>
-      <c r="K119" t="s">
+      <c r="L119" t="s">
         <v>417</v>
       </c>
-      <c r="L119" t="s">
+      <c r="M119" s="5" t="s">
         <v>418</v>
       </c>
-      <c r="M119" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N119" s="5">
+      <c r="N119" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O119">
         <v>44427.0</v>
       </c>
-      <c r="O119">
+      <c r="P119">
         <v>44790.0</v>
       </c>
-      <c r="P119" t="s">
+      <c r="Q119" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="120" spans="1:17">
+    <row r="120" spans="1:18">
       <c r="A120" t="s">
         <v>32</v>
       </c>
       <c r="B120" t="s">
         <v>33</v>
       </c>
       <c r="C120" t="s">
         <v>227</v>
       </c>
-      <c r="D120" t="s">
+      <c r="E120" t="s">
         <v>34</v>
       </c>
-      <c r="E120" t="s">
+      <c r="F120" t="s">
         <v>141</v>
       </c>
-      <c r="F120" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G120" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H120" t="s">
+        <v>345</v>
+      </c>
+      <c r="I120" t="s">
         <v>193</v>
       </c>
-      <c r="I120" t="s">
+      <c r="J120" t="s">
         <v>375</v>
       </c>
-      <c r="J120" t="s">
+      <c r="K120" t="s">
         <v>376</v>
       </c>
-      <c r="K120" t="s">
+      <c r="L120" t="s">
         <v>419</v>
       </c>
-      <c r="L120" t="s">
+      <c r="M120" s="5" t="s">
         <v>420</v>
       </c>
-      <c r="M120" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N120" s="5">
+      <c r="N120" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O120">
         <v>44427.0</v>
       </c>
-      <c r="O120">
+      <c r="P120">
         <v>44790.0</v>
       </c>
-      <c r="P120" t="s">
+      <c r="Q120" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="121" spans="1:17">
+    <row r="121" spans="1:18">
       <c r="A121" t="s">
         <v>32</v>
       </c>
       <c r="B121" t="s">
         <v>33</v>
       </c>
       <c r="C121" t="s">
         <v>227</v>
       </c>
-      <c r="D121" t="s">
+      <c r="E121" t="s">
         <v>34</v>
       </c>
-      <c r="E121" t="s">
+      <c r="F121" t="s">
         <v>141</v>
       </c>
-      <c r="F121" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G121" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H121" t="s">
+        <v>345</v>
+      </c>
+      <c r="I121" t="s">
         <v>193</v>
       </c>
-      <c r="I121" t="s">
+      <c r="J121" t="s">
         <v>375</v>
       </c>
-      <c r="J121" t="s">
+      <c r="K121" t="s">
         <v>376</v>
       </c>
-      <c r="K121" t="s">
+      <c r="L121" t="s">
         <v>421</v>
       </c>
-      <c r="L121" t="s">
+      <c r="M121" s="5" t="s">
         <v>422</v>
       </c>
-      <c r="M121" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N121" s="5">
+      <c r="N121" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O121">
         <v>44427.0</v>
       </c>
-      <c r="O121">
+      <c r="P121">
         <v>44790.0</v>
       </c>
-      <c r="P121" t="s">
+      <c r="Q121" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="122" spans="1:17">
+    <row r="122" spans="1:18">
       <c r="A122" t="s">
         <v>32</v>
       </c>
       <c r="B122" t="s">
         <v>33</v>
       </c>
       <c r="C122" t="s">
         <v>227</v>
       </c>
-      <c r="D122" t="s">
+      <c r="E122" t="s">
         <v>34</v>
       </c>
-      <c r="E122" t="s">
+      <c r="F122" t="s">
         <v>141</v>
       </c>
-      <c r="F122" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G122" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H122" t="s">
+        <v>345</v>
+      </c>
+      <c r="I122" t="s">
         <v>193</v>
       </c>
-      <c r="I122" t="s">
+      <c r="J122" t="s">
         <v>375</v>
       </c>
-      <c r="J122" t="s">
+      <c r="K122" t="s">
         <v>376</v>
       </c>
-      <c r="K122" t="s">
+      <c r="L122" t="s">
         <v>423</v>
       </c>
-      <c r="L122" t="s">
+      <c r="M122" s="5" t="s">
         <v>424</v>
       </c>
-      <c r="M122" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N122" s="5">
+      <c r="N122" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O122">
         <v>44427.0</v>
       </c>
-      <c r="O122">
+      <c r="P122">
         <v>44790.0</v>
       </c>
-      <c r="P122" t="s">
+      <c r="Q122" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="123" spans="1:17">
+    <row r="123" spans="1:18">
       <c r="A123" t="s">
         <v>32</v>
       </c>
       <c r="B123" t="s">
         <v>33</v>
       </c>
       <c r="C123" t="s">
         <v>227</v>
       </c>
-      <c r="D123" t="s">
+      <c r="E123" t="s">
         <v>34</v>
       </c>
-      <c r="E123" t="s">
+      <c r="F123" t="s">
         <v>141</v>
       </c>
-      <c r="F123" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G123" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H123" t="s">
+        <v>345</v>
+      </c>
+      <c r="I123" t="s">
         <v>193</v>
       </c>
-      <c r="I123" t="s">
+      <c r="J123" t="s">
         <v>375</v>
       </c>
-      <c r="J123" t="s">
+      <c r="K123" t="s">
         <v>376</v>
       </c>
-      <c r="K123" t="s">
+      <c r="L123" t="s">
         <v>425</v>
       </c>
-      <c r="L123" t="s">
+      <c r="M123" s="5" t="s">
         <v>426</v>
       </c>
-      <c r="M123" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N123" s="5">
+      <c r="N123" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O123">
         <v>44427.0</v>
       </c>
-      <c r="O123">
+      <c r="P123">
         <v>44790.0</v>
       </c>
-      <c r="P123" t="s">
+      <c r="Q123" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="124" spans="1:17">
+    <row r="124" spans="1:18">
       <c r="A124" t="s">
         <v>32</v>
       </c>
       <c r="B124" t="s">
         <v>33</v>
       </c>
       <c r="C124" t="s">
         <v>227</v>
       </c>
-      <c r="D124" t="s">
+      <c r="E124" t="s">
         <v>34</v>
       </c>
-      <c r="E124" t="s">
+      <c r="F124" t="s">
         <v>141</v>
       </c>
-      <c r="F124" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G124" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H124" t="s">
+        <v>345</v>
+      </c>
+      <c r="I124" t="s">
         <v>193</v>
       </c>
-      <c r="I124" t="s">
+      <c r="J124" t="s">
         <v>375</v>
       </c>
-      <c r="J124" t="s">
+      <c r="K124" t="s">
         <v>376</v>
       </c>
-      <c r="K124" t="s">
+      <c r="L124" t="s">
         <v>427</v>
       </c>
-      <c r="L124" t="s">
+      <c r="M124" s="5" t="s">
         <v>428</v>
       </c>
-      <c r="M124" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N124" s="5">
+      <c r="N124" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O124">
         <v>44427.0</v>
       </c>
-      <c r="O124">
+      <c r="P124">
         <v>44790.0</v>
       </c>
-      <c r="P124" t="s">
+      <c r="Q124" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="125" spans="1:17">
+    <row r="125" spans="1:18">
       <c r="A125" t="s">
         <v>32</v>
       </c>
       <c r="B125" t="s">
         <v>33</v>
       </c>
       <c r="C125" t="s">
         <v>227</v>
       </c>
-      <c r="D125" t="s">
+      <c r="E125" t="s">
         <v>34</v>
       </c>
-      <c r="E125" t="s">
+      <c r="F125" t="s">
         <v>141</v>
       </c>
-      <c r="F125" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G125" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H125" t="s">
+        <v>345</v>
+      </c>
+      <c r="I125" t="s">
         <v>193</v>
       </c>
-      <c r="I125" t="s">
+      <c r="J125" t="s">
         <v>375</v>
       </c>
-      <c r="J125" t="s">
+      <c r="K125" t="s">
         <v>376</v>
       </c>
-      <c r="K125" t="s">
+      <c r="L125" t="s">
         <v>429</v>
       </c>
-      <c r="L125" t="s">
+      <c r="M125" s="5" t="s">
         <v>430</v>
       </c>
-      <c r="M125" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N125" s="5">
+      <c r="N125" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O125">
         <v>44427.0</v>
       </c>
-      <c r="O125">
+      <c r="P125">
         <v>44790.0</v>
       </c>
-      <c r="P125" t="s">
+      <c r="Q125" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="126" spans="1:17">
+    <row r="126" spans="1:18">
       <c r="A126" t="s">
         <v>32</v>
       </c>
       <c r="B126" t="s">
         <v>33</v>
       </c>
       <c r="C126" t="s">
         <v>227</v>
       </c>
-      <c r="D126" t="s">
+      <c r="E126" t="s">
         <v>34</v>
       </c>
-      <c r="E126" t="s">
+      <c r="F126" t="s">
         <v>141</v>
       </c>
-      <c r="F126" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G126" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H126" t="s">
+        <v>345</v>
+      </c>
+      <c r="I126" t="s">
         <v>193</v>
       </c>
-      <c r="I126" t="s">
+      <c r="J126" t="s">
         <v>375</v>
       </c>
-      <c r="J126" t="s">
+      <c r="K126" t="s">
         <v>376</v>
       </c>
-      <c r="K126" t="s">
+      <c r="L126" t="s">
         <v>431</v>
       </c>
-      <c r="L126" t="s">
+      <c r="M126" s="5" t="s">
         <v>432</v>
       </c>
-      <c r="M126" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N126" s="5">
+      <c r="N126" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O126">
         <v>44427.0</v>
       </c>
-      <c r="O126">
+      <c r="P126">
         <v>44790.0</v>
       </c>
-      <c r="P126" t="s">
+      <c r="Q126" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="127" spans="1:17">
+    <row r="127" spans="1:18">
       <c r="A127" t="s">
         <v>32</v>
       </c>
       <c r="B127" t="s">
         <v>33</v>
       </c>
       <c r="C127" t="s">
         <v>227</v>
       </c>
-      <c r="D127" t="s">
+      <c r="E127" t="s">
         <v>34</v>
       </c>
-      <c r="E127" t="s">
+      <c r="F127" t="s">
         <v>141</v>
       </c>
-      <c r="F127" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G127" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H127" t="s">
+        <v>345</v>
+      </c>
+      <c r="I127" t="s">
         <v>193</v>
       </c>
-      <c r="I127" t="s">
+      <c r="J127" t="s">
         <v>375</v>
       </c>
-      <c r="J127" t="s">
+      <c r="K127" t="s">
         <v>376</v>
       </c>
-      <c r="K127" t="s">
+      <c r="L127" t="s">
         <v>433</v>
       </c>
-      <c r="L127" t="s">
+      <c r="M127" s="5" t="s">
         <v>434</v>
       </c>
-      <c r="M127" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N127" s="5">
+      <c r="N127" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O127">
         <v>44427.0</v>
       </c>
-      <c r="O127">
+      <c r="P127">
         <v>44790.0</v>
       </c>
-      <c r="P127" t="s">
+      <c r="Q127" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="128" spans="1:17">
+    <row r="128" spans="1:18">
       <c r="A128" t="s">
         <v>32</v>
       </c>
       <c r="B128" t="s">
         <v>33</v>
       </c>
       <c r="C128" t="s">
         <v>227</v>
       </c>
-      <c r="D128" t="s">
+      <c r="E128" t="s">
         <v>34</v>
       </c>
-      <c r="E128" t="s">
+      <c r="F128" t="s">
         <v>141</v>
       </c>
-      <c r="F128" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G128" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H128" t="s">
+        <v>345</v>
+      </c>
+      <c r="I128" t="s">
         <v>193</v>
       </c>
-      <c r="I128" t="s">
+      <c r="J128" t="s">
         <v>375</v>
       </c>
-      <c r="J128" t="s">
+      <c r="K128" t="s">
         <v>376</v>
       </c>
-      <c r="K128" t="s">
+      <c r="L128" t="s">
         <v>435</v>
       </c>
-      <c r="L128" t="s">
+      <c r="M128" s="5" t="s">
         <v>436</v>
       </c>
-      <c r="M128" s="5" t="s">
-[...2 lines deleted...]
-      <c r="N128" s="5">
+      <c r="N128" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O128">
         <v>44427.0</v>
       </c>
-      <c r="O128">
+      <c r="P128">
         <v>44790.0</v>
       </c>
-      <c r="P128" t="s">
+      <c r="Q128" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="129" spans="1:17">
+    <row r="129" spans="1:18">
       <c r="A129" t="s">
         <v>32</v>
       </c>
       <c r="B129" t="s">
         <v>33</v>
       </c>
       <c r="C129" t="s">
         <v>227</v>
       </c>
-      <c r="D129" t="s">
+      <c r="E129" t="s">
         <v>374</v>
       </c>
-      <c r="E129" t="s">
+      <c r="F129" t="s">
         <v>233</v>
       </c>
-      <c r="F129" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G129" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H129" t="s">
         <v>353</v>
       </c>
       <c r="I129" t="s">
+        <v>354</v>
+      </c>
+      <c r="J129" t="s">
         <v>375</v>
       </c>
-      <c r="J129" t="s">
+      <c r="K129" t="s">
         <v>376</v>
       </c>
-      <c r="K129" t="s">
+      <c r="L129" t="s">
         <v>377</v>
       </c>
-      <c r="L129" t="s">
+      <c r="M129" s="5" t="s">
         <v>378</v>
       </c>
-      <c r="M129" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O129">
+      <c r="N129" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P129">
         <v>45863.0</v>
       </c>
-      <c r="P129" t="s">
+      <c r="Q129" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="130" spans="1:17">
+    <row r="130" spans="1:18">
       <c r="A130" t="s">
         <v>32</v>
       </c>
       <c r="B130" t="s">
         <v>33</v>
       </c>
       <c r="C130" t="s">
         <v>227</v>
       </c>
-      <c r="D130" t="s">
+      <c r="E130" t="s">
         <v>374</v>
       </c>
-      <c r="E130" t="s">
+      <c r="F130" t="s">
         <v>233</v>
       </c>
-      <c r="F130" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G130" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H130" t="s">
         <v>353</v>
       </c>
       <c r="I130" t="s">
+        <v>354</v>
+      </c>
+      <c r="J130" t="s">
         <v>375</v>
       </c>
-      <c r="J130" t="s">
+      <c r="K130" t="s">
         <v>376</v>
       </c>
-      <c r="K130" t="s">
+      <c r="L130" t="s">
         <v>380</v>
       </c>
-      <c r="L130" t="s">
+      <c r="M130" s="5" t="s">
         <v>381</v>
       </c>
-      <c r="M130" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O130">
+      <c r="N130" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P130">
         <v>45863.0</v>
       </c>
-      <c r="P130" t="s">
+      <c r="Q130" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="131" spans="1:17">
+    <row r="131" spans="1:18">
       <c r="A131" t="s">
         <v>32</v>
       </c>
       <c r="B131" t="s">
         <v>33</v>
       </c>
       <c r="C131" t="s">
         <v>227</v>
       </c>
-      <c r="D131" t="s">
+      <c r="E131" t="s">
         <v>374</v>
       </c>
-      <c r="E131" t="s">
+      <c r="F131" t="s">
         <v>233</v>
       </c>
-      <c r="F131" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G131" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H131" t="s">
         <v>353</v>
       </c>
       <c r="I131" t="s">
+        <v>354</v>
+      </c>
+      <c r="J131" t="s">
         <v>375</v>
       </c>
-      <c r="J131" t="s">
+      <c r="K131" t="s">
         <v>376</v>
       </c>
-      <c r="K131" t="s">
+      <c r="L131" t="s">
         <v>382</v>
       </c>
-      <c r="L131" t="s">
+      <c r="M131" s="5" t="s">
         <v>383</v>
       </c>
-      <c r="M131" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O131">
+      <c r="N131" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P131">
         <v>45863.0</v>
       </c>
-      <c r="P131" t="s">
+      <c r="Q131" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="132" spans="1:17">
+    <row r="132" spans="1:18">
       <c r="A132" t="s">
         <v>32</v>
       </c>
       <c r="B132" t="s">
         <v>33</v>
       </c>
       <c r="C132" t="s">
         <v>227</v>
       </c>
-      <c r="D132" t="s">
+      <c r="E132" t="s">
         <v>374</v>
       </c>
-      <c r="E132" t="s">
+      <c r="F132" t="s">
         <v>233</v>
       </c>
-      <c r="F132" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G132" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H132" t="s">
         <v>353</v>
       </c>
       <c r="I132" t="s">
+        <v>354</v>
+      </c>
+      <c r="J132" t="s">
         <v>375</v>
       </c>
-      <c r="J132" t="s">
+      <c r="K132" t="s">
         <v>376</v>
       </c>
-      <c r="K132" t="s">
+      <c r="L132" t="s">
         <v>384</v>
       </c>
-      <c r="L132" t="s">
+      <c r="M132" s="5" t="s">
         <v>385</v>
       </c>
-      <c r="M132" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O132">
+      <c r="N132" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P132">
         <v>45863.0</v>
       </c>
-      <c r="P132" t="s">
+      <c r="Q132" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="133" spans="1:17">
+    <row r="133" spans="1:18">
       <c r="A133" t="s">
         <v>32</v>
       </c>
       <c r="B133" t="s">
         <v>33</v>
       </c>
       <c r="C133" t="s">
         <v>227</v>
       </c>
-      <c r="D133" t="s">
+      <c r="E133" t="s">
         <v>374</v>
       </c>
-      <c r="E133" t="s">
+      <c r="F133" t="s">
         <v>233</v>
       </c>
-      <c r="F133" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G133" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H133" t="s">
         <v>353</v>
       </c>
       <c r="I133" t="s">
+        <v>354</v>
+      </c>
+      <c r="J133" t="s">
         <v>375</v>
       </c>
-      <c r="J133" t="s">
+      <c r="K133" t="s">
         <v>376</v>
       </c>
-      <c r="K133" t="s">
+      <c r="L133" t="s">
         <v>386</v>
       </c>
-      <c r="L133" t="s">
+      <c r="M133" s="5" t="s">
         <v>387</v>
       </c>
-      <c r="M133" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O133">
+      <c r="N133" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P133">
         <v>45863.0</v>
       </c>
-      <c r="P133" t="s">
+      <c r="Q133" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="134" spans="1:17">
+    <row r="134" spans="1:18">
       <c r="A134" t="s">
         <v>32</v>
       </c>
       <c r="B134" t="s">
         <v>33</v>
       </c>
       <c r="C134" t="s">
         <v>227</v>
       </c>
-      <c r="D134" t="s">
+      <c r="E134" t="s">
         <v>374</v>
       </c>
-      <c r="E134" t="s">
+      <c r="F134" t="s">
         <v>233</v>
       </c>
-      <c r="F134" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G134" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H134" t="s">
         <v>353</v>
       </c>
       <c r="I134" t="s">
+        <v>354</v>
+      </c>
+      <c r="J134" t="s">
         <v>375</v>
       </c>
-      <c r="J134" t="s">
+      <c r="K134" t="s">
         <v>376</v>
       </c>
-      <c r="K134" t="s">
+      <c r="L134" t="s">
         <v>388</v>
       </c>
-      <c r="L134" t="s">
+      <c r="M134" s="5" t="s">
         <v>389</v>
       </c>
-      <c r="M134" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O134">
+      <c r="N134" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P134">
         <v>45863.0</v>
       </c>
-      <c r="P134" t="s">
+      <c r="Q134" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="135" spans="1:17">
+    <row r="135" spans="1:18">
       <c r="A135" t="s">
         <v>32</v>
       </c>
       <c r="B135" t="s">
         <v>33</v>
       </c>
       <c r="C135" t="s">
         <v>227</v>
       </c>
-      <c r="D135" t="s">
+      <c r="E135" t="s">
         <v>374</v>
       </c>
-      <c r="E135" t="s">
+      <c r="F135" t="s">
         <v>233</v>
       </c>
-      <c r="F135" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G135" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H135" t="s">
         <v>353</v>
       </c>
       <c r="I135" t="s">
+        <v>354</v>
+      </c>
+      <c r="J135" t="s">
         <v>375</v>
       </c>
-      <c r="J135" t="s">
+      <c r="K135" t="s">
         <v>376</v>
       </c>
-      <c r="K135" t="s">
+      <c r="L135" t="s">
         <v>390</v>
       </c>
-      <c r="L135" t="s">
+      <c r="M135" s="5" t="s">
         <v>391</v>
       </c>
-      <c r="M135" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O135">
+      <c r="N135" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P135">
         <v>45863.0</v>
       </c>
-      <c r="P135" t="s">
+      <c r="Q135" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="136" spans="1:17">
+    <row r="136" spans="1:18">
       <c r="A136" t="s">
         <v>32</v>
       </c>
       <c r="B136" t="s">
         <v>33</v>
       </c>
       <c r="C136" t="s">
         <v>227</v>
       </c>
-      <c r="D136" t="s">
+      <c r="E136" t="s">
         <v>374</v>
       </c>
-      <c r="E136" t="s">
+      <c r="F136" t="s">
         <v>233</v>
       </c>
-      <c r="F136" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G136" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H136" t="s">
         <v>353</v>
       </c>
       <c r="I136" t="s">
+        <v>354</v>
+      </c>
+      <c r="J136" t="s">
         <v>375</v>
       </c>
-      <c r="J136" t="s">
+      <c r="K136" t="s">
         <v>376</v>
       </c>
-      <c r="K136" t="s">
+      <c r="L136" t="s">
         <v>392</v>
       </c>
-      <c r="L136" t="s">
+      <c r="M136" s="5" t="s">
         <v>393</v>
       </c>
-      <c r="M136" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O136">
+      <c r="N136" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P136">
         <v>45863.0</v>
       </c>
-      <c r="P136" t="s">
+      <c r="Q136" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="137" spans="1:17">
+    <row r="137" spans="1:18">
       <c r="A137" t="s">
         <v>32</v>
       </c>
       <c r="B137" t="s">
         <v>33</v>
       </c>
       <c r="C137" t="s">
         <v>227</v>
       </c>
-      <c r="D137" t="s">
+      <c r="E137" t="s">
         <v>374</v>
       </c>
-      <c r="E137" t="s">
+      <c r="F137" t="s">
         <v>233</v>
       </c>
-      <c r="F137" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G137" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H137" t="s">
         <v>353</v>
       </c>
       <c r="I137" t="s">
+        <v>354</v>
+      </c>
+      <c r="J137" t="s">
         <v>375</v>
       </c>
-      <c r="J137" t="s">
+      <c r="K137" t="s">
         <v>376</v>
       </c>
-      <c r="K137" t="s">
+      <c r="L137" t="s">
         <v>394</v>
       </c>
-      <c r="L137" t="s">
+      <c r="M137" s="5" t="s">
         <v>395</v>
       </c>
-      <c r="M137" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O137">
+      <c r="N137" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P137">
         <v>45863.0</v>
       </c>
-      <c r="P137" t="s">
+      <c r="Q137" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="138" spans="1:17">
+    <row r="138" spans="1:18">
       <c r="A138" t="s">
         <v>32</v>
       </c>
       <c r="B138" t="s">
         <v>33</v>
       </c>
       <c r="C138" t="s">
         <v>227</v>
       </c>
-      <c r="D138" t="s">
+      <c r="E138" t="s">
         <v>374</v>
       </c>
-      <c r="E138" t="s">
+      <c r="F138" t="s">
         <v>233</v>
       </c>
-      <c r="F138" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G138" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H138" t="s">
         <v>353</v>
       </c>
       <c r="I138" t="s">
+        <v>354</v>
+      </c>
+      <c r="J138" t="s">
         <v>375</v>
       </c>
-      <c r="J138" t="s">
+      <c r="K138" t="s">
         <v>376</v>
       </c>
-      <c r="K138" t="s">
+      <c r="L138" t="s">
         <v>396</v>
       </c>
-      <c r="L138" t="s">
+      <c r="M138" s="5" t="s">
         <v>218</v>
       </c>
-      <c r="M138" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O138">
+      <c r="N138" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P138">
         <v>45863.0</v>
       </c>
-      <c r="P138" t="s">
+      <c r="Q138" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="139" spans="1:17">
+    <row r="139" spans="1:18">
       <c r="A139" t="s">
         <v>32</v>
       </c>
       <c r="B139" t="s">
         <v>33</v>
       </c>
       <c r="C139" t="s">
         <v>227</v>
       </c>
-      <c r="D139" t="s">
+      <c r="E139" t="s">
         <v>374</v>
       </c>
-      <c r="E139" t="s">
+      <c r="F139" t="s">
         <v>233</v>
       </c>
-      <c r="F139" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G139" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H139" t="s">
         <v>353</v>
       </c>
       <c r="I139" t="s">
+        <v>354</v>
+      </c>
+      <c r="J139" t="s">
         <v>375</v>
       </c>
-      <c r="J139" t="s">
+      <c r="K139" t="s">
         <v>376</v>
       </c>
-      <c r="K139" t="s">
+      <c r="L139" t="s">
         <v>397</v>
       </c>
-      <c r="L139" t="s">
+      <c r="M139" s="5" t="s">
         <v>398</v>
       </c>
-      <c r="M139" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O139">
+      <c r="N139" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P139">
         <v>45863.0</v>
       </c>
-      <c r="P139" t="s">
+      <c r="Q139" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="140" spans="1:17">
+    <row r="140" spans="1:18">
       <c r="A140" t="s">
         <v>32</v>
       </c>
       <c r="B140" t="s">
         <v>33</v>
       </c>
       <c r="C140" t="s">
         <v>227</v>
       </c>
-      <c r="D140" t="s">
+      <c r="E140" t="s">
         <v>374</v>
       </c>
-      <c r="E140" t="s">
+      <c r="F140" t="s">
         <v>233</v>
       </c>
-      <c r="F140" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G140" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H140" t="s">
         <v>353</v>
       </c>
       <c r="I140" t="s">
+        <v>354</v>
+      </c>
+      <c r="J140" t="s">
         <v>375</v>
       </c>
-      <c r="J140" t="s">
+      <c r="K140" t="s">
         <v>376</v>
       </c>
-      <c r="K140" t="s">
+      <c r="L140" t="s">
         <v>399</v>
       </c>
-      <c r="L140" t="s">
+      <c r="M140" s="5" t="s">
         <v>400</v>
       </c>
-      <c r="M140" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O140">
+      <c r="N140" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P140">
         <v>45863.0</v>
       </c>
-      <c r="P140" t="s">
+      <c r="Q140" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="141" spans="1:17">
+    <row r="141" spans="1:18">
       <c r="A141" t="s">
         <v>32</v>
       </c>
       <c r="B141" t="s">
         <v>33</v>
       </c>
       <c r="C141" t="s">
         <v>227</v>
       </c>
-      <c r="D141" t="s">
+      <c r="E141" t="s">
         <v>374</v>
       </c>
-      <c r="E141" t="s">
+      <c r="F141" t="s">
         <v>233</v>
       </c>
-      <c r="F141" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G141" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H141" t="s">
         <v>353</v>
       </c>
       <c r="I141" t="s">
+        <v>354</v>
+      </c>
+      <c r="J141" t="s">
         <v>375</v>
       </c>
-      <c r="J141" t="s">
+      <c r="K141" t="s">
         <v>376</v>
       </c>
-      <c r="K141" t="s">
+      <c r="L141" t="s">
         <v>401</v>
       </c>
-      <c r="L141" t="s">
+      <c r="M141" s="5" t="s">
         <v>402</v>
       </c>
-      <c r="M141" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O141">
+      <c r="N141" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P141">
         <v>45863.0</v>
       </c>
-      <c r="P141" t="s">
+      <c r="Q141" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="142" spans="1:17">
+    <row r="142" spans="1:18">
       <c r="A142" t="s">
         <v>32</v>
       </c>
       <c r="B142" t="s">
         <v>33</v>
       </c>
       <c r="C142" t="s">
         <v>227</v>
       </c>
-      <c r="D142" t="s">
+      <c r="E142" t="s">
         <v>374</v>
       </c>
-      <c r="E142" t="s">
+      <c r="F142" t="s">
         <v>233</v>
       </c>
-      <c r="F142" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G142" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H142" t="s">
         <v>353</v>
       </c>
       <c r="I142" t="s">
+        <v>354</v>
+      </c>
+      <c r="J142" t="s">
         <v>375</v>
       </c>
-      <c r="J142" t="s">
+      <c r="K142" t="s">
         <v>376</v>
       </c>
-      <c r="K142" t="s">
+      <c r="L142" t="s">
         <v>403</v>
       </c>
-      <c r="L142" t="s">
+      <c r="M142" s="5" t="s">
         <v>404</v>
       </c>
-      <c r="M142" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O142">
+      <c r="N142" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P142">
         <v>45863.0</v>
       </c>
-      <c r="P142" t="s">
+      <c r="Q142" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="143" spans="1:17">
+    <row r="143" spans="1:18">
       <c r="A143" t="s">
         <v>32</v>
       </c>
       <c r="B143" t="s">
         <v>33</v>
       </c>
       <c r="C143" t="s">
         <v>227</v>
       </c>
-      <c r="D143" t="s">
+      <c r="E143" t="s">
         <v>374</v>
       </c>
-      <c r="E143" t="s">
+      <c r="F143" t="s">
         <v>233</v>
       </c>
-      <c r="F143" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G143" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H143" t="s">
         <v>353</v>
       </c>
       <c r="I143" t="s">
+        <v>354</v>
+      </c>
+      <c r="J143" t="s">
         <v>375</v>
       </c>
-      <c r="J143" t="s">
+      <c r="K143" t="s">
         <v>376</v>
       </c>
-      <c r="K143" t="s">
+      <c r="L143" t="s">
         <v>405</v>
       </c>
-      <c r="L143" t="s">
+      <c r="M143" s="5" t="s">
         <v>406</v>
       </c>
-      <c r="M143" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O143">
+      <c r="N143" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P143">
         <v>45863.0</v>
       </c>
-      <c r="P143" t="s">
+      <c r="Q143" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="144" spans="1:17">
+    <row r="144" spans="1:18">
       <c r="A144" t="s">
         <v>32</v>
       </c>
       <c r="B144" t="s">
         <v>33</v>
       </c>
       <c r="C144" t="s">
         <v>227</v>
       </c>
-      <c r="D144" t="s">
+      <c r="E144" t="s">
         <v>374</v>
       </c>
-      <c r="E144" t="s">
+      <c r="F144" t="s">
         <v>233</v>
       </c>
-      <c r="F144" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G144" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H144" t="s">
         <v>353</v>
       </c>
       <c r="I144" t="s">
+        <v>354</v>
+      </c>
+      <c r="J144" t="s">
         <v>375</v>
       </c>
-      <c r="J144" t="s">
+      <c r="K144" t="s">
         <v>376</v>
       </c>
-      <c r="K144" t="s">
+      <c r="L144" t="s">
         <v>407</v>
       </c>
-      <c r="L144" t="s">
+      <c r="M144" s="5" t="s">
         <v>408</v>
       </c>
-      <c r="M144" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O144">
+      <c r="N144" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P144">
         <v>45863.0</v>
       </c>
-      <c r="P144" t="s">
+      <c r="Q144" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="145" spans="1:17">
+    <row r="145" spans="1:18">
       <c r="A145" t="s">
         <v>32</v>
       </c>
       <c r="B145" t="s">
         <v>33</v>
       </c>
       <c r="C145" t="s">
         <v>227</v>
       </c>
-      <c r="D145" t="s">
+      <c r="E145" t="s">
         <v>374</v>
       </c>
-      <c r="E145" t="s">
+      <c r="F145" t="s">
         <v>233</v>
       </c>
-      <c r="F145" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G145" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H145" t="s">
         <v>353</v>
       </c>
       <c r="I145" t="s">
+        <v>354</v>
+      </c>
+      <c r="J145" t="s">
         <v>375</v>
       </c>
-      <c r="J145" t="s">
+      <c r="K145" t="s">
         <v>376</v>
       </c>
-      <c r="K145" t="s">
+      <c r="L145" t="s">
         <v>409</v>
       </c>
-      <c r="L145" t="s">
+      <c r="M145" s="5" t="s">
         <v>410</v>
       </c>
-      <c r="M145" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O145">
+      <c r="N145" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P145">
         <v>45863.0</v>
       </c>
-      <c r="P145" t="s">
+      <c r="Q145" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="146" spans="1:17">
+    <row r="146" spans="1:18">
       <c r="A146" t="s">
         <v>32</v>
       </c>
       <c r="B146" t="s">
         <v>33</v>
       </c>
       <c r="C146" t="s">
         <v>227</v>
       </c>
-      <c r="D146" t="s">
+      <c r="E146" t="s">
         <v>374</v>
       </c>
-      <c r="E146" t="s">
+      <c r="F146" t="s">
         <v>233</v>
       </c>
-      <c r="F146" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G146" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H146" t="s">
         <v>353</v>
       </c>
       <c r="I146" t="s">
+        <v>354</v>
+      </c>
+      <c r="J146" t="s">
         <v>375</v>
       </c>
-      <c r="J146" t="s">
+      <c r="K146" t="s">
         <v>376</v>
       </c>
-      <c r="K146" t="s">
+      <c r="L146" t="s">
         <v>411</v>
       </c>
-      <c r="L146" t="s">
+      <c r="M146" s="5" t="s">
         <v>412</v>
       </c>
-      <c r="M146" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O146">
+      <c r="N146" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P146">
         <v>45863.0</v>
       </c>
-      <c r="P146" t="s">
+      <c r="Q146" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="147" spans="1:17">
+    <row r="147" spans="1:18">
       <c r="A147" t="s">
         <v>32</v>
       </c>
       <c r="B147" t="s">
         <v>33</v>
       </c>
       <c r="C147" t="s">
         <v>227</v>
       </c>
-      <c r="D147" t="s">
+      <c r="E147" t="s">
         <v>374</v>
       </c>
-      <c r="E147" t="s">
+      <c r="F147" t="s">
         <v>233</v>
       </c>
-      <c r="F147" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G147" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H147" t="s">
         <v>353</v>
       </c>
       <c r="I147" t="s">
+        <v>354</v>
+      </c>
+      <c r="J147" t="s">
         <v>375</v>
       </c>
-      <c r="J147" t="s">
+      <c r="K147" t="s">
         <v>376</v>
       </c>
-      <c r="K147" t="s">
+      <c r="L147" t="s">
         <v>413</v>
       </c>
-      <c r="L147" t="s">
+      <c r="M147" s="5" t="s">
         <v>414</v>
       </c>
-      <c r="M147" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O147">
+      <c r="N147" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P147">
         <v>45863.0</v>
       </c>
-      <c r="P147" t="s">
+      <c r="Q147" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="148" spans="1:17">
+    <row r="148" spans="1:18">
       <c r="A148" t="s">
         <v>32</v>
       </c>
       <c r="B148" t="s">
         <v>33</v>
       </c>
       <c r="C148" t="s">
         <v>227</v>
       </c>
-      <c r="D148" t="s">
+      <c r="E148" t="s">
         <v>374</v>
       </c>
-      <c r="E148" t="s">
+      <c r="F148" t="s">
         <v>233</v>
       </c>
-      <c r="F148" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G148" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H148" t="s">
         <v>353</v>
       </c>
       <c r="I148" t="s">
+        <v>354</v>
+      </c>
+      <c r="J148" t="s">
         <v>375</v>
       </c>
-      <c r="J148" t="s">
+      <c r="K148" t="s">
         <v>376</v>
       </c>
-      <c r="K148" t="s">
+      <c r="L148" t="s">
         <v>415</v>
       </c>
-      <c r="L148" t="s">
+      <c r="M148" s="5" t="s">
         <v>416</v>
       </c>
-      <c r="M148" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O148">
+      <c r="N148" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P148">
         <v>45863.0</v>
       </c>
-      <c r="P148" t="s">
+      <c r="Q148" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="149" spans="1:17">
+    <row r="149" spans="1:18">
       <c r="A149" t="s">
         <v>32</v>
       </c>
       <c r="B149" t="s">
         <v>33</v>
       </c>
       <c r="C149" t="s">
         <v>227</v>
       </c>
-      <c r="D149" t="s">
+      <c r="E149" t="s">
         <v>374</v>
       </c>
-      <c r="E149" t="s">
+      <c r="F149" t="s">
         <v>233</v>
       </c>
-      <c r="F149" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G149" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H149" t="s">
         <v>353</v>
       </c>
       <c r="I149" t="s">
+        <v>354</v>
+      </c>
+      <c r="J149" t="s">
         <v>375</v>
       </c>
-      <c r="J149" t="s">
+      <c r="K149" t="s">
         <v>376</v>
       </c>
-      <c r="K149" t="s">
+      <c r="L149" t="s">
         <v>417</v>
       </c>
-      <c r="L149" t="s">
+      <c r="M149" s="5" t="s">
         <v>418</v>
       </c>
-      <c r="M149" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O149">
+      <c r="N149" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P149">
         <v>45863.0</v>
       </c>
-      <c r="P149" t="s">
+      <c r="Q149" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="150" spans="1:17">
+    <row r="150" spans="1:18">
       <c r="A150" t="s">
         <v>32</v>
       </c>
       <c r="B150" t="s">
         <v>33</v>
       </c>
       <c r="C150" t="s">
         <v>227</v>
       </c>
-      <c r="D150" t="s">
+      <c r="E150" t="s">
         <v>374</v>
       </c>
-      <c r="E150" t="s">
+      <c r="F150" t="s">
         <v>233</v>
       </c>
-      <c r="F150" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G150" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H150" t="s">
         <v>353</v>
       </c>
       <c r="I150" t="s">
+        <v>354</v>
+      </c>
+      <c r="J150" t="s">
         <v>375</v>
       </c>
-      <c r="J150" t="s">
+      <c r="K150" t="s">
         <v>376</v>
       </c>
-      <c r="K150" t="s">
+      <c r="L150" t="s">
         <v>419</v>
       </c>
-      <c r="L150" t="s">
+      <c r="M150" s="5" t="s">
         <v>420</v>
       </c>
-      <c r="M150" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O150">
+      <c r="N150" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P150">
         <v>45863.0</v>
       </c>
-      <c r="P150" t="s">
+      <c r="Q150" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="151" spans="1:17">
+    <row r="151" spans="1:18">
       <c r="A151" t="s">
         <v>32</v>
       </c>
       <c r="B151" t="s">
         <v>33</v>
       </c>
       <c r="C151" t="s">
         <v>227</v>
       </c>
-      <c r="D151" t="s">
+      <c r="E151" t="s">
         <v>374</v>
       </c>
-      <c r="E151" t="s">
+      <c r="F151" t="s">
         <v>233</v>
       </c>
-      <c r="F151" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G151" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H151" t="s">
         <v>353</v>
       </c>
       <c r="I151" t="s">
+        <v>354</v>
+      </c>
+      <c r="J151" t="s">
         <v>375</v>
       </c>
-      <c r="J151" t="s">
+      <c r="K151" t="s">
         <v>376</v>
       </c>
-      <c r="K151" t="s">
+      <c r="L151" t="s">
         <v>421</v>
       </c>
-      <c r="L151" t="s">
+      <c r="M151" s="5" t="s">
         <v>422</v>
       </c>
-      <c r="M151" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O151">
+      <c r="N151" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P151">
         <v>45863.0</v>
       </c>
-      <c r="P151" t="s">
+      <c r="Q151" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="152" spans="1:17">
+    <row r="152" spans="1:18">
       <c r="A152" t="s">
         <v>32</v>
       </c>
       <c r="B152" t="s">
         <v>33</v>
       </c>
       <c r="C152" t="s">
         <v>227</v>
       </c>
-      <c r="D152" t="s">
+      <c r="E152" t="s">
         <v>374</v>
       </c>
-      <c r="E152" t="s">
+      <c r="F152" t="s">
         <v>233</v>
       </c>
-      <c r="F152" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G152" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H152" t="s">
         <v>353</v>
       </c>
       <c r="I152" t="s">
+        <v>354</v>
+      </c>
+      <c r="J152" t="s">
         <v>375</v>
       </c>
-      <c r="J152" t="s">
+      <c r="K152" t="s">
         <v>376</v>
       </c>
-      <c r="K152" t="s">
+      <c r="L152" t="s">
         <v>423</v>
       </c>
-      <c r="L152" t="s">
+      <c r="M152" s="5" t="s">
         <v>424</v>
       </c>
-      <c r="M152" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O152">
+      <c r="N152" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P152">
         <v>45863.0</v>
       </c>
-      <c r="P152" t="s">
+      <c r="Q152" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="153" spans="1:17">
+    <row r="153" spans="1:18">
       <c r="A153" t="s">
         <v>32</v>
       </c>
       <c r="B153" t="s">
         <v>33</v>
       </c>
       <c r="C153" t="s">
         <v>227</v>
       </c>
-      <c r="D153" t="s">
+      <c r="E153" t="s">
         <v>374</v>
       </c>
-      <c r="E153" t="s">
+      <c r="F153" t="s">
         <v>233</v>
       </c>
-      <c r="F153" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G153" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H153" t="s">
         <v>353</v>
       </c>
       <c r="I153" t="s">
+        <v>354</v>
+      </c>
+      <c r="J153" t="s">
         <v>375</v>
       </c>
-      <c r="J153" t="s">
+      <c r="K153" t="s">
         <v>376</v>
       </c>
-      <c r="K153" t="s">
+      <c r="L153" t="s">
         <v>425</v>
       </c>
-      <c r="L153" t="s">
+      <c r="M153" s="5" t="s">
         <v>426</v>
       </c>
-      <c r="M153" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O153">
+      <c r="N153" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P153">
         <v>45863.0</v>
       </c>
-      <c r="P153" t="s">
+      <c r="Q153" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="154" spans="1:17">
+    <row r="154" spans="1:18">
       <c r="A154" t="s">
         <v>32</v>
       </c>
       <c r="B154" t="s">
         <v>33</v>
       </c>
       <c r="C154" t="s">
         <v>227</v>
       </c>
-      <c r="D154" t="s">
+      <c r="E154" t="s">
         <v>374</v>
       </c>
-      <c r="E154" t="s">
+      <c r="F154" t="s">
         <v>233</v>
       </c>
-      <c r="F154" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G154" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H154" t="s">
         <v>353</v>
       </c>
       <c r="I154" t="s">
+        <v>354</v>
+      </c>
+      <c r="J154" t="s">
         <v>375</v>
       </c>
-      <c r="J154" t="s">
+      <c r="K154" t="s">
         <v>376</v>
       </c>
-      <c r="K154" t="s">
+      <c r="L154" t="s">
         <v>427</v>
       </c>
-      <c r="L154" t="s">
+      <c r="M154" s="5" t="s">
         <v>428</v>
       </c>
-      <c r="M154" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O154">
+      <c r="N154" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P154">
         <v>45863.0</v>
       </c>
-      <c r="P154" t="s">
+      <c r="Q154" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="155" spans="1:17">
+    <row r="155" spans="1:18">
       <c r="A155" t="s">
         <v>32</v>
       </c>
       <c r="B155" t="s">
         <v>33</v>
       </c>
       <c r="C155" t="s">
         <v>227</v>
       </c>
-      <c r="D155" t="s">
+      <c r="E155" t="s">
         <v>374</v>
       </c>
-      <c r="E155" t="s">
+      <c r="F155" t="s">
         <v>233</v>
       </c>
-      <c r="F155" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G155" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H155" t="s">
         <v>353</v>
       </c>
       <c r="I155" t="s">
+        <v>354</v>
+      </c>
+      <c r="J155" t="s">
         <v>375</v>
       </c>
-      <c r="J155" t="s">
+      <c r="K155" t="s">
         <v>376</v>
       </c>
-      <c r="K155" t="s">
+      <c r="L155" t="s">
         <v>429</v>
       </c>
-      <c r="L155" t="s">
+      <c r="M155" s="5" t="s">
         <v>430</v>
       </c>
-      <c r="M155" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O155">
+      <c r="N155" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P155">
         <v>45863.0</v>
       </c>
-      <c r="P155" t="s">
+      <c r="Q155" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="156" spans="1:17">
+    <row r="156" spans="1:18">
       <c r="A156" t="s">
         <v>32</v>
       </c>
       <c r="B156" t="s">
         <v>33</v>
       </c>
       <c r="C156" t="s">
         <v>227</v>
       </c>
-      <c r="D156" t="s">
+      <c r="E156" t="s">
         <v>374</v>
       </c>
-      <c r="E156" t="s">
+      <c r="F156" t="s">
         <v>233</v>
       </c>
-      <c r="F156" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G156" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H156" t="s">
         <v>353</v>
       </c>
       <c r="I156" t="s">
+        <v>354</v>
+      </c>
+      <c r="J156" t="s">
         <v>375</v>
       </c>
-      <c r="J156" t="s">
+      <c r="K156" t="s">
         <v>376</v>
       </c>
-      <c r="K156" t="s">
+      <c r="L156" t="s">
         <v>431</v>
       </c>
-      <c r="L156" t="s">
+      <c r="M156" s="5" t="s">
         <v>432</v>
       </c>
-      <c r="M156" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O156">
+      <c r="N156" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P156">
         <v>45863.0</v>
       </c>
-      <c r="P156" t="s">
+      <c r="Q156" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="157" spans="1:17">
+    <row r="157" spans="1:18">
       <c r="A157" t="s">
         <v>32</v>
       </c>
       <c r="B157" t="s">
         <v>33</v>
       </c>
       <c r="C157" t="s">
         <v>227</v>
       </c>
-      <c r="D157" t="s">
+      <c r="E157" t="s">
         <v>374</v>
       </c>
-      <c r="E157" t="s">
+      <c r="F157" t="s">
         <v>233</v>
       </c>
-      <c r="F157" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G157" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H157" t="s">
         <v>353</v>
       </c>
       <c r="I157" t="s">
+        <v>354</v>
+      </c>
+      <c r="J157" t="s">
         <v>375</v>
       </c>
-      <c r="J157" t="s">
+      <c r="K157" t="s">
         <v>376</v>
       </c>
-      <c r="K157" t="s">
+      <c r="L157" t="s">
         <v>433</v>
       </c>
-      <c r="L157" t="s">
+      <c r="M157" s="5" t="s">
         <v>434</v>
       </c>
-      <c r="M157" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O157">
+      <c r="N157" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P157">
         <v>45863.0</v>
       </c>
-      <c r="P157" t="s">
+      <c r="Q157" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="158" spans="1:17">
+    <row r="158" spans="1:18">
       <c r="A158" t="s">
         <v>32</v>
       </c>
       <c r="B158" t="s">
         <v>33</v>
       </c>
       <c r="C158" t="s">
         <v>227</v>
       </c>
-      <c r="D158" t="s">
+      <c r="E158" t="s">
         <v>374</v>
       </c>
-      <c r="E158" t="s">
+      <c r="F158" t="s">
         <v>233</v>
       </c>
-      <c r="F158" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G158" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H158" t="s">
         <v>353</v>
       </c>
       <c r="I158" t="s">
+        <v>354</v>
+      </c>
+      <c r="J158" t="s">
         <v>375</v>
       </c>
-      <c r="J158" t="s">
+      <c r="K158" t="s">
         <v>376</v>
       </c>
-      <c r="K158" t="s">
+      <c r="L158" t="s">
         <v>435</v>
       </c>
-      <c r="L158" t="s">
+      <c r="M158" s="5" t="s">
         <v>436</v>
       </c>
-      <c r="M158" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O158">
+      <c r="N158" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P158">
         <v>45863.0</v>
       </c>
-      <c r="P158" t="s">
+      <c r="Q158" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="159" spans="1:17">
+    <row r="159" spans="1:18">
       <c r="A159" t="s">
         <v>32</v>
       </c>
       <c r="B159" t="s">
         <v>33</v>
       </c>
       <c r="C159" t="s">
         <v>227</v>
       </c>
-      <c r="D159" t="s">
+      <c r="E159" t="s">
         <v>374</v>
       </c>
-      <c r="E159" t="s">
+      <c r="F159" t="s">
         <v>233</v>
       </c>
-      <c r="F159" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G159" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H159" t="s">
         <v>353</v>
       </c>
       <c r="I159" t="s">
+        <v>354</v>
+      </c>
+      <c r="J159" t="s">
         <v>375</v>
       </c>
-      <c r="J159" t="s">
+      <c r="K159" t="s">
         <v>376</v>
       </c>
-      <c r="K159" t="s">
+      <c r="L159" t="s">
         <v>437</v>
       </c>
-      <c r="L159" t="s">
+      <c r="M159" s="5" t="s">
         <v>438</v>
       </c>
-      <c r="M159" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O159">
+      <c r="N159" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P159">
         <v>45863.0</v>
       </c>
-      <c r="P159" t="s">
+      <c r="Q159" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="160" spans="1:17">
+    <row r="160" spans="1:18">
       <c r="A160" t="s">
         <v>32</v>
       </c>
       <c r="B160" t="s">
         <v>33</v>
       </c>
       <c r="C160" t="s">
-        <v>480</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>484</v>
       </c>
       <c r="E160" t="s">
+        <v>344</v>
+      </c>
+      <c r="F160" t="s">
         <v>233</v>
       </c>
-      <c r="F160" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G160" t="s">
-        <v>481</v>
+        <v>50</v>
       </c>
       <c r="H160" t="s">
+        <v>485</v>
+      </c>
+      <c r="I160" t="s">
         <v>193</v>
       </c>
-      <c r="I160" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J160" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="K160" t="s">
         <v>462</v>
       </c>
       <c r="L160" t="s">
         <v>463</v>
       </c>
       <c r="M160" s="5" t="s">
-        <v>358</v>
-[...3 lines deleted...]
-        <v>350</v>
+        <v>464</v>
+      </c>
+      <c r="N160" s="5" t="s">
+        <v>444</v>
       </c>
       <c r="P160" t="s">
-        <v>444</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:17">
+        <v>351</v>
+      </c>
+      <c r="Q160" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="161" spans="1:18">
       <c r="A161" t="s">
         <v>32</v>
       </c>
       <c r="B161" t="s">
         <v>33</v>
       </c>
       <c r="C161" t="s">
-        <v>480</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>484</v>
       </c>
       <c r="E161" t="s">
+        <v>344</v>
+      </c>
+      <c r="F161" t="s">
         <v>233</v>
       </c>
-      <c r="F161" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G161" t="s">
-        <v>482</v>
+        <v>50</v>
       </c>
       <c r="H161" t="s">
-        <v>353</v>
+        <v>486</v>
       </c>
       <c r="I161" t="s">
-        <v>461</v>
+        <v>354</v>
       </c>
       <c r="J161" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="K161" t="s">
         <v>462</v>
       </c>
       <c r="L161" t="s">
         <v>463</v>
       </c>
       <c r="M161" s="5" t="s">
-        <v>358</v>
-[...3 lines deleted...]
-        <v>350</v>
+        <v>464</v>
+      </c>
+      <c r="N161" s="5" t="s">
+        <v>444</v>
       </c>
       <c r="P161" t="s">
-        <v>444</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:17">
+        <v>351</v>
+      </c>
+      <c r="Q161" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="162" spans="1:18">
       <c r="A162" t="s">
         <v>32</v>
       </c>
       <c r="B162" t="s">
         <v>33</v>
       </c>
       <c r="C162" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D162" t="s">
+        <v>484</v>
+      </c>
+      <c r="E162" t="s">
         <v>374</v>
       </c>
-      <c r="E162" t="s">
+      <c r="F162" t="s">
         <v>233</v>
       </c>
-      <c r="F162" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G162" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H162" t="s">
+        <v>345</v>
+      </c>
+      <c r="I162" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>449</v>
       </c>
       <c r="J162" t="s">
         <v>450</v>
       </c>
       <c r="K162" t="s">
         <v>451</v>
       </c>
       <c r="L162" t="s">
         <v>452</v>
       </c>
       <c r="M162" s="5" t="s">
-        <v>368</v>
-[...1 lines deleted...]
-      <c r="N162" s="5">
+        <v>453</v>
+      </c>
+      <c r="N162" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O162">
         <v>45931.0</v>
       </c>
-      <c r="O162">
+      <c r="P162">
         <v>46010.0</v>
       </c>
-      <c r="P162" t="s">
-[...3 lines deleted...]
-    <row r="163" spans="1:17">
+      <c r="Q162" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="163" spans="1:18">
       <c r="A163" t="s">
         <v>32</v>
       </c>
       <c r="B163" t="s">
         <v>33</v>
       </c>
       <c r="C163" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D163" t="s">
+        <v>484</v>
+      </c>
+      <c r="E163" t="s">
         <v>374</v>
       </c>
-      <c r="E163" t="s">
+      <c r="F163" t="s">
         <v>233</v>
       </c>
-      <c r="F163" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G163" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H163" t="s">
         <v>353</v>
       </c>
       <c r="I163" t="s">
-        <v>449</v>
+        <v>354</v>
       </c>
       <c r="J163" t="s">
         <v>450</v>
       </c>
       <c r="K163" t="s">
         <v>451</v>
       </c>
       <c r="L163" t="s">
         <v>452</v>
       </c>
       <c r="M163" s="5" t="s">
-        <v>368</v>
-[...1 lines deleted...]
-      <c r="N163" s="5">
+        <v>453</v>
+      </c>
+      <c r="N163" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O163">
         <v>45931.0</v>
       </c>
-      <c r="O163">
+      <c r="P163">
         <v>46010.0</v>
       </c>
-      <c r="P163" t="s">
-[...3 lines deleted...]
-    <row r="164" spans="1:17">
+      <c r="Q163" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="164" spans="1:18">
       <c r="A164" t="s">
         <v>32</v>
       </c>
       <c r="B164" t="s">
         <v>33</v>
       </c>
       <c r="C164" t="s">
         <v>227</v>
       </c>
-      <c r="D164" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E164" t="s">
+        <v>344</v>
+      </c>
+      <c r="F164" t="s">
         <v>233</v>
       </c>
-      <c r="F164" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G164" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H164" t="s">
+        <v>345</v>
+      </c>
+      <c r="I164" t="s">
         <v>193</v>
       </c>
-      <c r="I164" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J164" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="K164" t="s">
-        <v>459</v>
+        <v>489</v>
       </c>
       <c r="L164" t="s">
         <v>460</v>
       </c>
       <c r="M164" s="5" t="s">
-        <v>349</v>
-[...2 lines deleted...]
-      <c r="O164" t="s">
+        <v>461</v>
+      </c>
+      <c r="N164" s="5" t="s">
         <v>350</v>
       </c>
-    </row>
-    <row r="165" spans="1:17">
+      <c r="P164" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="165" spans="1:18">
       <c r="A165" t="s">
         <v>32</v>
       </c>
       <c r="B165" t="s">
         <v>33</v>
       </c>
       <c r="C165" t="s">
         <v>227</v>
       </c>
-      <c r="D165" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E165" t="s">
+        <v>344</v>
+      </c>
+      <c r="F165" t="s">
         <v>233</v>
       </c>
-      <c r="F165" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G165" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H165" t="s">
         <v>353</v>
       </c>
       <c r="I165" t="s">
-        <v>484</v>
+        <v>354</v>
       </c>
       <c r="J165" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="K165" t="s">
-        <v>459</v>
+        <v>489</v>
       </c>
       <c r="L165" t="s">
         <v>460</v>
       </c>
       <c r="M165" s="5" t="s">
-        <v>349</v>
-[...2 lines deleted...]
-      <c r="O165" t="s">
+        <v>461</v>
+      </c>
+      <c r="N165" s="5" t="s">
         <v>350</v>
       </c>
-    </row>
-    <row r="166" spans="1:17">
+      <c r="P165" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="166" spans="1:18">
       <c r="A166" t="s">
         <v>32</v>
       </c>
       <c r="B166" t="s">
         <v>33</v>
       </c>
       <c r="C166" t="s">
         <v>227</v>
       </c>
-      <c r="D166" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E166" t="s">
+        <v>344</v>
+      </c>
+      <c r="F166" t="s">
         <v>233</v>
       </c>
-      <c r="F166" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G166" t="s">
+        <v>50</v>
+      </c>
+      <c r="H166" t="s">
+        <v>345</v>
+      </c>
+      <c r="I166" t="s">
+        <v>193</v>
+      </c>
+      <c r="J166" t="s">
+        <v>490</v>
+      </c>
+      <c r="K166" t="s">
+        <v>491</v>
+      </c>
+      <c r="L166" t="s">
+        <v>492</v>
+      </c>
+      <c r="M166" s="5" t="s">
+        <v>493</v>
+      </c>
+      <c r="N166" s="5" t="s">
+        <v>350</v>
+      </c>
+      <c r="P166" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="167" spans="1:18">
+      <c r="A167" t="s">
+        <v>32</v>
+      </c>
+      <c r="B167" t="s">
+        <v>33</v>
+      </c>
+      <c r="C167" t="s">
+        <v>227</v>
+      </c>
+      <c r="E167" t="s">
         <v>344</v>
       </c>
-      <c r="H166" t="s">
-[...35 lines deleted...]
-      <c r="E167" t="s">
+      <c r="F167" t="s">
         <v>233</v>
       </c>
-      <c r="F167" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G167" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H167" t="s">
         <v>353</v>
       </c>
       <c r="I167" t="s">
-        <v>486</v>
+        <v>354</v>
       </c>
       <c r="J167" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="K167" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="L167" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="M167" s="5" t="s">
-        <v>349</v>
-[...2 lines deleted...]
-      <c r="O167" t="s">
+        <v>493</v>
+      </c>
+      <c r="N167" s="5" t="s">
         <v>350</v>
       </c>
-    </row>
-    <row r="168" spans="1:17">
+      <c r="P167" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="168" spans="1:18">
       <c r="A168" t="s">
         <v>32</v>
       </c>
       <c r="B168" t="s">
         <v>33</v>
       </c>
       <c r="C168" t="s">
         <v>227</v>
       </c>
-      <c r="D168" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E168" t="s">
+        <v>344</v>
+      </c>
+      <c r="F168" t="s">
         <v>233</v>
       </c>
-      <c r="F168" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G168" t="s">
+        <v>50</v>
+      </c>
+      <c r="H168" t="s">
+        <v>345</v>
+      </c>
+      <c r="I168" t="s">
+        <v>193</v>
+      </c>
+      <c r="J168" t="s">
+        <v>494</v>
+      </c>
+      <c r="K168" t="s">
+        <v>495</v>
+      </c>
+      <c r="L168" t="s">
+        <v>496</v>
+      </c>
+      <c r="M168" s="5" t="s">
+        <v>497</v>
+      </c>
+      <c r="N168" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O168">
+        <v>45966.0</v>
+      </c>
+      <c r="P168">
+        <v>46031.0</v>
+      </c>
+      <c r="Q168" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="169" spans="1:18">
+      <c r="A169" t="s">
+        <v>32</v>
+      </c>
+      <c r="B169" t="s">
+        <v>33</v>
+      </c>
+      <c r="C169" t="s">
+        <v>227</v>
+      </c>
+      <c r="E169" t="s">
         <v>344</v>
       </c>
-      <c r="H168" t="s">
-[...40 lines deleted...]
-      <c r="E169" t="s">
+      <c r="F169" t="s">
         <v>233</v>
       </c>
-      <c r="F169" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G169" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H169" t="s">
         <v>353</v>
       </c>
       <c r="I169" t="s">
-        <v>490</v>
+        <v>354</v>
       </c>
       <c r="J169" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="K169" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="L169" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="M169" s="5" t="s">
-        <v>368</v>
-[...1 lines deleted...]
-      <c r="N169" s="5">
+        <v>497</v>
+      </c>
+      <c r="N169" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O169">
         <v>45966.0</v>
       </c>
-      <c r="O169">
+      <c r="P169">
         <v>46031.0</v>
       </c>
-      <c r="P169" t="s">
-[...3 lines deleted...]
-    <row r="170" spans="1:17">
+      <c r="Q169" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="170" spans="1:18">
       <c r="A170" t="s">
         <v>32</v>
       </c>
       <c r="B170" t="s">
         <v>33</v>
       </c>
       <c r="C170" t="s">
         <v>227</v>
       </c>
-      <c r="D170" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E170" t="s">
+        <v>344</v>
+      </c>
+      <c r="F170" t="s">
         <v>233</v>
       </c>
-      <c r="F170" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G170" t="s">
+        <v>50</v>
+      </c>
+      <c r="H170" t="s">
+        <v>345</v>
+      </c>
+      <c r="I170" t="s">
+        <v>193</v>
+      </c>
+      <c r="J170" t="s">
+        <v>499</v>
+      </c>
+      <c r="K170" t="s">
+        <v>500</v>
+      </c>
+      <c r="L170" t="s">
+        <v>501</v>
+      </c>
+      <c r="M170" s="5" t="s">
+        <v>502</v>
+      </c>
+      <c r="N170" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="O170">
+        <v>46034.0</v>
+      </c>
+      <c r="P170" t="s">
+        <v>351</v>
+      </c>
+      <c r="Q170" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="171" spans="1:18">
+      <c r="A171" t="s">
+        <v>32</v>
+      </c>
+      <c r="B171" t="s">
+        <v>33</v>
+      </c>
+      <c r="C171" t="s">
+        <v>227</v>
+      </c>
+      <c r="E171" t="s">
         <v>344</v>
       </c>
-      <c r="H170" t="s">
-[...38 lines deleted...]
-      <c r="E171" t="s">
+      <c r="F171" t="s">
         <v>233</v>
       </c>
-      <c r="F171" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G171" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H171" t="s">
         <v>353</v>
       </c>
       <c r="I171" t="s">
-        <v>495</v>
+        <v>354</v>
       </c>
       <c r="J171" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="K171" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="L171" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="M171" s="5" t="s">
-        <v>349</v>
-[...3 lines deleted...]
-        <v>350</v>
+        <v>502</v>
+      </c>
+      <c r="N171" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="O171">
+        <v>46034.0</v>
       </c>
       <c r="P171" t="s">
-        <v>499</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:17">
+        <v>351</v>
+      </c>
+      <c r="Q171" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="172" spans="1:18">
       <c r="A172" t="s">
         <v>32</v>
       </c>
       <c r="B172" t="s">
         <v>33</v>
       </c>
       <c r="C172" t="s">
         <v>227</v>
       </c>
-      <c r="D172" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E172" t="s">
+        <v>344</v>
+      </c>
+      <c r="F172" t="s">
         <v>233</v>
       </c>
-      <c r="F172" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G172" t="s">
+        <v>50</v>
+      </c>
+      <c r="H172" t="s">
+        <v>345</v>
+      </c>
+      <c r="I172" t="s">
+        <v>193</v>
+      </c>
+      <c r="J172" t="s">
+        <v>504</v>
+      </c>
+      <c r="K172" t="s">
+        <v>505</v>
+      </c>
+      <c r="L172" t="s">
+        <v>506</v>
+      </c>
+      <c r="M172" s="5" t="s">
+        <v>507</v>
+      </c>
+      <c r="N172" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O172">
+        <v>45957.0</v>
+      </c>
+      <c r="P172">
+        <v>46031.0</v>
+      </c>
+      <c r="Q172" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="173" spans="1:18">
+      <c r="A173" t="s">
+        <v>32</v>
+      </c>
+      <c r="B173" t="s">
+        <v>33</v>
+      </c>
+      <c r="C173" t="s">
+        <v>227</v>
+      </c>
+      <c r="E173" t="s">
         <v>344</v>
       </c>
-      <c r="H172" t="s">
-[...40 lines deleted...]
-      <c r="E173" t="s">
+      <c r="F173" t="s">
         <v>233</v>
       </c>
-      <c r="F173" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G173" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H173" t="s">
         <v>353</v>
       </c>
       <c r="I173" t="s">
-        <v>500</v>
+        <v>354</v>
       </c>
       <c r="J173" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="K173" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="L173" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="M173" s="5" t="s">
-        <v>358</v>
-[...1 lines deleted...]
-      <c r="N173" s="5">
+        <v>507</v>
+      </c>
+      <c r="N173" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O173">
         <v>45957.0</v>
       </c>
-      <c r="O173" t="s">
-[...6 lines deleted...]
-    <row r="174" spans="1:17">
+      <c r="P173">
+        <v>46031.0</v>
+      </c>
+      <c r="Q173" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="174" spans="1:18">
       <c r="A174" t="s">
         <v>32</v>
       </c>
       <c r="B174" t="s">
         <v>33</v>
       </c>
       <c r="C174" t="s">
         <v>227</v>
       </c>
-      <c r="D174" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E174" t="s">
+        <v>344</v>
+      </c>
+      <c r="F174" t="s">
         <v>233</v>
       </c>
-      <c r="F174" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G174" t="s">
+        <v>50</v>
+      </c>
+      <c r="H174" t="s">
+        <v>345</v>
+      </c>
+      <c r="I174" t="s">
+        <v>193</v>
+      </c>
+      <c r="J174" t="s">
+        <v>509</v>
+      </c>
+      <c r="K174" t="s">
+        <v>510</v>
+      </c>
+      <c r="L174" t="s">
+        <v>511</v>
+      </c>
+      <c r="M174" s="5" t="s">
+        <v>512</v>
+      </c>
+      <c r="N174" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O174">
+        <v>45957.0</v>
+      </c>
+      <c r="P174">
+        <v>45993.0</v>
+      </c>
+      <c r="Q174" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="175" spans="1:18">
+      <c r="A175" t="s">
+        <v>32</v>
+      </c>
+      <c r="B175" t="s">
+        <v>33</v>
+      </c>
+      <c r="C175" t="s">
+        <v>227</v>
+      </c>
+      <c r="E175" t="s">
         <v>344</v>
       </c>
-      <c r="H174" t="s">
-[...40 lines deleted...]
-      <c r="E175" t="s">
+      <c r="F175" t="s">
         <v>233</v>
       </c>
-      <c r="F175" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G175" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H175" t="s">
         <v>353</v>
       </c>
       <c r="I175" t="s">
-        <v>504</v>
+        <v>354</v>
       </c>
       <c r="J175" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="K175" t="s">
-        <v>506</v>
+        <v>510</v>
       </c>
       <c r="L175" t="s">
-        <v>507</v>
+        <v>511</v>
       </c>
       <c r="M175" s="5" t="s">
-        <v>368</v>
-[...1 lines deleted...]
-      <c r="N175" s="5">
+        <v>512</v>
+      </c>
+      <c r="N175" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O175">
         <v>45957.0</v>
       </c>
-      <c r="O175">
+      <c r="P175">
         <v>45993.0</v>
       </c>
-      <c r="P175" t="s">
-[...3 lines deleted...]
-    <row r="176" spans="1:17">
+      <c r="Q175" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="176" spans="1:18">
       <c r="A176" t="s">
         <v>32</v>
       </c>
       <c r="B176" t="s">
         <v>33</v>
       </c>
       <c r="C176" t="s">
         <v>227</v>
       </c>
-      <c r="D176" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E176" t="s">
+        <v>344</v>
+      </c>
+      <c r="F176" t="s">
         <v>233</v>
       </c>
-      <c r="F176" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G176" t="s">
+        <v>50</v>
+      </c>
+      <c r="H176" t="s">
+        <v>345</v>
+      </c>
+      <c r="I176" t="s">
+        <v>193</v>
+      </c>
+      <c r="J176" t="s">
+        <v>513</v>
+      </c>
+      <c r="K176" t="s">
+        <v>514</v>
+      </c>
+      <c r="L176" t="s">
+        <v>515</v>
+      </c>
+      <c r="M176" s="5" t="s">
+        <v>516</v>
+      </c>
+      <c r="N176" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="O176">
+        <v>46031.0</v>
+      </c>
+      <c r="P176" t="s">
+        <v>351</v>
+      </c>
+      <c r="Q176" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="177" spans="1:18">
+      <c r="A177" t="s">
+        <v>32</v>
+      </c>
+      <c r="B177" t="s">
+        <v>33</v>
+      </c>
+      <c r="C177" t="s">
+        <v>227</v>
+      </c>
+      <c r="E177" t="s">
         <v>344</v>
       </c>
-      <c r="H176" t="s">
-[...40 lines deleted...]
-      <c r="E177" t="s">
+      <c r="F177" t="s">
         <v>233</v>
       </c>
-      <c r="F177" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G177" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H177" t="s">
         <v>353</v>
       </c>
       <c r="I177" t="s">
-        <v>508</v>
+        <v>354</v>
       </c>
       <c r="J177" t="s">
-        <v>509</v>
+        <v>513</v>
       </c>
       <c r="K177" t="s">
-        <v>510</v>
+        <v>514</v>
       </c>
       <c r="L177" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
       <c r="M177" s="5" t="s">
-        <v>358</v>
-[...1 lines deleted...]
-      <c r="N177" s="5">
+        <v>516</v>
+      </c>
+      <c r="N177" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="O177">
         <v>46031.0</v>
       </c>
-      <c r="O177" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P177" t="s">
-        <v>494</v>
-[...2 lines deleted...]
-    <row r="178" spans="1:17">
+        <v>351</v>
+      </c>
+      <c r="Q177" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="178" spans="1:18">
       <c r="A178" t="s">
         <v>32</v>
       </c>
       <c r="B178" t="s">
         <v>33</v>
       </c>
       <c r="C178" t="s">
         <v>227</v>
       </c>
       <c r="D178" t="s">
-        <v>343</v>
+        <v>517</v>
       </c>
       <c r="E178" t="s">
+        <v>344</v>
+      </c>
+      <c r="F178" t="s">
         <v>233</v>
       </c>
-      <c r="F178" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G178" t="s">
+        <v>50</v>
+      </c>
+      <c r="H178" t="s">
+        <v>345</v>
+      </c>
+      <c r="I178" t="s">
+        <v>193</v>
+      </c>
+      <c r="J178" t="s">
+        <v>518</v>
+      </c>
+      <c r="K178" t="s">
+        <v>519</v>
+      </c>
+      <c r="L178" t="s">
+        <v>520</v>
+      </c>
+      <c r="M178" s="5" t="s">
+        <v>521</v>
+      </c>
+      <c r="N178" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O178">
+        <v>45966.0</v>
+      </c>
+      <c r="P178">
+        <v>46049.0</v>
+      </c>
+      <c r="Q178" t="s">
+        <v>498</v>
+      </c>
+      <c r="R178" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="179" spans="1:18">
+      <c r="A179" t="s">
+        <v>32</v>
+      </c>
+      <c r="B179" t="s">
+        <v>33</v>
+      </c>
+      <c r="C179" t="s">
+        <v>227</v>
+      </c>
+      <c r="D179" t="s">
+        <v>517</v>
+      </c>
+      <c r="E179" t="s">
         <v>344</v>
       </c>
-      <c r="H178" t="s">
-[...40 lines deleted...]
-      <c r="E179" t="s">
+      <c r="F179" t="s">
         <v>233</v>
       </c>
-      <c r="F179" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G179" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H179" t="s">
         <v>353</v>
       </c>
       <c r="I179" t="s">
-        <v>512</v>
+        <v>354</v>
       </c>
       <c r="J179" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="K179" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="L179" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="M179" s="5" t="s">
-        <v>358</v>
-[...1 lines deleted...]
-      <c r="N179" s="5">
+        <v>521</v>
+      </c>
+      <c r="N179" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O179">
         <v>45966.0</v>
       </c>
-      <c r="O179" t="s">
-[...6 lines deleted...]
-    <row r="180" spans="1:17">
+      <c r="P179">
+        <v>46049.0</v>
+      </c>
+      <c r="Q179" t="s">
+        <v>498</v>
+      </c>
+      <c r="R179" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="180" spans="1:18">
       <c r="A180" t="s">
         <v>32</v>
       </c>
       <c r="B180" t="s">
         <v>33</v>
       </c>
       <c r="C180" t="s">
         <v>227</v>
       </c>
-      <c r="D180" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E180" t="s">
+        <v>344</v>
+      </c>
+      <c r="F180" t="s">
         <v>233</v>
       </c>
-      <c r="F180" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G180" t="s">
+        <v>50</v>
+      </c>
+      <c r="H180" t="s">
+        <v>345</v>
+      </c>
+      <c r="I180" t="s">
+        <v>193</v>
+      </c>
+      <c r="J180" t="s">
+        <v>523</v>
+      </c>
+      <c r="K180" t="s">
+        <v>524</v>
+      </c>
+      <c r="L180" t="s">
+        <v>525</v>
+      </c>
+      <c r="M180" s="5" t="s">
+        <v>526</v>
+      </c>
+      <c r="N180" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="O180">
+        <v>46034.0</v>
+      </c>
+      <c r="P180" t="s">
+        <v>351</v>
+      </c>
+      <c r="Q180" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="181" spans="1:18">
+      <c r="A181" t="s">
+        <v>32</v>
+      </c>
+      <c r="B181" t="s">
+        <v>33</v>
+      </c>
+      <c r="C181" t="s">
+        <v>227</v>
+      </c>
+      <c r="E181" t="s">
         <v>344</v>
       </c>
-      <c r="H180" t="s">
-[...38 lines deleted...]
-      <c r="E181" t="s">
+      <c r="F181" t="s">
         <v>233</v>
       </c>
-      <c r="F181" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G181" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H181" t="s">
         <v>353</v>
       </c>
       <c r="I181" t="s">
-        <v>516</v>
+        <v>354</v>
       </c>
       <c r="J181" t="s">
-        <v>517</v>
+        <v>523</v>
       </c>
       <c r="K181" t="s">
-        <v>518</v>
+        <v>524</v>
       </c>
       <c r="L181" t="s">
-        <v>519</v>
+        <v>525</v>
       </c>
       <c r="M181" s="5" t="s">
-        <v>349</v>
-[...3 lines deleted...]
-        <v>350</v>
+        <v>526</v>
+      </c>
+      <c r="N181" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="O181">
+        <v>46034.0</v>
       </c>
       <c r="P181" t="s">
-        <v>499</v>
-[...2 lines deleted...]
-    <row r="182" spans="1:17">
+        <v>351</v>
+      </c>
+      <c r="Q181" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="182" spans="1:18">
       <c r="A182" t="s">
         <v>32</v>
       </c>
       <c r="B182" t="s">
         <v>33</v>
       </c>
       <c r="C182" t="s">
         <v>227</v>
       </c>
-      <c r="D182" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E182" t="s">
+        <v>344</v>
+      </c>
+      <c r="F182" t="s">
         <v>233</v>
       </c>
-      <c r="F182" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G182" t="s">
+        <v>50</v>
+      </c>
+      <c r="H182" t="s">
+        <v>345</v>
+      </c>
+      <c r="I182" t="s">
+        <v>193</v>
+      </c>
+      <c r="J182" t="s">
+        <v>527</v>
+      </c>
+      <c r="K182" t="s">
+        <v>528</v>
+      </c>
+      <c r="L182" t="s">
+        <v>529</v>
+      </c>
+      <c r="M182" s="5" t="s">
+        <v>530</v>
+      </c>
+      <c r="N182" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O182">
+        <v>45971.0</v>
+      </c>
+      <c r="P182">
+        <v>46031.0</v>
+      </c>
+      <c r="Q182" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="183" spans="1:18">
+      <c r="A183" t="s">
+        <v>32</v>
+      </c>
+      <c r="B183" t="s">
+        <v>33</v>
+      </c>
+      <c r="C183" t="s">
+        <v>227</v>
+      </c>
+      <c r="E183" t="s">
         <v>344</v>
       </c>
-      <c r="H182" t="s">
-[...40 lines deleted...]
-      <c r="E183" t="s">
+      <c r="F183" t="s">
         <v>233</v>
       </c>
-      <c r="F183" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G183" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H183" t="s">
         <v>353</v>
       </c>
       <c r="I183" t="s">
-        <v>520</v>
+        <v>354</v>
       </c>
       <c r="J183" t="s">
-        <v>521</v>
+        <v>527</v>
       </c>
       <c r="K183" t="s">
-        <v>522</v>
+        <v>528</v>
       </c>
       <c r="L183" t="s">
-        <v>523</v>
+        <v>529</v>
       </c>
       <c r="M183" s="5" t="s">
-        <v>368</v>
-[...1 lines deleted...]
-      <c r="N183" s="5">
+        <v>530</v>
+      </c>
+      <c r="N183" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O183">
         <v>45971.0</v>
       </c>
-      <c r="O183">
+      <c r="P183">
         <v>46031.0</v>
       </c>
-      <c r="P183" t="s">
-[...3 lines deleted...]
-    <row r="184" spans="1:17">
+      <c r="Q183" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="184" spans="1:18">
       <c r="A184" t="s">
         <v>32</v>
       </c>
       <c r="B184" t="s">
         <v>33</v>
       </c>
       <c r="C184" t="s">
         <v>227</v>
       </c>
-      <c r="D184" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E184" t="s">
+        <v>344</v>
+      </c>
+      <c r="F184" t="s">
         <v>233</v>
       </c>
-      <c r="F184" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G184" t="s">
+        <v>50</v>
+      </c>
+      <c r="H184" t="s">
+        <v>345</v>
+      </c>
+      <c r="I184" t="s">
+        <v>193</v>
+      </c>
+      <c r="J184" t="s">
+        <v>531</v>
+      </c>
+      <c r="K184" t="s">
+        <v>532</v>
+      </c>
+      <c r="L184" t="s">
+        <v>533</v>
+      </c>
+      <c r="M184" s="5" t="s">
+        <v>534</v>
+      </c>
+      <c r="N184" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P184">
+        <v>45957.0</v>
+      </c>
+      <c r="Q184" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="185" spans="1:18">
+      <c r="A185" t="s">
+        <v>32</v>
+      </c>
+      <c r="B185" t="s">
+        <v>33</v>
+      </c>
+      <c r="C185" t="s">
+        <v>227</v>
+      </c>
+      <c r="E185" t="s">
         <v>344</v>
       </c>
-      <c r="H184" t="s">
-[...38 lines deleted...]
-      <c r="E185" t="s">
+      <c r="F185" t="s">
         <v>233</v>
       </c>
-      <c r="F185" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G185" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H185" t="s">
         <v>353</v>
       </c>
       <c r="I185" t="s">
-        <v>524</v>
+        <v>354</v>
       </c>
       <c r="J185" t="s">
-        <v>525</v>
+        <v>531</v>
       </c>
       <c r="K185" t="s">
-        <v>526</v>
+        <v>532</v>
       </c>
       <c r="L185" t="s">
-        <v>527</v>
+        <v>533</v>
       </c>
       <c r="M185" s="5" t="s">
-        <v>368</v>
-[...2 lines deleted...]
-      <c r="O185">
+        <v>534</v>
+      </c>
+      <c r="N185" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P185">
         <v>45957.0</v>
       </c>
-      <c r="P185" t="s">
-[...3 lines deleted...]
-    <row r="186" spans="1:17">
+      <c r="Q185" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="186" spans="1:18">
       <c r="A186" t="s">
         <v>32</v>
       </c>
       <c r="B186" t="s">
         <v>33</v>
       </c>
       <c r="C186" t="s">
         <v>227</v>
       </c>
-      <c r="D186" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E186" t="s">
+        <v>344</v>
+      </c>
+      <c r="F186" t="s">
         <v>233</v>
       </c>
-      <c r="F186" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G186" t="s">
+        <v>50</v>
+      </c>
+      <c r="H186" t="s">
+        <v>345</v>
+      </c>
+      <c r="I186" t="s">
+        <v>193</v>
+      </c>
+      <c r="J186" t="s">
+        <v>531</v>
+      </c>
+      <c r="K186" t="s">
+        <v>532</v>
+      </c>
+      <c r="L186" t="s">
+        <v>536</v>
+      </c>
+      <c r="M186" s="5" t="s">
+        <v>537</v>
+      </c>
+      <c r="N186" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P186">
+        <v>45957.0</v>
+      </c>
+      <c r="Q186" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="187" spans="1:18">
+      <c r="A187" t="s">
+        <v>32</v>
+      </c>
+      <c r="B187" t="s">
+        <v>33</v>
+      </c>
+      <c r="C187" t="s">
+        <v>227</v>
+      </c>
+      <c r="E187" t="s">
         <v>344</v>
       </c>
-      <c r="H186" t="s">
-[...38 lines deleted...]
-      <c r="E187" t="s">
+      <c r="F187" t="s">
         <v>233</v>
       </c>
-      <c r="F187" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G187" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H187" t="s">
         <v>353</v>
       </c>
       <c r="I187" t="s">
-        <v>524</v>
+        <v>354</v>
       </c>
       <c r="J187" t="s">
-        <v>525</v>
+        <v>531</v>
       </c>
       <c r="K187" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="L187" t="s">
-        <v>530</v>
+        <v>536</v>
       </c>
       <c r="M187" s="5" t="s">
-        <v>368</v>
-[...2 lines deleted...]
-      <c r="O187">
+        <v>537</v>
+      </c>
+      <c r="N187" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P187">
         <v>45957.0</v>
       </c>
-      <c r="P187" t="s">
-[...3 lines deleted...]
-    <row r="188" spans="1:17">
+      <c r="Q187" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="188" spans="1:18">
       <c r="A188" t="s">
         <v>32</v>
       </c>
       <c r="B188" t="s">
         <v>33</v>
       </c>
       <c r="C188" t="s">
         <v>227</v>
       </c>
-      <c r="D188" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E188" t="s">
+        <v>344</v>
+      </c>
+      <c r="F188" t="s">
         <v>233</v>
       </c>
-      <c r="F188" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G188" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="H188" t="s">
+        <v>345</v>
+      </c>
+      <c r="I188" t="s">
         <v>193</v>
       </c>
-      <c r="I188" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J188" t="s">
-        <v>525</v>
+        <v>531</v>
       </c>
       <c r="K188" t="s">
         <v>532</v>
       </c>
       <c r="L188" t="s">
-        <v>533</v>
+        <v>539</v>
       </c>
       <c r="M188" s="5" t="s">
-        <v>368</v>
-[...2 lines deleted...]
-      <c r="O188">
+        <v>540</v>
+      </c>
+      <c r="N188" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P188">
         <v>45957.0</v>
       </c>
-      <c r="P188" t="s">
-[...3 lines deleted...]
-    <row r="189" spans="1:17">
+      <c r="Q188" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="189" spans="1:18">
       <c r="A189" t="s">
         <v>32</v>
       </c>
       <c r="B189" t="s">
         <v>33</v>
       </c>
       <c r="C189" t="s">
         <v>227</v>
       </c>
-      <c r="D189" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E189" t="s">
+        <v>344</v>
+      </c>
+      <c r="F189" t="s">
         <v>233</v>
       </c>
-      <c r="F189" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G189" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H189" t="s">
         <v>353</v>
       </c>
       <c r="I189" t="s">
-        <v>524</v>
+        <v>354</v>
       </c>
       <c r="J189" t="s">
-        <v>525</v>
+        <v>531</v>
       </c>
       <c r="K189" t="s">
         <v>532</v>
       </c>
       <c r="L189" t="s">
-        <v>533</v>
+        <v>539</v>
       </c>
       <c r="M189" s="5" t="s">
-        <v>368</v>
-[...2 lines deleted...]
-      <c r="O189">
+        <v>540</v>
+      </c>
+      <c r="N189" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="P189">
         <v>45957.0</v>
       </c>
-      <c r="P189" t="s">
-[...3 lines deleted...]
-    <row r="190" spans="1:17">
+      <c r="Q189" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="190" spans="1:18">
       <c r="A190" t="s">
         <v>32</v>
       </c>
       <c r="B190" t="s">
         <v>33</v>
       </c>
       <c r="C190" t="s">
         <v>227</v>
       </c>
-      <c r="D190" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E190" t="s">
+        <v>344</v>
+      </c>
+      <c r="F190" t="s">
         <v>233</v>
       </c>
-      <c r="F190" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G190" t="s">
+        <v>50</v>
+      </c>
+      <c r="H190" t="s">
+        <v>345</v>
+      </c>
+      <c r="I190" t="s">
+        <v>193</v>
+      </c>
+      <c r="J190" t="s">
+        <v>541</v>
+      </c>
+      <c r="K190" t="s">
+        <v>542</v>
+      </c>
+      <c r="L190" t="s">
+        <v>543</v>
+      </c>
+      <c r="M190" s="5" t="s">
+        <v>544</v>
+      </c>
+      <c r="N190" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O190">
+        <v>45978.0</v>
+      </c>
+      <c r="P190">
+        <v>46031.0</v>
+      </c>
+      <c r="Q190" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="191" spans="1:18">
+      <c r="A191" t="s">
+        <v>32</v>
+      </c>
+      <c r="B191" t="s">
+        <v>33</v>
+      </c>
+      <c r="C191" t="s">
+        <v>227</v>
+      </c>
+      <c r="E191" t="s">
         <v>344</v>
       </c>
-      <c r="H190" t="s">
-[...40 lines deleted...]
-      <c r="E191" t="s">
+      <c r="F191" t="s">
         <v>233</v>
       </c>
-      <c r="F191" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G191" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H191" t="s">
         <v>353</v>
       </c>
       <c r="I191" t="s">
-        <v>534</v>
+        <v>354</v>
       </c>
       <c r="J191" t="s">
-        <v>535</v>
+        <v>541</v>
       </c>
       <c r="K191" t="s">
-        <v>536</v>
+        <v>542</v>
       </c>
       <c r="L191" t="s">
-        <v>537</v>
+        <v>543</v>
       </c>
       <c r="M191" s="5" t="s">
-        <v>368</v>
-[...1 lines deleted...]
-      <c r="N191" s="5">
+        <v>544</v>
+      </c>
+      <c r="N191" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O191">
         <v>45978.0</v>
       </c>
-      <c r="O191">
+      <c r="P191">
         <v>46031.0</v>
       </c>
-      <c r="P191" t="s">
-[...3 lines deleted...]
-    <row r="192" spans="1:17">
+      <c r="Q191" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="192" spans="1:18">
       <c r="A192" t="s">
         <v>32</v>
       </c>
       <c r="B192" t="s">
         <v>33</v>
       </c>
       <c r="C192" t="s">
         <v>227</v>
       </c>
-      <c r="D192" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E192" t="s">
+        <v>344</v>
+      </c>
+      <c r="F192" t="s">
         <v>233</v>
       </c>
-      <c r="F192" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G192" t="s">
+        <v>50</v>
+      </c>
+      <c r="H192" t="s">
+        <v>345</v>
+      </c>
+      <c r="I192" t="s">
+        <v>193</v>
+      </c>
+      <c r="J192" t="s">
+        <v>545</v>
+      </c>
+      <c r="K192" t="s">
+        <v>546</v>
+      </c>
+      <c r="L192" t="s">
+        <v>547</v>
+      </c>
+      <c r="M192" s="5" t="s">
+        <v>548</v>
+      </c>
+      <c r="N192" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O192">
+        <v>45966.0</v>
+      </c>
+      <c r="P192">
+        <v>46027.0</v>
+      </c>
+      <c r="Q192" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="193" spans="1:18">
+      <c r="A193" t="s">
+        <v>32</v>
+      </c>
+      <c r="B193" t="s">
+        <v>33</v>
+      </c>
+      <c r="C193" t="s">
+        <v>227</v>
+      </c>
+      <c r="E193" t="s">
         <v>344</v>
       </c>
-      <c r="H192" t="s">
-[...40 lines deleted...]
-      <c r="E193" t="s">
+      <c r="F193" t="s">
         <v>233</v>
       </c>
-      <c r="F193" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G193" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H193" t="s">
         <v>353</v>
       </c>
       <c r="I193" t="s">
-        <v>538</v>
+        <v>354</v>
       </c>
       <c r="J193" t="s">
-        <v>539</v>
+        <v>545</v>
       </c>
       <c r="K193" t="s">
-        <v>540</v>
+        <v>546</v>
       </c>
       <c r="L193" t="s">
-        <v>541</v>
+        <v>547</v>
       </c>
       <c r="M193" s="5" t="s">
-        <v>368</v>
-[...1 lines deleted...]
-      <c r="N193" s="5">
+        <v>548</v>
+      </c>
+      <c r="N193" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O193">
         <v>45966.0</v>
       </c>
-      <c r="O193">
+      <c r="P193">
         <v>46027.0</v>
       </c>
-      <c r="P193" t="s">
-[...3 lines deleted...]
-    <row r="194" spans="1:17">
+      <c r="Q193" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="194" spans="1:18">
       <c r="A194" t="s">
         <v>32</v>
       </c>
       <c r="B194" t="s">
         <v>33</v>
       </c>
       <c r="C194" t="s">
         <v>227</v>
       </c>
-      <c r="D194" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E194" t="s">
+        <v>344</v>
+      </c>
+      <c r="F194" t="s">
         <v>233</v>
       </c>
-      <c r="F194" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G194" t="s">
+        <v>50</v>
+      </c>
+      <c r="H194" t="s">
+        <v>345</v>
+      </c>
+      <c r="I194" t="s">
+        <v>193</v>
+      </c>
+      <c r="J194" t="s">
+        <v>550</v>
+      </c>
+      <c r="K194" t="s">
+        <v>551</v>
+      </c>
+      <c r="L194" t="s">
+        <v>552</v>
+      </c>
+      <c r="M194" s="5" t="s">
+        <v>553</v>
+      </c>
+      <c r="N194" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O194">
+        <v>45957.0</v>
+      </c>
+      <c r="P194">
+        <v>45966.0</v>
+      </c>
+      <c r="Q194" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="195" spans="1:18">
+      <c r="A195" t="s">
+        <v>32</v>
+      </c>
+      <c r="B195" t="s">
+        <v>33</v>
+      </c>
+      <c r="C195" t="s">
+        <v>227</v>
+      </c>
+      <c r="E195" t="s">
         <v>344</v>
       </c>
-      <c r="H194" t="s">
-[...40 lines deleted...]
-      <c r="E195" t="s">
+      <c r="F195" t="s">
         <v>233</v>
       </c>
-      <c r="F195" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G195" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H195" t="s">
         <v>353</v>
       </c>
       <c r="I195" t="s">
-        <v>543</v>
+        <v>354</v>
       </c>
       <c r="J195" t="s">
-        <v>544</v>
+        <v>550</v>
       </c>
       <c r="K195" t="s">
-        <v>545</v>
+        <v>551</v>
       </c>
       <c r="L195" t="s">
-        <v>546</v>
+        <v>552</v>
       </c>
       <c r="M195" s="5" t="s">
-        <v>368</v>
-[...1 lines deleted...]
-      <c r="N195" s="5">
+        <v>553</v>
+      </c>
+      <c r="N195" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O195">
         <v>45957.0</v>
       </c>
-      <c r="O195">
+      <c r="P195">
         <v>45966.0</v>
       </c>
-      <c r="P195" t="s">
-[...3 lines deleted...]
-    <row r="196" spans="1:17">
+      <c r="Q195" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="196" spans="1:18">
       <c r="A196" t="s">
         <v>32</v>
       </c>
       <c r="B196" t="s">
         <v>33</v>
       </c>
       <c r="C196" t="s">
         <v>227</v>
       </c>
-      <c r="D196" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E196" t="s">
+        <v>344</v>
+      </c>
+      <c r="F196" t="s">
         <v>233</v>
       </c>
-      <c r="F196" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G196" t="s">
+        <v>50</v>
+      </c>
+      <c r="H196" t="s">
+        <v>345</v>
+      </c>
+      <c r="I196" t="s">
+        <v>193</v>
+      </c>
+      <c r="J196" t="s">
+        <v>554</v>
+      </c>
+      <c r="K196" t="s">
+        <v>555</v>
+      </c>
+      <c r="L196" t="s">
+        <v>556</v>
+      </c>
+      <c r="M196" s="5" t="s">
+        <v>557</v>
+      </c>
+      <c r="N196" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O196">
+        <v>45957.0</v>
+      </c>
+      <c r="P196">
+        <v>45983.0</v>
+      </c>
+      <c r="Q196" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="197" spans="1:18">
+      <c r="A197" t="s">
+        <v>32</v>
+      </c>
+      <c r="B197" t="s">
+        <v>33</v>
+      </c>
+      <c r="C197" t="s">
+        <v>227</v>
+      </c>
+      <c r="E197" t="s">
         <v>344</v>
       </c>
-      <c r="H196" t="s">
-[...40 lines deleted...]
-      <c r="E197" t="s">
+      <c r="F197" t="s">
         <v>233</v>
       </c>
-      <c r="F197" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G197" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H197" t="s">
         <v>353</v>
       </c>
       <c r="I197" t="s">
-        <v>547</v>
+        <v>354</v>
       </c>
       <c r="J197" t="s">
-        <v>548</v>
+        <v>554</v>
       </c>
       <c r="K197" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
       <c r="L197" t="s">
-        <v>550</v>
+        <v>556</v>
       </c>
       <c r="M197" s="5" t="s">
-        <v>368</v>
-[...1 lines deleted...]
-      <c r="N197" s="5">
+        <v>557</v>
+      </c>
+      <c r="N197" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O197">
         <v>45957.0</v>
       </c>
-      <c r="O197">
+      <c r="P197">
         <v>45983.0</v>
       </c>
-      <c r="P197" t="s">
-[...3 lines deleted...]
-    <row r="198" spans="1:17">
+      <c r="Q197" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="198" spans="1:18">
       <c r="A198" t="s">
         <v>32</v>
       </c>
       <c r="B198" t="s">
         <v>33</v>
       </c>
       <c r="C198" t="s">
         <v>227</v>
       </c>
-      <c r="D198" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E198" t="s">
+        <v>344</v>
+      </c>
+      <c r="F198" t="s">
         <v>233</v>
       </c>
-      <c r="F198" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G198" t="s">
+        <v>50</v>
+      </c>
+      <c r="H198" t="s">
+        <v>345</v>
+      </c>
+      <c r="I198" t="s">
+        <v>193</v>
+      </c>
+      <c r="J198" t="s">
+        <v>559</v>
+      </c>
+      <c r="K198" t="s">
+        <v>560</v>
+      </c>
+      <c r="L198" t="s">
+        <v>561</v>
+      </c>
+      <c r="M198" s="5" t="s">
+        <v>562</v>
+      </c>
+      <c r="N198" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="O198">
+        <v>46034.0</v>
+      </c>
+      <c r="P198" t="s">
+        <v>351</v>
+      </c>
+      <c r="Q198" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="199" spans="1:18">
+      <c r="A199" t="s">
+        <v>32</v>
+      </c>
+      <c r="B199" t="s">
+        <v>33</v>
+      </c>
+      <c r="C199" t="s">
+        <v>227</v>
+      </c>
+      <c r="E199" t="s">
         <v>344</v>
       </c>
-      <c r="H198" t="s">
-[...38 lines deleted...]
-      <c r="E199" t="s">
+      <c r="F199" t="s">
         <v>233</v>
       </c>
-      <c r="F199" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G199" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H199" t="s">
         <v>353</v>
       </c>
       <c r="I199" t="s">
-        <v>552</v>
+        <v>354</v>
       </c>
       <c r="J199" t="s">
-        <v>553</v>
+        <v>559</v>
       </c>
       <c r="K199" t="s">
-        <v>554</v>
+        <v>560</v>
       </c>
       <c r="L199" t="s">
-        <v>555</v>
+        <v>561</v>
       </c>
       <c r="M199" s="5" t="s">
-        <v>349</v>
-[...3 lines deleted...]
-        <v>350</v>
+        <v>562</v>
+      </c>
+      <c r="N199" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="O199">
+        <v>46034.0</v>
       </c>
       <c r="P199" t="s">
-        <v>499</v>
-[...2 lines deleted...]
-    <row r="200" spans="1:17">
+        <v>351</v>
+      </c>
+      <c r="Q199" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="200" spans="1:18">
       <c r="A200" t="s">
         <v>32</v>
       </c>
       <c r="B200" t="s">
         <v>33</v>
       </c>
       <c r="C200" t="s">
         <v>227</v>
       </c>
       <c r="D200" t="s">
-        <v>343</v>
+        <v>517</v>
       </c>
       <c r="E200" t="s">
+        <v>344</v>
+      </c>
+      <c r="F200" t="s">
         <v>233</v>
       </c>
-      <c r="F200" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G200" t="s">
+        <v>50</v>
+      </c>
+      <c r="H200" t="s">
+        <v>345</v>
+      </c>
+      <c r="I200" t="s">
+        <v>193</v>
+      </c>
+      <c r="J200" t="s">
+        <v>563</v>
+      </c>
+      <c r="K200" t="s">
+        <v>564</v>
+      </c>
+      <c r="L200" t="s">
+        <v>565</v>
+      </c>
+      <c r="M200" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="N200" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="O200">
+        <v>46266.0</v>
+      </c>
+      <c r="P200" t="s">
+        <v>351</v>
+      </c>
+      <c r="Q200" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="201" spans="1:18">
+      <c r="A201" t="s">
+        <v>32</v>
+      </c>
+      <c r="B201" t="s">
+        <v>33</v>
+      </c>
+      <c r="C201" t="s">
+        <v>227</v>
+      </c>
+      <c r="D201" t="s">
+        <v>517</v>
+      </c>
+      <c r="E201" t="s">
         <v>344</v>
       </c>
-      <c r="H200" t="s">
-[...40 lines deleted...]
-      <c r="E201" t="s">
+      <c r="F201" t="s">
         <v>233</v>
       </c>
-      <c r="F201" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G201" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H201" t="s">
         <v>353</v>
       </c>
       <c r="I201" t="s">
-        <v>556</v>
+        <v>354</v>
       </c>
       <c r="J201" t="s">
-        <v>557</v>
+        <v>563</v>
       </c>
       <c r="K201" t="s">
-        <v>558</v>
+        <v>564</v>
       </c>
       <c r="L201" t="s">
-        <v>559</v>
+        <v>565</v>
       </c>
       <c r="M201" s="5" t="s">
-        <v>358</v>
-[...1 lines deleted...]
-      <c r="N201" s="5">
+        <v>566</v>
+      </c>
+      <c r="N201" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="O201">
         <v>46031.0</v>
       </c>
-      <c r="O201" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P201" t="s">
-        <v>494</v>
-[...2 lines deleted...]
-    <row r="202" spans="1:17">
+        <v>351</v>
+      </c>
+      <c r="Q201" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="202" spans="1:18">
       <c r="A202" t="s">
         <v>32</v>
       </c>
       <c r="B202" t="s">
         <v>33</v>
       </c>
       <c r="C202" t="s">
         <v>227</v>
       </c>
-      <c r="D202" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E202" t="s">
+        <v>344</v>
+      </c>
+      <c r="F202" t="s">
         <v>233</v>
       </c>
-      <c r="F202" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G202" t="s">
+        <v>50</v>
+      </c>
+      <c r="H202" t="s">
+        <v>345</v>
+      </c>
+      <c r="I202" t="s">
+        <v>193</v>
+      </c>
+      <c r="J202" t="s">
+        <v>567</v>
+      </c>
+      <c r="K202" t="s">
+        <v>568</v>
+      </c>
+      <c r="L202" t="s">
+        <v>569</v>
+      </c>
+      <c r="M202" s="5" t="s">
+        <v>570</v>
+      </c>
+      <c r="N202" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="O202">
+        <v>45999.0</v>
+      </c>
+      <c r="P202" t="s">
+        <v>351</v>
+      </c>
+      <c r="Q202" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="203" spans="1:18">
+      <c r="A203" t="s">
+        <v>32</v>
+      </c>
+      <c r="B203" t="s">
+        <v>33</v>
+      </c>
+      <c r="C203" t="s">
+        <v>227</v>
+      </c>
+      <c r="E203" t="s">
         <v>344</v>
       </c>
-      <c r="H202" t="s">
-[...40 lines deleted...]
-      <c r="E203" t="s">
+      <c r="F203" t="s">
         <v>233</v>
       </c>
-      <c r="F203" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G203" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="H203" t="s">
         <v>353</v>
       </c>
       <c r="I203" t="s">
-        <v>560</v>
+        <v>354</v>
       </c>
       <c r="J203" t="s">
-        <v>561</v>
+        <v>567</v>
       </c>
       <c r="K203" t="s">
-        <v>562</v>
+        <v>568</v>
       </c>
       <c r="L203" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="M203" s="5" t="s">
-        <v>358</v>
-[...1 lines deleted...]
-      <c r="N203" s="5">
+        <v>570</v>
+      </c>
+      <c r="N203" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="O203">
         <v>45999.0</v>
       </c>
-      <c r="O203" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P203" t="s">
-        <v>494</v>
+        <v>351</v>
+      </c>
+      <c r="Q203" t="s">
+        <v>498</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O6"/>
   <sheetViews>
@@ -14520,541 +14499,567 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>59</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>564</v>
+        <v>571</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>565</v>
+        <v>572</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>566</v>
+        <v>573</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>567</v>
+        <v>574</v>
       </c>
       <c r="F1" s="6" t="s">
-        <v>568</v>
+        <v>575</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>569</v>
+        <v>576</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>570</v>
+        <v>577</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>571</v>
+        <v>578</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>572</v>
+        <v>579</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>573</v>
+        <v>580</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>574</v>
+        <v>581</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>575</v>
+        <v>582</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>576</v>
+        <v>583</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>577</v>
+        <v>584</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>578</v>
+        <v>585</v>
       </c>
       <c r="C2" t="s">
-        <v>579</v>
+        <v>586</v>
       </c>
       <c r="D2" t="s">
         <v>59</v>
       </c>
       <c r="E2" t="s">
-        <v>580</v>
+        <v>587</v>
       </c>
       <c r="F2" s="5" t="s">
-        <v>581</v>
+        <v>588</v>
       </c>
       <c r="G2" t="s">
-        <v>582</v>
+        <v>589</v>
       </c>
       <c r="H2" t="s">
         <v>130</v>
       </c>
       <c r="I2" t="s">
-        <v>583</v>
+        <v>590</v>
       </c>
       <c r="J2" t="s">
-        <v>584</v>
+        <v>591</v>
       </c>
       <c r="K2" t="s">
-        <v>585</v>
+        <v>592</v>
       </c>
       <c r="L2" t="s">
-        <v>586</v>
+        <v>593</v>
       </c>
       <c r="M2" t="s">
-        <v>587</v>
+        <v>594</v>
       </c>
       <c r="N2" t="s">
-        <v>588</v>
+        <v>595</v>
       </c>
       <c r="O2" t="s">
-        <v>589</v>
+        <v>596</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>32</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>590</v>
+        <v>597</v>
       </c>
       <c r="C3" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
       <c r="D3" t="s">
         <v>59</v>
       </c>
       <c r="E3" t="s">
-        <v>580</v>
+        <v>587</v>
       </c>
       <c r="F3" s="5" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="G3" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="H3" t="s">
         <v>130</v>
       </c>
       <c r="I3" t="s">
-        <v>583</v>
+        <v>590</v>
       </c>
       <c r="J3" t="s">
-        <v>594</v>
+        <v>601</v>
       </c>
       <c r="K3" t="s">
-        <v>595</v>
+        <v>602</v>
       </c>
       <c r="L3" t="s">
-        <v>596</v>
+        <v>603</v>
       </c>
       <c r="M3" t="s">
-        <v>597</v>
+        <v>604</v>
       </c>
       <c r="N3" t="s">
-        <v>598</v>
+        <v>605</v>
       </c>
       <c r="O3" t="s">
-        <v>599</v>
+        <v>606</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>32</v>
       </c>
       <c r="B4" s="4" t="s">
-        <v>600</v>
+        <v>607</v>
       </c>
       <c r="C4" t="s">
-        <v>601</v>
+        <v>608</v>
       </c>
       <c r="D4" t="s">
-        <v>602</v>
+        <v>609</v>
       </c>
       <c r="E4" t="s">
-        <v>580</v>
+        <v>587</v>
       </c>
       <c r="F4" s="5" t="s">
-        <v>603</v>
+        <v>610</v>
       </c>
       <c r="G4" t="s">
-        <v>604</v>
+        <v>611</v>
       </c>
       <c r="H4" t="s">
         <v>130</v>
       </c>
       <c r="I4" t="s">
-        <v>605</v>
+        <v>612</v>
       </c>
       <c r="J4" t="s">
-        <v>606</v>
+        <v>613</v>
       </c>
       <c r="K4" t="s">
-        <v>607</v>
+        <v>614</v>
       </c>
       <c r="L4" t="s">
-        <v>608</v>
+        <v>615</v>
       </c>
       <c r="M4" t="s">
-        <v>609</v>
+        <v>616</v>
       </c>
       <c r="N4" t="s">
-        <v>610</v>
+        <v>617</v>
       </c>
       <c r="O4" t="s">
-        <v>611</v>
+        <v>618</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
         <v>32</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>612</v>
+        <v>619</v>
       </c>
       <c r="C5" t="s">
-        <v>613</v>
+        <v>620</v>
       </c>
       <c r="D5" t="s">
-        <v>614</v>
+        <v>621</v>
       </c>
       <c r="E5" t="s">
-        <v>580</v>
+        <v>587</v>
       </c>
       <c r="F5" s="5" t="s">
-        <v>615</v>
+        <v>622</v>
       </c>
       <c r="G5" t="s">
-        <v>616</v>
+        <v>623</v>
       </c>
       <c r="H5" t="s">
         <v>130</v>
       </c>
       <c r="I5" t="s">
-        <v>617</v>
+        <v>624</v>
       </c>
       <c r="K5" t="s">
-        <v>618</v>
+        <v>625</v>
       </c>
       <c r="L5" t="s">
-        <v>619</v>
+        <v>626</v>
       </c>
       <c r="M5" t="s">
-        <v>620</v>
+        <v>627</v>
       </c>
       <c r="N5" t="s">
-        <v>621</v>
+        <v>628</v>
       </c>
       <c r="O5" t="s">
-        <v>622</v>
+        <v>629</v>
       </c>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" t="s">
         <v>32</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>623</v>
+        <v>630</v>
       </c>
       <c r="C6" t="s">
-        <v>624</v>
+        <v>631</v>
       </c>
       <c r="D6" t="s">
-        <v>625</v>
+        <v>632</v>
       </c>
       <c r="E6" t="s">
-        <v>580</v>
+        <v>587</v>
       </c>
       <c r="F6" s="5" t="s">
-        <v>626</v>
+        <v>633</v>
       </c>
       <c r="G6" t="s">
-        <v>627</v>
+        <v>634</v>
       </c>
       <c r="H6" t="s">
         <v>130</v>
       </c>
       <c r="I6" t="s">
-        <v>628</v>
+        <v>635</v>
       </c>
       <c r="J6" t="s">
-        <v>629</v>
+        <v>636</v>
       </c>
       <c r="K6" t="s">
-        <v>630</v>
+        <v>637</v>
       </c>
       <c r="L6" t="s">
-        <v>631</v>
+        <v>638</v>
       </c>
       <c r="M6" t="s">
-        <v>632</v>
+        <v>639</v>
       </c>
       <c r="N6" t="s">
-        <v>633</v>
+        <v>640</v>
       </c>
       <c r="O6" t="s">
-        <v>634</v>
+        <v>641</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I1"/>
+  <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="2" t="s">
         <v>59</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>635</v>
+        <v>642</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>636</v>
+        <v>643</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>564</v>
+        <v>571</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>637</v>
+        <v>644</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>567</v>
+        <v>574</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>638</v>
+        <v>645</v>
       </c>
       <c r="H1" s="6" t="s">
-        <v>639</v>
+        <v>646</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>63</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9">
+      <c r="A2" t="s">
+        <v>32</v>
+      </c>
+      <c r="B2" t="s">
+        <v>647</v>
+      </c>
+      <c r="C2" t="s">
+        <v>648</v>
+      </c>
+      <c r="D2" t="s">
+        <v>649</v>
+      </c>
+      <c r="E2" t="s">
+        <v>650</v>
+      </c>
+      <c r="F2" t="s">
+        <v>651</v>
+      </c>
+      <c r="H2" s="5" t="s">
+        <v>652</v>
+      </c>
+      <c r="I2" t="s">
+        <v>653</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>59</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>640</v>
+        <v>654</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>315</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>641</v>
+        <v>655</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>642</v>
+        <v>656</v>
       </c>
       <c r="C2" t="s">
-        <v>643</v>
+        <v>657</v>
       </c>
       <c r="D2" t="s">
-        <v>644</v>
+        <v>658</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>59</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>645</v>
+        <v>659</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>646</v>
+        <v>329</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>647</v>
+        <v>660</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>648</v>
+        <v>661</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>649</v>
+        <v>662</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
         <v>227</v>
       </c>
       <c r="C2" t="s">
-        <v>650</v>
+        <v>517</v>
       </c>
       <c r="D2" t="s">
-        <v>651</v>
+        <v>663</v>
       </c>
       <c r="E2" t="s">
-        <v>652</v>
+        <v>664</v>
       </c>
       <c r="F2" t="s">
-        <v>653</v>
+        <v>665</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E25"/>
   <sheetViews>
@@ -15074,110 +15079,110 @@
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
         <v>59</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>316</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>315</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>317</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
         <v>61</v>
       </c>
       <c r="C2" t="s">
-        <v>654</v>
+        <v>666</v>
       </c>
       <c r="E2" s="4" t="s">
-        <v>655</v>
+        <v>667</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>32</v>
       </c>
       <c r="B3" t="s">
-        <v>656</v>
+        <v>668</v>
       </c>
       <c r="C3" t="s">
-        <v>657</v>
+        <v>669</v>
       </c>
       <c r="D3" t="s">
-        <v>658</v>
+        <v>670</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>32</v>
       </c>
       <c r="B4" t="s">
-        <v>656</v>
+        <v>668</v>
       </c>
       <c r="C4" t="s">
-        <v>659</v>
+        <v>671</v>
       </c>
       <c r="D4" t="s">
-        <v>660</v>
+        <v>672</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>32</v>
       </c>
       <c r="B5" t="s">
         <v>61</v>
       </c>
       <c r="C5" t="s">
-        <v>661</v>
+        <v>673</v>
       </c>
       <c r="E5" s="4" t="s">
-        <v>662</v>
+        <v>674</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
         <v>32</v>
       </c>
       <c r="B6" t="s">
         <v>61</v>
       </c>
       <c r="C6" t="s">
-        <v>663</v>
+        <v>675</v>
       </c>
       <c r="E6" s="4" t="s">
-        <v>664</v>
+        <v>676</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>32</v>
       </c>
       <c r="B7" t="s">
         <v>61</v>
       </c>
       <c r="C7" t="s">
         <v>225</v>
       </c>
       <c r="E7" s="4" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>32</v>
       </c>
       <c r="B8" t="s">
         <v>61</v>
       </c>
       <c r="C8" t="s">
         <v>318</v>
@@ -15225,225 +15230,225 @@
         <v>324</v>
       </c>
       <c r="E11" s="4" t="s">
         <v>325</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
         <v>32</v>
       </c>
       <c r="B12" t="s">
         <v>61</v>
       </c>
       <c r="C12" t="s">
         <v>326</v>
       </c>
       <c r="E12" s="4" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
         <v>32</v>
       </c>
       <c r="B13" t="s">
-        <v>656</v>
+        <v>668</v>
       </c>
       <c r="C13" t="s">
-        <v>665</v>
+        <v>677</v>
       </c>
       <c r="D13" t="s">
-        <v>666</v>
+        <v>678</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
         <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>656</v>
+        <v>668</v>
       </c>
       <c r="C14" t="s">
-        <v>667</v>
+        <v>679</v>
       </c>
       <c r="D14" t="s">
-        <v>668</v>
+        <v>680</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
-        <v>656</v>
+        <v>668</v>
       </c>
       <c r="C15" t="s">
-        <v>669</v>
+        <v>681</v>
       </c>
       <c r="D15" t="s">
-        <v>670</v>
+        <v>682</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
         <v>32</v>
       </c>
       <c r="B16" t="s">
-        <v>656</v>
+        <v>668</v>
       </c>
       <c r="C16" t="s">
-        <v>671</v>
+        <v>683</v>
       </c>
       <c r="D16" t="s">
-        <v>672</v>
+        <v>684</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" t="s">
         <v>32</v>
       </c>
       <c r="B17" t="s">
-        <v>656</v>
+        <v>668</v>
       </c>
       <c r="C17" t="s">
-        <v>673</v>
+        <v>685</v>
       </c>
       <c r="D17" t="s">
-        <v>674</v>
+        <v>686</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
         <v>32</v>
       </c>
       <c r="B18" t="s">
-        <v>656</v>
+        <v>668</v>
       </c>
       <c r="C18" t="s">
-        <v>675</v>
+        <v>687</v>
       </c>
       <c r="D18" t="s">
-        <v>676</v>
+        <v>688</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
         <v>32</v>
       </c>
       <c r="B19" t="s">
         <v>61</v>
       </c>
       <c r="C19" t="s">
-        <v>677</v>
+        <v>689</v>
       </c>
       <c r="E19" s="4" t="s">
-        <v>678</v>
+        <v>690</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
         <v>32</v>
       </c>
       <c r="B20" t="s">
-        <v>656</v>
+        <v>668</v>
       </c>
       <c r="C20" t="s">
-        <v>679</v>
+        <v>691</v>
       </c>
       <c r="D20" t="s">
-        <v>680</v>
+        <v>692</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
         <v>32</v>
       </c>
       <c r="B21" t="s">
-        <v>656</v>
+        <v>668</v>
       </c>
       <c r="C21" t="s">
-        <v>681</v>
+        <v>693</v>
       </c>
       <c r="D21" t="s">
-        <v>682</v>
+        <v>694</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
         <v>32</v>
       </c>
       <c r="B22" t="s">
-        <v>656</v>
+        <v>668</v>
       </c>
       <c r="C22" t="s">
-        <v>683</v>
+        <v>695</v>
       </c>
       <c r="D22" t="s">
-        <v>684</v>
+        <v>696</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" t="s">
         <v>32</v>
       </c>
       <c r="B23" t="s">
-        <v>656</v>
+        <v>668</v>
       </c>
       <c r="C23" t="s">
-        <v>685</v>
+        <v>697</v>
       </c>
       <c r="D23" t="s">
-        <v>686</v>
+        <v>698</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" t="s">
         <v>32</v>
       </c>
       <c r="B24" t="s">
-        <v>656</v>
+        <v>668</v>
       </c>
       <c r="C24" t="s">
-        <v>687</v>
+        <v>699</v>
       </c>
       <c r="D24" t="s">
-        <v>688</v>
+        <v>700</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
         <v>32</v>
       </c>
       <c r="B25" t="s">
         <v>61</v>
       </c>
       <c r="C25" t="s">
-        <v>689</v>
+        <v>701</v>
       </c>
       <c r="E25" s="4" t="s">
-        <v>690</v>
+        <v>702</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="E5" r:id="rId_hyperlink_2"/>
     <hyperlink ref="E6" r:id="rId_hyperlink_3"/>
     <hyperlink ref="E7" r:id="rId_hyperlink_4"/>
     <hyperlink ref="E8" r:id="rId_hyperlink_5"/>
     <hyperlink ref="E9" r:id="rId_hyperlink_6"/>
     <hyperlink ref="E10" r:id="rId_hyperlink_7"/>
     <hyperlink ref="E11" r:id="rId_hyperlink_8"/>
     <hyperlink ref="E12" r:id="rId_hyperlink_9"/>
     <hyperlink ref="E19" r:id="rId_hyperlink_10"/>
     <hyperlink ref="E25" r:id="rId_hyperlink_11"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>