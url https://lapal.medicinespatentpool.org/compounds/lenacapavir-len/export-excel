--- v3 (2026-02-05)
+++ v4 (2026-02-27)
@@ -28,67 +28,70 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Compounds" sheetId="1" r:id="rId4"/>
     <sheet name="Clinical trials" sheetId="2" r:id="rId5"/>
     <sheet name="Key resources" sheetId="3" r:id="rId6"/>
     <sheet name="Regulatory status" sheetId="4" r:id="rId7"/>
     <sheet name="Patent Medspal" sheetId="5" r:id="rId8"/>
     <sheet name="Patent curated by innovator" sheetId="6" r:id="rId9"/>
     <sheet name="Drug illustrations" sheetId="7" r:id="rId10"/>
     <sheet name="Developers" sheetId="8" r:id="rId11"/>
     <sheet name="Publications" sheetId="9" r:id="rId12"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="703">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="706">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Abbreviation</t>
   </si>
   <si>
     <t>Generic name</t>
   </si>
   <si>
     <t>Brand names</t>
   </si>
   <si>
     <t>Compound type</t>
   </si>
   <si>
+    <t>Drug class/category</t>
+  </si>
+  <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Approval status</t>
   </si>
   <si>
     <t>Regulatory authorities</t>
   </si>
   <si>
     <t>Link(s)</t>
   </si>
   <si>
     <t>Route(s) of administration</t>
   </si>
   <si>
     <t>Associated long-acting platforms</t>
   </si>
   <si>
     <t>Proprietary excipients used</t>
   </si>
   <si>
     <t>Novel excipients or existing excipients at a concentration above Inactive Ingredient Database (IID) for the specified route of administration</t>
   </si>
   <si>
     <t>Residual solvents used</t>
@@ -136,50 +139,53 @@
     <t>Dosage additional comments</t>
   </si>
   <si>
     <t>Dosage link(s)</t>
   </si>
   <si>
     <t>Comment &amp; Information</t>
   </si>
   <si>
     <t>Created at</t>
   </si>
   <si>
     <t>Updated at</t>
   </si>
   <si>
     <t>Lenacapavir</t>
   </si>
   <si>
     <t>LEN</t>
   </si>
   <si>
     <t>Sunlenca</t>
   </si>
   <si>
     <t>Small molecule</t>
+  </si>
+  <si>
+    <t>Capsid inhibitor</t>
   </si>
   <si>
     <t>Lenacapavir (LEN), also known as GS-6207, is a first in-class HIV-1 capsid inhibitor used in combination with other antiretrovirals for the treatment of multi-drug resistant HIV-1 infection, and has potential application as HIV pre-exposure prophylaxis. LEN is utilised combinatorially for HIV-1 treatment, as it displays excellent synergy and no known cross-resistance with any other currently approved class of antiretroviral, in addition to possessing antiviral activity at picomolar levels.</t>
   </si>
   <si>
     <t>For Treatment: Lenacapavir (SUNLENCA) 463.5mg/3ml subcutaneous injection with 300mg oral lead-in tablets are approved for use by 11 regualtory authorities (all for high income countries) for HIV-1 treatment under certain conditions.
 For PrEP: US FDA and South Africa has approved lenacapavir (Yeztugo) for HIV-1 prevention. It is also under review in Brazil, EU (+EEA), Australia, and Canada. Gilead has disclosed that it is preparing additional filings in countries that rely on FDA approval for regulatory submission, including Argentina, Mexico and Peru.</t>
   </si>
   <si>
     <t>US FDA granted Breakthrough Therapy Designation for SUNLENCA in combination with other antiretroviral drugs for heavily treatment-experienced patients (HTE) adults with multi-drug resistant (MDR) HIV-1 infection failing their current antiretroviral regimen due to resistance, intolerance, or safety considerations. A European Marketing Authorization was issued for the use of SUNLENCA and it has also been classified as ‘Fast-Track Reimbursement’ by the Ministry of Health, Labour and Welfare, Japan, and ‘Part 1- Schedule 1 &amp; Schedule 3 Poison’ by the Department of Health, Hong Kong. WHO guidelines released in July 2025 recommend offering six-monthly injectable lenacapavir as an additional PrEP
 option.</t>
   </si>
   <si>
     <t>https://go.drugbank.com/drugs/DB15673</t>
   </si>
   <si>
     <t>Oral, Subcutaneous, Intramuscular, To be determined</t>
   </si>
   <si>
     <t>Aqueous Solution, Oral solid form</t>
   </si>
   <si>
     <t>No proprietary excipient used</t>
   </si>
   <si>
@@ -1118,110 +1124,110 @@
   <si>
     <t>Country Name</t>
   </si>
   <si>
     <t>Reg Status</t>
   </si>
   <si>
     <t>Reg Submission Date</t>
   </si>
   <si>
     <t>Reg Approval Date</t>
   </si>
   <si>
     <t>Links</t>
   </si>
   <si>
     <t>Comments</t>
   </si>
   <si>
     <t>TBD</t>
   </si>
   <si>
     <t>927 mg by subcutaneous injection (2 x 1.5-mL injections)</t>
   </si>
   <si>
-    <t>ANMAT-r</t>
+    <t>ANMAT</t>
   </si>
   <si>
     <t>National Administration of Drugs, Food and Medical Devices</t>
   </si>
   <si>
     <t>ARG</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>In preparation for filing</t>
   </si>
   <si>
     <t>Awaiting approval</t>
   </si>
   <si>
     <t>https://www.gilead.com/news/news-details/2025/yeztugo-lenacapavir-is-now-the-first-and-only-fda-approved-hiv-prevention-option-offering-6-months-of-protection
 https://www.gilead.com/responsibility/global-health-and-access/access-in-low--and-middle-income-countries/access-strategy-for-long-acting-prep</t>
   </si>
   <si>
     <t>600 mg orally (2 x 300-mg tablets)</t>
   </si>
   <si>
     <t>Oral</t>
   </si>
   <si>
-    <t>ANVISA-r</t>
+    <t>ANVISA</t>
   </si>
   <si>
     <t>Agência Nacional de Vigilância Sanitária</t>
   </si>
   <si>
     <t>BRA</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Approved</t>
   </si>
   <si>
     <t>https://www.gilead.com/company/company-statements/2025/gilead-submits-request-to-anvisa-for-the-registration-of-twice-yearly-lenacapavir-for-hiv-prevention-under-the-priority-review-pathway
 https://www.gilead.com/responsibility/global-health-and-access/access-in-low--and-middle-income-countries/access-strategy-for-long-acting-prep</t>
   </si>
   <si>
     <t>COFEPRIS</t>
   </si>
   <si>
     <t>Comision Federal para la Proteccion contra Riesgos Sanitarios</t>
   </si>
   <si>
     <t>MEX</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
-    <t>DoH HK-r</t>
+    <t>DoH HK</t>
   </si>
   <si>
     <t>Department of Health (Pharmacy and Poison Board of Hong Kong)</t>
   </si>
   <si>
     <t>HKG</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/medicines/human/EPAR/sunlenca</t>
   </si>
   <si>
     <t>DOH UAE</t>
   </si>
   <si>
     <t>Department of Health United Arab Emirates</t>
   </si>
   <si>
     <t>ARE</t>
   </si>
   <si>
     <t>United Arab Emirates</t>
   </si>
@@ -1399,69 +1405,76 @@
   <si>
     <t>NOR</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>ISL</t>
   </si>
   <si>
     <t>Iceland</t>
   </si>
   <si>
     <t>LIE</t>
   </si>
   <si>
     <t>Liechtenstein</t>
   </si>
   <si>
     <t>GRL</t>
   </si>
   <si>
     <t>Greenland</t>
   </si>
   <si>
+    <t>originator</t>
+  </si>
+  <si>
     <t>Health Canada</t>
   </si>
   <si>
     <t>CAN</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>https://dhpp.hpfb-dgpsa.ca/dhpp/resource/102149</t>
   </si>
   <si>
     <t>Yeztugo</t>
   </si>
   <si>
     <t>Submitted</t>
   </si>
   <si>
     <t>Source of info: Moupali Das (Gilead) presentation at ICAP Grand Rounds webinar in October 2025</t>
+  </si>
+  <si>
+    <t>Source of info: Moupali Das (Gilead) presentation at ICAP Grand Rounds webinar in October 2025
+https://www.gilead.com/news/news-details/2025/yeztugo-lenacapavir-is-now-the-first-and-only-fda-approved-hiv-prevention-option-offering-6-months-of-protection</t>
   </si>
   <si>
     <t>KMFDS-r</t>
   </si>
   <si>
     <t>Korean Ministry of Food and Drug Safety</t>
   </si>
   <si>
     <t>KOR</t>
   </si>
   <si>
     <t>Korea, Republic of</t>
   </si>
   <si>
     <t>MHRA-r</t>
   </si>
   <si>
     <t>Medicines and Healthcare Products Regulatory Agency - UK</t>
   </si>
   <si>
     <t>GBR</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
@@ -1643,93 +1656,90 @@
   <si>
     <t>PMRA-r</t>
   </si>
   <si>
     <t>Pharmacy and Medicines Regulatory Authority Malawi</t>
   </si>
   <si>
     <t>MWI</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>ANARME</t>
   </si>
   <si>
     <t>Autoridade Nacional Reguladora de Medicamento</t>
   </si>
   <si>
     <t>MOZ</t>
   </si>
   <si>
     <t>Mozambique</t>
   </si>
   <si>
-    <t>originator</t>
-[...1 lines deleted...]
-  <si>
     <t>NMRC</t>
   </si>
   <si>
     <t>Namibia Medicines Regulatory Council</t>
   </si>
   <si>
     <t>NAM</t>
   </si>
   <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>https://www.gilead.com/responsibility/global-health-and-access/access-in-low--and-middle-income-countries/access-strategy-for-long-acting-prep</t>
   </si>
   <si>
     <t>NAFDAC</t>
   </si>
   <si>
     <t>National Agency for Food and Drug Administration and Control</t>
   </si>
   <si>
     <t>NGA</t>
   </si>
   <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>RFDA</t>
   </si>
   <si>
     <t>Rwanda Food and Drugs Authority</t>
   </si>
   <si>
     <t>RWA</t>
   </si>
   <si>
     <t>Rwanda</t>
   </si>
   <si>
-    <t>SAHPRA-r</t>
+    <t>SAHPRA</t>
   </si>
   <si>
     <t>South African Health Products Regulatory Authority</t>
   </si>
   <si>
     <t>ZAF</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>WHO CRP(collaborative registration procedure) country (linked to European CHMP positive opinion in July 2025 and approval by EMA/EUM4All in August 2025) ; WHO PQ Oct 2025
 https://bhekisisa.org/health-news-south-africa/2025-10-27-breaking-sa-becomes-the-first-african-country-to-register-the-twice-a-year-anti-hiv-jab-at-record-speed/
 https://www.gilead.com/responsibility/global-health-and-access/access-in-low--and-middle-income-countries/access-strategy-for-long-acting-prep</t>
   </si>
   <si>
     <t>SWZ</t>
   </si>
   <si>
     <t>Eswatini</t>
   </si>
   <si>
     <t>WHO CRP(collaborative registration procedure) country (linked to European CHMP positive opinion in July 2025 and approval by EMA/EUM4All in August 2025) ; WHO PQ Oct 2025
 https://www.gilead.com/responsibility/global-health-and-access/access-in-low--and-middle-income-countries/access-strategy-for-long-acting-prep
 https://bhekisisa.org/health-news-south-africa/2025-10-27-breaking-sa-becomes-the-first-african-country-to-register-the-twice-a-year-anti-hiv-jab-at-record-speed/</t>
@@ -1788,51 +1798,51 @@
   </si>
   <si>
     <t>ZWE</t>
   </si>
   <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>WHO CRP(collaborative registration procedure) country (linked to European CHMP positive opinion in July 2025 and approval by EMA/EUM4All in August 2025) ; WHO PQ Oct 2025
 https://www.gilead.com/responsibility/global-health-and-access/access-in-low--and-middle-income-countries/access-strategy-for-long-acting-prep
 https://healthtimes.co.zw/zimbabwes-medicines-regulatory-body-registers-lencapavir/</t>
   </si>
   <si>
     <t>PFDA-r</t>
   </si>
   <si>
     <t>Philippines Food and Drug Administration</t>
   </si>
   <si>
     <t>PHL</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
-    <t>Thailand FDA -r</t>
+    <t>Thailand FDA</t>
   </si>
   <si>
     <t>Thailand Food and Drug Administration</t>
   </si>
   <si>
     <t>THA</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>DAV (Vietnam)</t>
   </si>
   <si>
     <t>Drug Administration Of Vietnam</t>
   </si>
   <si>
     <t>VNM</t>
   </si>
   <si>
     <t>Viet Nam</t>
   </si>
   <si>
     <t>Representative patent</t>
   </si>
@@ -2618,93 +2628,94 @@
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20141224&amp;CC=WO&amp;NR=2014134566A3&amp;KC=A3" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20180222&amp;CC=WO&amp;NR=2018035359A1&amp;KC=A1" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20190221&amp;CC=WO&amp;NR=2019035904A1&amp;KC=A1" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20200123&amp;CC=WO&amp;NR=2020018459A1&amp;KC=A1" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20190822&amp;CC=WO&amp;NR=2019161280A1&amp;KC=A1" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="illustrations/5orEOEiipAdyqNg2eWx8g9KdzEDY5qU9wCbx8Bmc.png" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gilead.com/news-and-press/press-room/press-releases/2022/8/gilead-announces-first-global-regulatory-approval-of-sunlenca-lenacapavir-the-only-twiceyearly-hiv-treatment-option" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.purposestudies.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://avac.org/resource/infographic/an-overview-of-lenacapavir-for-prep-trials/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S0140-6736(25)00405-2" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nejm.org/doi/10.1056/NEJMoa2115542" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://i-base.info/htb/42313" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S2352-3018(22)00291-0" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093%2Fofid%2Fofab466.073" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41586-020-2443-1" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.who.int/publications/i/item/9789240111608" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/content/article/will-long-lasting-hiv-preventive-be-game-changer-or-missed-opportunity" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AF2"/>
+  <dimension ref="A1:AG2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:AF1"/>
+      <selection activeCell="A1" sqref="A1:AG1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
     <col min="17" max="17" width="30" customWidth="true" style="0"/>
     <col min="18" max="18" width="30" customWidth="true" style="0"/>
     <col min="19" max="19" width="30" customWidth="true" style="0"/>
     <col min="20" max="20" width="30" customWidth="true" style="0"/>
     <col min="21" max="21" width="30" customWidth="true" style="0"/>
     <col min="22" max="22" width="30" customWidth="true" style="0"/>
     <col min="23" max="23" width="30" customWidth="true" style="0"/>
     <col min="24" max="24" width="30" customWidth="true" style="0"/>
     <col min="25" max="25" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="30" customWidth="true" style="0"/>
     <col min="27" max="27" width="30" customWidth="true" style="0"/>
     <col min="28" max="28" width="30" customWidth="true" style="0"/>
     <col min="29" max="29" width="30" customWidth="true" style="0"/>
     <col min="30" max="30" width="30" customWidth="true" style="0"/>
     <col min="31" max="31" width="30" customWidth="true" style="0"/>
     <col min="32" max="32" width="30" customWidth="true" style="0"/>
+    <col min="33" max="33" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:32">
+    <row r="1" spans="1:33">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="2" t="s">
@@ -2757,135 +2768,142 @@
       </c>
       <c r="Y1" s="3" t="s">
         <v>24</v>
       </c>
       <c r="Z1" s="3" t="s">
         <v>25</v>
       </c>
       <c r="AA1" s="2" t="s">
         <v>26</v>
       </c>
       <c r="AB1" s="2" t="s">
         <v>27</v>
       </c>
       <c r="AC1" s="2" t="s">
         <v>28</v>
       </c>
       <c r="AD1" s="2" t="s">
         <v>29</v>
       </c>
       <c r="AE1" s="2" t="s">
         <v>30</v>
       </c>
       <c r="AF1" s="2" t="s">
         <v>31</v>
       </c>
-    </row>
-    <row r="2" spans="1:32">
+      <c r="AG1" s="2" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="2" spans="1:33">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="I2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="J2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="L2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="M2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="N2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="O2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="P2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="Q2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="R2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="S2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="T2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="U2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="W2" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="Y2" s="1" t="s">
         <v>54</v>
       </c>
+      <c r="X2" t="s">
+        <v>55</v>
+      </c>
+      <c r="Y2" s="1"/>
       <c r="Z2" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="AA2" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="AE2" t="s">
         <v>57</v>
       </c>
+      <c r="AB2" t="s">
+        <v>58</v>
+      </c>
       <c r="AF2" t="s">
-        <v>58</v>
+        <v>59</v>
+      </c>
+      <c r="AG2" t="s">
+        <v>60</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AZ14"/>
   <sheetViews>
@@ -2929,1538 +2947,1538 @@
     <col min="32" max="32" width="30" customWidth="true" style="0"/>
     <col min="33" max="33" width="30" customWidth="true" style="0"/>
     <col min="34" max="34" width="30" customWidth="true" style="0"/>
     <col min="35" max="35" width="30" customWidth="true" style="0"/>
     <col min="36" max="36" width="30" customWidth="true" style="0"/>
     <col min="37" max="37" width="30" customWidth="true" style="0"/>
     <col min="38" max="38" width="30" customWidth="true" style="0"/>
     <col min="39" max="39" width="30" customWidth="true" style="0"/>
     <col min="40" max="40" width="30" customWidth="true" style="0"/>
     <col min="41" max="41" width="30" customWidth="true" style="0"/>
     <col min="42" max="42" width="30" customWidth="true" style="0"/>
     <col min="43" max="43" width="30" customWidth="true" style="0"/>
     <col min="44" max="44" width="30" customWidth="true" style="0"/>
     <col min="45" max="45" width="30" customWidth="true" style="0"/>
     <col min="46" max="46" width="30" customWidth="true" style="0"/>
     <col min="47" max="47" width="30" customWidth="true" style="0"/>
     <col min="48" max="48" width="30" customWidth="true" style="0"/>
     <col min="49" max="49" width="30" customWidth="true" style="0"/>
     <col min="50" max="50" width="30" customWidth="true" style="0"/>
     <col min="51" max="51" width="30" customWidth="true" style="0"/>
     <col min="52" max="52" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:52">
       <c r="A1" s="2" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="P1" s="2" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="Q1" s="2" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="R1" s="2" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="S1" s="2" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="T1" s="2" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="U1" s="2" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="V1" s="2" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="W1" s="2" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="X1" s="2" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="Y1" s="2" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="Z1" s="2" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="AA1" s="2" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="AB1" s="2" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="AC1" s="2" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="AD1" s="2" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="AE1" s="2" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="AF1" s="2" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="AG1" s="2" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="AH1" s="2" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="AI1" s="2" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="AJ1" s="2" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="AK1" s="2" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="AL1" s="2" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="AM1" s="2" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="AN1" s="2" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="AO1" s="2" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="AP1" s="2" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="AQ1" s="2" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="AR1" s="2" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="AS1" s="2" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="AT1" s="2" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="AU1" s="2" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="AV1" s="2" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="AW1" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="AX1" s="2" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="AY1" s="2" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="AZ1" s="2" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2" spans="1:52">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C2" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="D2" s="4" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="E2" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F2" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="G2" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="I2" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="J2" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="M2" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="O2" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="Q2" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="S2" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="U2" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="X2" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="Y2" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="AA2" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="AB2" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="AD2" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="AE2" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="AF2" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="AG2" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="AH2" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="AI2" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="AJ2" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="AK2" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AM2" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="AP2" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="AQ2">
         <v>72</v>
       </c>
       <c r="AR2" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="AS2" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="AU2" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="AV2" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="AW2" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="AX2" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="AY2" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="AZ2" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
     </row>
     <row r="3" spans="1:52">
       <c r="A3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B3" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="C3" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="D3" s="4" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="E3" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="F3" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="G3" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="I3" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="J3" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="M3" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="O3" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="Q3" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="S3" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="U3" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="X3" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="Y3" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="AB3" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="AC3" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="AD3" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="AE3" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="AF3" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="AG3" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="AH3" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="AI3" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="AJ3" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="AK3" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AM3" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="AP3" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="AQ3">
         <v>183</v>
       </c>
       <c r="AR3" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="AS3" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="AU3" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="AV3" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="AW3" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="AX3" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="AY3" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="AZ3" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
     </row>
     <row r="4" spans="1:52">
       <c r="A4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B4" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="C4" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="D4" s="4" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="E4" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="F4" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="G4" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="I4" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="J4" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="M4" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="O4" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="Q4" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="S4" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="X4" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="Y4" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="AB4" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="AC4" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="AD4" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="AE4" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="AF4" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="AG4" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="AH4" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="AI4" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="AJ4" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="AK4" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AM4" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="AO4" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="AP4" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="AQ4">
         <v>32</v>
       </c>
       <c r="AR4" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="AS4" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="AU4" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="AV4" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="AX4" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="AY4" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="AZ4" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
     </row>
     <row r="5" spans="1:52">
       <c r="A5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B5" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="C5" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D5" s="4" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E5" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="F5" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="G5" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="I5" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="J5" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="M5" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="O5" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="Q5" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="S5" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="X5" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="Y5" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="AB5" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="AC5" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="AD5" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="AE5" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="AF5" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="AG5" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="AH5" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="AI5" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="AJ5" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="AK5" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP5" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="AQ5">
         <v>53</v>
       </c>
       <c r="AR5" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="AS5" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="AU5" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="AV5" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="AW5" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="AX5" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="AY5" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="AZ5" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
     </row>
     <row r="6" spans="1:52">
       <c r="A6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B6" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C6" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="D6" s="4" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="E6" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="F6" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="G6" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="I6" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="J6" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="M6" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="O6" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="Q6" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="S6" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="U6" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="X6" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="Y6" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="Z6" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="AA6" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="AB6" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="AE6" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="AF6" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="AG6" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="AH6" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="AI6" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="AJ6" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="AK6" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AM6" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="AP6" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="AQ6">
         <v>83</v>
       </c>
       <c r="AR6" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="AS6" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="AU6" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="AV6" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="AW6" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="AX6" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="AY6" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="AZ6" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
     </row>
     <row r="7" spans="1:52">
       <c r="A7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B7" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C7" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="D7" s="4" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="E7" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="F7" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="G7" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="H7" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="I7" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="J7" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="W7" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="Y7" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="Z7" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="AA7" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="AD7" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="AE7" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="AF7" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="AG7" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="AH7" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="AI7" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="AK7" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP7" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="AQ7">
         <v>58</v>
       </c>
       <c r="AW7" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="AX7" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="AY7" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="AZ7" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
     </row>
     <row r="8" spans="1:52">
       <c r="A8" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B8" t="s">
+        <v>227</v>
+      </c>
+      <c r="D8" s="4" t="s">
+        <v>228</v>
+      </c>
+      <c r="E8" t="s">
+        <v>168</v>
+      </c>
+      <c r="G8" t="s">
+        <v>229</v>
+      </c>
+      <c r="M8" t="s">
+        <v>230</v>
+      </c>
+      <c r="N8" t="s">
+        <v>57</v>
+      </c>
+      <c r="O8" t="s">
+        <v>231</v>
+      </c>
+      <c r="P8" t="s">
+        <v>57</v>
+      </c>
+      <c r="AE8" t="s">
         <v>225</v>
       </c>
-      <c r="D8" s="4" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="AF8" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="AG8" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="AH8" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="AI8" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="AP8" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="AQ8">
         <v>40</v>
       </c>
       <c r="AS8" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="AW8" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="AX8" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="AY8" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="AZ8" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
     </row>
     <row r="9" spans="1:52">
       <c r="A9" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B9" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="C9" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="D9" s="4" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="E9" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="F9" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="G9" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="H9" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="I9" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="J9" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="M9" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="O9" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="Q9" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="S9" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="U9" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="X9" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="Y9" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="Z9" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="AA9" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="AD9" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="AE9" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="AF9" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="AG9" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="AH9" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="AI9" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="AJ9" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="AM9" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP9" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="AQ9">
         <v>5368</v>
       </c>
       <c r="AR9" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="AS9" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="AU9" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="AV9" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="AW9" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="AX9" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="AY9" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="AZ9" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
     </row>
     <row r="10" spans="1:52">
       <c r="A10" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B10" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="C10" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="D10" s="4" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="E10" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="F10" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="G10" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="H10" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="I10" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="J10" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="M10" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="O10" t="s">
+        <v>246</v>
+      </c>
+      <c r="Q10" t="s">
         <v>244</v>
       </c>
-      <c r="Q10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S10" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="U10" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="X10" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="Y10" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="Z10" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="AA10" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="AD10" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="AE10" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="AF10" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="AG10" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="AH10" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="AI10" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="AJ10" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="AM10" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="AN10" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP10" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="AQ10">
         <v>3295</v>
       </c>
       <c r="AR10" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="AS10" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="AU10" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="AV10" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="AW10" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="AX10" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="AY10" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="AZ10" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
     </row>
     <row r="11" spans="1:52">
       <c r="A11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B11" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="C11" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="D11" s="4" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="E11" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="F11" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="G11" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="I11" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="J11" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="M11" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="O11" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="Q11" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="X11" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="Y11" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="Z11" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="AA11" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="AE11" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="AF11" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="AG11" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="AH11" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="AI11" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="AJ11" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="AL11" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AM11" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="AP11" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="AQ11">
         <v>250</v>
       </c>
       <c r="AR11" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="AS11" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="AU11" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="AV11" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="AW11" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="AX11" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="AY11" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="AZ11" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
     </row>
     <row r="12" spans="1:52">
       <c r="A12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B12" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="C12" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="D12" s="4" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="E12" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="F12" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="G12" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="H12" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="I12" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="J12" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="M12" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="O12" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="Q12" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="X12" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="Y12" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="Z12" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="AA12" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="AD12" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="AE12" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="AF12" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="AG12" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="AH12" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="AI12" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="AJ12" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="AM12" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="AN12" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP12" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="AQ12">
         <v>250</v>
       </c>
       <c r="AR12" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="AS12" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="AU12" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="AV12" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="AW12" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="AX12" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="AY12" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="AZ12" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
     </row>
     <row r="13" spans="1:52">
       <c r="A13" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B13" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="C13" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="D13" s="4" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="E13" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="F13" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="G13" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="H13" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="I13" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="J13" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="M13" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="O13" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="Q13" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="W13" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="Y13" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="Z13" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="AA13" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="AD13" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="AE13" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="AF13" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="AG13" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="AH13" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="AI13" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="AJ13" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="AM13" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="AP13" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="AQ13">
         <v>262</v>
       </c>
       <c r="AR13" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="AS13" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="AU13" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="AV13" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="AW13" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="AX13" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="AY13" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="AZ13" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
     </row>
     <row r="14" spans="1:52">
       <c r="A14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B14">
         <v>10002211</v>
       </c>
       <c r="C14" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="D14" s="4" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="E14" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="F14" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="G14" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="H14" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="I14" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="J14" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="M14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="W14" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="Y14" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="Z14" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="AA14" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="AE14" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="AF14" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="AG14" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="AH14" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="AI14" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="AJ14" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="AP14" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="AQ14">
         <v>50</v>
       </c>
       <c r="AR14" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="AS14" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="AU14" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="D2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="D3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="D4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="D5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="D6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="D7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="D8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="D9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="D10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="D11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="D12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="D13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="D14" r:id="rId_hyperlink_13"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
@@ -4472,144 +4490,144 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E7"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E7" sqref="E7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B2" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="C2" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E2" s="4" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="B3" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="C3" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E3" s="4" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="B4" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="C4" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E4" s="4" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="B5" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="C5" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E5" s="4" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="B6" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="C6" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E6" s="4" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="B7" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="C7" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E7" s="4" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="E3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="E4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="E5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="E6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="E7" r:id="rId_hyperlink_6"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
@@ -4627,10194 +4645,10215 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
     <col min="17" max="17" width="30" customWidth="true" style="0"/>
     <col min="18" max="18" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18">
       <c r="A1" s="2" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="M1" s="6" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="N1" s="6" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="P1" s="2" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="Q1" s="2" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="R1" s="2" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
     </row>
     <row r="2" spans="1:18">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C2" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E2" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F2" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G2" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H2" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I2" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J2" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="K2" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="L2" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="M2" s="5" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="N2" s="5" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="P2" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="Q2" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
     </row>
     <row r="3" spans="1:18">
       <c r="A3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C3" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E3" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F3" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G3" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H3" t="s">
+        <v>355</v>
+      </c>
+      <c r="I3" t="s">
+        <v>356</v>
+      </c>
+      <c r="J3" t="s">
+        <v>348</v>
+      </c>
+      <c r="K3" t="s">
+        <v>349</v>
+      </c>
+      <c r="L3" t="s">
+        <v>350</v>
+      </c>
+      <c r="M3" s="5" t="s">
+        <v>351</v>
+      </c>
+      <c r="N3" s="5" t="s">
+        <v>352</v>
+      </c>
+      <c r="P3" t="s">
         <v>353</v>
       </c>
-      <c r="I3" t="s">
+      <c r="Q3" t="s">
         <v>354</v>
-      </c>
-[...19 lines deleted...]
-        <v>352</v>
       </c>
     </row>
     <row r="4" spans="1:18">
       <c r="A4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B4" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C4" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E4" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F4" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G4" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H4" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I4" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J4" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="K4" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="L4" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="M4" s="5" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="N4" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O4">
         <v>45750.0</v>
       </c>
       <c r="P4">
         <v>46035.0</v>
       </c>
       <c r="Q4" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
     </row>
     <row r="5" spans="1:18">
       <c r="A5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C5" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E5" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F5" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G5" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H5" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I5" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J5" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="K5" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="L5" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="N5" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O5">
         <v>45750.0</v>
       </c>
       <c r="P5">
         <v>46035.0</v>
       </c>
       <c r="Q5" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
     </row>
     <row r="6" spans="1:18">
       <c r="A6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C6" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E6" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F6" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G6" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H6" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I6" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J6" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="K6" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="L6" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="N6" s="5" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="P6" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="Q6" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
     </row>
     <row r="7" spans="1:18">
       <c r="A7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C7" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E7" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F7" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G7" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H7" t="s">
+        <v>355</v>
+      </c>
+      <c r="I7" t="s">
+        <v>356</v>
+      </c>
+      <c r="J7" t="s">
+        <v>363</v>
+      </c>
+      <c r="K7" t="s">
+        <v>364</v>
+      </c>
+      <c r="L7" t="s">
+        <v>365</v>
+      </c>
+      <c r="M7" s="5" t="s">
+        <v>366</v>
+      </c>
+      <c r="N7" s="5" t="s">
+        <v>352</v>
+      </c>
+      <c r="P7" t="s">
         <v>353</v>
       </c>
-      <c r="I7" t="s">
+      <c r="Q7" t="s">
         <v>354</v>
-      </c>
-[...19 lines deleted...]
-        <v>352</v>
       </c>
     </row>
     <row r="8" spans="1:18">
       <c r="A8" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B8" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C8" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E8" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F8" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G8" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H8" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I8" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J8" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="K8" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="L8" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="N8" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P8">
         <v>45348.0</v>
       </c>
     </row>
     <row r="9" spans="1:18">
       <c r="A9" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B9" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C9" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E9" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F9" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G9" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H9" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I9" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J9" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="K9" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="L9" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="N9" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P9">
         <v>45348.0</v>
       </c>
       <c r="Q9" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="10" spans="1:18">
       <c r="A10" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B10" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C10" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E10" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F10" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G10" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H10" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I10" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J10" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="K10" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="L10" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="N10" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P10">
         <v>45356.0</v>
       </c>
     </row>
     <row r="11" spans="1:18">
       <c r="A11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B11" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C11" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E11" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F11" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G11" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H11" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I11" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J11" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="K11" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="L11" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="N11" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P11">
         <v>45356.0</v>
       </c>
       <c r="Q11" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="12" spans="1:18">
       <c r="A12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C12" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E12" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F12" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G12" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H12" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I12" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J12" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K12" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L12" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="N12" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P12">
         <v>45863.0</v>
       </c>
       <c r="Q12" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="13" spans="1:18">
       <c r="A13" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B13" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C13" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E13" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F13" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G13" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H13" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I13" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J13" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K13" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L13" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="N13" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P13">
         <v>45863.0</v>
       </c>
       <c r="Q13" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="14" spans="1:18">
       <c r="A14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B14" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C14" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E14" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F14" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G14" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H14" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I14" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J14" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K14" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L14" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="N14" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P14">
         <v>45863.0</v>
       </c>
       <c r="Q14" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="15" spans="1:18">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C15" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E15" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F15" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G15" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H15" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I15" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J15" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K15" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L15" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="N15" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P15">
         <v>45863.0</v>
       </c>
       <c r="Q15" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="16" spans="1:18">
       <c r="A16" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B16" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C16" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E16" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F16" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G16" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H16" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I16" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J16" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K16" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L16" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="N16" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P16">
         <v>45863.0</v>
       </c>
       <c r="Q16" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="17" spans="1:18">
       <c r="A17" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B17" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C17" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E17" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F17" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G17" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H17" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I17" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J17" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K17" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L17" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="N17" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P17">
         <v>45863.0</v>
       </c>
       <c r="Q17" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="18" spans="1:18">
       <c r="A18" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B18" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C18" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E18" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F18" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G18" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H18" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I18" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J18" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K18" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L18" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="N18" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P18">
         <v>45863.0</v>
       </c>
       <c r="Q18" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="19" spans="1:18">
       <c r="A19" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B19" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C19" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E19" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F19" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G19" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H19" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I19" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J19" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K19" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L19" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="N19" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P19">
         <v>45863.0</v>
       </c>
       <c r="Q19" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="20" spans="1:18">
       <c r="A20" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B20" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C20" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E20" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F20" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G20" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H20" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I20" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J20" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K20" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L20" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="N20" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P20">
         <v>45863.0</v>
       </c>
       <c r="Q20" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="21" spans="1:18">
       <c r="A21" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B21" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C21" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E21" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F21" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G21" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H21" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I21" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J21" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K21" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L21" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="N21" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P21">
         <v>45863.0</v>
       </c>
       <c r="Q21" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="22" spans="1:18">
       <c r="A22" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B22" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C22" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E22" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F22" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G22" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H22" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I22" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J22" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K22" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L22" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="N22" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P22">
         <v>45863.0</v>
       </c>
       <c r="Q22" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="23" spans="1:18">
       <c r="A23" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B23" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C23" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E23" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F23" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G23" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H23" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I23" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J23" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K23" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L23" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="N23" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P23">
         <v>45863.0</v>
       </c>
       <c r="Q23" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="24" spans="1:18">
       <c r="A24" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B24" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C24" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E24" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F24" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G24" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H24" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I24" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J24" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K24" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L24" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="N24" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P24">
         <v>45863.0</v>
       </c>
       <c r="Q24" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="25" spans="1:18">
       <c r="A25" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B25" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C25" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E25" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F25" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G25" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H25" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I25" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J25" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K25" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L25" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="N25" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P25">
         <v>45863.0</v>
       </c>
       <c r="Q25" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="26" spans="1:18">
       <c r="A26" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B26" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C26" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E26" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F26" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G26" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H26" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I26" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J26" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K26" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L26" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="N26" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P26">
         <v>45863.0</v>
       </c>
       <c r="Q26" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="27" spans="1:18">
       <c r="A27" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B27" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C27" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E27" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F27" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G27" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H27" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I27" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J27" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K27" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L27" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="N27" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P27">
         <v>45863.0</v>
       </c>
       <c r="Q27" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="28" spans="1:18">
       <c r="A28" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B28" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C28" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E28" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F28" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G28" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H28" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I28" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J28" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K28" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L28" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="N28" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P28">
         <v>45863.0</v>
       </c>
       <c r="Q28" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="29" spans="1:18">
       <c r="A29" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B29" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C29" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E29" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F29" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G29" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H29" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I29" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J29" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K29" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L29" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="N29" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P29">
         <v>45863.0</v>
       </c>
       <c r="Q29" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="30" spans="1:18">
       <c r="A30" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B30" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C30" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E30" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F30" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G30" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H30" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I30" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J30" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K30" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L30" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="N30" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P30">
         <v>45863.0</v>
       </c>
       <c r="Q30" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="31" spans="1:18">
       <c r="A31" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B31" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C31" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E31" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F31" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G31" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H31" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I31" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J31" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K31" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L31" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="N31" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P31">
         <v>45863.0</v>
       </c>
       <c r="Q31" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="32" spans="1:18">
       <c r="A32" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B32" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C32" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E32" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F32" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G32" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H32" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I32" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J32" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K32" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L32" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="N32" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P32">
         <v>45863.0</v>
       </c>
       <c r="Q32" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="33" spans="1:18">
       <c r="A33" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B33" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C33" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E33" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F33" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G33" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H33" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I33" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J33" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K33" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L33" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="N33" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P33">
         <v>45863.0</v>
       </c>
       <c r="Q33" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="34" spans="1:18">
       <c r="A34" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C34" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E34" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F34" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G34" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H34" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I34" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J34" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K34" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L34" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="N34" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P34">
         <v>45863.0</v>
       </c>
       <c r="Q34" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="35" spans="1:18">
       <c r="A35" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B35" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C35" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E35" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F35" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G35" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H35" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I35" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J35" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K35" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L35" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="N35" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P35">
         <v>45863.0</v>
       </c>
       <c r="Q35" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="36" spans="1:18">
       <c r="A36" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B36" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C36" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E36" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F36" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G36" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H36" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I36" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J36" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K36" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L36" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="N36" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P36">
         <v>45863.0</v>
       </c>
       <c r="Q36" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="37" spans="1:18">
       <c r="A37" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B37" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C37" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E37" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F37" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G37" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H37" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I37" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J37" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K37" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L37" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="N37" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P37">
         <v>45863.0</v>
       </c>
       <c r="Q37" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="38" spans="1:18">
       <c r="A38" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B38" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C38" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E38" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F38" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G38" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H38" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I38" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J38" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K38" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L38" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="N38" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P38">
         <v>45863.0</v>
       </c>
       <c r="Q38" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="39" spans="1:18">
       <c r="A39" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B39" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C39" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E39" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F39" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G39" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H39" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I39" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J39" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K39" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L39" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="N39" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P39">
         <v>45863.0</v>
       </c>
       <c r="Q39" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="40" spans="1:18">
       <c r="A40" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B40" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C40" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E40" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F40" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G40" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H40" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I40" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J40" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K40" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L40" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="N40" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P40">
         <v>45863.0</v>
       </c>
       <c r="Q40" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="41" spans="1:18">
       <c r="A41" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B41" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C41" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E41" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F41" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G41" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H41" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I41" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J41" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K41" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L41" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="N41" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P41">
         <v>45863.0</v>
       </c>
       <c r="Q41" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="42" spans="1:18">
       <c r="A42" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B42" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C42" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E42" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F42" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G42" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H42" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I42" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J42" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K42" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L42" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="N42" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O42">
         <v>44427.0</v>
       </c>
       <c r="P42">
         <v>44790.0</v>
       </c>
       <c r="Q42" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="43" spans="1:18">
       <c r="A43" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B43" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C43" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E43" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F43" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G43" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H43" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I43" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J43" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K43" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L43" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="N43" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O43">
         <v>44427.0</v>
       </c>
       <c r="P43">
         <v>44790.0</v>
       </c>
       <c r="Q43" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="44" spans="1:18">
       <c r="A44" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B44" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C44" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E44" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F44" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G44" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H44" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I44" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J44" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K44" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L44" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="N44" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O44">
         <v>44427.0</v>
       </c>
       <c r="P44">
         <v>44790.0</v>
       </c>
       <c r="Q44" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="45" spans="1:18">
       <c r="A45" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B45" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C45" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E45" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F45" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G45" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H45" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I45" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J45" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K45" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L45" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="N45" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O45">
         <v>44427.0</v>
       </c>
       <c r="P45">
         <v>44790.0</v>
       </c>
       <c r="Q45" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="46" spans="1:18">
       <c r="A46" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B46" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C46" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E46" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F46" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G46" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H46" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I46" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J46" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K46" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L46" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="N46" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O46">
         <v>44427.0</v>
       </c>
       <c r="P46">
         <v>44790.0</v>
       </c>
       <c r="Q46" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="47" spans="1:18">
       <c r="A47" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B47" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C47" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E47" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F47" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G47" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H47" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I47" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J47" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K47" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L47" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="N47" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O47">
         <v>44427.0</v>
       </c>
       <c r="P47">
         <v>44790.0</v>
       </c>
       <c r="Q47" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="48" spans="1:18">
       <c r="A48" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B48" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C48" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E48" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F48" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G48" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H48" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I48" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J48" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K48" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L48" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="N48" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O48">
         <v>44427.0</v>
       </c>
       <c r="P48">
         <v>44790.0</v>
       </c>
       <c r="Q48" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="49" spans="1:18">
       <c r="A49" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B49" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C49" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E49" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F49" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G49" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H49" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I49" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J49" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K49" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L49" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="N49" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O49">
         <v>44427.0</v>
       </c>
       <c r="P49">
         <v>44790.0</v>
       </c>
       <c r="Q49" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="50" spans="1:18">
       <c r="A50" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B50" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C50" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E50" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F50" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G50" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H50" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I50" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J50" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K50" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L50" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="N50" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O50">
         <v>44427.0</v>
       </c>
       <c r="P50">
         <v>44790.0</v>
       </c>
       <c r="Q50" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="51" spans="1:18">
       <c r="A51" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B51" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C51" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E51" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F51" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G51" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H51" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I51" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J51" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K51" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L51" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="N51" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O51">
         <v>44427.0</v>
       </c>
       <c r="P51">
         <v>44790.0</v>
       </c>
       <c r="Q51" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="52" spans="1:18">
       <c r="A52" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B52" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C52" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E52" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F52" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G52" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H52" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I52" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J52" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K52" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L52" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="N52" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O52">
         <v>44427.0</v>
       </c>
       <c r="P52">
         <v>44790.0</v>
       </c>
       <c r="Q52" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="53" spans="1:18">
       <c r="A53" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B53" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C53" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E53" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F53" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G53" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H53" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I53" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J53" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K53" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L53" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="N53" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O53">
         <v>44427.0</v>
       </c>
       <c r="P53">
         <v>44790.0</v>
       </c>
       <c r="Q53" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="54" spans="1:18">
       <c r="A54" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B54" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C54" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E54" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F54" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G54" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H54" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I54" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J54" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K54" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L54" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="N54" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O54">
         <v>44427.0</v>
       </c>
       <c r="P54">
         <v>44790.0</v>
       </c>
       <c r="Q54" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="55" spans="1:18">
       <c r="A55" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B55" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C55" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E55" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F55" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G55" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H55" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I55" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J55" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K55" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L55" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="M55" s="5" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="N55" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O55">
         <v>44427.0</v>
       </c>
       <c r="P55">
         <v>44790.0</v>
       </c>
       <c r="Q55" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="56" spans="1:18">
       <c r="A56" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B56" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C56" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E56" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F56" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G56" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H56" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I56" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J56" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K56" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L56" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="N56" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O56">
         <v>44427.0</v>
       </c>
       <c r="P56">
         <v>44790.0</v>
       </c>
       <c r="Q56" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="57" spans="1:18">
       <c r="A57" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B57" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C57" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E57" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F57" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G57" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H57" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I57" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J57" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K57" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L57" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="N57" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O57">
         <v>44427.0</v>
       </c>
       <c r="P57">
         <v>44790.0</v>
       </c>
       <c r="Q57" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="58" spans="1:18">
       <c r="A58" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B58" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C58" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E58" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F58" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G58" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H58" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I58" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J58" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K58" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L58" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="N58" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O58">
         <v>44427.0</v>
       </c>
       <c r="P58">
         <v>44790.0</v>
       </c>
       <c r="Q58" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="59" spans="1:18">
       <c r="A59" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B59" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C59" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E59" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F59" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G59" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H59" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I59" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J59" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K59" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L59" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="N59" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O59">
         <v>44427.0</v>
       </c>
       <c r="P59">
         <v>44790.0</v>
       </c>
       <c r="Q59" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="60" spans="1:18">
       <c r="A60" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B60" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C60" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E60" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F60" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G60" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H60" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I60" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J60" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K60" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L60" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="N60" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O60">
         <v>44427.0</v>
       </c>
       <c r="P60">
         <v>44790.0</v>
       </c>
       <c r="Q60" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="61" spans="1:18">
       <c r="A61" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B61" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C61" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E61" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F61" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G61" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H61" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I61" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J61" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K61" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L61" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="N61" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O61">
         <v>44427.0</v>
       </c>
       <c r="P61">
         <v>44790.0</v>
       </c>
       <c r="Q61" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="62" spans="1:18">
       <c r="A62" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B62" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C62" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E62" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F62" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G62" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H62" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I62" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J62" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K62" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L62" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="N62" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O62">
         <v>44427.0</v>
       </c>
       <c r="P62">
         <v>44790.0</v>
       </c>
       <c r="Q62" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="63" spans="1:18">
       <c r="A63" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B63" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C63" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E63" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F63" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G63" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H63" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I63" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J63" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K63" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L63" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="N63" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O63">
         <v>44427.0</v>
       </c>
       <c r="P63">
         <v>44790.0</v>
       </c>
       <c r="Q63" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="64" spans="1:18">
       <c r="A64" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B64" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C64" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E64" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F64" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G64" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H64" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I64" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J64" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K64" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L64" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="N64" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O64">
         <v>44427.0</v>
       </c>
       <c r="P64">
         <v>44790.0</v>
       </c>
       <c r="Q64" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="65" spans="1:18">
       <c r="A65" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B65" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C65" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E65" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F65" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G65" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H65" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I65" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J65" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K65" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L65" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="N65" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O65">
         <v>44427.0</v>
       </c>
       <c r="P65">
         <v>44790.0</v>
       </c>
       <c r="Q65" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="66" spans="1:18">
       <c r="A66" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B66" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C66" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E66" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F66" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G66" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H66" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I66" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J66" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K66" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L66" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="M66" s="5" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="N66" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O66">
         <v>44427.0</v>
       </c>
       <c r="P66">
         <v>44790.0</v>
       </c>
       <c r="Q66" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="67" spans="1:18">
       <c r="A67" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B67" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C67" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E67" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F67" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G67" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H67" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I67" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J67" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K67" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L67" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="M67" s="5" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="N67" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O67">
         <v>44427.0</v>
       </c>
       <c r="P67">
         <v>44790.0</v>
       </c>
       <c r="Q67" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="68" spans="1:18">
       <c r="A68" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B68" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C68" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E68" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F68" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G68" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H68" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I68" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J68" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K68" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L68" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="M68" s="5" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="N68" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O68">
         <v>44427.0</v>
       </c>
       <c r="P68">
         <v>44790.0</v>
       </c>
       <c r="Q68" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="69" spans="1:18">
       <c r="A69" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B69" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C69" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E69" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F69" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G69" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H69" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I69" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J69" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K69" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L69" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="M69" s="5" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="N69" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O69">
         <v>44427.0</v>
       </c>
       <c r="P69">
         <v>44790.0</v>
       </c>
       <c r="Q69" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="70" spans="1:18">
       <c r="A70" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B70" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C70" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E70" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F70" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G70" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H70" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I70" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J70" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K70" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L70" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="M70" s="5" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="N70" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O70">
         <v>44427.0</v>
       </c>
       <c r="P70">
         <v>44790.0</v>
       </c>
       <c r="Q70" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="71" spans="1:18">
       <c r="A71" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B71" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C71" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E71" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F71" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G71" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H71" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I71" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J71" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K71" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L71" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="M71" s="5" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="N71" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O71">
         <v>44427.0</v>
       </c>
       <c r="P71">
         <v>44790.0</v>
       </c>
       <c r="Q71" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="72" spans="1:18">
       <c r="A72" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B72" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C72" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E72" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F72" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G72" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H72" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I72" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J72" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K72" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L72" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="N72" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O72">
         <v>44427.0</v>
       </c>
       <c r="P72">
         <v>44790.0</v>
       </c>
       <c r="Q72" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="73" spans="1:18">
       <c r="A73" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B73" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C73" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E73" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F73" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G73" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H73" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I73" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J73" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K73" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L73" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="M73" s="5" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="N73" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O73">
         <v>44427.0</v>
       </c>
       <c r="P73">
         <v>44790.0</v>
       </c>
       <c r="Q73" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="74" spans="1:18">
       <c r="A74" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B74" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C74" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E74" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F74" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G74" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H74" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I74" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J74" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K74" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L74" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="M74" s="5" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="N74" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P74">
         <v>45863.0</v>
       </c>
       <c r="Q74" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="75" spans="1:18">
       <c r="A75" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B75" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C75" t="s">
-        <v>227</v>
+        <v>229</v>
+      </c>
+      <c r="D75" t="s">
+        <v>441</v>
       </c>
       <c r="E75" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F75" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G75" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H75" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I75" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J75" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="K75" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="L75" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="N75" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P75">
         <v>44867.0</v>
       </c>
       <c r="Q75" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
     </row>
     <row r="76" spans="1:18">
       <c r="A76" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B76" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C76" t="s">
-        <v>227</v>
+        <v>229</v>
+      </c>
+      <c r="D76" t="s">
+        <v>441</v>
       </c>
       <c r="E76" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F76" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G76" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H76" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I76" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J76" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="K76" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="L76" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="M76" s="5" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="N76" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P76">
         <v>44867.0</v>
       </c>
       <c r="Q76" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
     </row>
     <row r="77" spans="1:18">
       <c r="A77" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B77" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C77" t="s">
-        <v>227</v>
+        <v>229</v>
+      </c>
+      <c r="D77" t="s">
+        <v>441</v>
       </c>
       <c r="E77" t="s">
+        <v>446</v>
+      </c>
+      <c r="F77" t="s">
+        <v>235</v>
+      </c>
+      <c r="G77" t="s">
+        <v>52</v>
+      </c>
+      <c r="H77" t="s">
+        <v>347</v>
+      </c>
+      <c r="I77" t="s">
+        <v>195</v>
+      </c>
+      <c r="J77" t="s">
+        <v>442</v>
+      </c>
+      <c r="K77" t="s">
+        <v>442</v>
+      </c>
+      <c r="L77" t="s">
         <v>443</v>
       </c>
-      <c r="F77" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="M77" s="5" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="N77" s="5" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="O77">
         <v>45748.0</v>
       </c>
       <c r="P77" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="Q77" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
     </row>
     <row r="78" spans="1:18">
       <c r="A78" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B78" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C78" t="s">
-        <v>227</v>
+        <v>229</v>
+      </c>
+      <c r="D78" t="s">
+        <v>441</v>
       </c>
       <c r="E78" t="s">
+        <v>446</v>
+      </c>
+      <c r="F78" t="s">
+        <v>235</v>
+      </c>
+      <c r="G78" t="s">
+        <v>52</v>
+      </c>
+      <c r="H78" t="s">
+        <v>355</v>
+      </c>
+      <c r="I78" t="s">
+        <v>356</v>
+      </c>
+      <c r="J78" t="s">
+        <v>442</v>
+      </c>
+      <c r="K78" t="s">
+        <v>442</v>
+      </c>
+      <c r="L78" t="s">
         <v>443</v>
       </c>
-      <c r="F78" t="s">
-[...5 lines deleted...]
-      <c r="H78" t="s">
+      <c r="M78" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="N78" s="5" t="s">
+        <v>447</v>
+      </c>
+      <c r="O78">
+        <v>45826.0</v>
+      </c>
+      <c r="P78" t="s">
         <v>353</v>
       </c>
-      <c r="I78" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="Q78" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
     </row>
     <row r="79" spans="1:18">
       <c r="A79" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B79" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C79" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E79" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F79" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G79" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H79" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I79" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J79" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="K79" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="L79" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="M79" s="5" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
       <c r="N79" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P79">
         <v>45360.0</v>
       </c>
     </row>
     <row r="80" spans="1:18">
       <c r="A80" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B80" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C80" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E80" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F80" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G80" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H80" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I80" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J80" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="K80" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="L80" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="M80" s="5" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
       <c r="N80" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P80">
         <v>45360.0</v>
       </c>
     </row>
     <row r="81" spans="1:18">
       <c r="A81" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B81" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C81" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E81" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F81" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G81" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H81" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I81" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J81" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="K81" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="L81" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="M81" s="5" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
       <c r="N81" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P81">
         <v>44799.0</v>
       </c>
     </row>
     <row r="82" spans="1:18">
       <c r="A82" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B82" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C82" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E82" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F82" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G82" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H82" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I82" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J82" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="K82" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="L82" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="M82" s="5" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
       <c r="N82" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P82">
         <v>44799.0</v>
       </c>
     </row>
     <row r="83" spans="1:18">
       <c r="A83" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B83" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C83" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E83" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F83" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G83" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H83" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I83" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J83" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="K83" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="L83" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="M83" s="5" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="N83" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P83">
         <v>45145.0</v>
       </c>
     </row>
     <row r="84" spans="1:18">
       <c r="A84" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B84" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C84" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E84" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F84" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G84" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H84" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I84" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J84" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="K84" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="L84" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="M84" s="5" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="N84" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P84">
         <v>45145.0</v>
       </c>
     </row>
     <row r="85" spans="1:18">
       <c r="A85" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B85" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C85" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E85" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F85" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G85" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H85" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I85" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J85" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="K85" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="L85" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
       <c r="M85" s="5" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="N85" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P85">
         <v>44958.0</v>
       </c>
     </row>
     <row r="86" spans="1:18">
       <c r="A86" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B86" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C86" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E86" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F86" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G86" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H86" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I86" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J86" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="K86" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="L86" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="N86" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P86">
         <v>44958.0</v>
       </c>
     </row>
     <row r="87" spans="1:18">
       <c r="A87" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B87" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C87" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E87" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F87" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G87" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H87" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I87" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J87" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="K87" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="L87" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="N87" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P87">
         <v>45114.0</v>
       </c>
     </row>
     <row r="88" spans="1:18">
       <c r="A88" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B88" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C88" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E88" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F88" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G88" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H88" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I88" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J88" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="K88" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="L88" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="M88" s="5" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="N88" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P88">
         <v>45114.0</v>
       </c>
     </row>
     <row r="89" spans="1:18">
       <c r="A89" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B89" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C89" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E89" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F89" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G89" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H89" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I89" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J89" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="K89" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="L89" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="M89" s="5" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="N89" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O89">
         <v>44594.0</v>
       </c>
       <c r="P89">
         <v>45008.0</v>
       </c>
       <c r="Q89" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
     </row>
     <row r="90" spans="1:18">
       <c r="A90" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B90" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C90" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E90" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F90" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G90" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H90" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I90" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J90" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="K90" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="L90" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="M90" s="5" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="N90" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O90">
         <v>44594.0</v>
       </c>
       <c r="P90">
         <v>45008.0</v>
       </c>
       <c r="Q90" t="s">
-        <v>470</v>
+        <v>474</v>
       </c>
     </row>
     <row r="91" spans="1:18">
       <c r="A91" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B91" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C91" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E91" t="s">
+        <v>475</v>
+      </c>
+      <c r="F91" t="s">
+        <v>235</v>
+      </c>
+      <c r="G91" t="s">
+        <v>52</v>
+      </c>
+      <c r="H91" t="s">
+        <v>476</v>
+      </c>
+      <c r="I91" t="s">
+        <v>195</v>
+      </c>
+      <c r="J91" t="s">
+        <v>469</v>
+      </c>
+      <c r="K91" t="s">
+        <v>470</v>
+      </c>
+      <c r="L91" t="s">
         <v>471</v>
       </c>
-      <c r="F91" t="s">
-[...5 lines deleted...]
-      <c r="H91" t="s">
+      <c r="M91" s="5" t="s">
         <v>472</v>
       </c>
-      <c r="I91" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N91" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P91">
         <v>46008.0</v>
       </c>
       <c r="Q91" t="s">
-        <v>473</v>
+        <v>477</v>
       </c>
     </row>
     <row r="92" spans="1:18">
       <c r="A92" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B92" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C92" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E92" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F92" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G92" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H92" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I92" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J92" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="K92" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="L92" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="M92" s="5" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="N92" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O92">
         <v>43599.0</v>
       </c>
       <c r="P92">
         <v>44907.0</v>
       </c>
       <c r="Q92" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
     </row>
     <row r="93" spans="1:18">
       <c r="A93" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B93" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C93" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E93" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F93" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G93" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H93" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I93" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J93" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="K93" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="L93" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="N93" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O93">
         <v>43599.0</v>
       </c>
       <c r="P93">
         <v>44917.0</v>
       </c>
     </row>
     <row r="94" spans="1:18">
       <c r="A94" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B94" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C94" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E94" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="F94" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G94" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H94" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I94" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J94" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="K94" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="L94" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="M94" s="5" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="N94" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P94">
         <v>45826.0</v>
       </c>
       <c r="Q94" t="s">
-        <v>478</v>
+        <v>482</v>
       </c>
     </row>
     <row r="95" spans="1:18">
       <c r="A95" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B95" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C95" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E95" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="F95" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G95" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H95" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I95" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J95" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="K95" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="L95" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="M95" s="5" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="N95" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P95">
         <v>45826.0</v>
       </c>
     </row>
     <row r="96" spans="1:18">
       <c r="A96" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B96" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C96" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E96" t="s">
+        <v>475</v>
+      </c>
+      <c r="F96" t="s">
+        <v>235</v>
+      </c>
+      <c r="G96" t="s">
+        <v>52</v>
+      </c>
+      <c r="H96" t="s">
+        <v>483</v>
+      </c>
+      <c r="I96" t="s">
+        <v>356</v>
+      </c>
+      <c r="J96" t="s">
+        <v>469</v>
+      </c>
+      <c r="K96" t="s">
+        <v>470</v>
+      </c>
+      <c r="L96" t="s">
         <v>471</v>
       </c>
-      <c r="F96" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="M96" s="5" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="N96" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P96">
         <v>46030.0</v>
       </c>
       <c r="Q96" t="s">
-        <v>473</v>
+        <v>477</v>
       </c>
     </row>
     <row r="97" spans="1:18">
       <c r="A97" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B97" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C97" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E97" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F97" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G97" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H97" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I97" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J97" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="K97" t="s">
-        <v>481</v>
+        <v>485</v>
       </c>
       <c r="L97" t="s">
-        <v>482</v>
+        <v>486</v>
       </c>
       <c r="M97" s="5" t="s">
-        <v>483</v>
+        <v>487</v>
       </c>
       <c r="N97" s="5" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="O97">
         <v>46035.0</v>
       </c>
       <c r="P97" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="Q97" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
     </row>
     <row r="98" spans="1:18">
       <c r="A98" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B98" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C98" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E98" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F98" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G98" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H98" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I98" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J98" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="K98" t="s">
-        <v>481</v>
+        <v>485</v>
       </c>
       <c r="L98" t="s">
-        <v>482</v>
+        <v>486</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>483</v>
+        <v>487</v>
       </c>
       <c r="N98" s="5" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="O98">
         <v>46035.0</v>
       </c>
       <c r="P98" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="Q98" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
     </row>
     <row r="99" spans="1:18">
       <c r="A99" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B99" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C99" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E99" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F99" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G99" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H99" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I99" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J99" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K99" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L99" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="M99" s="5" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="N99" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O99">
         <v>44427.0</v>
       </c>
       <c r="P99">
         <v>44790.0</v>
       </c>
       <c r="Q99" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="100" spans="1:18">
       <c r="A100" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B100" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C100" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E100" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F100" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G100" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H100" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I100" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J100" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K100" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L100" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="M100" s="5" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="N100" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O100">
         <v>44427.0</v>
       </c>
       <c r="P100">
         <v>44790.0</v>
       </c>
       <c r="Q100" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="101" spans="1:18">
       <c r="A101" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B101" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C101" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E101" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F101" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G101" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H101" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I101" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J101" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K101" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L101" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="M101" s="5" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="N101" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O101">
         <v>44427.0</v>
       </c>
       <c r="P101">
         <v>44790.0</v>
       </c>
       <c r="Q101" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="102" spans="1:18">
       <c r="A102" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B102" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C102" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E102" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F102" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G102" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H102" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I102" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J102" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K102" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L102" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="M102" s="5" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="N102" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O102">
         <v>44427.0</v>
       </c>
       <c r="P102">
         <v>44790.0</v>
       </c>
       <c r="Q102" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="103" spans="1:18">
       <c r="A103" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B103" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C103" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E103" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F103" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G103" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H103" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I103" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J103" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K103" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L103" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="M103" s="5" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="N103" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O103">
         <v>44427.0</v>
       </c>
       <c r="P103">
         <v>44790.0</v>
       </c>
       <c r="Q103" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="104" spans="1:18">
       <c r="A104" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B104" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C104" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E104" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F104" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G104" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H104" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I104" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J104" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K104" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L104" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="M104" s="5" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="N104" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O104">
         <v>44427.0</v>
       </c>
       <c r="P104">
         <v>44790.0</v>
       </c>
       <c r="Q104" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="105" spans="1:18">
       <c r="A105" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B105" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C105" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E105" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F105" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G105" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H105" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I105" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J105" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K105" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L105" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="M105" s="5" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="N105" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O105">
         <v>44427.0</v>
       </c>
       <c r="P105">
         <v>44790.0</v>
       </c>
       <c r="Q105" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="106" spans="1:18">
       <c r="A106" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B106" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C106" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E106" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F106" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G106" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H106" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I106" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J106" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K106" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L106" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="M106" s="5" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="N106" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O106">
         <v>44427.0</v>
       </c>
       <c r="P106">
         <v>44790.0</v>
       </c>
       <c r="Q106" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="107" spans="1:18">
       <c r="A107" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B107" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C107" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E107" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F107" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G107" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H107" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I107" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J107" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K107" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L107" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="M107" s="5" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="N107" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O107">
         <v>44427.0</v>
       </c>
       <c r="P107">
         <v>44790.0</v>
       </c>
       <c r="Q107" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="108" spans="1:18">
       <c r="A108" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B108" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C108" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E108" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F108" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G108" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H108" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I108" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J108" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K108" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L108" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="M108" s="5" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="N108" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O108">
         <v>44427.0</v>
       </c>
       <c r="P108">
         <v>44790.0</v>
       </c>
       <c r="Q108" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="109" spans="1:18">
       <c r="A109" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B109" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C109" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E109" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F109" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G109" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H109" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I109" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J109" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K109" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L109" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="M109" s="5" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="N109" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O109">
         <v>44427.0</v>
       </c>
       <c r="P109">
         <v>44790.0</v>
       </c>
       <c r="Q109" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="110" spans="1:18">
       <c r="A110" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B110" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C110" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E110" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F110" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G110" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H110" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I110" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J110" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K110" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L110" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="M110" s="5" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="N110" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O110">
         <v>44427.0</v>
       </c>
       <c r="P110">
         <v>44790.0</v>
       </c>
       <c r="Q110" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="111" spans="1:18">
       <c r="A111" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B111" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C111" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E111" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F111" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G111" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H111" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I111" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J111" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K111" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L111" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="M111" s="5" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="N111" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O111">
         <v>44427.0</v>
       </c>
       <c r="P111">
         <v>44790.0</v>
       </c>
       <c r="Q111" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="112" spans="1:18">
       <c r="A112" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B112" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C112" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E112" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F112" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G112" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H112" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I112" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J112" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K112" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L112" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="M112" s="5" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="N112" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O112">
         <v>44427.0</v>
       </c>
       <c r="P112">
         <v>44790.0</v>
       </c>
       <c r="Q112" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="113" spans="1:18">
       <c r="A113" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B113" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C113" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E113" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F113" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G113" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H113" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I113" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J113" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K113" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L113" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="M113" s="5" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="N113" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O113">
         <v>44427.0</v>
       </c>
       <c r="P113">
         <v>44790.0</v>
       </c>
       <c r="Q113" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="114" spans="1:18">
       <c r="A114" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B114" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C114" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E114" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F114" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G114" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H114" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I114" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J114" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K114" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L114" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="M114" s="5" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="N114" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O114">
         <v>44427.0</v>
       </c>
       <c r="P114">
         <v>44790.0</v>
       </c>
       <c r="Q114" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="115" spans="1:18">
       <c r="A115" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B115" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C115" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E115" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F115" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G115" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H115" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I115" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J115" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K115" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L115" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="M115" s="5" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="N115" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O115">
         <v>44427.0</v>
       </c>
       <c r="P115">
         <v>44790.0</v>
       </c>
       <c r="Q115" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="116" spans="1:18">
       <c r="A116" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B116" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C116" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E116" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F116" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G116" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H116" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I116" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J116" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K116" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L116" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="M116" s="5" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="N116" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O116">
         <v>44427.0</v>
       </c>
       <c r="P116">
         <v>44790.0</v>
       </c>
       <c r="Q116" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="117" spans="1:18">
       <c r="A117" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B117" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C117" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E117" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F117" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G117" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H117" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I117" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J117" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K117" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L117" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="M117" s="5" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="N117" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O117">
         <v>44427.0</v>
       </c>
       <c r="P117">
         <v>44790.0</v>
       </c>
       <c r="Q117" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="118" spans="1:18">
       <c r="A118" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B118" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C118" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E118" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F118" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G118" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H118" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I118" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J118" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K118" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L118" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="M118" s="5" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="N118" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O118">
         <v>44427.0</v>
       </c>
       <c r="P118">
         <v>44790.0</v>
       </c>
       <c r="Q118" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="119" spans="1:18">
       <c r="A119" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B119" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C119" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E119" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F119" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G119" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H119" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I119" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J119" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K119" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L119" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="M119" s="5" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="N119" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O119">
         <v>44427.0</v>
       </c>
       <c r="P119">
         <v>44790.0</v>
       </c>
       <c r="Q119" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="120" spans="1:18">
       <c r="A120" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B120" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C120" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E120" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F120" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G120" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H120" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I120" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J120" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K120" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L120" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="M120" s="5" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="N120" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O120">
         <v>44427.0</v>
       </c>
       <c r="P120">
         <v>44790.0</v>
       </c>
       <c r="Q120" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="121" spans="1:18">
       <c r="A121" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B121" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C121" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E121" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F121" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G121" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H121" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I121" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J121" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K121" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L121" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="M121" s="5" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="N121" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O121">
         <v>44427.0</v>
       </c>
       <c r="P121">
         <v>44790.0</v>
       </c>
       <c r="Q121" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="122" spans="1:18">
       <c r="A122" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B122" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C122" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E122" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F122" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G122" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H122" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I122" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J122" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K122" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L122" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="M122" s="5" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="N122" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O122">
         <v>44427.0</v>
       </c>
       <c r="P122">
         <v>44790.0</v>
       </c>
       <c r="Q122" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="123" spans="1:18">
       <c r="A123" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B123" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C123" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E123" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F123" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G123" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H123" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I123" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J123" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K123" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L123" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="M123" s="5" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="N123" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O123">
         <v>44427.0</v>
       </c>
       <c r="P123">
         <v>44790.0</v>
       </c>
       <c r="Q123" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="124" spans="1:18">
       <c r="A124" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B124" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C124" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E124" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F124" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G124" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H124" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I124" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J124" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K124" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L124" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="M124" s="5" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="N124" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O124">
         <v>44427.0</v>
       </c>
       <c r="P124">
         <v>44790.0</v>
       </c>
       <c r="Q124" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="125" spans="1:18">
       <c r="A125" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B125" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C125" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E125" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F125" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G125" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H125" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I125" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J125" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K125" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L125" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="M125" s="5" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="N125" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O125">
         <v>44427.0</v>
       </c>
       <c r="P125">
         <v>44790.0</v>
       </c>
       <c r="Q125" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="126" spans="1:18">
       <c r="A126" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B126" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C126" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E126" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F126" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G126" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H126" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I126" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J126" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K126" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L126" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="M126" s="5" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="N126" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O126">
         <v>44427.0</v>
       </c>
       <c r="P126">
         <v>44790.0</v>
       </c>
       <c r="Q126" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="127" spans="1:18">
       <c r="A127" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B127" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C127" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E127" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F127" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G127" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H127" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I127" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J127" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K127" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L127" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="M127" s="5" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="N127" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O127">
         <v>44427.0</v>
       </c>
       <c r="P127">
         <v>44790.0</v>
       </c>
       <c r="Q127" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="128" spans="1:18">
       <c r="A128" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B128" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C128" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E128" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F128" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G128" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H128" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I128" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J128" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K128" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L128" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="M128" s="5" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="N128" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O128">
         <v>44427.0</v>
       </c>
       <c r="P128">
         <v>44790.0</v>
       </c>
       <c r="Q128" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="129" spans="1:18">
       <c r="A129" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B129" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C129" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E129" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F129" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G129" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H129" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I129" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J129" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K129" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L129" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="M129" s="5" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="N129" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P129">
         <v>45863.0</v>
       </c>
       <c r="Q129" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="130" spans="1:18">
       <c r="A130" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B130" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C130" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E130" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F130" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G130" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H130" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I130" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J130" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K130" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L130" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="M130" s="5" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="N130" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P130">
         <v>45863.0</v>
       </c>
       <c r="Q130" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="131" spans="1:18">
       <c r="A131" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B131" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C131" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E131" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F131" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G131" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H131" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I131" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J131" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K131" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L131" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="M131" s="5" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="N131" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P131">
         <v>45863.0</v>
       </c>
       <c r="Q131" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="132" spans="1:18">
       <c r="A132" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B132" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C132" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E132" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F132" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G132" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H132" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I132" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J132" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K132" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L132" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="M132" s="5" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="N132" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P132">
         <v>45863.0</v>
       </c>
       <c r="Q132" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="133" spans="1:18">
       <c r="A133" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B133" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C133" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E133" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F133" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G133" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H133" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I133" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J133" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K133" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L133" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="M133" s="5" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="N133" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P133">
         <v>45863.0</v>
       </c>
       <c r="Q133" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="134" spans="1:18">
       <c r="A134" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B134" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C134" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E134" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F134" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G134" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H134" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I134" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J134" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K134" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L134" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="M134" s="5" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="N134" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P134">
         <v>45863.0</v>
       </c>
       <c r="Q134" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="135" spans="1:18">
       <c r="A135" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B135" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C135" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E135" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F135" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G135" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H135" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I135" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J135" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K135" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L135" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="M135" s="5" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="N135" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P135">
         <v>45863.0</v>
       </c>
       <c r="Q135" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="136" spans="1:18">
       <c r="A136" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B136" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C136" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E136" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F136" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G136" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H136" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I136" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J136" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K136" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L136" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="M136" s="5" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="N136" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P136">
         <v>45863.0</v>
       </c>
       <c r="Q136" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="137" spans="1:18">
       <c r="A137" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B137" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C137" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E137" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F137" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G137" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H137" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I137" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J137" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K137" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L137" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="M137" s="5" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="N137" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P137">
         <v>45863.0</v>
       </c>
       <c r="Q137" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="138" spans="1:18">
       <c r="A138" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B138" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C138" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E138" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F138" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G138" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H138" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I138" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J138" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K138" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L138" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="M138" s="5" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="N138" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P138">
         <v>45863.0</v>
       </c>
       <c r="Q138" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="139" spans="1:18">
       <c r="A139" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B139" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C139" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E139" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F139" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G139" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H139" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I139" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J139" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K139" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L139" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="M139" s="5" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="N139" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P139">
         <v>45863.0</v>
       </c>
       <c r="Q139" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="140" spans="1:18">
       <c r="A140" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B140" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C140" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E140" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F140" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G140" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H140" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I140" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J140" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K140" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L140" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="M140" s="5" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="N140" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P140">
         <v>45863.0</v>
       </c>
       <c r="Q140" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="141" spans="1:18">
       <c r="A141" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B141" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C141" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E141" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F141" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G141" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H141" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I141" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J141" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K141" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L141" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="M141" s="5" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="N141" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P141">
         <v>45863.0</v>
       </c>
       <c r="Q141" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="142" spans="1:18">
       <c r="A142" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B142" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C142" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E142" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F142" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G142" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H142" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I142" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J142" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K142" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L142" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="M142" s="5" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="N142" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P142">
         <v>45863.0</v>
       </c>
       <c r="Q142" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="143" spans="1:18">
       <c r="A143" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B143" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C143" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E143" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F143" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G143" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H143" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I143" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J143" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K143" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L143" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="M143" s="5" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="N143" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P143">
         <v>45863.0</v>
       </c>
       <c r="Q143" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="144" spans="1:18">
       <c r="A144" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B144" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C144" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E144" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F144" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G144" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H144" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I144" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J144" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K144" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L144" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="M144" s="5" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="N144" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P144">
         <v>45863.0</v>
       </c>
       <c r="Q144" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="145" spans="1:18">
       <c r="A145" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B145" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C145" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E145" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F145" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G145" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H145" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I145" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J145" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K145" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L145" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="M145" s="5" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="N145" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P145">
         <v>45863.0</v>
       </c>
       <c r="Q145" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="146" spans="1:18">
       <c r="A146" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B146" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C146" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E146" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F146" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G146" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H146" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I146" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J146" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K146" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L146" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="M146" s="5" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="N146" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P146">
         <v>45863.0</v>
       </c>
       <c r="Q146" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="147" spans="1:18">
       <c r="A147" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B147" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C147" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E147" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F147" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G147" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H147" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I147" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J147" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K147" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L147" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="M147" s="5" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="N147" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P147">
         <v>45863.0</v>
       </c>
       <c r="Q147" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="148" spans="1:18">
       <c r="A148" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B148" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C148" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E148" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F148" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G148" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H148" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I148" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J148" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K148" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L148" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="M148" s="5" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="N148" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P148">
         <v>45863.0</v>
       </c>
       <c r="Q148" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="149" spans="1:18">
       <c r="A149" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B149" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C149" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E149" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F149" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G149" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H149" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I149" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J149" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K149" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L149" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="M149" s="5" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="N149" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P149">
         <v>45863.0</v>
       </c>
       <c r="Q149" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="150" spans="1:18">
       <c r="A150" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B150" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C150" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E150" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F150" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G150" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H150" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I150" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J150" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K150" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L150" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="M150" s="5" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="N150" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P150">
         <v>45863.0</v>
       </c>
       <c r="Q150" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="151" spans="1:18">
       <c r="A151" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B151" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C151" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E151" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F151" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G151" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H151" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I151" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J151" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K151" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L151" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="M151" s="5" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="N151" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P151">
         <v>45863.0</v>
       </c>
       <c r="Q151" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="152" spans="1:18">
       <c r="A152" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B152" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C152" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E152" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F152" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G152" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H152" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I152" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J152" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K152" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L152" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="M152" s="5" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="N152" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P152">
         <v>45863.0</v>
       </c>
       <c r="Q152" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="153" spans="1:18">
       <c r="A153" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B153" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C153" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E153" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F153" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G153" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H153" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I153" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J153" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K153" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L153" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="M153" s="5" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="N153" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P153">
         <v>45863.0</v>
       </c>
       <c r="Q153" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="154" spans="1:18">
       <c r="A154" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B154" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C154" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E154" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F154" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G154" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H154" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I154" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J154" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K154" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L154" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="M154" s="5" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="N154" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P154">
         <v>45863.0</v>
       </c>
       <c r="Q154" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="155" spans="1:18">
       <c r="A155" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B155" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C155" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E155" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F155" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G155" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H155" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I155" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J155" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K155" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L155" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="M155" s="5" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="N155" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P155">
         <v>45863.0</v>
       </c>
       <c r="Q155" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="156" spans="1:18">
       <c r="A156" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B156" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C156" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E156" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F156" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G156" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H156" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I156" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J156" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K156" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L156" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="M156" s="5" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="N156" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P156">
         <v>45863.0</v>
       </c>
       <c r="Q156" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="157" spans="1:18">
       <c r="A157" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B157" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C157" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E157" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F157" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G157" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H157" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I157" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J157" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K157" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L157" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="M157" s="5" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="N157" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P157">
         <v>45863.0</v>
       </c>
       <c r="Q157" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="158" spans="1:18">
       <c r="A158" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B158" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C158" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E158" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F158" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G158" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H158" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I158" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J158" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K158" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L158" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="M158" s="5" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="N158" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P158">
         <v>45863.0</v>
       </c>
       <c r="Q158" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="159" spans="1:18">
       <c r="A159" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B159" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C159" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E159" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F159" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G159" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H159" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I159" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J159" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K159" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L159" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="M159" s="5" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="N159" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P159">
         <v>45863.0</v>
       </c>
       <c r="Q159" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="160" spans="1:18">
       <c r="A160" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B160" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C160" t="s">
-        <v>484</v>
+        <v>488</v>
       </c>
       <c r="E160" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F160" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G160" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H160" t="s">
-        <v>485</v>
+        <v>489</v>
       </c>
       <c r="I160" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J160" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="K160" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="L160" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="M160" s="5" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="N160" s="5" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="P160" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="Q160" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
     </row>
     <row r="161" spans="1:18">
       <c r="A161" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B161" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C161" t="s">
-        <v>484</v>
+        <v>488</v>
       </c>
       <c r="E161" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F161" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G161" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H161" t="s">
-        <v>486</v>
+        <v>490</v>
       </c>
       <c r="I161" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J161" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="K161" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="L161" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="M161" s="5" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="N161" s="5" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="P161" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="Q161" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
     </row>
     <row r="162" spans="1:18">
       <c r="A162" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B162" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C162" t="s">
-        <v>484</v>
+        <v>488</v>
       </c>
       <c r="E162" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F162" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G162" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H162" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I162" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J162" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="K162" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="L162" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="M162" s="5" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
       <c r="N162" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O162">
         <v>45931.0</v>
       </c>
       <c r="P162">
         <v>46010.0</v>
       </c>
       <c r="Q162" t="s">
-        <v>487</v>
+        <v>491</v>
       </c>
     </row>
     <row r="163" spans="1:18">
       <c r="A163" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B163" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C163" t="s">
-        <v>484</v>
+        <v>488</v>
       </c>
       <c r="E163" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F163" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G163" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H163" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I163" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J163" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="K163" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="L163" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="M163" s="5" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
       <c r="N163" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O163">
         <v>45931.0</v>
       </c>
       <c r="P163">
         <v>46010.0</v>
       </c>
       <c r="Q163" t="s">
-        <v>487</v>
+        <v>491</v>
       </c>
     </row>
     <row r="164" spans="1:18">
       <c r="A164" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B164" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C164" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E164" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F164" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G164" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H164" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I164" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J164" t="s">
-        <v>488</v>
+        <v>492</v>
       </c>
       <c r="K164" t="s">
-        <v>489</v>
+        <v>493</v>
       </c>
       <c r="L164" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
       <c r="M164" s="5" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="N164" s="5" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="P164" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
     </row>
     <row r="165" spans="1:18">
       <c r="A165" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B165" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C165" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E165" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F165" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G165" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H165" t="s">
+        <v>355</v>
+      </c>
+      <c r="I165" t="s">
+        <v>356</v>
+      </c>
+      <c r="J165" t="s">
+        <v>492</v>
+      </c>
+      <c r="K165" t="s">
+        <v>493</v>
+      </c>
+      <c r="L165" t="s">
+        <v>464</v>
+      </c>
+      <c r="M165" s="5" t="s">
+        <v>465</v>
+      </c>
+      <c r="N165" s="5" t="s">
+        <v>352</v>
+      </c>
+      <c r="P165" t="s">
         <v>353</v>
-      </c>
-[...19 lines deleted...]
-        <v>351</v>
       </c>
     </row>
     <row r="166" spans="1:18">
       <c r="A166" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B166" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C166" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E166" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F166" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G166" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H166" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I166" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J166" t="s">
-        <v>490</v>
+        <v>494</v>
       </c>
       <c r="K166" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="L166" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="M166" s="5" t="s">
-        <v>493</v>
+        <v>497</v>
       </c>
       <c r="N166" s="5" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="P166" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
     </row>
     <row r="167" spans="1:18">
       <c r="A167" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B167" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C167" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E167" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F167" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G167" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H167" t="s">
+        <v>355</v>
+      </c>
+      <c r="I167" t="s">
+        <v>356</v>
+      </c>
+      <c r="J167" t="s">
+        <v>494</v>
+      </c>
+      <c r="K167" t="s">
+        <v>495</v>
+      </c>
+      <c r="L167" t="s">
+        <v>496</v>
+      </c>
+      <c r="M167" s="5" t="s">
+        <v>497</v>
+      </c>
+      <c r="N167" s="5" t="s">
+        <v>352</v>
+      </c>
+      <c r="P167" t="s">
         <v>353</v>
-      </c>
-[...19 lines deleted...]
-        <v>351</v>
       </c>
     </row>
     <row r="168" spans="1:18">
       <c r="A168" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B168" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C168" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E168" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F168" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G168" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H168" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I168" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J168" t="s">
-        <v>494</v>
+        <v>498</v>
       </c>
       <c r="K168" t="s">
-        <v>495</v>
+        <v>499</v>
       </c>
       <c r="L168" t="s">
-        <v>496</v>
+        <v>500</v>
       </c>
       <c r="M168" s="5" t="s">
-        <v>497</v>
+        <v>501</v>
       </c>
       <c r="N168" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O168">
         <v>45966.0</v>
       </c>
       <c r="P168">
         <v>46031.0</v>
       </c>
       <c r="Q168" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
     </row>
     <row r="169" spans="1:18">
       <c r="A169" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B169" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C169" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E169" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F169" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G169" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H169" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I169" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J169" t="s">
-        <v>494</v>
+        <v>498</v>
       </c>
       <c r="K169" t="s">
-        <v>495</v>
+        <v>499</v>
       </c>
       <c r="L169" t="s">
-        <v>496</v>
+        <v>500</v>
       </c>
       <c r="M169" s="5" t="s">
-        <v>497</v>
+        <v>501</v>
       </c>
       <c r="N169" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O169">
         <v>45966.0</v>
       </c>
       <c r="P169">
         <v>46031.0</v>
       </c>
       <c r="Q169" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
     </row>
     <row r="170" spans="1:18">
       <c r="A170" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B170" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C170" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E170" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F170" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G170" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H170" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I170" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J170" t="s">
-        <v>499</v>
+        <v>503</v>
       </c>
       <c r="K170" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
       <c r="L170" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
       <c r="M170" s="5" t="s">
-        <v>502</v>
+        <v>506</v>
       </c>
       <c r="N170" s="5" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="O170">
         <v>46034.0</v>
       </c>
       <c r="P170" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="Q170" t="s">
-        <v>503</v>
+        <v>507</v>
       </c>
     </row>
     <row r="171" spans="1:18">
       <c r="A171" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B171" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C171" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E171" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F171" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G171" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H171" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I171" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J171" t="s">
-        <v>499</v>
+        <v>503</v>
       </c>
       <c r="K171" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
       <c r="L171" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
       <c r="M171" s="5" t="s">
-        <v>502</v>
+        <v>506</v>
       </c>
       <c r="N171" s="5" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="O171">
         <v>46034.0</v>
       </c>
       <c r="P171" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="Q171" t="s">
-        <v>503</v>
+        <v>507</v>
       </c>
     </row>
     <row r="172" spans="1:18">
       <c r="A172" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B172" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C172" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E172" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F172" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G172" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H172" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I172" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J172" t="s">
-        <v>504</v>
+        <v>508</v>
       </c>
       <c r="K172" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="L172" t="s">
-        <v>506</v>
+        <v>510</v>
       </c>
       <c r="M172" s="5" t="s">
-        <v>507</v>
+        <v>511</v>
       </c>
       <c r="N172" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O172">
         <v>45957.0</v>
       </c>
       <c r="P172">
         <v>46031.0</v>
       </c>
       <c r="Q172" t="s">
-        <v>508</v>
+        <v>512</v>
       </c>
     </row>
     <row r="173" spans="1:18">
       <c r="A173" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B173" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C173" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E173" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F173" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G173" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H173" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I173" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J173" t="s">
-        <v>504</v>
+        <v>508</v>
       </c>
       <c r="K173" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="L173" t="s">
-        <v>506</v>
+        <v>510</v>
       </c>
       <c r="M173" s="5" t="s">
-        <v>507</v>
+        <v>511</v>
       </c>
       <c r="N173" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O173">
         <v>45957.0</v>
       </c>
       <c r="P173">
         <v>46031.0</v>
       </c>
       <c r="Q173" t="s">
-        <v>508</v>
+        <v>512</v>
       </c>
     </row>
     <row r="174" spans="1:18">
       <c r="A174" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B174" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C174" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E174" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F174" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G174" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H174" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I174" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J174" t="s">
-        <v>509</v>
+        <v>513</v>
       </c>
       <c r="K174" t="s">
-        <v>510</v>
+        <v>514</v>
       </c>
       <c r="L174" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
       <c r="M174" s="5" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="N174" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O174">
         <v>45957.0</v>
       </c>
       <c r="P174">
         <v>45993.0</v>
       </c>
       <c r="Q174" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
     </row>
     <row r="175" spans="1:18">
       <c r="A175" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B175" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C175" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E175" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F175" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G175" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H175" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I175" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J175" t="s">
-        <v>509</v>
+        <v>513</v>
       </c>
       <c r="K175" t="s">
-        <v>510</v>
+        <v>514</v>
       </c>
       <c r="L175" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
       <c r="M175" s="5" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="N175" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O175">
         <v>45957.0</v>
       </c>
       <c r="P175">
         <v>45993.0</v>
       </c>
       <c r="Q175" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
     </row>
     <row r="176" spans="1:18">
       <c r="A176" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B176" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C176" t="s">
-        <v>227</v>
+        <v>229</v>
+      </c>
+      <c r="D176" t="s">
+        <v>441</v>
       </c>
       <c r="E176" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F176" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G176" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H176" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I176" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J176" t="s">
-        <v>513</v>
+        <v>517</v>
       </c>
       <c r="K176" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
       <c r="L176" t="s">
-        <v>515</v>
+        <v>519</v>
       </c>
       <c r="M176" s="5" t="s">
-        <v>516</v>
+        <v>520</v>
       </c>
       <c r="N176" s="5" t="s">
-        <v>444</v>
+        <v>361</v>
       </c>
       <c r="O176">
         <v>46031.0</v>
       </c>
-      <c r="P176" t="s">
-        <v>351</v>
+      <c r="P176">
+        <v>46069.0</v>
       </c>
       <c r="Q176" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
     </row>
     <row r="177" spans="1:18">
       <c r="A177" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B177" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C177" t="s">
-        <v>227</v>
+        <v>229</v>
+      </c>
+      <c r="D177" t="s">
+        <v>441</v>
       </c>
       <c r="E177" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F177" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G177" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H177" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I177" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J177" t="s">
-        <v>513</v>
+        <v>517</v>
       </c>
       <c r="K177" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
       <c r="L177" t="s">
-        <v>515</v>
+        <v>519</v>
       </c>
       <c r="M177" s="5" t="s">
-        <v>516</v>
+        <v>520</v>
       </c>
       <c r="N177" s="5" t="s">
-        <v>444</v>
+        <v>361</v>
       </c>
       <c r="O177">
         <v>46031.0</v>
       </c>
-      <c r="P177" t="s">
-        <v>351</v>
+      <c r="P177">
+        <v>46069.0</v>
       </c>
       <c r="Q177" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
     </row>
     <row r="178" spans="1:18">
       <c r="A178" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B178" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C178" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="D178" t="s">
-        <v>517</v>
+        <v>441</v>
       </c>
       <c r="E178" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F178" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G178" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H178" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I178" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J178" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="K178" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="L178" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="M178" s="5" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="N178" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O178">
         <v>45966.0</v>
       </c>
       <c r="P178">
         <v>46049.0</v>
       </c>
       <c r="Q178" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
       <c r="R178" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
     </row>
     <row r="179" spans="1:18">
       <c r="A179" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B179" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C179" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="D179" t="s">
-        <v>517</v>
+        <v>441</v>
       </c>
       <c r="E179" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F179" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G179" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H179" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I179" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J179" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="K179" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="L179" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="M179" s="5" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="N179" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O179">
         <v>45966.0</v>
       </c>
       <c r="P179">
         <v>46049.0</v>
       </c>
       <c r="Q179" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
       <c r="R179" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
     </row>
     <row r="180" spans="1:18">
       <c r="A180" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B180" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C180" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E180" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F180" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G180" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H180" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I180" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J180" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="K180" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="L180" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="M180" s="5" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="N180" s="5" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="O180">
         <v>46034.0</v>
       </c>
       <c r="P180" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="Q180" t="s">
-        <v>503</v>
+        <v>507</v>
       </c>
     </row>
     <row r="181" spans="1:18">
       <c r="A181" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B181" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C181" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E181" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F181" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G181" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H181" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I181" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J181" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="K181" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="L181" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="M181" s="5" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="N181" s="5" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="O181">
         <v>46034.0</v>
       </c>
       <c r="P181" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="Q181" t="s">
-        <v>503</v>
+        <v>507</v>
       </c>
     </row>
     <row r="182" spans="1:18">
       <c r="A182" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B182" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C182" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E182" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F182" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G182" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H182" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I182" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J182" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="K182" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="L182" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="M182" s="5" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="N182" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O182">
         <v>45971.0</v>
       </c>
       <c r="P182">
         <v>46031.0</v>
       </c>
       <c r="Q182" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
     </row>
     <row r="183" spans="1:18">
       <c r="A183" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B183" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C183" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E183" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F183" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G183" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H183" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I183" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J183" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="K183" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="L183" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="M183" s="5" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="N183" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O183">
         <v>45971.0</v>
       </c>
       <c r="P183">
         <v>46031.0</v>
       </c>
       <c r="Q183" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
     </row>
     <row r="184" spans="1:18">
       <c r="A184" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B184" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C184" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E184" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F184" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G184" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H184" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I184" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J184" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="K184" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="L184" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="M184" s="5" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="N184" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P184">
         <v>45957.0</v>
       </c>
       <c r="Q184" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
     </row>
     <row r="185" spans="1:18">
       <c r="A185" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B185" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C185" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E185" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F185" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G185" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H185" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I185" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J185" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="K185" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="L185" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="M185" s="5" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="N185" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P185">
         <v>45957.0</v>
       </c>
       <c r="Q185" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
     </row>
     <row r="186" spans="1:18">
       <c r="A186" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B186" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C186" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E186" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F186" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G186" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H186" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I186" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J186" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="K186" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="L186" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="M186" s="5" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="N186" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P186">
         <v>45957.0</v>
       </c>
       <c r="Q186" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
     </row>
     <row r="187" spans="1:18">
       <c r="A187" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B187" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C187" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E187" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F187" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G187" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H187" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I187" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J187" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="K187" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="L187" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="M187" s="5" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="N187" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P187">
         <v>45957.0</v>
       </c>
       <c r="Q187" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
     </row>
     <row r="188" spans="1:18">
       <c r="A188" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B188" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C188" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E188" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F188" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G188" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H188" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I188" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J188" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="K188" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="L188" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
       <c r="M188" s="5" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="N188" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P188">
         <v>45957.0</v>
       </c>
       <c r="Q188" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
     </row>
     <row r="189" spans="1:18">
       <c r="A189" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B189" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C189" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E189" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F189" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G189" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H189" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I189" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J189" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="K189" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="L189" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
       <c r="M189" s="5" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="N189" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="P189">
         <v>45957.0</v>
       </c>
       <c r="Q189" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
     </row>
     <row r="190" spans="1:18">
       <c r="A190" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B190" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C190" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E190" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F190" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G190" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H190" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I190" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J190" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="K190" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="L190" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="M190" s="5" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="N190" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O190">
         <v>45978.0</v>
       </c>
       <c r="P190">
         <v>46031.0</v>
       </c>
       <c r="Q190" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
     </row>
     <row r="191" spans="1:18">
       <c r="A191" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B191" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C191" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E191" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F191" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G191" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H191" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I191" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J191" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="K191" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="L191" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="M191" s="5" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="N191" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O191">
         <v>45978.0</v>
       </c>
       <c r="P191">
         <v>46031.0</v>
       </c>
       <c r="Q191" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
     </row>
     <row r="192" spans="1:18">
       <c r="A192" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B192" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C192" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E192" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F192" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G192" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H192" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I192" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J192" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="K192" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="L192" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="M192" s="5" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="N192" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O192">
         <v>45966.0</v>
       </c>
       <c r="P192">
         <v>46027.0</v>
       </c>
       <c r="Q192" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
     </row>
     <row r="193" spans="1:18">
       <c r="A193" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B193" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C193" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E193" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F193" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G193" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H193" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I193" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J193" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="K193" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="L193" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="M193" s="5" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="N193" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O193">
         <v>45966.0</v>
       </c>
       <c r="P193">
         <v>46027.0</v>
       </c>
       <c r="Q193" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
     </row>
     <row r="194" spans="1:18">
       <c r="A194" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B194" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C194" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E194" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F194" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G194" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H194" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I194" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J194" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="K194" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="L194" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="M194" s="5" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="N194" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O194">
         <v>45957.0</v>
       </c>
       <c r="P194">
         <v>45966.0</v>
       </c>
       <c r="Q194" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
     </row>
     <row r="195" spans="1:18">
       <c r="A195" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B195" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C195" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E195" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F195" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G195" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H195" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I195" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J195" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="K195" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="L195" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="M195" s="5" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="N195" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O195">
         <v>45957.0</v>
       </c>
       <c r="P195">
         <v>45966.0</v>
       </c>
       <c r="Q195" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
     </row>
     <row r="196" spans="1:18">
       <c r="A196" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B196" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C196" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E196" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F196" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G196" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H196" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I196" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J196" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="K196" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="L196" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="M196" s="5" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="N196" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O196">
         <v>45957.0</v>
       </c>
       <c r="P196">
         <v>45983.0</v>
       </c>
       <c r="Q196" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
     </row>
     <row r="197" spans="1:18">
       <c r="A197" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B197" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C197" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E197" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F197" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G197" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H197" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I197" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J197" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="K197" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="L197" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="M197" s="5" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="N197" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O197">
         <v>45957.0</v>
       </c>
       <c r="P197">
         <v>45983.0</v>
       </c>
       <c r="Q197" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
     </row>
     <row r="198" spans="1:18">
       <c r="A198" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B198" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C198" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E198" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F198" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G198" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H198" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I198" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J198" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="K198" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="L198" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="M198" s="5" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="N198" s="5" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="O198">
         <v>46034.0</v>
       </c>
       <c r="P198" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="Q198" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
     </row>
     <row r="199" spans="1:18">
       <c r="A199" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B199" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C199" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E199" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F199" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G199" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H199" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I199" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J199" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="K199" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="L199" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="M199" s="5" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="N199" s="5" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="O199">
         <v>46034.0</v>
       </c>
       <c r="P199" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="Q199" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
     </row>
     <row r="200" spans="1:18">
       <c r="A200" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B200" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C200" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="D200" t="s">
-        <v>517</v>
+        <v>441</v>
       </c>
       <c r="E200" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F200" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G200" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H200" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I200" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J200" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="K200" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
       <c r="L200" t="s">
-        <v>565</v>
+        <v>568</v>
       </c>
       <c r="M200" s="5" t="s">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="N200" s="5" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="O200">
         <v>46266.0</v>
       </c>
       <c r="P200" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="Q200" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
     </row>
     <row r="201" spans="1:18">
       <c r="A201" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B201" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C201" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="D201" t="s">
-        <v>517</v>
+        <v>441</v>
       </c>
       <c r="E201" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F201" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G201" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H201" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I201" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J201" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="K201" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
       <c r="L201" t="s">
-        <v>565</v>
+        <v>568</v>
       </c>
       <c r="M201" s="5" t="s">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="N201" s="5" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="O201">
         <v>46031.0</v>
       </c>
       <c r="P201" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="Q201" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
     </row>
     <row r="202" spans="1:18">
       <c r="A202" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B202" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C202" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E202" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F202" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G202" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H202" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="I202" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="J202" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="K202" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="L202" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="M202" s="5" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
       <c r="N202" s="5" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="O202">
         <v>45999.0</v>
       </c>
       <c r="P202" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="Q202" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
     </row>
     <row r="203" spans="1:18">
       <c r="A203" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B203" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C203" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E203" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F203" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G203" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H203" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I203" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="J203" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="K203" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="L203" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="M203" s="5" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
       <c r="N203" s="5" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="O203">
         <v>45999.0</v>
       </c>
       <c r="P203" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="Q203" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O6"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B6" sqref="B6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="F1" s="6" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>579</v>
+        <v>582</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>581</v>
+        <v>584</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>582</v>
+        <v>585</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>583</v>
+        <v>586</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="C2" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="D2" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="E2" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F2" s="5" t="s">
-        <v>588</v>
+        <v>591</v>
       </c>
       <c r="G2" t="s">
-        <v>589</v>
+        <v>592</v>
       </c>
       <c r="H2" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="I2" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
       <c r="J2" t="s">
-        <v>591</v>
+        <v>594</v>
       </c>
       <c r="K2" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="L2" t="s">
-        <v>593</v>
+        <v>596</v>
       </c>
       <c r="M2" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="N2" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="O2" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
       <c r="C3" t="s">
-        <v>598</v>
+        <v>601</v>
       </c>
       <c r="D3" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="E3" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F3" s="5" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="G3" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="H3" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="I3" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
       <c r="J3" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="K3" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="L3" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="M3" t="s">
-        <v>604</v>
+        <v>607</v>
       </c>
       <c r="N3" t="s">
-        <v>605</v>
+        <v>608</v>
       </c>
       <c r="O3" t="s">
-        <v>606</v>
+        <v>609</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B4" s="4" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="C4" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="D4" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="E4" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F4" s="5" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="G4" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
       <c r="H4" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="I4" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="J4" t="s">
-        <v>613</v>
+        <v>616</v>
       </c>
       <c r="K4" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
       <c r="L4" t="s">
-        <v>615</v>
+        <v>618</v>
       </c>
       <c r="M4" t="s">
-        <v>616</v>
+        <v>619</v>
       </c>
       <c r="N4" t="s">
-        <v>617</v>
+        <v>620</v>
       </c>
       <c r="O4" t="s">
-        <v>618</v>
+        <v>621</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="C5" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
       <c r="D5" t="s">
-        <v>621</v>
+        <v>624</v>
       </c>
       <c r="E5" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F5" s="5" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="G5" t="s">
-        <v>623</v>
+        <v>626</v>
       </c>
       <c r="H5" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="I5" t="s">
-        <v>624</v>
+        <v>627</v>
       </c>
       <c r="K5" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="L5" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
       <c r="M5" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="N5" t="s">
-        <v>628</v>
+        <v>631</v>
       </c>
       <c r="O5" t="s">
-        <v>629</v>
+        <v>632</v>
       </c>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>630</v>
+        <v>633</v>
       </c>
       <c r="C6" t="s">
-        <v>631</v>
+        <v>634</v>
       </c>
       <c r="D6" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
       <c r="E6" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F6" s="5" t="s">
-        <v>633</v>
+        <v>636</v>
       </c>
       <c r="G6" t="s">
-        <v>634</v>
+        <v>637</v>
       </c>
       <c r="H6" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="I6" t="s">
-        <v>635</v>
+        <v>638</v>
       </c>
       <c r="J6" t="s">
-        <v>636</v>
+        <v>639</v>
       </c>
       <c r="K6" t="s">
-        <v>637</v>
+        <v>640</v>
       </c>
       <c r="L6" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="M6" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="N6" t="s">
-        <v>640</v>
+        <v>643</v>
       </c>
       <c r="O6" t="s">
-        <v>641</v>
+        <v>644</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
@@ -14822,633 +14861,633 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="2" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="H1" s="6" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
       <c r="C2" t="s">
-        <v>648</v>
+        <v>651</v>
       </c>
       <c r="D2" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="E2" t="s">
-        <v>650</v>
+        <v>653</v>
       </c>
       <c r="F2" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="H2" s="5" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="I2" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>655</v>
+        <v>658</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="C2" t="s">
-        <v>657</v>
+        <v>660</v>
       </c>
       <c r="D2" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>661</v>
+        <v>664</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="C2" t="s">
-        <v>517</v>
+        <v>441</v>
       </c>
       <c r="D2" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="E2" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="F2" t="s">
-        <v>665</v>
+        <v>668</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E25"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E25" sqref="E25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C2" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
       <c r="E2" s="4" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B3" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="C3" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="D3" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B4" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="C4" t="s">
-        <v>671</v>
+        <v>674</v>
       </c>
       <c r="D4" t="s">
-        <v>672</v>
+        <v>675</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B5" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C5" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
       <c r="E5" s="4" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B6" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C6" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="E6" s="4" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B7" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C7" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="E7" s="4" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B8" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C8" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="E8" s="4" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B9" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C9" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="E9" s="4" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B10" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C10" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="E10" s="4" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B11" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C11" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="E11" s="4" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B12" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C12" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="E12" s="4" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B13" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="C13" t="s">
-        <v>677</v>
+        <v>680</v>
       </c>
       <c r="D13" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B14" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="C14" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="D14" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="C15" t="s">
-        <v>681</v>
+        <v>684</v>
       </c>
       <c r="D15" t="s">
-        <v>682</v>
+        <v>685</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B16" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="C16" t="s">
-        <v>683</v>
+        <v>686</v>
       </c>
       <c r="D16" t="s">
-        <v>684</v>
+        <v>687</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B17" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="C17" t="s">
-        <v>685</v>
+        <v>688</v>
       </c>
       <c r="D17" t="s">
-        <v>686</v>
+        <v>689</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B18" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="C18" t="s">
-        <v>687</v>
+        <v>690</v>
       </c>
       <c r="D18" t="s">
-        <v>688</v>
+        <v>691</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B19" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C19" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="E19" s="4" t="s">
-        <v>690</v>
+        <v>693</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B20" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="C20" t="s">
-        <v>691</v>
+        <v>694</v>
       </c>
       <c r="D20" t="s">
-        <v>692</v>
+        <v>695</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B21" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="C21" t="s">
-        <v>693</v>
+        <v>696</v>
       </c>
       <c r="D21" t="s">
-        <v>694</v>
+        <v>697</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B22" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="C22" t="s">
-        <v>695</v>
+        <v>698</v>
       </c>
       <c r="D22" t="s">
-        <v>696</v>
+        <v>699</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B23" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="C23" t="s">
-        <v>697</v>
+        <v>700</v>
       </c>
       <c r="D23" t="s">
-        <v>698</v>
+        <v>701</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B24" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="C24" t="s">
-        <v>699</v>
+        <v>702</v>
       </c>
       <c r="D24" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B25" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C25" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
       <c r="E25" s="4" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="E5" r:id="rId_hyperlink_2"/>
     <hyperlink ref="E6" r:id="rId_hyperlink_3"/>
     <hyperlink ref="E7" r:id="rId_hyperlink_4"/>
     <hyperlink ref="E8" r:id="rId_hyperlink_5"/>
     <hyperlink ref="E9" r:id="rId_hyperlink_6"/>
     <hyperlink ref="E10" r:id="rId_hyperlink_7"/>
     <hyperlink ref="E11" r:id="rId_hyperlink_8"/>
     <hyperlink ref="E12" r:id="rId_hyperlink_9"/>
     <hyperlink ref="E19" r:id="rId_hyperlink_10"/>
     <hyperlink ref="E25" r:id="rId_hyperlink_11"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>