--- v0 (2025-10-12)
+++ v1 (2025-12-02)
@@ -28,51 +28,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Compounds" sheetId="1" r:id="rId4"/>
     <sheet name="Clinical trials" sheetId="2" r:id="rId5"/>
     <sheet name="Key resources" sheetId="3" r:id="rId6"/>
     <sheet name="Regulatory status" sheetId="4" r:id="rId7"/>
     <sheet name="Patent Medspal" sheetId="5" r:id="rId8"/>
     <sheet name="Patent curated by innovator" sheetId="6" r:id="rId9"/>
     <sheet name="Drug illustrations" sheetId="7" r:id="rId10"/>
     <sheet name="Developers" sheetId="8" r:id="rId11"/>
     <sheet name="Publications" sheetId="9" r:id="rId12"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="181">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Abbreviation</t>
   </si>
   <si>
     <t>Generic name</t>
   </si>
   <si>
     <t>Brand names</t>
   </si>
   <si>
     <t>Compound type</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Approval status</t>
   </si>
   <si>
     <t>Regulatory authorities</t>
   </si>
   <si>
@@ -348,50 +348,53 @@
   <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
   </si>
   <si>
+    <t>Country Name</t>
+  </si>
+  <si>
     <t>Reg Status</t>
   </si>
   <si>
     <t>Reg Submission Date</t>
   </si>
   <si>
     <t>Reg Approval Date</t>
   </si>
   <si>
     <t>Links</t>
   </si>
   <si>
     <t>Comments</t>
   </si>
   <si>
     <t>Representative patent</t>
   </si>
   <si>
     <t>Patent description</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Patent holder</t>
@@ -403,50 +406,158 @@
     <t>Patent abstract</t>
   </si>
   <si>
     <t>Licence with MPP</t>
   </si>
   <si>
     <t>Patent source</t>
   </si>
   <si>
     <t>Granted: Low, low-middle and upper-middle countries</t>
   </si>
   <si>
     <t>Granted: High income countries</t>
   </si>
   <si>
     <t>Filed: Low, low-middle and upper-middle countries</t>
   </si>
   <si>
     <t>Filed: High income countries</t>
   </si>
   <si>
     <t>Not in force: Low, low-middle and upper-middle countries</t>
   </si>
   <si>
     <t>Not in force: High income countries</t>
+  </si>
+  <si>
+    <t>WO9744039</t>
+  </si>
+  <si>
+    <t>Paliperidone aqueous suspensions</t>
+  </si>
+  <si>
+    <t>Composition</t>
+  </si>
+  <si>
+    <t>JANSSEN PHARMACEUTICA NV [BE]</t>
+  </si>
+  <si>
+    <t>2017-05-12</t>
+  </si>
+  <si>
+    <t>The present invention is concerned with a pharmaceutical composition suitable as a depot formulation for administration via intramuscular or subcutaneous injection, comprising: (1) as an active ingredient a therapeutically effective amount of a 9-hydroxyrisperidone fatty acid ester or a salt, or a stereoisomer or a stereoisomeric mixture thereof and (2) a pharmaceutically acceptable carrier; wherein the pharmaceutically acceptable carrier is water and the active ingredient is suspended therein; and with a process of preparing such a composition. The invention further concerns such a pharmaceutical composition for use as a medicament in the treatment of schizophrenia, non-schizophrenic psychoses, behavioural disturbances associated with neurodegenerative disorders, e.g. in dementia, behavioural disturbances in mental retardation and autism, bipolar mania, depression, anxiety.</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>US FDA, Health Canada</t>
+  </si>
+  <si>
+    <t>World Intellectual Property Organization (WIPO), Argentina, Brazil, China, Tajikistan, Belarus, Azerbaijan, Moldova, Republic of, Turkmenistan, Armenia, Kyrgyzstan, Kazakhstan, Albania, Indonesia, Mexico, Malaysia, Türkiye, Ukraine, South Africa</t>
+  </si>
+  <si>
+    <t>World Intellectual Property Organization (WIPO), Australia, Bulgaria, Canada, Cyprus, Czechia, Germany, Russian Federation, Estonia, Liechtenstein, Italy, Denmark, Belgium, United Kingdom, Greece, Netherlands, Switzerland, Spain, Slovenia, Austria, Romania, Finland, France, Latvia, Ireland, Luxembourg, Portugal, Lithuania, Monaco, Sweden, Hong Kong, Croatia, Hungary, Israel, Japan, Korea, Republic of, Norway, New Zealand, Poland, Slovakia, Taiwan, Province of China, United States of America</t>
+  </si>
+  <si>
+    <t>WO9925354</t>
+  </si>
+  <si>
+    <t>Paliperidone depot formulation for injection</t>
+  </si>
+  <si>
+    <t>Janssen Pharmaceutica N.V</t>
+  </si>
+  <si>
+    <t>2018-11-10</t>
+  </si>
+  <si>
+    <t>The present invention is concerned with a pharmaceutical composition suitable as a depot formulation for administration via intramuscular or subcutaneous injection, comprising: (1) as an active ingredient a therapeutically effective amount of a 9-hydroxy-risperidone fatty acid ester or a salt, or a stereoisomer or a stereoisomeric mixture thereof in submicron form and (2) a pharmaceuticall acceptable carrier; wherein the pharmaceutically acceptable carrier is water and the active ingredient is suspended therein: and with a process of preparing such a composition. The invention further concerns such a pharmaceutical composition for use as a medicament in the treatment of psychosis, schizophrenia, schizoaffective disorders, non-schizophrenic psychoses, behavioural disturbances associated with neurodegenerative disorders, e.g. in dementia, behavioural disturbances in mental retardation and autism, Tourette's syndrome, bipolar mania, depression, anxiety.</t>
+  </si>
+  <si>
+    <t>World Intellectual Property Organization (WIPO), Eswatini, Uganda, Zambia, Zimbabwe, Malawi, Ghana, Sudan, Botswana, Lesotho, Kenya, Gambia (the), Argentina, Brazil, China, Tajikistan, Belarus, Azerbaijan, Moldova, Republic of, Turkmenistan, Armenia, Kyrgyzstan, Kazakhstan, Albania, North Macedonia, Indonesia, Malaysia, Congo, Mauritania, Guinea-Bissau, Niger, Senegal, Cameroon, Mali, Togo, Burkina Faso, Benin, Côte d'Ivoire, Central African Republic, Guinea, Gabon, Chad, Türkiye, Ukraine, South Africa, Viet Nam, Mexico</t>
+  </si>
+  <si>
+    <t>World Intellectual Property Organization (WIPO), Australia, Bulgaria, Canada, Czechia, Russian Federation, Estonia, Liechtenstein, Italy, Denmark, Belgium, United Kingdom, Greece, Netherlands, Switzerland, Spain, Slovenia, Austria, Romania, Cyprus, Finland, France, Latvia, Ireland, Germany, Luxembourg, Portugal, Lithuania, Monaco, Sweden, Hong Kong, Croatia, Hungary, Israel, Japan, Korea, Republic of, Norway, New Zealand, Poland, Slovakia, United States of America, Singapore, Brunei Darussalam</t>
+  </si>
+  <si>
+    <t>WO2009080651</t>
+  </si>
+  <si>
+    <t>Paliperidone dosing regimen</t>
+  </si>
+  <si>
+    <t>Dose/Regimen</t>
+  </si>
+  <si>
+    <t>Janssen Pharmaceutica Nv</t>
+  </si>
+  <si>
+    <t>2028-12-17</t>
+  </si>
+  <si>
+    <t>The present invention provides a method of treating patients in need of treatment with long acting injectable paliperidone palmitate formulations.</t>
+  </si>
+  <si>
+    <t>Belarus, Azerbaijan, Moldova, Republic of, Armenia, Kazakhstan, Albania, Serbia, Bosnia and Herzegovina, Türkiye, North Macedonia, Ukraine, Malaysia, Philippines, Mexico, Sri Lanka, South Africa</t>
+  </si>
+  <si>
+    <t>Australia, Canada, Russian Federation, Liechtenstein, Italy, Norway, Malta, Denmark, Belgium, United Kingdom, Greece, Netherlands, Hungary, Croatia, Switzerland, Spain, Slovenia, Austria, Romania, Iceland, Cyprus, Finland, France, Bulgaria, Slovakia, Poland, Latvia, Ireland, Estonia, Germany, Luxembourg, Portugal, Czechia, Lithuania, Monaco, Sweden, Hong Kong, Japan, Korea, Republic of, New Zealand, United States of America, Singapore</t>
+  </si>
+  <si>
+    <t>Ecuador, Guatemala, Nicaragua, Indonesia</t>
+  </si>
+  <si>
+    <t>Finland, Hong Kong, Israel, Korea, Republic of</t>
+  </si>
+  <si>
+    <t>World Intellectual Property Organization (WIPO), Brazil, China, Colombia, Tajikistan, Turkmenistan, Kyrgyzstan, Albania, Serbia, Bosnia and Herzegovina, Türkiye, North Macedonia, India</t>
+  </si>
+  <si>
+    <t>World Intellectual Property Organization (WIPO), Liechtenstein, Italy, Norway, Malta, Denmark, Belgium, United Kingdom, Greece, Netherlands, Hungary, Croatia, Switzerland, Spain, Slovenia, Austria, Romania, Iceland, Cyprus, Finland, France, Bulgaria, Slovakia, Poland, Latvia, Ireland, Estonia, Germany, Luxembourg, Portugal, Czechia, Lithuania, Monaco, Sweden, Israel, United States of America</t>
+  </si>
+  <si>
+    <t>CA2000786</t>
+  </si>
+  <si>
+    <t>Paliperidone compound and analogues and their use as antipsychotics</t>
+  </si>
+  <si>
+    <t>Janssen Pharmaceutica, N. V</t>
+  </si>
+  <si>
+    <t>2009-10-16</t>
+  </si>
+  <si>
+    <t>There is disclosed a process for preparing an enantiomeric form of the compound having the formula:or a pharmaceutically acceptable acid addition salt thereof,wherein said process comprises the steps of:(a) reacting a racemic mixture of said compound with a chiral acid or acid chloride selected from the group consisting of tartaric acid, malic acid, mandelic acid, camphor sulfonic acid, 4,5-dihydro-1H-2-benzopyran-2-carboxylic acid, and the acid chlorides thereof, to form a mixture of diastereomeric salts or esters;(b) physically separating said mixture of diastereomeric salts or esters by selective crystallization or chromatography; and(c) converting said separated diastereomeric salts or esters into the corresponding enantiomeric forms of said compound by hydrolysis in an acidic or basic aqueous medium.</t>
+  </si>
+  <si>
+    <t>South Africa</t>
+  </si>
+  <si>
+    <t>Canada, Australia, Chile, Cyprus, Germany, Denmark, Liechtenstein, Italy, Belgium, United Kingdom, Greece, Netherlands, Switzerland, Spain, Austria, France, Luxembourg, Sweden, Finland, Hong Kong, Ireland, Israel, Japan, Korea, Republic of, Norway, New Zealand, Portugal, United States of America</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Brief description</t>
   </si>
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Exclusivity</t>
   </si>
   <si>
     <t>Expiration date</t>
   </si>
   <si>
     <t>Illustration URL</t>
   </si>
   <si>
     <t>Credit</t>
   </si>
   <si>
     <t>https://lapal.medicinespatentpool.org/storage/illustrations/k9Dpo6A3r0l2SG0Cm8drWQxc2g3Wh8t8yjLad5bv.png</t>
   </si>
@@ -525,55 +636,56 @@
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="6">
+  <cellXfs count="7">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="164" fillId="2" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="0"/>
+    <xf xfId="0" fontId="0" numFmtId="165" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="165" fillId="2" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -847,51 +959,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=19971127&amp;CC=WO&amp;NR=9744039A1&amp;KC=A1" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=19990527&amp;CC=WO&amp;NR=9925354A2&amp;KC=A2" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20090702&amp;CC=WO&amp;NR=2009080651A1&amp;KC=A1" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=19900507&amp;CC=CA&amp;NR=2000786A1&amp;KC=A1" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="illustrations/k9Dpo6A3r0l2SG0Cm8drWQxc2g3Wh8t8yjLad5bv.png" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF2"/>
   <sheetViews>
@@ -1378,426 +1490,588 @@
       <c r="E1" s="2" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P1"/>
+  <dimension ref="A1:Q1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:P1"/>
+      <selection activeCell="A1" sqref="A1:Q1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
+    <col min="17" max="17" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16">
+    <row r="1" spans="1:17">
       <c r="A1" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>97</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>98</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>99</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>100</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>101</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>102</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>103</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>104</v>
       </c>
       <c r="K1" s="2" t="s">
         <v>105</v>
       </c>
-      <c r="L1" s="4" t="s">
+      <c r="L1" s="2" t="s">
         <v>106</v>
       </c>
-      <c r="M1" s="4" t="s">
+      <c r="M1" s="5" t="s">
         <v>107</v>
       </c>
-      <c r="N1" s="2" t="s">
+      <c r="N1" s="5" t="s">
         <v>108</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>109</v>
       </c>
       <c r="P1" s="2" t="s">
         <v>110</v>
+      </c>
+      <c r="Q1" s="2" t="s">
+        <v>111</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O1"/>
+  <dimension ref="A1:O5"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:O1"/>
+      <selection activeCell="B5" sqref="B5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="F1" s="4" t="s">
         <v>115</v>
       </c>
+      <c r="F1" s="5" t="s">
+        <v>116</v>
+      </c>
       <c r="G1" s="2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>124</v>
+        <v>125</v>
+      </c>
+    </row>
+    <row r="2" spans="1:15">
+      <c r="A2" t="s">
+        <v>32</v>
+      </c>
+      <c r="B2" s="6" t="s">
+        <v>126</v>
+      </c>
+      <c r="C2" t="s">
+        <v>127</v>
+      </c>
+      <c r="D2" t="s">
+        <v>128</v>
+      </c>
+      <c r="E2" t="s">
+        <v>129</v>
+      </c>
+      <c r="F2" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="G2" t="s">
+        <v>131</v>
+      </c>
+      <c r="H2" t="s">
+        <v>132</v>
+      </c>
+      <c r="I2" t="s">
+        <v>133</v>
+      </c>
+      <c r="N2" t="s">
+        <v>134</v>
+      </c>
+      <c r="O2" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="3" spans="1:15">
+      <c r="A3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B3" s="6" t="s">
+        <v>136</v>
+      </c>
+      <c r="C3" t="s">
+        <v>137</v>
+      </c>
+      <c r="D3" t="s">
+        <v>128</v>
+      </c>
+      <c r="E3" t="s">
+        <v>138</v>
+      </c>
+      <c r="F3" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="G3" t="s">
+        <v>140</v>
+      </c>
+      <c r="H3" t="s">
+        <v>132</v>
+      </c>
+      <c r="I3" t="s">
+        <v>133</v>
+      </c>
+      <c r="N3" t="s">
+        <v>141</v>
+      </c>
+      <c r="O3" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="4" spans="1:15">
+      <c r="A4" t="s">
+        <v>32</v>
+      </c>
+      <c r="B4" s="6" t="s">
+        <v>143</v>
+      </c>
+      <c r="C4" t="s">
+        <v>144</v>
+      </c>
+      <c r="D4" t="s">
+        <v>145</v>
+      </c>
+      <c r="E4" t="s">
+        <v>146</v>
+      </c>
+      <c r="F4" s="4" t="s">
+        <v>147</v>
+      </c>
+      <c r="G4" t="s">
+        <v>148</v>
+      </c>
+      <c r="H4" t="s">
+        <v>132</v>
+      </c>
+      <c r="I4" t="s">
+        <v>133</v>
+      </c>
+      <c r="J4" t="s">
+        <v>149</v>
+      </c>
+      <c r="K4" t="s">
+        <v>150</v>
+      </c>
+      <c r="L4" t="s">
+        <v>151</v>
+      </c>
+      <c r="M4" t="s">
+        <v>152</v>
+      </c>
+      <c r="N4" t="s">
+        <v>153</v>
+      </c>
+      <c r="O4" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="5" spans="1:15">
+      <c r="A5" t="s">
+        <v>32</v>
+      </c>
+      <c r="B5" s="6" t="s">
+        <v>155</v>
+      </c>
+      <c r="C5" t="s">
+        <v>156</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>157</v>
+      </c>
+      <c r="F5" s="4" t="s">
+        <v>158</v>
+      </c>
+      <c r="G5" t="s">
+        <v>159</v>
+      </c>
+      <c r="H5" t="s">
+        <v>132</v>
+      </c>
+      <c r="I5" t="s">
+        <v>133</v>
+      </c>
+      <c r="N5" t="s">
+        <v>160</v>
+      </c>
+      <c r="O5" t="s">
+        <v>161</v>
       </c>
     </row>
   </sheetData>
+  <hyperlinks>
+    <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
+    <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
+    <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
+    <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
+  </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>125</v>
+        <v>162</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>126</v>
+        <v>163</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>127</v>
+        <v>164</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>165</v>
+      </c>
+      <c r="H1" s="5" t="s">
+        <v>166</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>130</v>
+        <v>167</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>94</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>131</v>
+        <v>168</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>32</v>
       </c>
-      <c r="B2" s="5" t="s">
-        <v>132</v>
+      <c r="B2" s="6" t="s">
+        <v>169</v>
       </c>
       <c r="C2" t="s">
-        <v>133</v>
+        <v>170</v>
       </c>
       <c r="D2" t="s">
-        <v>134</v>
+        <v>171</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>135</v>
+        <v>172</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>136</v>
+        <v>173</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>137</v>
+        <v>174</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>138</v>
+        <v>175</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
-        <v>140</v>
+        <v>177</v>
       </c>
       <c r="D2" t="s">
-        <v>141</v>
+        <v>178</v>
       </c>
       <c r="E2" t="s">
-        <v>142</v>
+        <v>179</v>
       </c>
       <c r="F2" t="s">
-        <v>143</v>
+        <v>180</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E1"/>
   <sheetViews>