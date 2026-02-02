--- v1 (2025-12-02)
+++ v2 (2026-02-02)
@@ -324,50 +324,53 @@
   <si>
     <t>Studied route(s) of administration</t>
   </si>
   <si>
     <t>Studied LA-formulation(s)</t>
   </si>
   <si>
     <t>Use case</t>
   </si>
   <si>
     <t>Clinical trial ID</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Company</t>
   </si>
   <si>
+    <t>Manufacturer</t>
+  </si>
+  <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
   </si>
   <si>
     <t>Country Name</t>
@@ -547,53 +550,50 @@
     <t>Category</t>
   </si>
   <si>
     <t>Exclusivity</t>
   </si>
   <si>
     <t>Expiration date</t>
   </si>
   <si>
     <t>Illustration URL</t>
   </si>
   <si>
     <t>Credit</t>
   </si>
   <si>
     <t>https://lapal.medicinespatentpool.org/storage/illustrations/k9Dpo6A3r0l2SG0Cm8drWQxc2g3Wh8t8yjLad5bv.png</t>
   </si>
   <si>
     <t>Paliperidone Chemical Structure</t>
   </si>
   <si>
     <t>Sourced From DrugBank</t>
   </si>
   <si>
     <t>Company/University</t>
-  </si>
-[...1 lines deleted...]
-    <t>Manufacturer</t>
   </si>
   <si>
     <t>Link to website</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Short description</t>
   </si>
   <si>
     <t>Janssen Pharmaceuticals</t>
   </si>
   <si>
     <t>https://www.janssen.com/</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>Janssen Pharmaceuticals is a subsidiary company of Johnson &amp; Johnson headquartered in Beerse, Belgium. They focus on manufacturing and developing pharmaceutical products for use in areas such as, Immunology, Infectious Diseases &amp; Vaccines, Pulmonary Hypertension, Cardiovascular &amp; Metabolism, Oncology, and Neuroscience.</t>
   </si>
 </sst>
 </file>
 
@@ -1490,128 +1490,132 @@
       <c r="E1" s="2" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q1"/>
+  <dimension ref="A1:R1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:Q1"/>
+      <selection activeCell="A1" sqref="A1:R1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
     <col min="17" max="17" width="30" customWidth="true" style="0"/>
+    <col min="18" max="18" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:17">
+    <row r="1" spans="1:18">
       <c r="A1" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>97</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>98</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>99</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>100</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>101</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>102</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>103</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>104</v>
       </c>
       <c r="K1" s="2" t="s">
         <v>105</v>
       </c>
       <c r="L1" s="2" t="s">
         <v>106</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>107</v>
       </c>
       <c r="N1" s="5" t="s">
         <v>108</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>109</v>
       </c>
       <c r="P1" s="2" t="s">
         <v>110</v>
       </c>
       <c r="Q1" s="2" t="s">
         <v>111</v>
+      </c>
+      <c r="R1" s="2" t="s">
+        <v>112</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O5"/>
   <sheetViews>
@@ -1621,242 +1625,242 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="F1" s="5" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" s="6" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C2" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D2" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="F2" s="4" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="G2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="H2" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="I2" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="N2" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="O2" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>32</v>
       </c>
       <c r="B3" s="6" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C3" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D3" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E3" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F3" s="4" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="G3" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="H3" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="I3" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="N3" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="O3" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>32</v>
       </c>
       <c r="B4" s="6" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C4" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D4" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E4" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F4" s="4" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="G4" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="H4" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="I4" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="J4" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="K4" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="L4" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="M4" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="N4" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="O4" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
         <v>32</v>
       </c>
       <c r="B5" s="6" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C5" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D5" t="s">
         <v>43</v>
       </c>
       <c r="E5" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="F5" s="4" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="G5" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="H5" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="I5" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="N5" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="O5" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1866,186 +1870,186 @@
   </sheetPr>
   <dimension ref="A1:I1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="H1" s="5" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>94</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" s="6" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D2" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>173</v>
+        <v>98</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>174</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>175</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
         <v>177</v>
       </c>
       <c r="D2" t="s">
         <v>178</v>
       </c>
       <c r="E2" t="s">
         <v>179</v>
       </c>
       <c r="F2" t="s">