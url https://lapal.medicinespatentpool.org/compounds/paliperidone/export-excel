--- v2 (2026-02-02)
+++ v3 (2026-02-25)
@@ -28,65 +28,68 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Compounds" sheetId="1" r:id="rId4"/>
     <sheet name="Clinical trials" sheetId="2" r:id="rId5"/>
     <sheet name="Key resources" sheetId="3" r:id="rId6"/>
     <sheet name="Regulatory status" sheetId="4" r:id="rId7"/>
     <sheet name="Patent Medspal" sheetId="5" r:id="rId8"/>
     <sheet name="Patent curated by innovator" sheetId="6" r:id="rId9"/>
     <sheet name="Drug illustrations" sheetId="7" r:id="rId10"/>
     <sheet name="Developers" sheetId="8" r:id="rId11"/>
     <sheet name="Publications" sheetId="9" r:id="rId12"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="181">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="182">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Abbreviation</t>
   </si>
   <si>
     <t>Generic name</t>
   </si>
   <si>
     <t>Brand names</t>
   </si>
   <si>
     <t>Compound type</t>
+  </si>
+  <si>
+    <t>Drug class/category</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Approval status</t>
   </si>
   <si>
     <t>Regulatory authorities</t>
   </si>
   <si>
     <t>Link(s)</t>
   </si>
   <si>
     <t>Route(s) of administration</t>
   </si>
   <si>
     <t>Associated long-acting platforms</t>
   </si>
   <si>
     <t>Proprietary excipients used</t>
   </si>
   <si>
     <t>Novel excipients or existing excipients at a concentration above Inactive Ingredient Database (IID) for the specified route of administration</t>
   </si>
@@ -983,93 +986,94 @@
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=19971127&amp;CC=WO&amp;NR=9744039A1&amp;KC=A1" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=19990527&amp;CC=WO&amp;NR=9925354A2&amp;KC=A2" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20090702&amp;CC=WO&amp;NR=2009080651A1&amp;KC=A1" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=19900507&amp;CC=CA&amp;NR=2000786A1&amp;KC=A1" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="illustrations/k9Dpo6A3r0l2SG0Cm8drWQxc2g3Wh8t8yjLad5bv.png" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AF2"/>
+  <dimension ref="A1:AG2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:AF1"/>
+      <selection activeCell="A1" sqref="A1:AG1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
     <col min="17" max="17" width="30" customWidth="true" style="0"/>
     <col min="18" max="18" width="30" customWidth="true" style="0"/>
     <col min="19" max="19" width="30" customWidth="true" style="0"/>
     <col min="20" max="20" width="30" customWidth="true" style="0"/>
     <col min="21" max="21" width="30" customWidth="true" style="0"/>
     <col min="22" max="22" width="30" customWidth="true" style="0"/>
     <col min="23" max="23" width="30" customWidth="true" style="0"/>
     <col min="24" max="24" width="30" customWidth="true" style="0"/>
     <col min="25" max="25" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="30" customWidth="true" style="0"/>
     <col min="27" max="27" width="30" customWidth="true" style="0"/>
     <col min="28" max="28" width="30" customWidth="true" style="0"/>
     <col min="29" max="29" width="30" customWidth="true" style="0"/>
     <col min="30" max="30" width="30" customWidth="true" style="0"/>
     <col min="31" max="31" width="30" customWidth="true" style="0"/>
     <col min="32" max="32" width="30" customWidth="true" style="0"/>
+    <col min="33" max="33" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:32">
+    <row r="1" spans="1:33">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="2" t="s">
@@ -1122,101 +1126,104 @@
       </c>
       <c r="Y1" s="3" t="s">
         <v>24</v>
       </c>
       <c r="Z1" s="3" t="s">
         <v>25</v>
       </c>
       <c r="AA1" s="2" t="s">
         <v>26</v>
       </c>
       <c r="AB1" s="2" t="s">
         <v>27</v>
       </c>
       <c r="AC1" s="2" t="s">
         <v>28</v>
       </c>
       <c r="AD1" s="2" t="s">
         <v>29</v>
       </c>
       <c r="AE1" s="2" t="s">
         <v>30</v>
       </c>
       <c r="AF1" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="AG1" s="2" t="s">
+        <v>32</v>
+      </c>
     </row>
-    <row r="2" spans="1:32">
+    <row r="2" spans="1:33">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E2" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="F2" t="s">
         <v>35</v>
       </c>
       <c r="G2" t="s">
         <v>36</v>
       </c>
       <c r="H2" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="J2" t="s">
         <v>37</v>
       </c>
-      <c r="L2" t="s">
-        <v>36</v>
+      <c r="I2" t="s">
+        <v>37</v>
+      </c>
+      <c r="K2" t="s">
+        <v>38</v>
       </c>
       <c r="M2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="O2" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="P2" t="s">
+        <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>39</v>
       </c>
       <c r="V2" t="s">
         <v>40</v>
       </c>
+      <c r="W2" t="s">
+        <v>41</v>
+      </c>
       <c r="Y2" s="1"/>
       <c r="Z2" s="1"/>
-      <c r="AE2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AF2" t="s">
         <v>42</v>
+      </c>
+      <c r="AG2" t="s">
+        <v>43</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AZ1"/>
   <sheetViews>
@@ -1260,257 +1267,257 @@
     <col min="32" max="32" width="30" customWidth="true" style="0"/>
     <col min="33" max="33" width="30" customWidth="true" style="0"/>
     <col min="34" max="34" width="30" customWidth="true" style="0"/>
     <col min="35" max="35" width="30" customWidth="true" style="0"/>
     <col min="36" max="36" width="30" customWidth="true" style="0"/>
     <col min="37" max="37" width="30" customWidth="true" style="0"/>
     <col min="38" max="38" width="30" customWidth="true" style="0"/>
     <col min="39" max="39" width="30" customWidth="true" style="0"/>
     <col min="40" max="40" width="30" customWidth="true" style="0"/>
     <col min="41" max="41" width="30" customWidth="true" style="0"/>
     <col min="42" max="42" width="30" customWidth="true" style="0"/>
     <col min="43" max="43" width="30" customWidth="true" style="0"/>
     <col min="44" max="44" width="30" customWidth="true" style="0"/>
     <col min="45" max="45" width="30" customWidth="true" style="0"/>
     <col min="46" max="46" width="30" customWidth="true" style="0"/>
     <col min="47" max="47" width="30" customWidth="true" style="0"/>
     <col min="48" max="48" width="30" customWidth="true" style="0"/>
     <col min="49" max="49" width="30" customWidth="true" style="0"/>
     <col min="50" max="50" width="30" customWidth="true" style="0"/>
     <col min="51" max="51" width="30" customWidth="true" style="0"/>
     <col min="52" max="52" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:52">
       <c r="A1" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="P1" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="Q1" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="R1" s="2" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="S1" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="T1" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="U1" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="V1" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="W1" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="X1" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="Y1" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="Z1" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="AA1" s="2" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="AB1" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="AC1" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="AD1" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="AE1" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="AF1" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="AG1" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="AH1" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AI1" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AJ1" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AK1" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="AL1" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AM1" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AN1" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AO1" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="AP1" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AQ1" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="AR1" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="AS1" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="AT1" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="AU1" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="AV1" s="2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="AW1" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="AX1" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="AY1" s="2" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="AZ1" s="2" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:E1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:R1"/>
   <sheetViews>
@@ -1520,615 +1527,615 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
     <col min="17" max="17" width="30" customWidth="true" style="0"/>
     <col min="18" max="18" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18">
       <c r="A1" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="M1" s="5" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="N1" s="5" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="P1" s="2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="Q1" s="2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="R1" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O5"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B5" sqref="B5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F1" s="5" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" s="6" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C2" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="E2" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="F2" s="4" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="G2" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="H2" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I2" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="N2" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="O2" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B3" s="6" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C3" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="E3" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="F3" s="4" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="G3" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="H3" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I3" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="N3" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="O3" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B4" s="6" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C4" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D4" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E4" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F4" s="4" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G4" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="H4" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I4" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="J4" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="K4" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="L4" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="M4" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="N4" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="O4" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B5" s="6" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C5" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E5" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="F5" s="4" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="G5" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="H5" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I5" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="N5" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="O5" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="H1" s="5" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" s="6" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C2" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D2" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D2" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="E2" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F2" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:E1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B1" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="C1" s="2" t="s">
         <v>95</v>
       </c>
-      <c r="C1" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1" s="2" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">