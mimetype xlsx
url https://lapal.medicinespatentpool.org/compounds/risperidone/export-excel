--- v0 (2025-10-12)
+++ v1 (2025-12-25)
@@ -28,51 +28,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Compounds" sheetId="1" r:id="rId4"/>
     <sheet name="Clinical trials" sheetId="2" r:id="rId5"/>
     <sheet name="Key resources" sheetId="3" r:id="rId6"/>
     <sheet name="Regulatory status" sheetId="4" r:id="rId7"/>
     <sheet name="Patent Medspal" sheetId="5" r:id="rId8"/>
     <sheet name="Patent curated by innovator" sheetId="6" r:id="rId9"/>
     <sheet name="Drug illustrations" sheetId="7" r:id="rId10"/>
     <sheet name="Developers" sheetId="8" r:id="rId11"/>
     <sheet name="Publications" sheetId="9" r:id="rId12"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="146">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="147">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Abbreviation</t>
   </si>
   <si>
     <t>Generic name</t>
   </si>
   <si>
     <t>Brand names</t>
   </si>
   <si>
     <t>Compound type</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Approval status</t>
   </si>
   <si>
     <t>Regulatory authorities</t>
   </si>
   <si>
@@ -352,50 +352,53 @@
     <t>Company</t>
   </si>
   <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
+  </si>
+  <si>
+    <t>Country Name</t>
   </si>
   <si>
     <t>Reg Status</t>
   </si>
   <si>
     <t>Reg Submission Date</t>
   </si>
   <si>
     <t>Reg Approval Date</t>
   </si>
   <si>
     <t>Links</t>
   </si>
   <si>
     <t>Comments</t>
   </si>
   <si>
     <t>Representative patent</t>
   </si>
   <si>
     <t>Patent description</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
@@ -1390,124 +1393,128 @@
       <c r="E1" s="2" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P1"/>
+  <dimension ref="A1:Q1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:P1"/>
+      <selection activeCell="A1" sqref="A1:Q1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
+    <col min="17" max="17" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16">
+    <row r="1" spans="1:17">
       <c r="A1" s="2" t="s">
         <v>45</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>99</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>100</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>101</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>102</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>103</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>104</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>105</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>106</v>
       </c>
       <c r="K1" s="2" t="s">
         <v>107</v>
       </c>
-      <c r="L1" s="4" t="s">
+      <c r="L1" s="2" t="s">
         <v>108</v>
       </c>
       <c r="M1" s="4" t="s">
         <v>109</v>
       </c>
-      <c r="N1" s="2" t="s">
+      <c r="N1" s="4" t="s">
         <v>110</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>111</v>
       </c>
       <c r="P1" s="2" t="s">
         <v>112</v>
+      </c>
+      <c r="Q1" s="2" t="s">
+        <v>113</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O1"/>
   <sheetViews>
@@ -1517,299 +1524,299 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>45</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F1" s="4" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="2" t="s">
         <v>45</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="H1" s="4" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>45</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>96</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C2" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D2" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>45</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D2" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E2" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="F2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E1"/>
   <sheetViews>