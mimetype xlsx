--- v1 (2025-12-25)
+++ v2 (2026-02-02)
@@ -28,51 +28,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Compounds" sheetId="1" r:id="rId4"/>
     <sheet name="Clinical trials" sheetId="2" r:id="rId5"/>
     <sheet name="Key resources" sheetId="3" r:id="rId6"/>
     <sheet name="Regulatory status" sheetId="4" r:id="rId7"/>
     <sheet name="Patent Medspal" sheetId="5" r:id="rId8"/>
     <sheet name="Patent curated by innovator" sheetId="6" r:id="rId9"/>
     <sheet name="Drug illustrations" sheetId="7" r:id="rId10"/>
     <sheet name="Developers" sheetId="8" r:id="rId11"/>
     <sheet name="Publications" sheetId="9" r:id="rId12"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="147">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="149">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Abbreviation</t>
   </si>
   <si>
     <t>Generic name</t>
   </si>
   <si>
     <t>Brand names</t>
   </si>
   <si>
     <t>Compound type</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Approval status</t>
   </si>
   <si>
     <t>Regulatory authorities</t>
   </si>
   <si>
@@ -138,50 +138,53 @@
   <si>
     <t>Dosage link(s)</t>
   </si>
   <si>
     <t>Comment &amp; Information</t>
   </si>
   <si>
     <t>Created at</t>
   </si>
   <si>
     <t>Updated at</t>
   </si>
   <si>
     <t>Risperidone</t>
   </si>
   <si>
     <t>RISPERDAL CONSTA®, PERSERIS®, RYKINDO®, UZEDY®</t>
   </si>
   <si>
     <t>Small molecule</t>
   </si>
   <si>
     <t>Unknown</t>
   </si>
   <si>
+    <t>https://go.drugbank.com/drugs/DB00734</t>
+  </si>
+  <si>
     <t>Oral, Subcutaneous, Intramuscular</t>
   </si>
   <si>
     <t>Polymer-based particles</t>
   </si>
   <si>
     <t>No delivery device</t>
   </si>
   <si>
     <t>Mental health: incl. schizophrenia</t>
   </si>
   <si>
     <t>Treatment</t>
   </si>
   <si>
     <t>Administered by a nurse, Administered by a specialty health worker, Self-administered</t>
   </si>
   <si>
     <t>Daily, Monthly, Every 2 months</t>
   </si>
   <si>
     <t>2024-06-17 12:22:00</t>
   </si>
   <si>
     <t>2025-09-12 12:57:52</t>
@@ -330,50 +333,53 @@
   <si>
     <t>Studied route(s) of administration</t>
   </si>
   <si>
     <t>Studied LA-formulation(s)</t>
   </si>
   <si>
     <t>Use case</t>
   </si>
   <si>
     <t>Clinical trial ID</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Company</t>
   </si>
   <si>
+    <t>Manufacturer</t>
+  </si>
+  <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
   </si>
   <si>
     <t>Country Name</t>
@@ -447,63 +453,63 @@
   <si>
     <t>Exclusivity</t>
   </si>
   <si>
     <t>Expiration date</t>
   </si>
   <si>
     <t>Illustration URL</t>
   </si>
   <si>
     <t>Credit</t>
   </si>
   <si>
     <t>https://lapal.medicinespatentpool.org/storage/illustrations/YZ7zTFGp8uuVMngRI4Kq5INgwtcVI55c0zb5hyFI.png</t>
   </si>
   <si>
     <t>risperidone</t>
   </si>
   <si>
     <t>Pubchem</t>
   </si>
   <si>
     <t>Company/University</t>
   </si>
   <si>
-    <t>Manufacturer</t>
-[...1 lines deleted...]
-  <si>
     <t>Link to website</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Short description</t>
   </si>
   <si>
     <t>Janssen Pharmaceuticals</t>
+  </si>
+  <si>
+    <t>originator</t>
   </si>
   <si>
     <t>https://www.janssen.com/</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>Janssen Pharmaceuticals is a subsidiary company of Johnson &amp; Johnson headquartered in Beerse, Belgium. They focus on manufacturing and developing pharmaceutical products for use in areas such as, Immunology, Infectious Diseases &amp; Vaccines, Pulmonary Hypertension, Cardiovascular &amp; Metabolism, Oncology, and Neuroscience.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="yyyy-mm-dd hh:mm:ss"/>
     <numFmt numFmtId="165" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1039,87 +1045,90 @@
         <v>30</v>
       </c>
       <c r="AF1" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="2" spans="1:32">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="C2" t="s">
         <v>32</v>
       </c>
       <c r="D2" t="s">
         <v>33</v>
       </c>
       <c r="E2" t="s">
         <v>34</v>
       </c>
       <c r="G2" t="s">
         <v>35</v>
       </c>
       <c r="H2" t="s">
         <v>35</v>
       </c>
+      <c r="I2" t="s">
+        <v>36</v>
+      </c>
       <c r="J2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="K2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="L2" t="s">
         <v>35</v>
       </c>
       <c r="M2" t="s">
         <v>35</v>
       </c>
       <c r="N2" t="s">
         <v>35</v>
       </c>
       <c r="O2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="T2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="U2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="V2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="W2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="Y2" s="1"/>
       <c r="Z2" s="1"/>
       <c r="AE2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="AF2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AZ1"/>
   <sheetViews>
@@ -1163,713 +1172,720 @@
     <col min="32" max="32" width="30" customWidth="true" style="0"/>
     <col min="33" max="33" width="30" customWidth="true" style="0"/>
     <col min="34" max="34" width="30" customWidth="true" style="0"/>
     <col min="35" max="35" width="30" customWidth="true" style="0"/>
     <col min="36" max="36" width="30" customWidth="true" style="0"/>
     <col min="37" max="37" width="30" customWidth="true" style="0"/>
     <col min="38" max="38" width="30" customWidth="true" style="0"/>
     <col min="39" max="39" width="30" customWidth="true" style="0"/>
     <col min="40" max="40" width="30" customWidth="true" style="0"/>
     <col min="41" max="41" width="30" customWidth="true" style="0"/>
     <col min="42" max="42" width="30" customWidth="true" style="0"/>
     <col min="43" max="43" width="30" customWidth="true" style="0"/>
     <col min="44" max="44" width="30" customWidth="true" style="0"/>
     <col min="45" max="45" width="30" customWidth="true" style="0"/>
     <col min="46" max="46" width="30" customWidth="true" style="0"/>
     <col min="47" max="47" width="30" customWidth="true" style="0"/>
     <col min="48" max="48" width="30" customWidth="true" style="0"/>
     <col min="49" max="49" width="30" customWidth="true" style="0"/>
     <col min="50" max="50" width="30" customWidth="true" style="0"/>
     <col min="51" max="51" width="30" customWidth="true" style="0"/>
     <col min="52" max="52" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:52">
       <c r="A1" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="P1" s="2" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="Q1" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="R1" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="S1" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="T1" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="U1" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="V1" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="W1" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="X1" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="Y1" s="2" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="Z1" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="AA1" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="AB1" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="AC1" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="AD1" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="AE1" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="AF1" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AG1" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AH1" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AI1" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="AJ1" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AK1" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AL1" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AM1" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="AN1" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AO1" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="AP1" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="AQ1" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="AR1" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="AS1" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="AT1" s="2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="AU1" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="AV1" s="2" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="AW1" s="2" t="s">
         <v>22</v>
       </c>
       <c r="AX1" s="2" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="AY1" s="2" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="AZ1" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:E1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q1"/>
+  <dimension ref="A1:R1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:Q1"/>
+      <selection activeCell="A1" sqref="A1:R1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
     <col min="17" max="17" width="30" customWidth="true" style="0"/>
+    <col min="18" max="18" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:17">
+    <row r="1" spans="1:18">
       <c r="A1" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="M1" s="4" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="N1" s="4" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="P1" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="Q1" s="2" t="s">
-        <v>113</v>
+        <v>114</v>
+      </c>
+      <c r="R1" s="2" t="s">
+        <v>115</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:O1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="F1" s="4" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="H1" s="4" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C2" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="D2" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>139</v>
+        <v>101</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
-        <v>143</v>
+        <v>144</v>
+      </c>
+      <c r="C2" t="s">
+        <v>145</v>
       </c>
       <c r="D2" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="E2" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="F2" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:E1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B1" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="C1" s="2" t="s">
         <v>97</v>
       </c>
-      <c r="C1" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1" s="2" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">