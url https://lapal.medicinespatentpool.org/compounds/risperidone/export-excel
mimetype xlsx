--- v2 (2026-02-02)
+++ v3 (2026-02-25)
@@ -28,67 +28,70 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Compounds" sheetId="1" r:id="rId4"/>
     <sheet name="Clinical trials" sheetId="2" r:id="rId5"/>
     <sheet name="Key resources" sheetId="3" r:id="rId6"/>
     <sheet name="Regulatory status" sheetId="4" r:id="rId7"/>
     <sheet name="Patent Medspal" sheetId="5" r:id="rId8"/>
     <sheet name="Patent curated by innovator" sheetId="6" r:id="rId9"/>
     <sheet name="Drug illustrations" sheetId="7" r:id="rId10"/>
     <sheet name="Developers" sheetId="8" r:id="rId11"/>
     <sheet name="Publications" sheetId="9" r:id="rId12"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="149">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="856">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Abbreviation</t>
   </si>
   <si>
     <t>Generic name</t>
   </si>
   <si>
     <t>Brand names</t>
   </si>
   <si>
     <t>Compound type</t>
   </si>
   <si>
+    <t>Drug class/category</t>
+  </si>
+  <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Approval status</t>
   </si>
   <si>
     <t>Regulatory authorities</t>
   </si>
   <si>
     <t>Link(s)</t>
   </si>
   <si>
     <t>Route(s) of administration</t>
   </si>
   <si>
     <t>Associated long-acting platforms</t>
   </si>
   <si>
     <t>Proprietary excipients used</t>
   </si>
   <si>
     <t>Novel excipients or existing excipients at a concentration above Inactive Ingredient Database (IID) for the specified route of administration</t>
   </si>
   <si>
     <t>Residual solvents used</t>
@@ -135,81 +138,146 @@
   <si>
     <t>Dosage additional comments</t>
   </si>
   <si>
     <t>Dosage link(s)</t>
   </si>
   <si>
     <t>Comment &amp; Information</t>
   </si>
   <si>
     <t>Created at</t>
   </si>
   <si>
     <t>Updated at</t>
   </si>
   <si>
     <t>Risperidone</t>
   </si>
   <si>
     <t>RISPERDAL CONSTA®, PERSERIS®, RYKINDO®, UZEDY®</t>
   </si>
   <si>
     <t>Small molecule</t>
   </si>
   <si>
+    <t>Risperidone LAI is an atypical antipsychotic indicated for schizophrenia and maintenance treatment of Bipolar I Disorder. It acts via dopamine D₂ and serotonin 5-HT₂ receptor antagonism. The apparent half-life for risperidone + hydroxyrisperidone is 3–6 days, and clearance is 13.7 L/h (in extensive metabolisers) and 3.3 L/h (in poor metabolisers). Following intramuscular injection, risperidone is released gradually, with therapeutic levels sustained for up to 6 weeks. It is metabolised hepatically via CYP2D6 to active 9-hydroxyrisperidone. Common adverse effects include extrapyramidal symptoms, weight gain, and hyperprolactinemia. Clinical trials demonstrate efficacy in reducing relapse rates in schizophrenia and bipolar disorder, with a favourable safety profile under monitored use.</t>
+  </si>
+  <si>
+    <t>Risperidone microsphere LAI formulation is approved in 54 countries including Canada, United States, European Union countries, UAE, Switzerland, Brazil, Chile, China, Russia, Hong Kong, Malaysia, India, New Zealand, Australia, Israel, Philippines, Saudi Arabia, South Africa, Taiwan, Thailand, the United Kingdom, South Korea, Turkey, Japan, United Arab Emirates, Argentina and Mexico.</t>
+  </si>
+  <si>
+    <t>Risperdal Consta (12.5 mg, 25 mg, 37.5 mg, and 50 mg) has received marketing authorization from multiple regulatory agencies, including Health Canada, the U.S. FDA, and authorities such as DOH, Swissmedic, ANVISA, ISP, NMPA, MINZDRAV, NPRA, CDSCO, MedSafe, TGA, MOH, FDA Philippines, SFDA, SAHPRA, TFDA, THAI FDA, MHRA, MFDS, TMMDA, PMDA, MOHAP, ANMAT, and COFEPRIS. In addition, approvals have been granted by European national agencies such as CBG, AGES, FAMHP, ANMDMR, SUKL (Czechia), SUKL (Slovakia), DMA, IMA, FIMEA, ANSM, BFARM, EOF, NNGYK, and HPRA. Other European authorities have also provided authorization. However, the European Medicines Agency (EMA) has issued only a positive opinion following a referral from BFARM (Germany), rather than granting centralized approval.</t>
+  </si>
+  <si>
+    <t>https://go.drugbank.com/drugs/DB00734</t>
+  </si>
+  <si>
+    <t>Oral, Subcutaneous, Intramuscular</t>
+  </si>
+  <si>
+    <t>Polymer-based particles, Microspheres</t>
+  </si>
+  <si>
     <t>Unknown</t>
   </si>
   <si>
-    <t>https://go.drugbank.com/drugs/DB00734</t>
-[...5 lines deleted...]
-    <t>Polymer-based particles</t>
+    <t>The list of excipients used is: 
+1. Polysorbate 20
+2. Sodium carboxymethyl cellulose
+3. Disodium hydrogen phosphate dihydrate
+4. Citric acid anhydrous
+5. Sodium chloride
+6. Sodium hydroxide
+7. Water for injection</t>
   </si>
   <si>
     <t>No delivery device</t>
   </si>
   <si>
+    <t>Not provided</t>
+  </si>
+  <si>
+    <t>Static Mixer: Cole Parmer L04667-14.
+Gear Pumps: Cole Parmer L07149-04, L07002-16.
+Quench Tank: 55 L capacity.
+Sieves: 25 µm and 180 µm stainless steel mesh.
+Lyophilizer: Pilot-scale, ramped cycle (max 30°C, 50 h).
+Gamma Irradiator: Co-60 source.</t>
+  </si>
+  <si>
+    <t>Risperidone microspheres are synthesized by dissolving PLGA (75:25 lactide:glycolide) in ethyl acetate and benzyl alcohol, then adding risperidone base. This organic phase is emulsified with an aqueous phase containing 1% polyvinyl alcohol using a static mixer. The emulsion is quenched in chilled water with buffer, stirred for solvent removal, sieved (25–180 µm), washed, and dried. Optional steps include lyophilization and gamma sterilization for stability and sterility, ensuring controlled release for 14–60 days.</t>
+  </si>
+  <si>
+    <t>1. Laser Diffraction Analyzer
+2. Scanning Electron Microscope (SEM)
+3. High-Performance Liquid Chromatography (HPLC)
+4. UV-Vis Spectrophotometer
+5. Gas Chromatography (GC)
+6. Differential Scanning Calorimetry (DSC)
+7. Thermogravimetric Analysis (TGA)</t>
+  </si>
+  <si>
     <t>Mental health: incl. schizophrenia</t>
   </si>
   <si>
     <t>Treatment</t>
   </si>
   <si>
-    <t>Administered by a nurse, Administered by a specialty health worker, Self-administered</t>
-[...8 lines deleted...]
-    <t>2025-09-12 12:57:52</t>
+    <t>Administered by a nurse, Administered by a specialty health worker, Administered by a community health worker</t>
+  </si>
+  <si>
+    <t>Every 2 weeks</t>
+  </si>
+  <si>
+    <t>12.5 mg; 25 mg; 37.5 mg; 50 mg powder for injection</t>
+  </si>
+  <si>
+    <t>50 mg IM every 2 weeks</t>
+  </si>
+  <si>
+    <t>1. Initial Treatment Dose for Schizophrenia &amp; Bipolar:
+• Administer 25 mg intramuscularly (IM) every 2 weeks.
+2. Dose Adjustment for Non-Responders:
+• If inadequate response at 25 mg, consider increasing to 37.5 mg or 50 mg IM every 2 weeks.
+• Do not exceed 50 mg every 2 weeks.
+3. Special Populations (Renal or Hepatic Impairment):
+• Initiate treatment at a reduced dose of 12.5 mg IM every 2 weeks.
+4. Previously Treated Patients:
+• Previous antipsychotics should be continued for 3 weeks after the first injection of risperidone LAI to ensure that therapeutic concentrations are maintained until the main release phase of risperidone from the injection site has begun</t>
+  </si>
+  <si>
+    <t>Risperidone LAI must be reconstituted only in the diluent supplied in the dose pack and must be administered with only the appropriate needle supplied in the dose pack for gluteal (2-inch needle) or deltoid (1-inch needle) administration. All components are required for administration. Do not substitute any components of the dose pack. To ensure that the intended dose of risperidone is delivered, the full contents from the vial must be administered. Administration of partial contents may not deliver the intended dose of risperidone.</t>
+  </si>
+  <si>
+    <t>https://www.accessdata.fda.gov/drugsatfda_docs/label/2010/021346_s31_s35_s38_s39lbl.pdf</t>
+  </si>
+  <si>
+    <t>2025-11-10 09:48:07</t>
+  </si>
+  <si>
+    <t>2026-02-06 10:18:09</t>
   </si>
   <si>
     <t>Compound</t>
   </si>
   <si>
     <t>Identifier</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
     <t>Phase</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Sponsor</t>
   </si>
   <si>
     <t>More details</t>
   </si>
   <si>
     <t>Purpose</t>
   </si>
@@ -318,50 +386,1546 @@
   <si>
     <t>Allocation</t>
   </si>
   <si>
     <t>Intervention model</t>
   </si>
   <si>
     <t>Intervention model description</t>
   </si>
   <si>
     <t>Masking</t>
   </si>
   <si>
     <t>Masking description</t>
   </si>
   <si>
     <t>Studied route(s) of administration</t>
   </si>
   <si>
     <t>Studied LA-formulation(s)</t>
   </si>
   <si>
     <t>Use case</t>
   </si>
   <si>
+    <t>RIS-PSY-405</t>
+  </si>
+  <si>
+    <t>NCT00177164</t>
+  </si>
+  <si>
+    <t>https://clinicaltrials.gov/study/NCT00177164</t>
+  </si>
+  <si>
+    <t>Phase III</t>
+  </si>
+  <si>
+    <t>Completed</t>
+  </si>
+  <si>
+    <t>University of Pittsburgh</t>
+  </si>
+  <si>
+    <t>We recruited 50 consenting adult subjects with DSM-IV TR diagnoses of bipolar disorder who were about to initiate or switch their current antipsychotic agent. Only 48 patients (23 in the risperidone LAI group and 25 in the oral AAP group) contributed data to the assessments. Patients were titrated and cross-tapered during a 3 month titration and stabilization phase. They were followed for an additional 12 months. Clinical outcomes such as study drop out, adverse events, worsening of symptoms, crisis interventions, need for additional medication, hospitalizations etc. were evaluated from months 3 to 15. The numbers of clinical events (pooled) will be used to evaluate if the long acting injectable form of risperidone has an advantage over the oral second generation antipsychotic agents in te</t>
+  </si>
+  <si>
+    <t>Risperdal Consta for Bipolar Disorder</t>
+  </si>
+  <si>
+    <t>United States of America</t>
+  </si>
+  <si>
+    <t>Injectable Risperidone (Consta) or oral antipsychotic</t>
+  </si>
+  <si>
+    <t>2003-11-01</t>
+  </si>
+  <si>
+    <t>2016-03-17</t>
+  </si>
+  <si>
+    <t>2008-03-01</t>
+  </si>
+  <si>
+    <t>2009-12-01</t>
+  </si>
+  <si>
+    <t>Adults</t>
+  </si>
+  <si>
+    <t>Adults, Older Adults</t>
+  </si>
+  <si>
+    <t>All</t>
+  </si>
+  <si>
+    <t>Unspecified</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>Inclusion Criteria:
+* DSM-IV - TR diagnoses of bipolar disorder (I or II or NOS).
+* Age 18 to 70 years
+* Men or women
+* Any Ethnicity
+* Currently receiving or willing to receive treatment at sites associated with the Western Psychiatric Institute and Clinic -University of Pittsburgh Medical Center (inpatient or ambulatory) or Mon Yough Community Services, Inc. or at Mayview State Hospital, Bridgeville, PA (inpatient)
+* Able to provide competent and sign an informed consent document
+* It is clinically appropriate in the eligible individual to consider antipsychotic treatment for at least 15 months (clinician and investigator determined)
+* It is clinically appropriate to switch antipsychotic treatment to one of the second generation antipsychotic agents being evaluated in this study.
+* Ther</t>
+  </si>
+  <si>
+    <t>Interventional (clinical trial)</t>
+  </si>
+  <si>
+    <t>Randomized</t>
+  </si>
+  <si>
+    <t>Parallel Assignment</t>
+  </si>
+  <si>
+    <t>Open label</t>
+  </si>
+  <si>
+    <t>Intramuscular</t>
+  </si>
+  <si>
+    <t>Injectable</t>
+  </si>
+  <si>
+    <t>Consta</t>
+  </si>
+  <si>
+    <t>NCT00571688</t>
+  </si>
+  <si>
+    <t>https://clinicaltrials.gov/study/NCT00571688</t>
+  </si>
+  <si>
+    <t>Marketed</t>
+  </si>
+  <si>
+    <t>Vanderbilt University</t>
+  </si>
+  <si>
+    <t>This study will evaluate the relative effectiveness of risperidone Consta injections occurring every 2 weeks in contrast to treatment as usual in preventing symptomatic relapse and rates of rehospitalization or admission into respite care for bipolar patients.
+Hypothesis: Risperdal Consta injections every 2 weeks will reduce the number of symptomatic relapses into mania, hypomania, mixed state, or depression, as shown by key indicators that include symptomatic relapse, rehospitalizations, emergency or urgent care visits, respite care, and intensive outpatient treatment as compared to treatment as usual.</t>
+  </si>
+  <si>
+    <t>Does Risperidone Consta Reduce Relapse and Rehospitalization in Bipolar Disorder?</t>
+  </si>
+  <si>
+    <t>Risperdal (risperidone) Consta</t>
+  </si>
+  <si>
+    <t>Treatment as usual</t>
+  </si>
+  <si>
+    <t>2007-11-01</t>
+  </si>
+  <si>
+    <t>2017-06-30</t>
+  </si>
+  <si>
+    <t>2009-02-01</t>
+  </si>
+  <si>
+    <t>Inclusion Criteria:
+* Be physically healthy
+* 18-60 years of age
+* Have a DSM-IV diagnosis of bipolar disorder in any phase, but without current psychotic features; with a history of symptomatic relapse on four or more occasions over the last year prior to the initiation of study for the treatment of bipolar disorder (type I or II, manic, hypomanic, mixed, or depressive type), with at least 1 in the previous 6 months.
+* Have a screening Hamilton Rating Scale for Depression-17 item (HAM-D17) score of \&gt; 8 or a Young Mania Rating Scale (YMRS) \&gt; 8.
+Exclusion Criteria:
+* Have any medical condition that would preclude treatment with Risperdal Consta(TM)
+* Have type 2 diabetes
+* Have hyperlipidemia (baseline total cholesterol \&gt;280)
+* Have any clinically significant unstable medical conditio</t>
+  </si>
+  <si>
+    <t>Single blind masking</t>
+  </si>
+  <si>
+    <t>HSC20070020H</t>
+  </si>
+  <si>
+    <t>NCT00845572</t>
+  </si>
+  <si>
+    <t>https://clinicaltrials.gov/study/NCT00845572</t>
+  </si>
+  <si>
+    <t>The University of Texas Health Science Center at San Antonio</t>
+  </si>
+  <si>
+    <t>This study will establish a bi-weekly Consta Club. Participants will begin taking Risperdal Consta after being recommended by their treating physician. As a part of the Consta Club attendees will receive their injection of Risperdal Consta and be educated about important mental health issues. Interviews with study participants will be completed every three months to determine the effectiveness of the change to Risperdal Consta and the bi-weekly group. The overall hypothesis is that the individuals in Consta Club will have a decrease in walk-in visits, emergency procedures and hospitalizations. It is also believed that individuals in Consta Club will have fewer symptoms and better levels of functioning.</t>
+  </si>
+  <si>
+    <t>The Consta Club: A Demonstration Project for Setting up a Consta Club in a Community Mental Health Center</t>
+  </si>
+  <si>
+    <t>Consta Club</t>
+  </si>
+  <si>
+    <t>2007-01-01</t>
+  </si>
+  <si>
+    <t>2012-09-17</t>
+  </si>
+  <si>
+    <t>2010-06-01</t>
+  </si>
+  <si>
+    <t>Inclusion Criteria:
+1. Males and females who are able to understand the consent form and who have given informed consent.
+2. Between the ages of 18 and 65.
+3. Diagnosis of schizophrenia or schizoaffective disorder
+4. Receiving treatment with an oral atypical antipsychotic medication for at least two months prior to study
+5. Only partial adherence (80% or less) to antipsychotic medication
+6. If they have tried Consta but did not receive an adequate trial and did not experience any adverse symptoms.
+7. Some responsibility for attending Consta Club meetings and injections.
+8. Able to understand and complete rating scales.
+Exclusion Criteria:
+1. History of significant head trauma, seizure disorder, or mental retardation.
+2. Has a legal guardian.
+3. Alcohol or drug abuse or dependence within</t>
+  </si>
+  <si>
+    <t>Single group assignment</t>
+  </si>
+  <si>
+    <t>Once</t>
+  </si>
+  <si>
+    <t>CR005071</t>
+  </si>
+  <si>
+    <t>NCT00294008</t>
+  </si>
+  <si>
+    <t>https://clinicaltrials.gov/study/NCT00294008</t>
+  </si>
+  <si>
+    <t>Janssen Korea, Ltd., Korea</t>
+  </si>
+  <si>
+    <t>This study is a non-interventional web based registry designed to assess demographic, treatment and outcomes data in patients receiving treatment with long-acting injectable risperidone. One year retrospective data and 2 year prospective data will be collected.</t>
+  </si>
+  <si>
+    <t>A Study to Evaluate Treatment Adherence in Schizophrenia With Long Acting Risperidone Microspheres (e-STAR)</t>
+  </si>
+  <si>
+    <t>2004-12-01</t>
+  </si>
+  <si>
+    <t>2014-04-02</t>
+  </si>
+  <si>
+    <t>2009-06-01</t>
+  </si>
+  <si>
+    <t>SOURCE</t>
+  </si>
+  <si>
+    <t>NCT00246194</t>
+  </si>
+  <si>
+    <t>https://clinicaltrials.gov/study/NCT00246194</t>
+  </si>
+  <si>
+    <t>Janssen, LP</t>
+  </si>
+  <si>
+    <t>The purpose of this study is to examine treatment practices of adult schizophrenia patients by their own doctors, and to assess patient outcomes when treated with long-acting risperidone injection over a two-year period of observation.</t>
+  </si>
+  <si>
+    <t>Observational Study in Patients With Schizophrenia Treated With Long-Acting Risperidone Injection (RISPERDAL CONSTA)</t>
+  </si>
+  <si>
+    <t>risperidone (RISPERDAL CONSTA)</t>
+  </si>
+  <si>
+    <t>2004-09-01</t>
+  </si>
+  <si>
+    <t>LY03004 MD</t>
+  </si>
+  <si>
+    <t>NCT02091388</t>
+  </si>
+  <si>
+    <t>https://clinicaltrials.gov/study/NCT02091388</t>
+  </si>
+  <si>
+    <t>Phase I</t>
+  </si>
+  <si>
+    <t>Luye Pharma Group Ltd.</t>
+  </si>
+  <si>
+    <t>This study is to assess the bioavailability of LY03004 compared to Risperdal Consta as well as the evaluate the safety and tolerability and preliminary efficacy of LY03004 with repeat injections</t>
+  </si>
+  <si>
+    <t>Bioavailability of LY03004 and Risperdal® Consta®</t>
+  </si>
+  <si>
+    <t>LY03004</t>
+  </si>
+  <si>
+    <t>Risperdal® Consta®</t>
+  </si>
+  <si>
+    <t>2014-09-01</t>
+  </si>
+  <si>
+    <t>2015-03-03</t>
+  </si>
+  <si>
+    <t>2015-01-01</t>
+  </si>
+  <si>
+    <t>Inclusion Criteria:
+1. Male or female patients aged 18 to 65 years old
+2. Patients must have a DSM-IV-TR diagnosis of schizophrenia or schizoaffective disorder based on the Mini-International Neuropsychiatric Interview (MINI)
+3. Patients must be clinically stable on antipsychotic medications other than risperidone or paliperidone or clozapine for at least 4 weeks prior to screening, based on clinical assessments AND a Positive and Negative Syndrome Scale (PANSS) total score less than or equal 70 at Screening Visit
+4. Patients with a Body Mass Index in range of 18.0 to 35.0
+5. Patients with an Informed Consent Form signed by the patient or legally authorized representative
+Exclusion Criteria:
+1. Patients with a mental disorders other than schizophrenia or schizoaffective disorder, accord</t>
+  </si>
+  <si>
+    <t>every 22 days</t>
+  </si>
+  <si>
+    <t>CR002257</t>
+  </si>
+  <si>
+    <t>NCT00216671</t>
+  </si>
+  <si>
+    <t>https://clinicaltrials.gov/study/NCT00216671</t>
+  </si>
+  <si>
+    <t>Janssen Pharmaceutica N.V., Belgium</t>
+  </si>
+  <si>
+    <t>The primary objective of this randomized trial was to investigate whether early initiation of treatment with Risperdal Consta after an acute episode was not inferior to the routine approach (oral treatment for 12 weeks followed by treatment with Risperdal Consta). .</t>
+  </si>
+  <si>
+    <t>Long-acting Injectable Risperidone in Patients With Schizophrenia After an Acute Episode</t>
+  </si>
+  <si>
+    <t>Denmark, Finland, France, Greece, Israel, Norway, Slovenia, Sweden, Switzerland, United Kingdom</t>
+  </si>
+  <si>
+    <t>early initiation of treatment with Risperdal Consta</t>
+  </si>
+  <si>
+    <t>routine initiation of treatment with Risperdal Consta</t>
+  </si>
+  <si>
+    <t>2005-11-01</t>
+  </si>
+  <si>
+    <t>2013-07-12</t>
+  </si>
+  <si>
+    <t>Inclusion Criteria:
+* Diagnosis of schizophrenia by criteria of Diagnostic and Statistical Manual of Mental Diseases, Fourth Edition (DSM-IV)
+* acute episode of schizophrenia within 2 weeks of study entry
+* o subjects currently not treated or treated with oral antipsychotics or short-acting injectable antipsychotics (zuclopenthixol acutard is allowed) at doses not exceeding the registered dose
+* Positive And Negative Syndrome Scale (PANSS) score \&gt;=80
+* Clinical Global Impression - Severity (CGI-S) score \&gt;=5
+Exclusion Criteria:
+* DSM-IV axis I diagnosis other than schizophrenia
+* known hypersensitivity or lack of response to risperidone
+* pregnant or nursing females, or those without adequate contraception
+* alcohol or drug abuse or dependence diagnosed in the last month prior to entry</t>
+  </si>
+  <si>
+    <t>RIS-EMR-4033</t>
+  </si>
+  <si>
+    <t>NCT00148083</t>
+  </si>
+  <si>
+    <t>https://clinicaltrials.gov/study/NCT00148083</t>
+  </si>
+  <si>
+    <t>University of Illinois at Chicago</t>
+  </si>
+  <si>
+    <t>The specific aim of this study is to determine whether the new, long-acting, form of risperidone, Risperdal Consta, improves the ability of schizophrenia patients to benefit from skills training. The hypothesis guiding this study is that Risperdal Consta, by improving verbal memory, will improve the ability to benefit from skills training interventions among schizophrenia patients. The primary objective of this study is to compare patients on Risperdal Consta to patients on other atypical antipsychotic medications in terms of their ability to benefit from skills training interventions. A secondary objective of this study is to determine whether patients taking Risperdal Consta improve in other areas of cognitive functioning and social functioning.</t>
+  </si>
+  <si>
+    <t>Effects of Risperdal Consta on Ability to Benefit From Social Skills Training in Schizophrenia</t>
+  </si>
+  <si>
+    <t>Risperdal Consta (drug)</t>
+  </si>
+  <si>
+    <t>Social Skills Training</t>
+  </si>
+  <si>
+    <t>2005-09-01</t>
+  </si>
+  <si>
+    <t>2019-05-14</t>
+  </si>
+  <si>
+    <t>2006-03-01</t>
+  </si>
+  <si>
+    <t>Inclusion Criteria:
+1. Schizophrenia or schizoaffective disorder
+2. Ages 18-55
+3. Ability to give informed consent
+4. Good general physical health or stable chronic medical conditions
+5. Ability to be on a single antipsychotic medication
+6. History of inattentiveness in psychosocial treatment settings
+7. Poor social skills
+8. Must be receiving a single antipsychotic medication
+9. Must be clinically stable - defined by the absence of prominent delusions, hallucinations, disorganized speech, or grossly disorganized or catatonic behavior. However, there must also be continuing evidence of impairment, as indicated by the presence of negative symptoms or two or more symptoms of schizophrenia listed in Criterion A of the DSM-IV, in attenuated form (e.g., odd beliefs, unusual perceptual experien</t>
+  </si>
+  <si>
+    <t>Factorial assignment</t>
+  </si>
+  <si>
+    <t>070580</t>
+  </si>
+  <si>
+    <t>NCT00539071</t>
+  </si>
+  <si>
+    <t>https://clinicaltrials.gov/study/NCT00539071</t>
+  </si>
+  <si>
+    <t>Northwestern University</t>
+  </si>
+  <si>
+    <t>The purpose of this study is to look at two doses of long-acting injectable risperidone (Risperdal Consta). The study will use a usual dose of Risperdal Consta (50 mg given every two weeks) or a higher dose (75 mg-100 mg given every two weeks) to see which one is better at improving symptoms of schizophrenia or schizoaffective disorder.</t>
+  </si>
+  <si>
+    <t>High Dose Risperidone Consta for Patients With Schizophrenia With Poor Response to Risperidone</t>
+  </si>
+  <si>
+    <t>long-acting injectable risperidone</t>
+  </si>
+  <si>
+    <t>long acting injectable risperidone, Conventional Dose Group</t>
+  </si>
+  <si>
+    <t>long acting injectable risperidone, High Dose Group</t>
+  </si>
+  <si>
+    <t>2025-09-15</t>
+  </si>
+  <si>
+    <t>2012-05-01</t>
+  </si>
+  <si>
+    <t>Inclusion Criteria:
+* Patients diagnosed with schizophrenia or schizoaffective disorder
+* Able to give written informed consent.
+* Moderate psychosis persists although compliant with medication
+* Patients must have an inadequate response to two antipsychotic medications (can be risperidone, oral or long acting - but not required), at doses that are within the upper end of the standard dosage range
+* Patients must have a Clinical Global Impression - Severity (CGI-S) scale score at screening of at least moderate severity and a Personal and Social Performance Scale (PSP) score of 60 or below.
+* At the time of screening, eligible patients will be receiving or have received treatment with risperidone oral or Consta, or a combination that does not exceed 50 mg q 2 weeks of Consta or oral risper</t>
+  </si>
+  <si>
+    <t>Quadruple-blind masking</t>
+  </si>
+  <si>
+    <t>CR013483</t>
+  </si>
+  <si>
+    <t>NCT01894984</t>
+  </si>
+  <si>
+    <t>https://clinicaltrials.gov/study/NCT01894984</t>
+  </si>
+  <si>
+    <t>Terminated</t>
+  </si>
+  <si>
+    <t>Xian-Janssen Pharmaceutical Ltd.</t>
+  </si>
+  <si>
+    <t>The purpose of this study is to evaluate the long-term treatment efficacy, and safety of risperidone long-acting injection in participants with schizophrenia (psychiatric disorder with symptoms of emotional instability, detachment from reality, often with delusions and hallucinations, and withdrawal into the self).</t>
+  </si>
+  <si>
+    <t>An Observational Study to Evaluate Efficacy and Safety of Risperidone Long-Acting Injection for Treatment of Schizophrenia</t>
+  </si>
+  <si>
+    <t>2014-04-22</t>
+  </si>
+  <si>
+    <t>NCT00130923</t>
+  </si>
+  <si>
+    <t>https://clinicaltrials.gov/study/NCT00130923</t>
+  </si>
+  <si>
+    <t>Dartmouth-Hitchcock Medical Center</t>
+  </si>
+  <si>
+    <t>The purpose of this study is to compare the efficacy of oral risperidone (Risperdal) to risperidone long-acting (Consta) in reducing alcohol use in persons diagnosed with schizophrenia or schizoaffective disorder.</t>
+  </si>
+  <si>
+    <t>Risperidone Long-acting Versus Oral Risperidone in Patients With Schizophrenia and Alcohol Use Disorder</t>
+  </si>
+  <si>
+    <t>Risperidone Long Acting</t>
+  </si>
+  <si>
+    <t>oral risperidone</t>
+  </si>
+  <si>
+    <t>2019-04-16</t>
+  </si>
+  <si>
+    <t>2010-07-01</t>
+  </si>
+  <si>
+    <t>Inclusion Criteria:
+* Ages 18-65
+* Schizophrenia or schizoaffective disorder
+* Meets the Structured Clinical Interview for DSM-IV (SCID) criteria for an alcohol use disorder
+* Alcohol use on at least 5 days during the 4 weeks prior to randomization
+* Patient is medically stable to start either form of risperidone.
+Exclusion Criteria:
+* Current treatment with clozapine.
+* Current treatment with injectable risperidone long-acting.
+* Currently pregnant, planning to become pregnant, or unwilling to use an acceptable form of birth control.
+* Change in medications (dose of current medication, discontinuation of medication, or new medication) in past 30 days.
+* History of or current breast cancer.
+* History of intolerance of or allergy to risperidone or risperidone long-acting.
+* Currently res</t>
+  </si>
+  <si>
+    <t>CR011992</t>
+  </si>
+  <si>
+    <t>NCT00378092</t>
+  </si>
+  <si>
+    <t>https://clinicaltrials.gov/study/NCT00378092</t>
+  </si>
+  <si>
+    <t>Janssen Cilag N.V./S.A.</t>
+  </si>
+  <si>
+    <t>The purpose of this study is to evaluate the outcome of medication discontinuation, the safety and effectiveness of re-initiating risperidone long acting injection (RLAI) in case of relapse (the return of a medical problem) of schizophrenia (psychiatric disorder with symptoms of emotional instability, detachment from reality, often with delusions and hallucinations, and withdrawal into the self) during the study observation period of 36 months.</t>
+  </si>
+  <si>
+    <t>A Follow-Up Study of Schizophrenic Participants Following Treatment Discontinuation After Remission From a First Psychotic Episode</t>
+  </si>
+  <si>
+    <t>South Africa</t>
+  </si>
+  <si>
+    <t>Oral risperidone</t>
+  </si>
+  <si>
+    <t>Risperidone Long-Acting Injection (RLAI)</t>
+  </si>
+  <si>
+    <t>2006-04-01</t>
+  </si>
+  <si>
+    <t>2014-05-07</t>
+  </si>
+  <si>
+    <t>2010-03-01</t>
+  </si>
+  <si>
+    <t>Children, Adults</t>
+  </si>
+  <si>
+    <t>Inclusion Criteria: - Participants who completed 24 months RIS-PSY-301 study - Surgically sterile female participants or practicing an effective method of birth control before entry and throughout the study; and must have shown a negative urine serum pregnancy test at baseline before study entry - Participants who have signed informed consent document Exclusion Criteria: - Participants requiring treatment with mood stabilizers or antidepressants at study entry - Participants with evidence of alcohol or drug abuse or dependence (except for nicotine and caffeine dependence) according to Diagnostic and Statistical Manual of Mental Disorders (DSM-IV) criteria diagnosed in the last month before entry - Participants with a history of severe drug allergy, drug hypersensitivity, or neuroleptic mal</t>
+  </si>
+  <si>
+    <t>Every 2 weeks, Every 6 weeks</t>
+  </si>
+  <si>
+    <t>CR012289</t>
+  </si>
+  <si>
+    <t>NCT00589914</t>
+  </si>
+  <si>
+    <t>https://clinicaltrials.gov/study/NCT00589914</t>
+  </si>
+  <si>
+    <t>Johnson &amp; Johnson Pharmaceutical Research &amp; Development, L.L.C.</t>
+  </si>
+  <si>
+    <t>The purpose of this study is to demonstrate the effectiveness of paliperidone palmitate in patients with Schizophrenia.</t>
+  </si>
+  <si>
+    <t>Comparison of Paliperidone Palmitate and RISPERDAL CONSTA in Patients With Schizophrenia</t>
+  </si>
+  <si>
+    <t>United States of America, Austria, Bulgaria, Czechia, Estonia, Germany, Hungary, India, Lithuania, Poland, Russian Federation, Spain, Ukraine</t>
+  </si>
+  <si>
+    <t>RISPERDAL CONSTA</t>
+  </si>
+  <si>
+    <t>Paliperidone palmitate</t>
+  </si>
+  <si>
+    <t>2007-03-01</t>
+  </si>
+  <si>
+    <t>2014-06-11</t>
+  </si>
+  <si>
+    <t>Inclusion Criteria:
+* Meet diagnostic criteria for schizophrenia according to Diagnostic and Statistical Manual of Mental Disorders, Fourth Edition (DSM-IV) criteria as specified by the protocol for at least 1 year before screening
+* Prior medical records, written documentation or verbal information obtained from previous psychiatric providers obtained by the investigator must be consistent with the diagnosis of schizophrenia
+* A total PANSS score between 60 and 120, inclusive, at screening and baseline; Body mass index (BMI) at the screening visit BMI at least 17 kg/m2
+* Female patients must be postmenopausal for at least 2 years, surgically sterile, abstinent, or, if sexually active, be practicing an effective method of birth control before study entry and throughout the study as specif</t>
+  </si>
+  <si>
+    <t>CR012484</t>
+  </si>
+  <si>
+    <t>NCT01726335</t>
+  </si>
+  <si>
+    <t>https://clinicaltrials.gov/study/NCT01726335</t>
+  </si>
+  <si>
+    <t>Janssen-Cilag Ltd.</t>
+  </si>
+  <si>
+    <t>The purpose of this study is to evaluate efficacy, safety and tolerance of long-acting risperidone when switching from oral antipsychotics in participants with schizophrenia (psychiatric disorder with symptoms of emotional instability, detachment from reality, often with delusions and hallucinations, and withdrawal into the self).</t>
+  </si>
+  <si>
+    <t>Switching From Oral Antipsychotics to Long-Acting Risperidone in Participants With Schizophrenia</t>
+  </si>
+  <si>
+    <t>Brazil</t>
+  </si>
+  <si>
+    <t>Risperidone prolonged release</t>
+  </si>
+  <si>
+    <t>2006-01-01</t>
+  </si>
+  <si>
+    <t>2014-04-10</t>
+  </si>
+  <si>
+    <t>Inclusion Criteria:
+* Have schizophrenia diagnosis by Diagnostic and Statistical Manual of Mental Disorders, fourth edition (DSM-IV)
+* Be on treatment with oral antipsychotic of first or second generation, for a minimum time of 12 months
+* Previous history of bad adhesion to oral antipsychotic treatment in the last 12 months
+* Total Positive and Negative Syndrome Scale score less than or equal to 90, the conceptual disorganization, hallucinatory behavior, suspicion and not usual content of thought must be less than or equal to 4
+* Be not pregnant as showed on negative pregnancy serum test
+Exclusion Criteria:
+* Contraindication or known hypersensitivity to risperidone
+* Previous history of unsatisfactory response to risperidone
+* Previous history of refractivity to the other second gener</t>
+  </si>
+  <si>
+    <t>CR002278</t>
+  </si>
+  <si>
+    <t>NCT00132678</t>
+  </si>
+  <si>
+    <t>https://clinicaltrials.gov/study/NCT00132678</t>
+  </si>
+  <si>
+    <t>The purpose of this study is to determine if risperidone is effective and safe in the prevention of mood episodes in patients with bipolar 1 disorder.</t>
+  </si>
+  <si>
+    <t>A Study of the Safety and Efficacy of Injectable Risperidone in the Prevention of Bipolar Mood Episodes</t>
+  </si>
+  <si>
+    <t>United States of America, Austria, India, Malaysia, Poland, Russian Federation, Spain, Taiwan, Province of China, Ukraine</t>
+  </si>
+  <si>
+    <t>Risperdal Consta</t>
+  </si>
+  <si>
+    <t>Placebo</t>
+  </si>
+  <si>
+    <t>2005-02-01</t>
+  </si>
+  <si>
+    <t>2013-07-23</t>
+  </si>
+  <si>
+    <t>2007-10-01</t>
+  </si>
+  <si>
+    <t>2007-12-01</t>
+  </si>
+  <si>
+    <t>Inclusion Criteria:
+* Diagnosis of bipolar 1 disorder, currently experiencing a mixed or manic episode or stable
+* Two or more bipolar mood episodes in the last 2 years excluding current episode
+* Negative pregnancy test
+Exclusion Criteria:
+* History of \&gt; than 4 mood episodes a year during the last two years
+* patients experiencing a depressive episode
+* History of antisocial or borderline personality illness
+* Has unstable or serious general medical illness
+* Has received medications disallowed by study criteria.</t>
+  </si>
+  <si>
+    <t>CR006121</t>
+  </si>
+  <si>
+    <t>NCT00299702</t>
+  </si>
+  <si>
+    <t>https://clinicaltrials.gov/study/NCT00299702</t>
+  </si>
+  <si>
+    <t>The purpose of this study is to compare the effectiveness of two antipsychotic medications, RisperdalÂ® ConstaÂ® versus AbilifyÂ®, over a 2-year treatment period in the long-term maintenance of patients with schizophrenia.</t>
+  </si>
+  <si>
+    <t>Evaluation of Effectiveness of Risperdal® Consta® Compared to Abilify® Over a Two-year Period in Patients With Schizophrenia</t>
+  </si>
+  <si>
+    <t>2006-02-01</t>
+  </si>
+  <si>
+    <t>2011-12-22</t>
+  </si>
+  <si>
+    <t>2009-01-01</t>
+  </si>
+  <si>
+    <t>Inclusion Criteria:
+* Patients with diagnosis of schizophrenia
+* Patient has had at least 2 psychotic relapses in the two years prior to study entry
+* patient is not adequately benefiting from their current antipsychotic medication
+Exclusion Criteria:
+* Patients that have been hospitalized or had major medication changes within 2 months of study entry
+* Patients currently experiencing, or who have experienced worsening of disease symptoms within 2 months of study entry
+* Patients currently using clozapine or carbamazepine
+* Patients who have undergone electroconvulsive therapy or depot antipsychotic treatment within 6 months prior to study entry
+* pregnant or breast-feeding</t>
+  </si>
+  <si>
+    <t>CR002269</t>
+  </si>
+  <si>
+    <t>NCT00216476</t>
+  </si>
+  <si>
+    <t>https://clinicaltrials.gov/study/NCT00216476</t>
+  </si>
+  <si>
+    <t>Janssen-Cilag International NV</t>
+  </si>
+  <si>
+    <t>The purpose of this study is to investigate whether a long-acting injectable formulation of risperidone provides better effectiveness over 2 years, as measured by the time to relapse, compared with quetiapine tablets in a routine psychiatric care setting. Aripiprazole will be investigated in a descriptive manner.</t>
+  </si>
+  <si>
+    <t>A Study of Relapse Prevention and the Effectiveness of Long-acting Injectable Risperidone and Quetiapine Tablets in the Treatment of Patients With Schizophrenia or Schizoaffective Disorder</t>
+  </si>
+  <si>
+    <t>Austria, Bulgaria, Croatia, Czechia, Denmark, Estonia, France, Greece, Hungary, Ireland, Lithuania, Poland, Portugal, Romania, Saudi Arabia, Slovakia, Slovenia, Spain, Sweden, Türkiye, United Kingdom</t>
+  </si>
+  <si>
+    <t>Aripiprazole</t>
+  </si>
+  <si>
+    <t>Risperidone Long Acting Injectable (LAI)</t>
+  </si>
+  <si>
+    <t>Quetiapine</t>
+  </si>
+  <si>
+    <t>2004-10-01</t>
+  </si>
+  <si>
+    <t>2014-03-25</t>
+  </si>
+  <si>
+    <t>Inclusion Criteria:
+* Diagnosis of schizophrenia or schizoaffective disorder according to the Diagnostic and Statistical Manual of Mental Diseases, 4th edition (DSM-IV)
+* Patients currently treated with oral risperidone, olanzapine or a conventional neuroleptic monotherapy at doses not exceeding 6 mg risperdal, 20 mg olanzapine, or a conversion dose of 10 mg haloperidol for oral conventional agents
+* Patients who are stable (judged clinically stable by the investigator and on a stable dose of medication for 4 weeks or longer) but not optimally treated (non-satisfactory treatment regarding symptoms or adverse events)
+Exclusion Criteria:
+* Diagnosis other than schizophrenia or schizoaffective disorder by DSM-IV Axis I criteria
+* Patients being treated with antipsychotic agents other than</t>
+  </si>
+  <si>
+    <t>ZX003-1401</t>
+  </si>
+  <si>
+    <t>NCT02411526</t>
+  </si>
+  <si>
+    <t>https://clinicaltrials.gov/study/NCT02411526</t>
+  </si>
+  <si>
+    <t>Zogenix, Inc.</t>
+  </si>
+  <si>
+    <t>This is an open-label, multiple dose, PK and safety study in patients with chronic, stable schizophrenia or schizoaffective disorder.</t>
+  </si>
+  <si>
+    <t>Safety and PK Trial With Injectable ZX003 (Risperidone-SABER®) Compared to Risperdal® Consta® in Stable Schizophrenia</t>
+  </si>
+  <si>
+    <t>ZX003 (Risperidone-SABER®)</t>
+  </si>
+  <si>
+    <t>Oral Risperidone</t>
+  </si>
+  <si>
+    <t>2015-02-01</t>
+  </si>
+  <si>
+    <t>2022-10-27</t>
+  </si>
+  <si>
+    <t>2015-09-01</t>
+  </si>
+  <si>
+    <t>Inclusion Criteria:
+1. Male or female patients 18 - 60 years of age, inclusive.
+2. Diagnosis of schizophrenia, or schizoaffective disorder as per DSM-V criteria in the past 6 months or more, dependent on diagnosis.
+3. Currently on maintenance antipsychotic medication (ie, patients treated with antipsychotic medication with stable doses in the 4 weeks prior to Screening and no psychosis-related dose changes in the 8 weeks prior to Screening).
+4. Body Mass Index (BMI) ≥20 and ≤40 kg/m2.
+5. Female patients who are non-childbearing potential (surgically sterile \[hysterectomy\]) or post-menopausal ≥2 years; or non-pregnant, non-lactating females of childbearing potential who agree to use medically acceptable forms of birth control (hormonal contraception, abstinence, diaphragm with spermicide</t>
+  </si>
+  <si>
+    <t>CR013873</t>
+  </si>
+  <si>
+    <t>NCT00526877</t>
+  </si>
+  <si>
+    <t>https://clinicaltrials.gov/study/NCT00526877</t>
+  </si>
+  <si>
+    <t>Johnson &amp; Johnson Taiwan Ltd</t>
+  </si>
+  <si>
+    <t>The purpose of this study is to evaluate the efficacy and safety of long-acting risperidone microspheres (small uniformly-sized spherical particles, of micrometer dimensions, frequently labeled with radioisotopes or various reagents acting as tags or markers) in participants with schizophrenia (psychiatric disorder with symptoms of emotional instability, detachment from reality, often with delusions and hallucinations, and withdrawal into the self) and schizoaffective disorders (a mixed psychiatric disorder relating to a complex psychotic state that has features of both schizophrenia and a mood disorder such as bipolar disorder), who are receiving psychiatric home-care treatment .</t>
+  </si>
+  <si>
+    <t>An Efficacy and Safety Study of Long-acting Risperidone in Participants With Schizophrenia or Schizoaffective Disorders Who Are Receiving Psychiatric Home Care Treatment</t>
+  </si>
+  <si>
+    <t>2007-07-01</t>
+  </si>
+  <si>
+    <t>2014-02-27</t>
+  </si>
+  <si>
+    <t>Inclusion Criteria:
+* Meet the diagnostic criteria for schizophrenia or schizoaffective disorder according to Diagnostic and Statistical Manual of Mental Disorders, fourth edition (DSM-IV)
+* Participant has been given an adequate dose of an appropriate antipsychotic for an adequate period of time prior to enrollment, but previous treatment is considered unsatisfactory due to one or more of the following reasons: lack of efficacy, lack of tolerability or safety, lack of compliance and/or other reasons to switch to another antipsychotic medication
+* Female participants must be postmenopausal, surgically sterile, or practicing an effective method of birth control before entry and throughout the study; have a negative urine betahuman chorionic gonadotropin (HCG) pregnancy test at screening; a</t>
+  </si>
+  <si>
+    <t>P50MH066286</t>
+  </si>
+  <si>
+    <t>NCT00330551</t>
+  </si>
+  <si>
+    <t>https://clinicaltrials.gov/study/NCT00330551</t>
+  </si>
+  <si>
+    <t>University of California, Los Angeles</t>
+  </si>
+  <si>
+    <t>This study will determine the effectiveness of oral risperidone versus long-acting injectable risperidone in treating people with first-episode schizophrenia.</t>
+  </si>
+  <si>
+    <t>Oral Versus Injectable Risperidone for Treating First-Episode Schizophrenia</t>
+  </si>
+  <si>
+    <t>Risperidone in Long-Acting Injectable Form (Consta)</t>
+  </si>
+  <si>
+    <t>2023-02-04</t>
+  </si>
+  <si>
+    <t>2012-11-01</t>
+  </si>
+  <si>
+    <t>Yes</t>
+  </si>
+  <si>
+    <t>Inclusion Criteria:
+* DSM-IV diagnosis of schizophrenia, schizoaffective disorder (depressed type), or schizophreniform disorder
+* First major episode of psychotic symptoms occurred within 2 years prior to study entry
+* Participant in the UCLA Center for Neurocognition and Emotion in Schizophrenia
+Exclusion Criteria:
+* Neurological disorder or injury (e.g., encephalitis, epilepsy, traumatic brain injury)
+* Mental retardation (e.g., premorbid IQ less than 70)
+* Significant alcohol or substance abuse within 6 months prior to study entry
+* Inability to complete research measures in English
+* Any condition that may make risperidone use medically inadvisable</t>
+  </si>
+  <si>
+    <t>LY03004/CT-USA-104</t>
+  </si>
+  <si>
+    <t>NCT02186769</t>
+  </si>
+  <si>
+    <t>https://clinicaltrials.gov/study/NCT02186769</t>
+  </si>
+  <si>
+    <t>A review of the amount of drug in your blood over time.</t>
+  </si>
+  <si>
+    <t>An Randomized Open-Label PK Study of LY03004 Compared to Risperdal® Consta® in Stable Patients With Schizophrenia or Schizoaffective Disorder</t>
+  </si>
+  <si>
+    <t>2014-07-01</t>
+  </si>
+  <si>
+    <t>2015-06-17</t>
+  </si>
+  <si>
+    <t>2015-04-01</t>
+  </si>
+  <si>
+    <t>Inclusion Criteria:
+1. Male or female patients aged 18 to 65 years old;
+2. Patients must have a DSM-IV diagnosis of schizophrenia or schizoaffective disorder based on the Mini-International Neuropsychiatric Interview (MINI);
+3. Patients must be clinically stable on antipsychotic medications other than risperidone or paliperidone or clozapine for at least 4 weeks prior to screening, based on clinical assessments and a Positive and Negative Syndrome Scale (PANSS) total score less than or equal 70 at screening visit;
+4. Patients with a Body Mass Index in range of 18.0 to 35.0;
+5. Patients with an Informed consent form signed by the patient or legally acceptable representative
+Exclusion Criteria:
+1. Patients with a mental disorders other than schizophrenia or schizoaffective disorder, accor</t>
+  </si>
+  <si>
+    <t>RIS-EMR-4021</t>
+  </si>
+  <si>
+    <t>NCT00385801</t>
+  </si>
+  <si>
+    <t>https://clinicaltrials.gov/study/NCT00385801</t>
+  </si>
+  <si>
+    <t>Phase II</t>
+  </si>
+  <si>
+    <t>Massachusetts General Hospital</t>
+  </si>
+  <si>
+    <t>The purpose of this study is to examine the effects of the administration of Risperidal-Consta on the brain's reward circuitry using Magnetic resonance Imaging (MRI), behavioral tests and measuring cocaine craving and use among people with active cocaine dependence.</t>
+  </si>
+  <si>
+    <t>Study of the Effects of Risperdal Consta on Brain Reward Circuitry Function, Craving and Cocaine Use in Active Cocaine Dependence</t>
+  </si>
+  <si>
+    <t>2017-03-20</t>
+  </si>
+  <si>
+    <t>2010-09-01</t>
+  </si>
+  <si>
+    <t>Male</t>
+  </si>
+  <si>
+    <t>Inclusion Criteria:
+* current cocaine dependence who use cocaine at least every 2 weeks
+* Non-treatment seekers who intend to continue using cocaine
+* Male 18-60 years of age
+* Potential participants must be literate in the English language, and be able to understand and complete rating scales and questionnaires accurately
+* Able to provide informed consent
+* Potential participants must be able to identify at least one "locator" person to assist in tracking the participant for follow-up assessments
+Exclusion Criteria:
+* Other current substance dependence requiring immediate detoxification
+* Diagnosis of schizophrenia, bipolar disorder, current major depressive disorder
+* Currently suicidal or at high risk for suicide in the judgment of the investigator
+* Carrying a medical device incomp</t>
+  </si>
+  <si>
+    <t>Triple-blind masking</t>
+  </si>
+  <si>
+    <t>CR015841</t>
+  </si>
+  <si>
+    <t>NCT00992407</t>
+  </si>
+  <si>
+    <t>https://clinicaltrials.gov/study/NCT00992407</t>
+  </si>
+  <si>
+    <t>The purpose of this study is to evaluate the efficacy and safety of long acting injectable (LAI) risperidone and oral risperidone treatment on participants with schizophrenia (psychiatric disorder with symptoms of emotional instability, detachment from reality, often with delusions and hallucinations, and withdrawal into the self) or schizoaffective disorder (a mixed psychiatric disorder relating to a complex psychotic state that has features of both schizophrenia and a mood disorder such as bipolar disorder).</t>
+  </si>
+  <si>
+    <t>An Efficacy and Safety Study of Long Acting Injectable Risperidone and Oral Risperidone in Participants With Schizophrenia or Schizoaffective Disorder</t>
+  </si>
+  <si>
+    <t>Korea, Republic of</t>
+  </si>
+  <si>
+    <t>Risperidone long acting injectables</t>
+  </si>
+  <si>
+    <t>Risperidone tablets</t>
+  </si>
+  <si>
+    <t>2014-02-06</t>
+  </si>
+  <si>
+    <t>2010-12-01</t>
+  </si>
+  <si>
+    <t>Inclusion Criteria: - Participants who will understand the objectives and necessary procedures of the study and have signed the informed consent form which specified that they were willing to participate in the study - Participants with schizophrenia or schizoaffective disorder requiring long-term antipsychotic drug therapy - Participants with pre-morbid global assessment of functioning score of 71 or higher at Screening - Participants who do not present clinically significant abnormality in biochemistry and electrocardiography - Participants who will be compliant with the study requirements (that is, filling in the questionnaire by themselves) and who are capable of actually performing and willing to implementing them
+Exclusion Criteria: - Participants who had taken clozapine for the pas</t>
+  </si>
+  <si>
+    <t>PHAR-1701</t>
+  </si>
+  <si>
+    <t>NCT03390712</t>
+  </si>
+  <si>
+    <t>https://clinicaltrials.gov/study/NCT03390712</t>
+  </si>
+  <si>
+    <t>Unknown status</t>
+  </si>
+  <si>
+    <t>Réseau de Santé Vitalité Health Network</t>
+  </si>
+  <si>
+    <t>The primary objective of this single-center multi-site retrospective chart review is to determine if paliperidone palmitate and/or risperidone long-acting injection can decrease the number of psychiatric relapses following their initiation in an inpatient acute psychiatric unit compared to oral antipsychotic therapy and determine if one treatment is superior to the other in this regard. This study will utilize a mirror-image design and incorporate up to a 3 years of follow-up following the index admission. Secondary objectives of this study will be to determine the change in hospital resource utilization for psychiatric reasons following treatment initiation, and to determine the difference in time to relapse.</t>
+  </si>
+  <si>
+    <t>Mirror-image Study of Paliperidone Palmitate and Risperidone Long-acting Injection</t>
+  </si>
+  <si>
+    <t>Canada</t>
+  </si>
+  <si>
+    <t>Paliperidone Palmitate</t>
+  </si>
+  <si>
+    <t>Risperidal Consta</t>
+  </si>
+  <si>
+    <t>Antipsychotic</t>
+  </si>
+  <si>
+    <t>2018-01-02</t>
+  </si>
+  <si>
+    <t>2017-12-28</t>
+  </si>
+  <si>
+    <t>2018-09-01</t>
+  </si>
+  <si>
+    <t>2018-12-01</t>
+  </si>
+  <si>
+    <t>CR003211</t>
+  </si>
+  <si>
+    <t>NCT00216632</t>
+  </si>
+  <si>
+    <t>https://clinicaltrials.gov/study/NCT00216632</t>
+  </si>
+  <si>
+    <t>The purpose of the study is to evaluate the maintained effectiveness of long-acting injectable risperidone (RISPERDAL® CONSTA™) compared with the previous treatment with oral olanzapine in non-acute subjects with schizophrenia or schizoaffective disorder considered in need of a therapy change.</t>
+  </si>
+  <si>
+    <t>A Study of Treatment Success in Changing From Olanzapine to Long-acting Injectable Risperidone (RISPERDAL® CONSTA™)</t>
+  </si>
+  <si>
+    <t>Amantadine Hydrochloride, USP</t>
+  </si>
+  <si>
+    <t>2005-03-01</t>
+  </si>
+  <si>
+    <t>2012-12-06</t>
+  </si>
+  <si>
+    <t>Inclusion Criteria:
+* Diagnosis of schizophrenia or schizoaffective disorder according to criteria of Diagnostic and StatisticalManual of Mental Diseases, 4th edition (DSM-IV)
+* patients must have been symptomatically non-acute on a stable dose of olanzapine the last month before the screening visit
+* patients must be currently treated with oral olanzapine at doses stable for the last month and willing to switch to long-acting injectable risperidone for one of the following reasons: insufficient treatment response, adverse events, compliance issues, or patient's request.
+Exclusion Criteria:
+* Patients not treated with effective doses of olanzapine (acc. to SmPC) prior to study initiation
+* known hypersensitivity, intolerance, or unresponsiveness to risperidone
+* history of drug allergy</t>
+  </si>
+  <si>
+    <t>NCT00215579</t>
+  </si>
+  <si>
+    <t>https://clinicaltrials.gov/study/NCT00215579</t>
+  </si>
+  <si>
+    <t>Duke University</t>
+  </si>
+  <si>
+    <t>As many as 75 percent of patients with schizophrenia have difficulty taking their oral medication on a regular basis. This may lead to worsening of symptoms. Clinicians commonly respond to these problems by adding adjunctive medications, despite the absence of systematic studies that support such practices. It is possible, however, that in many of these cases, the unstable course and/or unsatisfactory treatment response reflects incomplete adherence with the originally prescribed oral antipsychotic, rather than a need for adjunctive medications. This study will examine whether switching patients who demonstrate an unstable course and/or an unsatisfactory clinical response to a long-acting injectable preparation as the primary antipsychotic may enhance medication adherence and improve outco</t>
+  </si>
+  <si>
+    <t>Determining the Effects of Risperdal Consta in Patients With Psychotic Disorders and Incomplete Adherence</t>
+  </si>
+  <si>
+    <t>Depot Risperidone Microsphere (Consta)</t>
+  </si>
+  <si>
+    <t>2004-04-01</t>
+  </si>
+  <si>
+    <t>2014-09-19</t>
+  </si>
+  <si>
+    <t>Inclusion Criteria:
+* Eligible patients will be male or female
+* Between 18-65 years of age and will meet DSM-IV criteria for schizophrenia or schizoaffective disorder.
+* The subject must have, in their physicians opinion, an unstable course and must have been treated with an oral antipsychotic.
+Exclusion Criteria:
+* Pregnant and breast feeding females will be excluded.
+* Because fluoxetine is known to change the plasma level of CONSTA, subjects taking fluoxetine within two weeks of starting the study will be excluded.
+* Patients who are known to have a hypersensitivity to oral Risperdal will be excluded.</t>
+  </si>
+  <si>
+    <t>R01MH037705-06</t>
+  </si>
+  <si>
+    <t>NCT00333177</t>
+  </si>
+  <si>
+    <t>https://clinicaltrials.gov/study/NCT00333177</t>
+  </si>
+  <si>
+    <t>This study will determine the effectiveness of various combinations of psychosocial therapy and risperidone treatment in improving work or school performance in people with first-episode schizophrenia.</t>
+  </si>
+  <si>
+    <t>Psychosocial Therapy and Risperidone Treatment in Work Performance in Recent-Onset Schizophrenia</t>
+  </si>
+  <si>
+    <t>Cognitive remediation training (CT)</t>
+  </si>
+  <si>
+    <t>Healthy behavior training (HBT)</t>
+  </si>
+  <si>
+    <t>Risperidone, administered orally (Oral Ris)</t>
+  </si>
+  <si>
+    <t>Risperidone, administered via injection (RLAI)</t>
+  </si>
+  <si>
+    <t>2020-03-04</t>
+  </si>
+  <si>
+    <t>2013-01-01</t>
+  </si>
+  <si>
+    <t>Inclusion Criteria:
+* Diagnosis of schizophrenia, schizoaffective disorder (depressed type), or schizophreniform disorder
+* First major episode of psychotic symptoms occurred within 2 years prior to study entry
+Exclusion Criteria:
+* Neurological disorder or injury (e.g., encephalitis, epilepsy, traumatic brain injury)
+* Mental retardation (e.g., premorbid intelligence quotient (IQ) less than 70)
+* Significant alcohol or substance use during last 6 months
+* Unable to complete research measures in English
+* Any condition that may make risperidone use medically inadvisable</t>
+  </si>
+  <si>
+    <t>CR005959</t>
+  </si>
+  <si>
+    <t>NCT00246259</t>
+  </si>
+  <si>
+    <t>https://clinicaltrials.gov/study/NCT00246259</t>
+  </si>
+  <si>
+    <t>Janssen-Ortho Inc., Canada</t>
+  </si>
+  <si>
+    <t>The purpose of this study is to evaluate the effectiveness, safety and tolerability of risperidone long-acting injection (LAI) versus oral antipsychotics in participants with recent onset psychosis (abnormal thinking and/or hallucinations).</t>
+  </si>
+  <si>
+    <t>A Trial Comparing Risperidone Long-Acting Injection With Oral Antipsychotic in the Treatment of Early Psychosis</t>
+  </si>
+  <si>
+    <t>Risperidone long-acting injection (LAI)</t>
+  </si>
+  <si>
+    <t>Oral Antipsychotic</t>
+  </si>
+  <si>
+    <t>2013-11-15</t>
+  </si>
+  <si>
+    <t>2008-12-01</t>
+  </si>
+  <si>
+    <t>Inclusion Criteria:
+* In-patients or out-patients
+* Primary Diagnostic and Statistical Manual of Mental Disorders, fourth edition (DSM-IV) diagnosis of schizophrenia, schizophreniform disorder or schizoaffective disorder for no longer than 3 years after diagnosis and treatment of a psychotic illness
+* Positive and Negative Syndrome Scale (PANSS) score of 60-120 at Visit 1 and 2
+* Currently on monotherapy atypical antipsychotic treatment below local label guidelines or treatment naive
+* Able to complete self-assessments in either English or French
+Exclusion Criteria:
+* Current primary Axis-1 diagnosis other than schizophrenia, schizophreniform disorder or schizoaffective disorder, according to DSM-IV
+* Current drug or alcohol dependence
+* Treatment with a depot antipsychotic within 3 mon</t>
+  </si>
+  <si>
+    <t>ALKS 9072-A403N</t>
+  </si>
+  <si>
+    <t>NCT03919994</t>
+  </si>
+  <si>
+    <t>https://clinicaltrials.gov/study/NCT03919994</t>
+  </si>
+  <si>
+    <t>Alkermes, Inc.</t>
+  </si>
+  <si>
+    <t>The objectives of this study are to describe characteristics, treatment patterns, and outcomes of patients with schizophrenia newly initiated on 1 of 4 FDA-approved atypical Long Acting Injectable (LAI) antipsychotics (ABILIFY MAINTENA®, ARISTADA®, INVEGA SUSTENNA® or RISPERDAL CONSTA®)</t>
+  </si>
+  <si>
+    <t>Observational Study of Long Acting Injectable Medications (LAIs) in Schizophrenia (OASIS)</t>
+  </si>
+  <si>
+    <t>2019-03-28</t>
+  </si>
+  <si>
+    <t>2023-02-01</t>
+  </si>
+  <si>
+    <t>2023-01-04</t>
+  </si>
+  <si>
+    <t>CR006016</t>
+  </si>
+  <si>
+    <t>NCT00256997</t>
+  </si>
+  <si>
+    <t>https://clinicaltrials.gov/study/NCT00256997</t>
+  </si>
+  <si>
+    <t>The purpose of this study is to evaluate risperidone long-acting injection (an antipsychotic medication) versus oral antipsychotics in schizophrenia (psychiatric disorder with symptoms of emotional instability, detachment from reality, often with delusions and hallucinations, and withdrawal into the self) participants with a history of being poorly compliant with taking their medication.</t>
+  </si>
+  <si>
+    <t>A Study of Risperidone Long-Acting Injection Versus Oral Antipsychotics in Schizophrenia Participants With a History of Being Poorly Compliant With Taking Their Medication</t>
+  </si>
+  <si>
+    <t>Australia, Canada, Ireland, United Kingdom</t>
+  </si>
+  <si>
+    <t>Oral atypical Antipsychotic</t>
+  </si>
+  <si>
+    <t>2013-11-12</t>
+  </si>
+  <si>
+    <t>2009-04-01</t>
+  </si>
+  <si>
+    <t>Inclusion Criteria: - Diagnosis of schizophrenia (psychiatric disorder with symptoms of emotional instability, detachment from reality, often with delusions and hallucinations, and withdrawal into the self) as per Diagnostic and Statistical Manual of Mental Disorders, Fourth Edition Text revision (DSM-IV TR)- Have had at least 2 hospitalizations or 2 clinical worsening of symptoms, over the past 2 years because of deteriorating adherence - Is currently receiving treatment with an antipsychotic per local product label guidelines, and has a history in the last 5 years of a satisfactory response (minimum of 6 weeks) to oral antipsychotics (excluding clozapine) - On monotherapy antipsychotic treatment as per local product label guidelines, at Baseline -Female participants must be surgically st</t>
+  </si>
+  <si>
+    <t>ORP</t>
+  </si>
+  <si>
+    <t>NCT00314327</t>
+  </si>
+  <si>
+    <t>https://clinicaltrials.gov/study/NCT00314327</t>
+  </si>
+  <si>
+    <t>Northwell Health</t>
+  </si>
+  <si>
+    <t>The purpose of this project is to evaluate the efficacy of long-acting risperidone for patients with first episode schizophrenia spectrum who did not improve sufficiently with the first antipsychotic medication they tried during their initial treatment trial.</t>
+  </si>
+  <si>
+    <t>Optimizing Response in Psychosis Study</t>
+  </si>
+  <si>
+    <t>Abilify Maintena</t>
+  </si>
+  <si>
+    <t>2018-04-18</t>
+  </si>
+  <si>
+    <t>2013-11-01</t>
+  </si>
+  <si>
+    <t>Inclusion Criteria:
+* Current DSM-IV-defined diagnosis of schizophrenia, schizophreniform disorder, schizoaffective disorder, or psychotic disorder NOS as assessed using the Structured Clinical Interview for Axis I DSM-IV Disorders (SCID-I/P) (First et al, 1998)
+* Is in the first episode of illness. First episode is defined as having had 6 months or less of lifetime treatment with an antipsychotic.
+* Has not responded sufficiently to treatment with an antipsychotic. Lack of response is defined as a rating at study entry of 4 (moderate) or more on at least one of the following BPRS-A items: conceptual disorganization, grandiosity, hallucinatory behavior, unusual thought content.
+* Continuous antipsychotic treatment at the time of study entry of a minimum of 12 weeks with the same antipsych</t>
+  </si>
+  <si>
+    <t>CR014845</t>
+  </si>
+  <si>
+    <t>NCT01855074</t>
+  </si>
+  <si>
+    <t>https://clinicaltrials.gov/study/NCT01855074</t>
+  </si>
+  <si>
+    <t>The purpose of this study is to evaluate the efficacy and safety of long acting injectable microspheres of risperidone in participants with schizophrenia (psychiatric disorder with symptoms of emotional instability, detachment from reality, often with delusions and hallucinations, and withdrawal into the self), schizophreniform or schizoaffective disorders (disorders in which there is a loss of ego boundaries or a gross impairment in reality testing with delusions or prominent hallucinations).</t>
+  </si>
+  <si>
+    <t>An Efficacy and Safety Study of Risperidone Long-Acting Microspheres in Participants With Schizophrenia, Schizophreniform or Schizoaffective Disorders</t>
+  </si>
+  <si>
+    <t>2013-08-06</t>
+  </si>
+  <si>
+    <t>Inclusion Criteria:
+* Symptomatically stable participants defined as a) participants with treatment on outpatient and inpatient basis for at least 4 weeks before entering the study, and b) Positive and Negative Syndrome Scale (PANSS) Positive Subscale Score less than or equal to (\&lt;= ) 3 (1-7), including conceptual disorganization, suspicion, hallucinatory conduct and delirium (state of violent mental agitation)
+* Participants under antipsychotic treatment with extrapyramidal symptoms, persistent negative symptoms or lack of adherence defined as irregular administration of medication in the last 2 weeks
+* Participants who have given their informed consent in writing, or at least, by their family member or personal representative
+Exclusion Criteria:
+* Participants taking first antipsycho</t>
+  </si>
+  <si>
+    <t>e-STAR</t>
+  </si>
+  <si>
+    <t>NCT00774085</t>
+  </si>
+  <si>
+    <t>https://clinicaltrials.gov/study/NCT00774085</t>
+  </si>
+  <si>
+    <t>The purpose of this study is to assess treatment and outcomes data in patients receiving treatment with long-acting injectable risperidone.</t>
+  </si>
+  <si>
+    <t>An Observational Study to Assess Treatment &amp; Outcomes Data in Patients Receiving Long-Acting Injectable Risperidone</t>
+  </si>
+  <si>
+    <t>2004-11-01</t>
+  </si>
+  <si>
+    <t>2012-04-26</t>
+  </si>
+  <si>
+    <t>CR016630</t>
+  </si>
+  <si>
+    <t>NCT01026285</t>
+  </si>
+  <si>
+    <t>https://clinicaltrials.gov/study/NCT01026285</t>
+  </si>
+  <si>
+    <t>International Observational Registry on Schizophrenia</t>
+  </si>
+  <si>
+    <t>InORS - International Observational Registry on Schizophrenia With Injectable Risperidone and Oral Antipsychotics</t>
+  </si>
+  <si>
+    <t>Czechia, France, Germany, Greece, Russian Federation, South Africa, Spain, Türkiye</t>
+  </si>
+  <si>
+    <t>Risperidone Long-Acting injectable or oral antipsychotics</t>
+  </si>
+  <si>
+    <t>2013-06-21</t>
+  </si>
+  <si>
+    <t>2012-03-01</t>
+  </si>
+  <si>
+    <t>CR002089</t>
+  </si>
+  <si>
+    <t>NCT00269919</t>
+  </si>
+  <si>
+    <t>https://clinicaltrials.gov/study/NCT00269919</t>
+  </si>
+  <si>
+    <t>The purpose of this study is to evaluate the long-term efficacy and safety of a long-acting injectable formulation of risperidone (an antipsychotic medication) and its influence on quality of life, in participants with schizophrenia (psychiatric disorder with symptoms of emotional instability, detachment from reality, often with delusions and hallucinations, and withdrawal into the self).</t>
+  </si>
+  <si>
+    <t>An Efficacy and Safety Study of Long-Term Risperidone Microspheres in Participants With Schizophrenia</t>
+  </si>
+  <si>
+    <t>Risperidone Long-Acting Injectable (RLAI)</t>
+  </si>
+  <si>
+    <t>2005-08-01</t>
+  </si>
+  <si>
+    <t>2008-08-01</t>
+  </si>
+  <si>
+    <t>Inclusion Criteria:
+* Participants diagnosed with schizophrenia or schizoaffective disorder (in-patients or out-patients)
+* Participants currently having their symptoms well controlled with a stable dose of oral antipsychotic medication
+* Participants who have signed informed consent form Exclusion Criteria:
+* Participants who have never received any previous antipsychotic treatment
+* Participants who have received clozapine during the last 3 months
+* Participants with a serious unstable medical condition, including laboratory abnormalities
+* Participants with a history of, or current symptoms of tardive dyskinesia (a complication of neuroleptic therapy involving involuntary movements of facial muscles) or neuroleptic malignant syndrome (a rare psychotropic-drug reaction, which may be cha</t>
+  </si>
+  <si>
+    <t>PROACTIVE</t>
+  </si>
+  <si>
+    <t>NCT00330863</t>
+  </si>
+  <si>
+    <t>https://clinicaltrials.gov/study/NCT00330863</t>
+  </si>
+  <si>
+    <t>This study is designed to find out whether taking antipsychotic medication once every two weeks by injection compared to taking daily oral medication will help people with schizophrenia maintain better control of their symptoms.</t>
+  </si>
+  <si>
+    <t>Preventing Relapse in Schizophrenia: Oral Antipsychotics Compared To Injectables: Evaluating Efficacy</t>
+  </si>
+  <si>
+    <t>Risperidone microspheres</t>
+  </si>
+  <si>
+    <t>Olanzapine</t>
+  </si>
+  <si>
+    <t>Ziprasidone</t>
+  </si>
+  <si>
+    <t>2006-05-01</t>
+  </si>
+  <si>
+    <t>2018-06-12</t>
+  </si>
+  <si>
+    <t>2011-01-01</t>
+  </si>
+  <si>
+    <t>Inclusion Criteria:
+* All schizophrenia and schizoaffective patients whose clinicians are considering long-term treatment with an "atypical" (second generation) antipsychotic medication
+* Worsening of illness (schizophrenia) within 12 months of study entry as defined by: hospitalization, increased level of clinical care, and/or present clinical Global Impressions Severity rating of moderate or worse
+Exclusion Criteria:
+* First episode patients as defined by a patient who: has never received antipsychotic medication and has never been hospitalized for psychiatric illness; or, is receiving antipsychotic medication for the first time associated with a first diagnosis of schizophrenia.
+* Pregnant or breastfeeding
+* Patients with unstable medical conditions
+* Patients with previous history o</t>
+  </si>
+  <si>
+    <t>GCO 98-924</t>
+  </si>
+  <si>
+    <t>NCT00044655</t>
+  </si>
+  <si>
+    <t>https://clinicaltrials.gov/study/NCT00044655</t>
+  </si>
+  <si>
+    <t>Icahn School of Medicine at Mount Sinai</t>
+  </si>
+  <si>
+    <t>This study will evaluate the effectiveness of switching medications in decreasing schizophrenia symptoms in individuals who are currently taking an antipsychotic medication for the treatment of schizophrenia.</t>
+  </si>
+  <si>
+    <t>Switching Medication to Treat Schizophrenia</t>
+  </si>
+  <si>
+    <t>2001-07-01</t>
+  </si>
+  <si>
+    <t>2016-03-28</t>
+  </si>
+  <si>
+    <t>2009-03-01</t>
+  </si>
+  <si>
+    <t>Inclusion criteria:
+* SCID diagnosis of schizophrenia or schizoaffective disorder
+* Partially remitted outpatients, defined as persons who have received clear symptomatic benefit from antipsychotic medication but remain symptomatic (due to lack of efficacy or inability to tolerate an efficacious dose) or suffer significant side effects
+* Treatment with antipsychotic medications for at least 2 months
+* Received at least 1 outpatient mental health service every 3 months for the past 6 months
+Exclusion criteria:
+* Severe symptoms or side effects that indicate the necessity for a medication change
+* Currently taking 3 or more antipsychotic medications for ongoing daily administration (PRN medications and mood stabilizers are allowable)
+* Treatment with clozapine
+* One or more nights spent i</t>
+  </si>
+  <si>
+    <t>CR017107</t>
+  </si>
+  <si>
+    <t>NCT01181960</t>
+  </si>
+  <si>
+    <t>https://clinicaltrials.gov/study/NCT01181960</t>
+  </si>
+  <si>
+    <t>Janssen Scientific Affairs, LLC</t>
+  </si>
+  <si>
+    <t>The purpose of this study is to build a data repository that can be used to understand pharmaceutical utilization patterns among patients being treated in community behavioral health organizations (CBHOs) for schizophrenia or bipolar I disorder.</t>
+  </si>
+  <si>
+    <t>Research and Evaluation of Antipsychotic Treatment in Community Behavioral Health Organizations</t>
+  </si>
+  <si>
+    <t>Risperidone long acting injectable - New Starts</t>
+  </si>
+  <si>
+    <t>Risperidone long acting injectable - Continuous Users</t>
+  </si>
+  <si>
+    <t>Paliperidone Palmitate -New and Continuous Users</t>
+  </si>
+  <si>
+    <t>Other Antipsychotics - New Starts</t>
+  </si>
+  <si>
+    <t>2010-08-01</t>
+  </si>
+  <si>
+    <t>2014-02-11</t>
+  </si>
+  <si>
     <t>Clinical trial ID</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Company</t>
   </si>
   <si>
     <t>Manufacturer</t>
   </si>
   <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
@@ -378,50 +1942,797 @@
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
   </si>
   <si>
     <t>Country Name</t>
   </si>
   <si>
     <t>Reg Status</t>
   </si>
   <si>
     <t>Reg Submission Date</t>
   </si>
   <si>
     <t>Reg Approval Date</t>
   </si>
   <si>
     <t>Links</t>
   </si>
   <si>
     <t>Comments</t>
   </si>
   <si>
+    <t>Janssen-Cilag Inc</t>
+  </si>
+  <si>
+    <t>janssen-cilag inc</t>
+  </si>
+  <si>
+    <t>Mental health</t>
+  </si>
+  <si>
+    <t>12.5mg; 25 mg; 37.5 mg; 50 mg</t>
+  </si>
+  <si>
+    <t>EMA/FIMEA</t>
+  </si>
+  <si>
+    <t>European Medicines Agency/Finnish Medicines Agency</t>
+  </si>
+  <si>
+    <t>FIN</t>
+  </si>
+  <si>
+    <t>Finland</t>
+  </si>
+  <si>
+    <t>Approved</t>
+  </si>
+  <si>
+    <t>https://fimea.fi/en/databases_and_registers/fimeaweb?query=risperdal%20consta&amp;humanmed=true&amp;selfcare=true&amp;receptmed=true&amp;marketedmed=true&amp;prefillonly=false</t>
+  </si>
+  <si>
+    <t>EMA/BAM</t>
+  </si>
+  <si>
+    <t>Bundesinstitut für Arzneimittel und Medizinprodukte</t>
+  </si>
+  <si>
+    <t>DEU</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>https://portal.dimdi.de/amguifree/am/docoutput/jpadocdisplay.xhtml?globalDocId=F61F4D6170E84C0286DDA72BEE3C4239&amp;directdisplay=true&amp;docid=1</t>
+  </si>
+  <si>
+    <t>EMA/EOF</t>
+  </si>
+  <si>
+    <t>EMA/ National Organisation for Medicines</t>
+  </si>
+  <si>
+    <t>GRC</t>
+  </si>
+  <si>
+    <t>Greece</t>
+  </si>
+  <si>
+    <t>Awaiting approval</t>
+  </si>
+  <si>
+    <t>https://services.eof.gr/human-search/view.xhtml?id=50630adfa87a0f0f93157fc8f940b8d88c98fc6b37af1951e96406ff273e521a</t>
+  </si>
+  <si>
+    <t>EMA/NCPHP</t>
+  </si>
+  <si>
+    <t>EMA/National Center for Public Health and Pharmacy</t>
+  </si>
+  <si>
+    <t>HUN</t>
+  </si>
+  <si>
+    <t>Hungary</t>
+  </si>
+  <si>
+    <t>https://ogyei.gov.hu/drug_database&amp;action=show_details&amp;item=19853</t>
+  </si>
+  <si>
+    <t>EMA/IMA</t>
+  </si>
+  <si>
+    <t>European Medicines Agency/Icelandic Medicines Agency</t>
+  </si>
+  <si>
+    <t>ISL</t>
+  </si>
+  <si>
+    <t>Iceland</t>
+  </si>
+  <si>
+    <t>https://www.ima.is/wp-content/uploads/sites/3/2025/10/lyf_med_markadsleyfi_1025.xlsx</t>
+  </si>
+  <si>
+    <t>EMA/MPRL</t>
+  </si>
+  <si>
+    <t>EMA/Medicinal Product Register of Latvia</t>
+  </si>
+  <si>
+    <t>LVA</t>
+  </si>
+  <si>
+    <t>Latvia</t>
+  </si>
+  <si>
+    <t>https://dati.zva.gov.lv/zalu-registrs/en/info/03-0096?r=aHR0cHM6Ly9kYXRpLnp2YS5nb3YubHYvemFsdS1yZWdpc3Rycy9lbi8%2FaXNzPTEmYW1wO3E9UmlzcGVyaWRvbnVtJmFtcDtJSy0xPTEmYW1wO0lLLTI9MiZhbXA7TkFDPW9uJmFtcDtTQVQ9b24mYW1wO0RFQz1vbiZhbXA7RVNDPW9uJmFtcDtFU0k9b24mYW1wO1BJTT1vbiZhbXA7Uk5FPW9uJmFtcDtzPU9OJmFtcDtyPQ%3D%3D</t>
+  </si>
+  <si>
+    <t>EMA/AFOSHC</t>
+  </si>
+  <si>
+    <t>EMA/Austrian Federal Office for Safety in Health Care Austrian Medicines and Medical Devices Agency</t>
+  </si>
+  <si>
+    <t>LIE</t>
+  </si>
+  <si>
+    <t>Liechtenstein</t>
+  </si>
+  <si>
+    <t>https://sai.refdata.ch/detail/20154</t>
+  </si>
+  <si>
+    <t>EMA/VAPRIS</t>
+  </si>
+  <si>
+    <t>EMA/Valstybine Vaistu Kontroles Tarnyba</t>
+  </si>
+  <si>
+    <t>LTU</t>
+  </si>
+  <si>
+    <t>Lithuania</t>
+  </si>
+  <si>
+    <t>https://vapris.vvkt.lt/vvkt-web/public/medications/view/35511</t>
+  </si>
+  <si>
+    <t>EMA/SanteSecu</t>
+  </si>
+  <si>
+    <t>LUX</t>
+  </si>
+  <si>
+    <t>Luxembourg</t>
+  </si>
+  <si>
+    <t>https://cns.public.lu/en/assure/publications/legislations/textes-coordonnes/liste-med-comm-tridenom.html</t>
+  </si>
+  <si>
+    <t>EMA/MMA</t>
+  </si>
+  <si>
+    <t>European Medicines  Agency/Malta Medicines Authority (MMA)</t>
+  </si>
+  <si>
+    <t>MLT</t>
+  </si>
+  <si>
+    <t>Malta</t>
+  </si>
+  <si>
+    <t>https://medicinesauthority.gov.mt/medicine-details?id=87140</t>
+  </si>
+  <si>
+    <t>EMA/NOMA</t>
+  </si>
+  <si>
+    <t>European Medicines Agency/ Norwegian Medical Products Agency</t>
+  </si>
+  <si>
+    <t>NOR</t>
+  </si>
+  <si>
+    <t>Norway</t>
+  </si>
+  <si>
+    <t>https://www.legemiddelsok.no/sider/Legemiddelvisning.aspx?pakningId=3d1b72a2-e1e0-4168-8abb-a13cd0813b6f&amp;searchquery=Risperdal%20consta&amp;f=Han;MtI;Vir;ATC;Var;Mar;Mid;Avr;gen;par;&amp;pane=0</t>
+  </si>
+  <si>
+    <t>Rispolept Consta</t>
+  </si>
+  <si>
+    <t>EMA/RPL</t>
+  </si>
+  <si>
+    <t>European Medicines Agency / Ezdrowie</t>
+  </si>
+  <si>
+    <t>POL</t>
+  </si>
+  <si>
+    <t>Poland</t>
+  </si>
+  <si>
+    <t>https://rejestry.ezdrowie.gov.pl/rpl/search/public</t>
+  </si>
+  <si>
+    <t>EMA/INFARMED</t>
+  </si>
+  <si>
+    <t>EMA/Autoridade Nacional do Medicamento e produtos de Saude</t>
+  </si>
+  <si>
+    <t>PRT</t>
+  </si>
+  <si>
+    <t>Portugal</t>
+  </si>
+  <si>
+    <t>https://www.ema.europa.eu/en/documents/psusa/risperidone-list-nationally-authorised-medicinal-products-psusa00002649202205_en.pdf</t>
+  </si>
+  <si>
+    <t>EMA/PSMDCA</t>
+  </si>
+  <si>
+    <t>European Medicines Agency / Pharmaceutical Services and Medical Devices Competent Authority</t>
+  </si>
+  <si>
+    <t>CYP</t>
+  </si>
+  <si>
+    <t>Cyprus</t>
+  </si>
+  <si>
+    <t>https://www.phs.moh.gov.cy/human-search/home.xhtml?lang=en#</t>
+  </si>
+  <si>
+    <t>EMA/AEMPS</t>
+  </si>
+  <si>
+    <t>European Medicines Agency / Spanish Agency for Medicine and Medical Devices</t>
+  </si>
+  <si>
+    <t>ESP</t>
+  </si>
+  <si>
+    <t>Spain</t>
+  </si>
+  <si>
+    <t>https://cima.aemps.es/cima/publico/detalle.html?nregistro=65213</t>
+  </si>
+  <si>
+    <t>EMA/SMPA</t>
+  </si>
+  <si>
+    <t>European Medicines Agency/ Swedish Medical Products Agency</t>
+  </si>
+  <si>
+    <t>SWE</t>
+  </si>
+  <si>
+    <t>Sweden</t>
+  </si>
+  <si>
+    <t>https://www.lakemedelsverket.se/sv/sok-lakemedelsfakta/lakemedel/20040305000163/risperdal-consta-25-mg-pulver-och-vatska-till-injektionsvatska-depotsuspension</t>
+  </si>
+  <si>
+    <t>DOH UAE</t>
+  </si>
+  <si>
+    <t>Department of Health United Arab Emirates</t>
+  </si>
+  <si>
+    <t>ARE</t>
+  </si>
+  <si>
+    <t>United Arab Emirates</t>
+  </si>
+  <si>
+    <t>https://mohap.gov.ae/en/w/registered-medications-list</t>
+  </si>
+  <si>
+    <t>Rispolept Konsta</t>
+  </si>
+  <si>
+    <t>FSDC-MINZDRAV</t>
+  </si>
+  <si>
+    <t>Federal Service for Drug Control of the Russian Federation - MINZDRAV</t>
+  </si>
+  <si>
+    <t>RUS</t>
+  </si>
+  <si>
+    <t>Russian Federation</t>
+  </si>
+  <si>
+    <t>https://grls.rosminzdrav.ru/Grls_View_v2.aspx?routingGuid=5ea429fe-27a0-4785-956b-5f50d3067605</t>
+  </si>
+  <si>
+    <t>DoH HK</t>
+  </si>
+  <si>
+    <t>Department of Health (Pharmacy and Poison Board of Hong Kong)</t>
+  </si>
+  <si>
+    <t>HKG</t>
+  </si>
+  <si>
+    <t>Hong Kong</t>
+  </si>
+  <si>
+    <t>https://www.drugoffice.gov.hk/eps/drug/productDetail/en/pharmaceutical_trade/113380</t>
+  </si>
+  <si>
+    <t>MoH-PhDiv</t>
+  </si>
+  <si>
+    <t>Ministry of Health Israel - Pharmaceutical division</t>
+  </si>
+  <si>
+    <t>ISR</t>
+  </si>
+  <si>
+    <t>Israel</t>
+  </si>
+  <si>
+    <t>https://israeldrugs.health.gov.il/#!/medDetails/127%2028%2030619%2011</t>
+  </si>
+  <si>
+    <t>SAHPRA</t>
+  </si>
+  <si>
+    <t>South African Health Products Regulatory Authority</t>
+  </si>
+  <si>
+    <t>ZAF</t>
+  </si>
+  <si>
+    <t>https://pi-pil-repository.sahpra.org.za/</t>
+  </si>
+  <si>
+    <t>Thailand FDA</t>
+  </si>
+  <si>
+    <t>Thailand Food and Drug Administration</t>
+  </si>
+  <si>
+    <t>THA</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
+    <t>https://pertento.fda.moph.go.th/FDA_INFORMATION_DRUG/Home/Phar_Product_Inform_Page?Newcode=U1DR1C1012460003911C</t>
+  </si>
+  <si>
+    <t>TITCK (Turkiye)</t>
+  </si>
+  <si>
+    <t>Turkish Medicines and Medical Devices Agency</t>
+  </si>
+  <si>
+    <t>TUR</t>
+  </si>
+  <si>
+    <t>Türkiye</t>
+  </si>
+  <si>
+    <t>https://www.pharmaturca.com/eskisite/product/risperdal-consta-50-mg-powder-and-solvent-for-prolonged-release-suspension-for-injection-2/</t>
+  </si>
+  <si>
+    <t>PMDA-r</t>
+  </si>
+  <si>
+    <t>Pharmaceuticals and Medical Devices Agency - Ministry of Health, Labour and Welfare</t>
+  </si>
+  <si>
+    <t>JPN</t>
+  </si>
+  <si>
+    <t>Japan</t>
+  </si>
+  <si>
+    <t>https://www.pmda.go.jp/files/000274881.pdf</t>
+  </si>
+  <si>
+    <t>Health Canada</t>
+  </si>
+  <si>
+    <t>CAN</t>
+  </si>
+  <si>
+    <t>https://health-products.canada.ca/dpd-bdpp/info?lang=eng&amp;code=74093</t>
+  </si>
+  <si>
+    <t>USFDA-r</t>
+  </si>
+  <si>
+    <t>United States Food and Drug Administration</t>
+  </si>
+  <si>
+    <t>USA</t>
+  </si>
+  <si>
+    <t>https://www.accessdata.fda.gov/drugsatfda_docs/nda/2003/21346_RisperdalTOC.cfm</t>
+  </si>
+  <si>
+    <t>EMA/AGES</t>
+  </si>
+  <si>
+    <t>European Medicines Agency/ Austrian Agency for Health and Food Safety</t>
+  </si>
+  <si>
+    <t>AUT</t>
+  </si>
+  <si>
+    <t>Austria</t>
+  </si>
+  <si>
+    <t>https://medikamente.basg.gv.at/documents/1-24628__DOTC_FACH_INFO.pdf</t>
+  </si>
+  <si>
+    <t>EMA/SUKL-CZ</t>
+  </si>
+  <si>
+    <t>European Medicines Agency/ State Institute for Drug Control</t>
+  </si>
+  <si>
+    <t>CZE</t>
+  </si>
+  <si>
+    <t>Czechia</t>
+  </si>
+  <si>
+    <t>https://prehledy.sukl.cz/prehled_leciv.html#/leciva/0104693</t>
+  </si>
+  <si>
+    <t>EMA/ANSM</t>
+  </si>
+  <si>
+    <t>European Medicines Agency/ National Agency for the Safety of Medicine and Health Products</t>
+  </si>
+  <si>
+    <t>FRA</t>
+  </si>
+  <si>
+    <t>France</t>
+  </si>
+  <si>
+    <t>https://agence-prd.ansm.sante.fr/php/ecodex/index.php#result</t>
+  </si>
+  <si>
+    <t>EMA/HPRA</t>
+  </si>
+  <si>
+    <t>European Medicines Agency/ Health Products Regulatory Authority (HPRA)</t>
+  </si>
+  <si>
+    <t>IRL</t>
+  </si>
+  <si>
+    <t>Ireland</t>
+  </si>
+  <si>
+    <t>https://www.hpra.ie/find-a-medicine/for-human-use/authorised-medicines/details/20736</t>
+  </si>
+  <si>
+    <t>EMA/AIFA</t>
+  </si>
+  <si>
+    <t>European Medicines Agency/ Italian Medicines Agency</t>
+  </si>
+  <si>
+    <t>ITA</t>
+  </si>
+  <si>
+    <t>Italy</t>
+  </si>
+  <si>
+    <t>https://investor.alkermes.com/news-releases/news-release-details/alkermes-announces-risperdalr-constar-approved-italy</t>
+  </si>
+  <si>
+    <t>EMA/SUKL-SVK</t>
+  </si>
+  <si>
+    <t>European Medicines Agency /National Regulatory Authority Slovakia (SUKL)</t>
+  </si>
+  <si>
+    <t>SVK</t>
+  </si>
+  <si>
+    <t>Slovakia</t>
+  </si>
+  <si>
+    <t>https://www.sukl.sk/hlavna-stranka-1/english-version/special-pages/medical-product-detail?page_id=842&amp;lie_id=8025B</t>
+  </si>
+  <si>
+    <t>EMA/JAZMP</t>
+  </si>
+  <si>
+    <t>European Medicines Agency/ Agency for Medicinal Products and Medical Devices</t>
+  </si>
+  <si>
+    <t>SVN</t>
+  </si>
+  <si>
+    <t>Slovenia</t>
+  </si>
+  <si>
+    <t>https://www.cbz.si/cbz/bzzdrzg.nsf/zgo/1145550</t>
+  </si>
+  <si>
+    <t>Swissmedic</t>
+  </si>
+  <si>
+    <t>CHE</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>ANVISA</t>
+  </si>
+  <si>
+    <t>Agência Nacional de Vigilância Sanitária</t>
+  </si>
+  <si>
+    <t>BRA</t>
+  </si>
+  <si>
+    <t>Consultations - National Health Surveillance Agency</t>
+  </si>
+  <si>
+    <t>Luye Pharma</t>
+  </si>
+  <si>
+    <t>luye pharma</t>
+  </si>
+  <si>
+    <t>Ruixintuo</t>
+  </si>
+  <si>
+    <t>NMPA</t>
+  </si>
+  <si>
+    <t>National Medical Products Administration</t>
+  </si>
+  <si>
+    <t>CHN</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>https://www.bioworld.com/articles/502550-luyes-schizophrenia-drug-approval-in-china-challenges-jjs-risperdal-consta?v=preview</t>
+  </si>
+  <si>
+    <t>NPRA</t>
+  </si>
+  <si>
+    <t>Malaysian Drug Control Authority - National Pharmaceutical Regulatory Agency</t>
+  </si>
+  <si>
+    <t>MYS</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>https://quest3plus.bpfk.gov.my/pmo2/detail.php?type=product&amp;id=MAL20041156A</t>
+  </si>
+  <si>
+    <t>CDSCO</t>
+  </si>
+  <si>
+    <t>Central Drugs Standard Control Organisation - India</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>India</t>
+  </si>
+  <si>
+    <t>https://www.mims.com/india/drug/info/risperdal-consta</t>
+  </si>
+  <si>
+    <t>Medsafe-r</t>
+  </si>
+  <si>
+    <t>New Zealand Medicines and Medical Devices Safety Authority</t>
+  </si>
+  <si>
+    <t>NZL</t>
+  </si>
+  <si>
+    <t>New Zealand</t>
+  </si>
+  <si>
+    <t>https://www.tga.gov.au/sites/default/files/auspar-risperdal-consta.pdf</t>
+  </si>
+  <si>
+    <t>TGA</t>
+  </si>
+  <si>
+    <t>Therapeutic Goods Administration</t>
+  </si>
+  <si>
+    <t>AUS</t>
+  </si>
+  <si>
+    <t>Australia</t>
+  </si>
+  <si>
+    <t>PFDA-r</t>
+  </si>
+  <si>
+    <t>Philippines Food and Drug Administration</t>
+  </si>
+  <si>
+    <t>PHL</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>https://verification.fda.gov.ph/ALL_DrugProductsview.php?showdetail=&amp;registration_number=DR-XY28753</t>
+  </si>
+  <si>
+    <t>SFDA-r</t>
+  </si>
+  <si>
+    <t>Saudi Food &amp; Drug Authority</t>
+  </si>
+  <si>
+    <t>SAU</t>
+  </si>
+  <si>
+    <t>Saudi Arabia</t>
+  </si>
+  <si>
+    <t>https://www.sfda.gov.sa/en/drugs-list</t>
+  </si>
+  <si>
+    <t>TFDA</t>
+  </si>
+  <si>
+    <t>Taiwan Food and Drug Administration</t>
+  </si>
+  <si>
+    <t>TWN</t>
+  </si>
+  <si>
+    <t>Taiwan, Province of China</t>
+  </si>
+  <si>
+    <t>https://www.google.com/url?client=internal-element-cse&amp;cx=008913382465328057190:totppbhtgf8&amp;q=https://www.fda.gov.tw/tc/includes/GetFile.ashx%3Fid%3Df636695652244546205%26type%3D1&amp;sa=U&amp;ved=2ahUKEwie2J-yr--QAxUUoScCHb8fHn0QFnoECAYQAg&amp;usg=AOvVaw0ZtUYdAdiHHyn36B8eDtua&amp;fexp=73177442,73177443</t>
+  </si>
+  <si>
+    <t>MHRA-r</t>
+  </si>
+  <si>
+    <t>Medicines and Healthcare Products Regulatory Agency - UK</t>
+  </si>
+  <si>
+    <t>GBR</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>https://mhraproducts4853.blob.core.windows.net/docs/b61bc4bf0c5cf9b4bcad1f2e3c013f9b98f2c363</t>
+  </si>
+  <si>
+    <t>KMFDS-r</t>
+  </si>
+  <si>
+    <t>Korean Ministry of Food and Drug Safety</t>
+  </si>
+  <si>
+    <t>KOR</t>
+  </si>
+  <si>
+    <t>ANMAT</t>
+  </si>
+  <si>
+    <t>National Administration of Drugs, Food and Medical Devices</t>
+  </si>
+  <si>
+    <t>ARG</t>
+  </si>
+  <si>
+    <t>Argentina</t>
+  </si>
+  <si>
+    <t>https://investor.alkermes.com/news-releases/news-release-details/alkermes-announces-additional-data-and-analyses-submitted-fda</t>
+  </si>
+  <si>
+    <t>COFEPRIS</t>
+  </si>
+  <si>
+    <t>Comision Federal para la Proteccion contra Riesgos Sanitarios</t>
+  </si>
+  <si>
+    <t>MEX</t>
+  </si>
+  <si>
+    <t>Mexico</t>
+  </si>
+  <si>
+    <t>originator</t>
+  </si>
+  <si>
+    <t>Subcutaneous</t>
+  </si>
+  <si>
+    <t>ANAMED</t>
+  </si>
+  <si>
+    <t>Agencia nacional de medicamentos-Instituto de Salud Publica - Ministerio de Salud - Gobierno de Chile</t>
+  </si>
+  <si>
+    <t>CHL</t>
+  </si>
+  <si>
+    <t>Chile</t>
+  </si>
+  <si>
+    <t>https://registrosanitario.ispch.gob.cl/Ficha.aspx?RegistroISP=F-13503%2f24</t>
+  </si>
+  <si>
+    <t>Teva Pharmaceuticals</t>
+  </si>
+  <si>
+    <t>generic</t>
+  </si>
+  <si>
+    <t>Risperidone Teva</t>
+  </si>
+  <si>
+    <t>EMA/NAMMDR</t>
+  </si>
+  <si>
+    <t>European Medicines Agency / National Agency of Medicines and Medical Devices of Romania</t>
+  </si>
+  <si>
+    <t>ROU</t>
+  </si>
+  <si>
+    <t>Romania</t>
+  </si>
+  <si>
+    <t>https://www.anm.ro/_/_AMB/AMB_16170_06.08.25.pdf</t>
+  </si>
+  <si>
     <t>Representative patent</t>
   </si>
   <si>
     <t>Patent description</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Patent holder</t>
   </si>
   <si>
     <t>Expiry date</t>
   </si>
   <si>
     <t>Patent abstract</t>
   </si>
   <si>
     <t>Licence with MPP</t>
   </si>
   <si>
     <t>Patent source</t>
   </si>
   <si>
     <t>Granted: Low, low-middle and upper-middle countries</t>
@@ -435,90 +2746,138 @@
   <si>
     <t>Filed: High income countries</t>
   </si>
   <si>
     <t>Not in force: Low, low-middle and upper-middle countries</t>
   </si>
   <si>
     <t>Not in force: High income countries</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Brief description</t>
   </si>
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Exclusivity</t>
   </si>
   <si>
     <t>Expiration date</t>
   </si>
   <si>
+    <t>Microparticles</t>
+  </si>
+  <si>
+    <t>The invention provides a process for the preparation of biodegradable biocompatible microparticles, said process comprising: contacting microparticles comprising a biodegradable biocompatible polymer matrix containing an active (e.g. pharmaceutical or diagnostic) agent and an organic solvent with an aqueous solvent system whereby the content of said organic solvent in said particles is reduced to 2 % or less of the weight of said particles, said solvent system being such as to satisfy at least one of the conditions (a) that it is at an elevated temperature (e.g. from 25 to 40 °C) during at least part of the time that it is in contact with said particles, and (b) that it comprises water and water-miscible solvent for said organic solvent; and recovering said particles from said aqueous solv</t>
+  </si>
+  <si>
+    <t>WO1997041837A2</t>
+  </si>
+  <si>
+    <t>Alkermes Controlled Therapeutics Inc</t>
+  </si>
+  <si>
+    <t>Microencapsulated 3-piperidinyl-substituted 1,2-benzisoxazoles and 1,2-benzisothiazoles</t>
+  </si>
+  <si>
+    <t>WO1995013814A1</t>
+  </si>
+  <si>
+    <t>Janssen Pharmaceutica N.V.</t>
+  </si>
+  <si>
     <t>Illustration URL</t>
   </si>
   <si>
     <t>Credit</t>
   </si>
   <si>
     <t>https://lapal.medicinespatentpool.org/storage/illustrations/YZ7zTFGp8uuVMngRI4Kq5INgwtcVI55c0zb5hyFI.png</t>
   </si>
   <si>
     <t>risperidone</t>
   </si>
   <si>
     <t>Pubchem</t>
   </si>
   <si>
     <t>Company/University</t>
   </si>
   <si>
     <t>Link to website</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Short description</t>
   </si>
   <si>
     <t>Janssen Pharmaceuticals</t>
   </si>
   <si>
-    <t>originator</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.janssen.com/</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>Janssen Pharmaceuticals is a subsidiary company of Johnson &amp; Johnson headquartered in Beerse, Belgium. They focus on manufacturing and developing pharmaceutical products for use in areas such as, Immunology, Infectious Diseases &amp; Vaccines, Pulmonary Hypertension, Cardiovascular &amp; Metabolism, Oncology, and Neuroscience.</t>
+  </si>
+  <si>
+    <t>Alkermes Inc</t>
+  </si>
+  <si>
+    <t>https://www.alkermes.com/</t>
+  </si>
+  <si>
+    <t>Alkermes, Inc. is the U.S. R&amp;D and manufacturing arm of Alkermes plc, a fully integrated, global biopharmaceutical company. The company focuses on developing innovative medicines for serious psychiatric and neurological disorders.</t>
+  </si>
+  <si>
+    <t>Publication</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;Eerdekens, Mariëlle et al. “Pharmacokinetics and tolerability of long-acting risperidone in schizophrenia.”&amp;nbsp;&lt;/span&gt;&lt;em style="color: rgb(33, 33, 33);"&gt;Schizophrenia research&lt;/em&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;&amp;nbsp;vol. 70,1 (2004): 91-100. doi:&lt;/span&gt;&lt;a href="10.1016/j.schres.2003.11.001" rel="noopener noreferrer" target="_blank" style="color: rgb(33, 33, 33);"&gt;10.1016/j.schres.2003.11.001&lt;/a&gt;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;The pharmacokinetics and tolerability of long-acting risperidone (Risperdal Consta) were evaluated in a multicenter, prospective, open-label, 15-week study of 86 patients with schizophrenia. Subjects stabilized on 2, 4 or 6 mg of oral risperidone once daily for at least 4 weeks were assigned to receive i.m. injections of 25, 50 or 75 mg of risperidone, respectively, every 2 weeks for 10 weeks. The 90% confidence intervals for the i.m./oral ratios of the mean steady-state plasma-AUC, corrected for dosing interval, and of the average plasma concentration of the active moiety (risperidone plus 9-hydroxyrisperidone) were within the range of 80-125%, indicating bioequivalence of the i.m. and oral formulations. However, mean steady-state peak concentrations of the active moiety were 25-32% lower with i.m. than oral dosing (P &amp;lt; 0.05) and fluctuations in plasma active-moiety levels were 32-42% lower with the i.m. than oral regimen. Symptoms of schizophrenia continued to improve after switching from oral to i.m. dosing. Long-acting risperidone was well tolerated locally and systematically. Although overall bioequivalence of the two formulations was established, the differences in pharmacokinetic profiles between the two formulations indicate potential benefits for long-acting risperidone.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;&lt;span style="color: rgb(27, 27, 27);"&gt;Kemp, D. E., Canan, F., Goldstein, B. I., &amp;amp; McIntyre, R. S. (2009). Long-acting risperidone: a review of its role in the treatment of bipolar disorder.&amp;nbsp;&lt;/span&gt;&lt;em style="color: rgb(27, 27, 27);"&gt;Advances in therapy&lt;/em&gt;&lt;span style="color: rgb(27, 27, 27);"&gt;,&amp;nbsp;&lt;/span&gt;&lt;em style="color: rgb(27, 27, 27);"&gt;26&lt;/em&gt;&lt;span style="color: rgb(27, 27, 27);"&gt;(6), 588–599. &lt;/span&gt;&lt;a href="https://doi.org/10.1007/s12325-009-0039-0" rel="noopener noreferrer" target="_blank" style="color: rgb(27, 27, 27);"&gt;https://doi.org/10.1007/s12325-009-0039-0&lt;/a&gt;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;&lt;span style="color: rgb(27, 27, 27);"&gt;Bipolar disorder is a multidimensional illness typified by fluctuating periods of depression and mania, cognitive dysfunction, abnormal circadian rhythms, and multiple comorbid psychiatric and general medical conditions. Indefinite pharmacological treatment is often required, yet the modest effects of available treatments and frequent difficulties with tolerability and adherence present complex challenges to patients. Long-acting injectable medications offer a therapeutic alternative to oral mood stabilizers and may help facilitate long-term treatment adherence. This article will provide a succinct review of the latest data on the use of long-acting injectable risperidone (LAR) during the maintenance phase treatment of bipolar disorder. The specific role of LAR in comparison to other atypical antipsychotics, and the limitations of available studies will be discussed from the perspectives of efficacy, tolerability, and sequential positioning in treatment guidelines.&lt;/span&gt;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;Lasser, Robert A et al. “Clinical improvement in 336 stable chronically psychotic patients changed from oral to long-acting risperidone: a 12-month open trial.”&amp;nbsp;&lt;/span&gt;&lt;em style="color: rgb(33, 33, 33);"&gt;The international journal of neuropsychopharmacology&lt;/em&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;&amp;nbsp;vol. 8,3 (2005): 427-38. doi:&lt;/span&gt;&lt;a href="10.1017/S1461145705005225" rel="noopener noreferrer" target="_blank" style="color: rgb(33, 33, 33);"&gt;10.1017/S1461145705005225&lt;/a&gt;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;Modern atypical antipsychotics have advantages over older neuroleptics. We hypothesize that their utility may be further enhanced by sustained drug delivery without daily oral self-dosing. This report examines the effects of a year of treatment with long-acting risperidone for chronically psychotic patients previously stabilized with oral risperidone. This open trial of long-acting risperidone involved 336 patients diagnosed with DSM-IV schizophrenia or schizoaffective disorder judged clinically stable on a consistent daily oral dose of risperidone for &amp;gt; or =4 wk. Based on oral doses, subjects were assigned clinically to bi-weekly intramuscular injections of 25-75 mg of long-acting risperidone for up to 50 wk. Clinical assessments at regular intervals included the Positive and Negative Syndrome Scale (PANSS), Clinical Global Impressions (CGI) scale, adverse event reports, and the Extrapyramidal Symptom Rating Scale (ESRS). PANSS total scores improved overall from a moderate baseline score of 64.5+/-17.7 to 58.8+/-19.9 at end-point (p&amp;lt;0.001), by&amp;gt; or =20% in 50% of patients, with greatest improvement in negative symptoms. Prevalence of favourable CGI - Severity ratings increased by 2.4-fold (p&amp;lt;0.0001). Ratings of extrapyramidal symptoms also improved [e.g. physician-rated parkinsonism scores decreased by 20% (p&amp;lt;0.0001)]. Tissue reactions and other adverse effects of repeated intramuscular injections were rare and mild. Psychotic patients considered stable but symptomatic with oral risperidone treatment showed further improvements in symptom ratings and extrapyramidal dysfunction during a year of bi-weekly injections of long-acting risperidone.&lt;/p&gt;&lt;p&gt;&lt;br&gt;&lt;/p&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="yyyy-mm-dd hh:mm:ss"/>
     <numFmt numFmtId="165" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -540,57 +2899,58 @@
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="6">
+  <cellXfs count="7">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="164" fillId="2" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="0"/>
+    <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
+    <xf xfId="0" fontId="0" numFmtId="165" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="165" fillId="2" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -850,129 +3210,130 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT00177164" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT00571688" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT00845572" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT00294008" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT00246194" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT02091388" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT00216671" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT00148083" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT00539071" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT01894984" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT00130923" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT00378092" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT00589914" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT01726335" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT00132678" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT00299702" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT00216476" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT02411526" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT00526877" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT00330551" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT02186769" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT00385801" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT00992407" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT03390712" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT00216632" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT00215579" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT00333177" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT00246259" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT03919994" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT00256997" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT00314327" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT01855074" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT00774085" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT01026285" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT00269919" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT00330863" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT00044655" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT01181960" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="illustrations/YZ7zTFGp8uuVMngRI4Kq5INgwtcVI55c0zb5hyFI.png" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AF2"/>
+  <dimension ref="A1:AG2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:AF1"/>
+      <selection activeCell="A1" sqref="A1:AG1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
     <col min="17" max="17" width="30" customWidth="true" style="0"/>
     <col min="18" max="18" width="30" customWidth="true" style="0"/>
     <col min="19" max="19" width="30" customWidth="true" style="0"/>
     <col min="20" max="20" width="30" customWidth="true" style="0"/>
     <col min="21" max="21" width="30" customWidth="true" style="0"/>
     <col min="22" max="22" width="30" customWidth="true" style="0"/>
     <col min="23" max="23" width="30" customWidth="true" style="0"/>
     <col min="24" max="24" width="30" customWidth="true" style="0"/>
     <col min="25" max="25" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="30" customWidth="true" style="0"/>
     <col min="27" max="27" width="30" customWidth="true" style="0"/>
     <col min="28" max="28" width="30" customWidth="true" style="0"/>
     <col min="29" max="29" width="30" customWidth="true" style="0"/>
     <col min="30" max="30" width="30" customWidth="true" style="0"/>
     <col min="31" max="31" width="30" customWidth="true" style="0"/>
     <col min="32" max="32" width="30" customWidth="true" style="0"/>
+    <col min="33" max="33" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:32">
+    <row r="1" spans="1:33">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="2" t="s">
@@ -1025,137 +3386,169 @@
       </c>
       <c r="Y1" s="3" t="s">
         <v>24</v>
       </c>
       <c r="Z1" s="3" t="s">
         <v>25</v>
       </c>
       <c r="AA1" s="2" t="s">
         <v>26</v>
       </c>
       <c r="AB1" s="2" t="s">
         <v>27</v>
       </c>
       <c r="AC1" s="2" t="s">
         <v>28</v>
       </c>
       <c r="AD1" s="2" t="s">
         <v>29</v>
       </c>
       <c r="AE1" s="2" t="s">
         <v>30</v>
       </c>
       <c r="AF1" s="2" t="s">
         <v>31</v>
       </c>
-    </row>
-    <row r="2" spans="1:32">
+      <c r="AG1" s="2" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="2" spans="1:33">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H2" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="I2" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="J2" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K2" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="L2" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="M2" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="N2" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="O2" t="s">
-        <v>39</v>
+        <v>42</v>
+      </c>
+      <c r="P2" t="s">
+        <v>44</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>45</v>
+      </c>
+      <c r="R2" t="s">
+        <v>46</v>
+      </c>
+      <c r="S2" t="s">
+        <v>47</v>
       </c>
       <c r="T2" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="U2" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="V2" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="W2" t="s">
-        <v>43</v>
+        <v>51</v>
+      </c>
+      <c r="X2" t="s">
+        <v>52</v>
       </c>
       <c r="Y2" s="1"/>
-      <c r="Z2" s="1"/>
-[...1 lines deleted...]
-        <v>44</v>
+      <c r="Z2" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="AA2" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB2" t="s">
+        <v>55</v>
+      </c>
+      <c r="AC2" t="s">
+        <v>56</v>
+      </c>
+      <c r="AD2" t="s">
+        <v>57</v>
       </c>
       <c r="AF2" t="s">
-        <v>45</v>
+        <v>58</v>
+      </c>
+      <c r="AG2" t="s">
+        <v>59</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AZ1"/>
+  <dimension ref="A1:AZ39"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:AZ1"/>
+      <selection activeCell="D39" sqref="D39"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
     <col min="17" max="17" width="30" customWidth="true" style="0"/>
     <col min="18" max="18" width="30" customWidth="true" style="0"/>
     <col min="19" max="19" width="30" customWidth="true" style="0"/>
     <col min="20" max="20" width="30" customWidth="true" style="0"/>
     <col min="21" max="21" width="30" customWidth="true" style="0"/>
@@ -1172,720 +3565,6492 @@
     <col min="32" max="32" width="30" customWidth="true" style="0"/>
     <col min="33" max="33" width="30" customWidth="true" style="0"/>
     <col min="34" max="34" width="30" customWidth="true" style="0"/>
     <col min="35" max="35" width="30" customWidth="true" style="0"/>
     <col min="36" max="36" width="30" customWidth="true" style="0"/>
     <col min="37" max="37" width="30" customWidth="true" style="0"/>
     <col min="38" max="38" width="30" customWidth="true" style="0"/>
     <col min="39" max="39" width="30" customWidth="true" style="0"/>
     <col min="40" max="40" width="30" customWidth="true" style="0"/>
     <col min="41" max="41" width="30" customWidth="true" style="0"/>
     <col min="42" max="42" width="30" customWidth="true" style="0"/>
     <col min="43" max="43" width="30" customWidth="true" style="0"/>
     <col min="44" max="44" width="30" customWidth="true" style="0"/>
     <col min="45" max="45" width="30" customWidth="true" style="0"/>
     <col min="46" max="46" width="30" customWidth="true" style="0"/>
     <col min="47" max="47" width="30" customWidth="true" style="0"/>
     <col min="48" max="48" width="30" customWidth="true" style="0"/>
     <col min="49" max="49" width="30" customWidth="true" style="0"/>
     <col min="50" max="50" width="30" customWidth="true" style="0"/>
     <col min="51" max="51" width="30" customWidth="true" style="0"/>
     <col min="52" max="52" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:52">
       <c r="A1" s="2" t="s">
-        <v>46</v>
+        <v>60</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>47</v>
+        <v>61</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>49</v>
+        <v>63</v>
       </c>
       <c r="F1" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="G1" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="H1" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="I1" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="J1" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="K1" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="L1" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="M1" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="N1" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="O1" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="P1" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="Q1" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="R1" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="S1" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="T1" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="U1" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="V1" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="W1" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="X1" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="Y1" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="Z1" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="AA1" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="AB1" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="AC1" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="AD1" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="AE1" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="AF1" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="AG1" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="AH1" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="AI1" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="AJ1" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="AK1" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="AL1" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="AM1" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="AN1" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="AO1" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="AP1" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="AQ1" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="AR1" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="AS1" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="AT1" s="2" t="s">
+        <v>104</v>
+      </c>
+      <c r="AU1" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="AV1" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="AW1" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="AX1" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="AY1" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="AZ1" s="2" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="2" spans="1:52">
+      <c r="A2" t="s">
+        <v>33</v>
+      </c>
+      <c r="B2" t="s">
+        <v>110</v>
+      </c>
+      <c r="C2" t="s">
+        <v>111</v>
+      </c>
+      <c r="D2" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="E2" t="s">
+        <v>113</v>
+      </c>
+      <c r="F2" t="s">
+        <v>114</v>
+      </c>
+      <c r="G2" t="s">
+        <v>115</v>
+      </c>
+      <c r="H2" t="s">
+        <v>116</v>
+      </c>
+      <c r="I2" t="s">
+        <v>117</v>
+      </c>
+      <c r="J2" t="s">
+        <v>118</v>
+      </c>
+      <c r="M2" t="s">
+        <v>119</v>
+      </c>
+      <c r="X2" t="s">
+        <v>120</v>
+      </c>
+      <c r="Y2" t="s">
+        <v>121</v>
+      </c>
+      <c r="AB2" t="s">
+        <v>122</v>
+      </c>
+      <c r="AC2" t="s">
+        <v>123</v>
+      </c>
+      <c r="AD2" t="s">
+        <v>124</v>
+      </c>
+      <c r="AE2" t="s">
+        <v>125</v>
+      </c>
+      <c r="AF2" t="s">
+        <v>126</v>
+      </c>
+      <c r="AG2" t="s">
+        <v>127</v>
+      </c>
+      <c r="AH2" t="s">
+        <v>127</v>
+      </c>
+      <c r="AI2" t="s">
+        <v>128</v>
+      </c>
+      <c r="AJ2" t="s">
+        <v>129</v>
+      </c>
+      <c r="AP2" t="s">
+        <v>130</v>
+      </c>
+      <c r="AQ2">
         <v>50</v>
       </c>
-      <c r="G1" s="2" t="s">
-[...2 lines deleted...]
-      <c r="H1" s="2" t="s">
+      <c r="AR2" t="s">
+        <v>131</v>
+      </c>
+      <c r="AS2" t="s">
+        <v>132</v>
+      </c>
+      <c r="AU2" t="s">
+        <v>133</v>
+      </c>
+      <c r="AW2" t="s">
         <v>52</v>
       </c>
-      <c r="I1" s="2" t="s">
+      <c r="AX2" t="s">
+        <v>134</v>
+      </c>
+      <c r="AY2" t="s">
+        <v>135</v>
+      </c>
+      <c r="AZ2" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="3" spans="1:52">
+      <c r="A3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B3" t="s">
+        <v>136</v>
+      </c>
+      <c r="C3" t="s">
+        <v>137</v>
+      </c>
+      <c r="D3" s="4" t="s">
+        <v>138</v>
+      </c>
+      <c r="E3" t="s">
+        <v>139</v>
+      </c>
+      <c r="F3" t="s">
+        <v>114</v>
+      </c>
+      <c r="G3" t="s">
+        <v>140</v>
+      </c>
+      <c r="H3" t="s">
+        <v>141</v>
+      </c>
+      <c r="I3" t="s">
+        <v>142</v>
+      </c>
+      <c r="J3" t="s">
+        <v>118</v>
+      </c>
+      <c r="M3" t="s">
+        <v>143</v>
+      </c>
+      <c r="O3" t="s">
+        <v>144</v>
+      </c>
+      <c r="X3" t="s">
+        <v>145</v>
+      </c>
+      <c r="Y3" t="s">
+        <v>146</v>
+      </c>
+      <c r="AB3" t="s">
+        <v>147</v>
+      </c>
+      <c r="AC3" t="s">
+        <v>147</v>
+      </c>
+      <c r="AE3" t="s">
+        <v>124</v>
+      </c>
+      <c r="AF3" t="s">
+        <v>126</v>
+      </c>
+      <c r="AG3" t="s">
+        <v>127</v>
+      </c>
+      <c r="AH3" t="s">
+        <v>127</v>
+      </c>
+      <c r="AI3" t="s">
+        <v>128</v>
+      </c>
+      <c r="AJ3" t="s">
+        <v>148</v>
+      </c>
+      <c r="AP3" t="s">
+        <v>130</v>
+      </c>
+      <c r="AQ3">
+        <v>50</v>
+      </c>
+      <c r="AR3" t="s">
+        <v>131</v>
+      </c>
+      <c r="AS3" t="s">
+        <v>132</v>
+      </c>
+      <c r="AU3" t="s">
+        <v>149</v>
+      </c>
+      <c r="AW3" t="s">
+        <v>52</v>
+      </c>
+      <c r="AY3" t="s">
+        <v>135</v>
+      </c>
+      <c r="AZ3" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="4" spans="1:52">
+      <c r="A4" t="s">
+        <v>33</v>
+      </c>
+      <c r="B4" t="s">
+        <v>150</v>
+      </c>
+      <c r="C4" t="s">
+        <v>151</v>
+      </c>
+      <c r="D4" s="4" t="s">
+        <v>152</v>
+      </c>
+      <c r="F4" t="s">
+        <v>114</v>
+      </c>
+      <c r="G4" t="s">
+        <v>153</v>
+      </c>
+      <c r="H4" t="s">
+        <v>154</v>
+      </c>
+      <c r="I4" t="s">
+        <v>155</v>
+      </c>
+      <c r="J4" t="s">
+        <v>118</v>
+      </c>
+      <c r="M4" t="s">
+        <v>156</v>
+      </c>
+      <c r="X4" t="s">
+        <v>157</v>
+      </c>
+      <c r="Y4" t="s">
+        <v>158</v>
+      </c>
+      <c r="AB4" t="s">
+        <v>159</v>
+      </c>
+      <c r="AC4" t="s">
+        <v>159</v>
+      </c>
+      <c r="AD4" t="s">
+        <v>124</v>
+      </c>
+      <c r="AE4" t="s">
+        <v>125</v>
+      </c>
+      <c r="AF4" t="s">
+        <v>126</v>
+      </c>
+      <c r="AG4" t="s">
+        <v>127</v>
+      </c>
+      <c r="AH4" t="s">
+        <v>127</v>
+      </c>
+      <c r="AI4" t="s">
+        <v>128</v>
+      </c>
+      <c r="AJ4" t="s">
+        <v>160</v>
+      </c>
+      <c r="AP4" t="s">
+        <v>130</v>
+      </c>
+      <c r="AQ4">
+        <v>30</v>
+      </c>
+      <c r="AS4" t="s">
+        <v>161</v>
+      </c>
+      <c r="AU4" t="s">
+        <v>133</v>
+      </c>
+      <c r="AW4" t="s">
+        <v>162</v>
+      </c>
+      <c r="AX4" t="s">
+        <v>134</v>
+      </c>
+      <c r="AY4" t="s">
+        <v>135</v>
+      </c>
+      <c r="AZ4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:52">
+      <c r="A5" t="s">
+        <v>33</v>
+      </c>
+      <c r="B5" t="s">
+        <v>163</v>
+      </c>
+      <c r="C5" t="s">
+        <v>164</v>
+      </c>
+      <c r="D5" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="F5" t="s">
+        <v>114</v>
+      </c>
+      <c r="G5" t="s">
+        <v>166</v>
+      </c>
+      <c r="H5" t="s">
+        <v>167</v>
+      </c>
+      <c r="I5" t="s">
+        <v>168</v>
+      </c>
+      <c r="X5" t="s">
+        <v>169</v>
+      </c>
+      <c r="Y5" t="s">
+        <v>170</v>
+      </c>
+      <c r="AB5" t="s">
+        <v>171</v>
+      </c>
+      <c r="AC5" t="s">
+        <v>171</v>
+      </c>
+      <c r="AG5" t="s">
+        <v>127</v>
+      </c>
+      <c r="AH5" t="s">
+        <v>127</v>
+      </c>
+      <c r="AI5" t="s">
+        <v>127</v>
+      </c>
+      <c r="AQ5">
+        <v>230</v>
+      </c>
+      <c r="AX5" t="s">
+        <v>134</v>
+      </c>
+      <c r="AY5" t="s">
+        <v>135</v>
+      </c>
+      <c r="AZ5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:52">
+      <c r="A6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B6" t="s">
+        <v>172</v>
+      </c>
+      <c r="C6" t="s">
+        <v>173</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>174</v>
+      </c>
+      <c r="F6" t="s">
+        <v>114</v>
+      </c>
+      <c r="G6" t="s">
+        <v>175</v>
+      </c>
+      <c r="H6" t="s">
+        <v>176</v>
+      </c>
+      <c r="I6" t="s">
+        <v>177</v>
+      </c>
+      <c r="J6" t="s">
+        <v>118</v>
+      </c>
+      <c r="M6" t="s">
+        <v>178</v>
+      </c>
+      <c r="X6" t="s">
+        <v>179</v>
+      </c>
+      <c r="Y6" t="s">
+        <v>170</v>
+      </c>
+      <c r="AB6" t="s">
+        <v>145</v>
+      </c>
+      <c r="AC6" t="s">
+        <v>145</v>
+      </c>
+      <c r="AG6" t="s">
+        <v>127</v>
+      </c>
+      <c r="AH6" t="s">
+        <v>127</v>
+      </c>
+      <c r="AI6" t="s">
+        <v>127</v>
+      </c>
+      <c r="AQ6">
+        <v>532</v>
+      </c>
+      <c r="AX6" t="s">
+        <v>134</v>
+      </c>
+      <c r="AY6" t="s">
+        <v>135</v>
+      </c>
+      <c r="AZ6" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="7" spans="1:52">
+      <c r="A7" t="s">
+        <v>33</v>
+      </c>
+      <c r="B7" t="s">
+        <v>180</v>
+      </c>
+      <c r="C7" t="s">
+        <v>181</v>
+      </c>
+      <c r="D7" s="4" t="s">
+        <v>182</v>
+      </c>
+      <c r="E7" t="s">
+        <v>183</v>
+      </c>
+      <c r="F7" t="s">
+        <v>114</v>
+      </c>
+      <c r="G7" t="s">
+        <v>184</v>
+      </c>
+      <c r="H7" t="s">
+        <v>185</v>
+      </c>
+      <c r="I7" t="s">
+        <v>186</v>
+      </c>
+      <c r="J7" t="s">
+        <v>118</v>
+      </c>
+      <c r="M7" t="s">
+        <v>187</v>
+      </c>
+      <c r="O7" t="s">
+        <v>188</v>
+      </c>
+      <c r="X7" t="s">
+        <v>189</v>
+      </c>
+      <c r="Y7" t="s">
+        <v>190</v>
+      </c>
+      <c r="AB7" t="s">
+        <v>191</v>
+      </c>
+      <c r="AC7" t="s">
+        <v>191</v>
+      </c>
+      <c r="AD7" t="s">
+        <v>124</v>
+      </c>
+      <c r="AE7" t="s">
+        <v>125</v>
+      </c>
+      <c r="AF7" t="s">
+        <v>126</v>
+      </c>
+      <c r="AG7" t="s">
+        <v>127</v>
+      </c>
+      <c r="AH7" t="s">
+        <v>127</v>
+      </c>
+      <c r="AI7" t="s">
+        <v>128</v>
+      </c>
+      <c r="AJ7" t="s">
+        <v>192</v>
+      </c>
+      <c r="AP7" t="s">
+        <v>130</v>
+      </c>
+      <c r="AQ7">
+        <v>108</v>
+      </c>
+      <c r="AR7" t="s">
+        <v>131</v>
+      </c>
+      <c r="AS7" t="s">
+        <v>132</v>
+      </c>
+      <c r="AU7" t="s">
+        <v>133</v>
+      </c>
+      <c r="AW7" t="s">
+        <v>193</v>
+      </c>
+      <c r="AX7" t="s">
+        <v>134</v>
+      </c>
+      <c r="AY7" t="s">
+        <v>135</v>
+      </c>
+      <c r="AZ7" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="8" spans="1:52">
+      <c r="A8" t="s">
+        <v>33</v>
+      </c>
+      <c r="B8" t="s">
+        <v>194</v>
+      </c>
+      <c r="C8" t="s">
+        <v>195</v>
+      </c>
+      <c r="D8" s="4" t="s">
+        <v>196</v>
+      </c>
+      <c r="E8" t="s">
+        <v>139</v>
+      </c>
+      <c r="F8" t="s">
+        <v>114</v>
+      </c>
+      <c r="G8" t="s">
+        <v>197</v>
+      </c>
+      <c r="H8" t="s">
+        <v>198</v>
+      </c>
+      <c r="I8" t="s">
+        <v>199</v>
+      </c>
+      <c r="J8" t="s">
+        <v>200</v>
+      </c>
+      <c r="M8" t="s">
+        <v>201</v>
+      </c>
+      <c r="O8" t="s">
+        <v>202</v>
+      </c>
+      <c r="X8" t="s">
+        <v>203</v>
+      </c>
+      <c r="Y8" t="s">
+        <v>204</v>
+      </c>
+      <c r="AB8" t="s">
+        <v>123</v>
+      </c>
+      <c r="AC8" t="s">
+        <v>123</v>
+      </c>
+      <c r="AE8" t="s">
+        <v>125</v>
+      </c>
+      <c r="AF8" t="s">
+        <v>126</v>
+      </c>
+      <c r="AG8" t="s">
+        <v>127</v>
+      </c>
+      <c r="AH8" t="s">
+        <v>127</v>
+      </c>
+      <c r="AI8" t="s">
+        <v>128</v>
+      </c>
+      <c r="AJ8" t="s">
+        <v>205</v>
+      </c>
+      <c r="AP8" t="s">
+        <v>130</v>
+      </c>
+      <c r="AQ8">
+        <v>220</v>
+      </c>
+      <c r="AR8" t="s">
+        <v>131</v>
+      </c>
+      <c r="AS8" t="s">
+        <v>132</v>
+      </c>
+      <c r="AU8" t="s">
+        <v>133</v>
+      </c>
+      <c r="AW8" t="s">
+        <v>52</v>
+      </c>
+      <c r="AX8" t="s">
+        <v>134</v>
+      </c>
+      <c r="AY8" t="s">
+        <v>135</v>
+      </c>
+      <c r="AZ8" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="9" spans="1:52">
+      <c r="A9" t="s">
+        <v>33</v>
+      </c>
+      <c r="B9" t="s">
+        <v>206</v>
+      </c>
+      <c r="C9" t="s">
+        <v>207</v>
+      </c>
+      <c r="D9" s="4" t="s">
+        <v>208</v>
+      </c>
+      <c r="E9" t="s">
+        <v>113</v>
+      </c>
+      <c r="F9" t="s">
+        <v>114</v>
+      </c>
+      <c r="G9" t="s">
+        <v>209</v>
+      </c>
+      <c r="H9" t="s">
+        <v>210</v>
+      </c>
+      <c r="I9" t="s">
+        <v>211</v>
+      </c>
+      <c r="J9" t="s">
+        <v>118</v>
+      </c>
+      <c r="M9" t="s">
+        <v>212</v>
+      </c>
+      <c r="O9" t="s">
+        <v>213</v>
+      </c>
+      <c r="X9" t="s">
+        <v>214</v>
+      </c>
+      <c r="Y9" t="s">
+        <v>215</v>
+      </c>
+      <c r="AB9" t="s">
+        <v>216</v>
+      </c>
+      <c r="AC9" t="s">
+        <v>216</v>
+      </c>
+      <c r="AE9" t="s">
+        <v>124</v>
+      </c>
+      <c r="AF9" t="s">
+        <v>126</v>
+      </c>
+      <c r="AG9" t="s">
+        <v>127</v>
+      </c>
+      <c r="AH9" t="s">
+        <v>127</v>
+      </c>
+      <c r="AI9" t="s">
+        <v>128</v>
+      </c>
+      <c r="AJ9" t="s">
+        <v>217</v>
+      </c>
+      <c r="AP9" t="s">
+        <v>130</v>
+      </c>
+      <c r="AQ9">
+        <v>5</v>
+      </c>
+      <c r="AR9" t="s">
+        <v>131</v>
+      </c>
+      <c r="AS9" t="s">
+        <v>218</v>
+      </c>
+      <c r="AU9" t="s">
+        <v>149</v>
+      </c>
+      <c r="AX9" t="s">
+        <v>134</v>
+      </c>
+      <c r="AY9" t="s">
+        <v>135</v>
+      </c>
+      <c r="AZ9" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="10" spans="1:52">
+      <c r="A10" t="s">
+        <v>33</v>
+      </c>
+      <c r="B10" t="s">
+        <v>219</v>
+      </c>
+      <c r="C10" t="s">
+        <v>220</v>
+      </c>
+      <c r="D10" s="4" t="s">
+        <v>221</v>
+      </c>
+      <c r="E10" t="s">
+        <v>139</v>
+      </c>
+      <c r="F10" t="s">
+        <v>114</v>
+      </c>
+      <c r="G10" t="s">
+        <v>222</v>
+      </c>
+      <c r="H10" t="s">
+        <v>223</v>
+      </c>
+      <c r="I10" t="s">
+        <v>224</v>
+      </c>
+      <c r="J10" t="s">
+        <v>118</v>
+      </c>
+      <c r="M10" t="s">
+        <v>225</v>
+      </c>
+      <c r="O10" t="s">
+        <v>226</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>227</v>
+      </c>
+      <c r="X10" t="s">
+        <v>122</v>
+      </c>
+      <c r="Y10" t="s">
+        <v>228</v>
+      </c>
+      <c r="AB10" t="s">
+        <v>229</v>
+      </c>
+      <c r="AC10" t="s">
+        <v>229</v>
+      </c>
+      <c r="AE10" t="s">
+        <v>125</v>
+      </c>
+      <c r="AF10" t="s">
+        <v>126</v>
+      </c>
+      <c r="AG10" t="s">
+        <v>127</v>
+      </c>
+      <c r="AH10" t="s">
+        <v>127</v>
+      </c>
+      <c r="AI10" t="s">
+        <v>128</v>
+      </c>
+      <c r="AJ10" t="s">
+        <v>230</v>
+      </c>
+      <c r="AP10" t="s">
+        <v>130</v>
+      </c>
+      <c r="AQ10">
+        <v>160</v>
+      </c>
+      <c r="AR10" t="s">
+        <v>131</v>
+      </c>
+      <c r="AS10" t="s">
+        <v>132</v>
+      </c>
+      <c r="AU10" t="s">
+        <v>231</v>
+      </c>
+      <c r="AW10" t="s">
+        <v>52</v>
+      </c>
+      <c r="AX10" t="s">
+        <v>134</v>
+      </c>
+      <c r="AY10" t="s">
+        <v>135</v>
+      </c>
+      <c r="AZ10" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="11" spans="1:52">
+      <c r="A11" t="s">
+        <v>33</v>
+      </c>
+      <c r="B11" t="s">
+        <v>232</v>
+      </c>
+      <c r="C11" t="s">
+        <v>233</v>
+      </c>
+      <c r="D11" s="4" t="s">
+        <v>234</v>
+      </c>
+      <c r="F11" t="s">
+        <v>235</v>
+      </c>
+      <c r="G11" t="s">
+        <v>236</v>
+      </c>
+      <c r="H11" t="s">
+        <v>237</v>
+      </c>
+      <c r="I11" t="s">
+        <v>238</v>
+      </c>
+      <c r="X11" t="s">
+        <v>157</v>
+      </c>
+      <c r="Y11" t="s">
+        <v>239</v>
+      </c>
+      <c r="AB11" t="s">
+        <v>123</v>
+      </c>
+      <c r="AC11" t="s">
+        <v>123</v>
+      </c>
+      <c r="AG11" t="s">
+        <v>127</v>
+      </c>
+      <c r="AH11" t="s">
+        <v>127</v>
+      </c>
+      <c r="AI11" t="s">
+        <v>127</v>
+      </c>
+      <c r="AQ11">
+        <v>640</v>
+      </c>
+      <c r="AW11" t="s">
+        <v>52</v>
+      </c>
+      <c r="AX11" t="s">
+        <v>134</v>
+      </c>
+      <c r="AY11" t="s">
+        <v>135</v>
+      </c>
+      <c r="AZ11" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="12" spans="1:52">
+      <c r="A12" t="s">
+        <v>33</v>
+      </c>
+      <c r="B12">
+        <v>17359</v>
+      </c>
+      <c r="C12" t="s">
+        <v>240</v>
+      </c>
+      <c r="D12" s="4" t="s">
+        <v>241</v>
+      </c>
+      <c r="E12" t="s">
+        <v>139</v>
+      </c>
+      <c r="F12" t="s">
+        <v>114</v>
+      </c>
+      <c r="G12" t="s">
+        <v>242</v>
+      </c>
+      <c r="H12" t="s">
+        <v>243</v>
+      </c>
+      <c r="I12" t="s">
+        <v>244</v>
+      </c>
+      <c r="J12" t="s">
+        <v>118</v>
+      </c>
+      <c r="M12" t="s">
+        <v>245</v>
+      </c>
+      <c r="O12" t="s">
+        <v>246</v>
+      </c>
+      <c r="X12" t="s">
+        <v>214</v>
+      </c>
+      <c r="Y12" t="s">
+        <v>247</v>
+      </c>
+      <c r="AB12" t="s">
+        <v>171</v>
+      </c>
+      <c r="AC12" t="s">
+        <v>248</v>
+      </c>
+      <c r="AE12" t="s">
+        <v>125</v>
+      </c>
+      <c r="AF12" t="s">
+        <v>126</v>
+      </c>
+      <c r="AG12" t="s">
+        <v>127</v>
+      </c>
+      <c r="AH12" t="s">
+        <v>127</v>
+      </c>
+      <c r="AI12" t="s">
+        <v>128</v>
+      </c>
+      <c r="AJ12" t="s">
+        <v>249</v>
+      </c>
+      <c r="AP12" t="s">
+        <v>130</v>
+      </c>
+      <c r="AQ12">
+        <v>95</v>
+      </c>
+      <c r="AR12" t="s">
+        <v>131</v>
+      </c>
+      <c r="AS12" t="s">
+        <v>132</v>
+      </c>
+      <c r="AU12" t="s">
+        <v>133</v>
+      </c>
+      <c r="AW12" t="s">
+        <v>52</v>
+      </c>
+      <c r="AX12" t="s">
+        <v>134</v>
+      </c>
+      <c r="AY12" t="s">
+        <v>135</v>
+      </c>
+      <c r="AZ12" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="13" spans="1:52">
+      <c r="A13" t="s">
+        <v>33</v>
+      </c>
+      <c r="B13" t="s">
+        <v>250</v>
+      </c>
+      <c r="C13" t="s">
+        <v>251</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>252</v>
+      </c>
+      <c r="E13" t="s">
+        <v>139</v>
+      </c>
+      <c r="F13" t="s">
+        <v>114</v>
+      </c>
+      <c r="G13" t="s">
+        <v>253</v>
+      </c>
+      <c r="H13" t="s">
+        <v>254</v>
+      </c>
+      <c r="I13" t="s">
+        <v>255</v>
+      </c>
+      <c r="J13" t="s">
+        <v>256</v>
+      </c>
+      <c r="M13" t="s">
+        <v>257</v>
+      </c>
+      <c r="O13" t="s">
+        <v>258</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>258</v>
+      </c>
+      <c r="X13" t="s">
+        <v>259</v>
+      </c>
+      <c r="Y13" t="s">
+        <v>260</v>
+      </c>
+      <c r="AB13" t="s">
+        <v>261</v>
+      </c>
+      <c r="AC13" t="s">
+        <v>261</v>
+      </c>
+      <c r="AE13" t="s">
+        <v>262</v>
+      </c>
+      <c r="AF13" t="s">
+        <v>126</v>
+      </c>
+      <c r="AG13" t="s">
+        <v>127</v>
+      </c>
+      <c r="AH13" t="s">
+        <v>127</v>
+      </c>
+      <c r="AI13" t="s">
+        <v>128</v>
+      </c>
+      <c r="AJ13" t="s">
+        <v>263</v>
+      </c>
+      <c r="AP13" t="s">
+        <v>130</v>
+      </c>
+      <c r="AQ13">
+        <v>33</v>
+      </c>
+      <c r="AS13" t="s">
+        <v>161</v>
+      </c>
+      <c r="AU13" t="s">
+        <v>133</v>
+      </c>
+      <c r="AW13" t="s">
+        <v>264</v>
+      </c>
+      <c r="AX13" t="s">
+        <v>134</v>
+      </c>
+      <c r="AY13" t="s">
+        <v>135</v>
+      </c>
+      <c r="AZ13" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="14" spans="1:52">
+      <c r="A14" t="s">
+        <v>33</v>
+      </c>
+      <c r="B14" t="s">
+        <v>265</v>
+      </c>
+      <c r="C14" t="s">
+        <v>266</v>
+      </c>
+      <c r="D14" s="4" t="s">
+        <v>267</v>
+      </c>
+      <c r="E14" t="s">
+        <v>113</v>
+      </c>
+      <c r="F14" t="s">
+        <v>114</v>
+      </c>
+      <c r="G14" t="s">
+        <v>268</v>
+      </c>
+      <c r="H14" t="s">
+        <v>269</v>
+      </c>
+      <c r="I14" t="s">
+        <v>270</v>
+      </c>
+      <c r="J14" t="s">
+        <v>271</v>
+      </c>
+      <c r="M14" t="s">
+        <v>272</v>
+      </c>
+      <c r="O14" t="s">
+        <v>273</v>
+      </c>
+      <c r="X14" t="s">
+        <v>274</v>
+      </c>
+      <c r="Y14" t="s">
+        <v>275</v>
+      </c>
+      <c r="AB14" t="s">
+        <v>171</v>
+      </c>
+      <c r="AC14" t="s">
+        <v>171</v>
+      </c>
+      <c r="AE14" t="s">
+        <v>125</v>
+      </c>
+      <c r="AF14" t="s">
+        <v>126</v>
+      </c>
+      <c r="AG14" t="s">
+        <v>127</v>
+      </c>
+      <c r="AH14" t="s">
+        <v>127</v>
+      </c>
+      <c r="AI14" t="s">
+        <v>128</v>
+      </c>
+      <c r="AJ14" t="s">
+        <v>276</v>
+      </c>
+      <c r="AP14" t="s">
+        <v>130</v>
+      </c>
+      <c r="AQ14">
+        <v>1221</v>
+      </c>
+      <c r="AR14" t="s">
+        <v>131</v>
+      </c>
+      <c r="AS14" t="s">
+        <v>132</v>
+      </c>
+      <c r="AU14" t="s">
+        <v>231</v>
+      </c>
+      <c r="AX14" t="s">
+        <v>134</v>
+      </c>
+      <c r="AY14" t="s">
+        <v>135</v>
+      </c>
+      <c r="AZ14" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="15" spans="1:52">
+      <c r="A15" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" t="s">
+        <v>277</v>
+      </c>
+      <c r="C15" t="s">
+        <v>278</v>
+      </c>
+      <c r="D15" s="4" t="s">
+        <v>279</v>
+      </c>
+      <c r="E15" t="s">
+        <v>139</v>
+      </c>
+      <c r="F15" t="s">
+        <v>114</v>
+      </c>
+      <c r="G15" t="s">
+        <v>280</v>
+      </c>
+      <c r="H15" t="s">
+        <v>281</v>
+      </c>
+      <c r="I15" t="s">
+        <v>282</v>
+      </c>
+      <c r="J15" t="s">
+        <v>283</v>
+      </c>
+      <c r="M15" t="s">
+        <v>284</v>
+      </c>
+      <c r="X15" t="s">
+        <v>285</v>
+      </c>
+      <c r="Y15" t="s">
+        <v>286</v>
+      </c>
+      <c r="AB15" t="s">
+        <v>122</v>
+      </c>
+      <c r="AC15" t="s">
+        <v>122</v>
+      </c>
+      <c r="AE15" t="s">
+        <v>124</v>
+      </c>
+      <c r="AF15" t="s">
+        <v>126</v>
+      </c>
+      <c r="AG15" t="s">
+        <v>127</v>
+      </c>
+      <c r="AH15" t="s">
+        <v>127</v>
+      </c>
+      <c r="AI15" t="s">
+        <v>128</v>
+      </c>
+      <c r="AJ15" t="s">
+        <v>287</v>
+      </c>
+      <c r="AP15" t="s">
+        <v>130</v>
+      </c>
+      <c r="AQ15">
         <v>53</v>
       </c>
-      <c r="J1" s="2" t="s">
-[...17 lines deleted...]
-      <c r="P1" s="2" t="s">
+      <c r="AS15" t="s">
+        <v>161</v>
+      </c>
+      <c r="AU15" t="s">
+        <v>133</v>
+      </c>
+      <c r="AW15" t="s">
+        <v>52</v>
+      </c>
+      <c r="AX15" t="s">
+        <v>134</v>
+      </c>
+      <c r="AY15" t="s">
+        <v>135</v>
+      </c>
+      <c r="AZ15" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="16" spans="1:52">
+      <c r="A16" t="s">
+        <v>33</v>
+      </c>
+      <c r="B16" t="s">
+        <v>288</v>
+      </c>
+      <c r="C16" t="s">
+        <v>289</v>
+      </c>
+      <c r="D16" s="4" t="s">
+        <v>290</v>
+      </c>
+      <c r="E16" t="s">
+        <v>113</v>
+      </c>
+      <c r="F16" t="s">
+        <v>114</v>
+      </c>
+      <c r="G16" t="s">
+        <v>268</v>
+      </c>
+      <c r="H16" t="s">
+        <v>291</v>
+      </c>
+      <c r="I16" t="s">
+        <v>292</v>
+      </c>
+      <c r="J16" t="s">
+        <v>293</v>
+      </c>
+      <c r="M16" t="s">
+        <v>294</v>
+      </c>
+      <c r="O16" t="s">
+        <v>295</v>
+      </c>
+      <c r="X16" t="s">
+        <v>296</v>
+      </c>
+      <c r="Y16" t="s">
+        <v>297</v>
+      </c>
+      <c r="AB16" t="s">
+        <v>298</v>
+      </c>
+      <c r="AC16" t="s">
+        <v>299</v>
+      </c>
+      <c r="AE16" t="s">
+        <v>125</v>
+      </c>
+      <c r="AF16" t="s">
+        <v>126</v>
+      </c>
+      <c r="AG16" t="s">
+        <v>127</v>
+      </c>
+      <c r="AH16" t="s">
+        <v>127</v>
+      </c>
+      <c r="AI16" t="s">
+        <v>128</v>
+      </c>
+      <c r="AJ16" t="s">
+        <v>300</v>
+      </c>
+      <c r="AP16" t="s">
+        <v>130</v>
+      </c>
+      <c r="AQ16">
+        <v>559</v>
+      </c>
+      <c r="AR16" t="s">
+        <v>131</v>
+      </c>
+      <c r="AS16" t="s">
+        <v>132</v>
+      </c>
+      <c r="AU16" t="s">
+        <v>231</v>
+      </c>
+      <c r="AW16" t="s">
+        <v>52</v>
+      </c>
+      <c r="AX16" t="s">
+        <v>134</v>
+      </c>
+      <c r="AY16" t="s">
+        <v>135</v>
+      </c>
+      <c r="AZ16" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="17" spans="1:52">
+      <c r="A17" t="s">
+        <v>33</v>
+      </c>
+      <c r="B17" t="s">
+        <v>301</v>
+      </c>
+      <c r="C17" t="s">
+        <v>302</v>
+      </c>
+      <c r="D17" s="4" t="s">
+        <v>303</v>
+      </c>
+      <c r="E17" t="s">
+        <v>139</v>
+      </c>
+      <c r="F17" t="s">
+        <v>114</v>
+      </c>
+      <c r="G17" t="s">
+        <v>268</v>
+      </c>
+      <c r="H17" t="s">
+        <v>304</v>
+      </c>
+      <c r="I17" t="s">
+        <v>305</v>
+      </c>
+      <c r="X17" t="s">
+        <v>306</v>
+      </c>
+      <c r="Y17" t="s">
+        <v>307</v>
+      </c>
+      <c r="AB17" t="s">
+        <v>308</v>
+      </c>
+      <c r="AC17" t="s">
+        <v>308</v>
+      </c>
+      <c r="AE17" t="s">
+        <v>125</v>
+      </c>
+      <c r="AF17" t="s">
+        <v>126</v>
+      </c>
+      <c r="AG17" t="s">
+        <v>127</v>
+      </c>
+      <c r="AH17" t="s">
+        <v>127</v>
+      </c>
+      <c r="AI17" t="s">
+        <v>128</v>
+      </c>
+      <c r="AJ17" t="s">
+        <v>309</v>
+      </c>
+      <c r="AP17" t="s">
+        <v>130</v>
+      </c>
+      <c r="AQ17">
+        <v>355</v>
+      </c>
+      <c r="AR17" t="s">
+        <v>131</v>
+      </c>
+      <c r="AS17" t="s">
+        <v>132</v>
+      </c>
+      <c r="AU17" t="s">
+        <v>133</v>
+      </c>
+      <c r="AW17" t="s">
+        <v>52</v>
+      </c>
+      <c r="AX17" t="s">
+        <v>134</v>
+      </c>
+      <c r="AY17" t="s">
+        <v>135</v>
+      </c>
+      <c r="AZ17" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="18" spans="1:52">
+      <c r="A18" t="s">
+        <v>33</v>
+      </c>
+      <c r="B18" t="s">
+        <v>310</v>
+      </c>
+      <c r="C18" t="s">
+        <v>311</v>
+      </c>
+      <c r="D18" s="4" t="s">
+        <v>312</v>
+      </c>
+      <c r="E18" t="s">
+        <v>113</v>
+      </c>
+      <c r="F18" t="s">
+        <v>114</v>
+      </c>
+      <c r="G18" t="s">
+        <v>313</v>
+      </c>
+      <c r="H18" t="s">
+        <v>314</v>
+      </c>
+      <c r="I18" t="s">
+        <v>315</v>
+      </c>
+      <c r="J18" t="s">
+        <v>316</v>
+      </c>
+      <c r="M18" t="s">
+        <v>317</v>
+      </c>
+      <c r="O18" t="s">
+        <v>318</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>319</v>
+      </c>
+      <c r="X18" t="s">
+        <v>320</v>
+      </c>
+      <c r="Y18" t="s">
+        <v>321</v>
+      </c>
+      <c r="AB18" t="s">
+        <v>145</v>
+      </c>
+      <c r="AC18" t="s">
+        <v>145</v>
+      </c>
+      <c r="AE18" t="s">
+        <v>125</v>
+      </c>
+      <c r="AF18" t="s">
+        <v>126</v>
+      </c>
+      <c r="AG18" t="s">
+        <v>127</v>
+      </c>
+      <c r="AH18" t="s">
+        <v>127</v>
+      </c>
+      <c r="AI18" t="s">
+        <v>128</v>
+      </c>
+      <c r="AJ18" t="s">
+        <v>322</v>
+      </c>
+      <c r="AP18" t="s">
+        <v>130</v>
+      </c>
+      <c r="AQ18">
+        <v>753</v>
+      </c>
+      <c r="AR18" t="s">
+        <v>131</v>
+      </c>
+      <c r="AS18" t="s">
+        <v>132</v>
+      </c>
+      <c r="AU18" t="s">
+        <v>133</v>
+      </c>
+      <c r="AW18" t="s">
+        <v>52</v>
+      </c>
+      <c r="AX18" t="s">
+        <v>134</v>
+      </c>
+      <c r="AY18" t="s">
+        <v>135</v>
+      </c>
+      <c r="AZ18" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="19" spans="1:52">
+      <c r="A19" t="s">
+        <v>33</v>
+      </c>
+      <c r="B19" t="s">
+        <v>323</v>
+      </c>
+      <c r="C19" t="s">
+        <v>324</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>325</v>
+      </c>
+      <c r="E19" t="s">
+        <v>183</v>
+      </c>
+      <c r="F19" t="s">
+        <v>114</v>
+      </c>
+      <c r="G19" t="s">
+        <v>326</v>
+      </c>
+      <c r="H19" t="s">
+        <v>327</v>
+      </c>
+      <c r="I19" t="s">
+        <v>328</v>
+      </c>
+      <c r="J19" t="s">
+        <v>118</v>
+      </c>
+      <c r="M19" t="s">
+        <v>329</v>
+      </c>
+      <c r="O19" t="s">
+        <v>294</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>330</v>
+      </c>
+      <c r="X19" t="s">
+        <v>331</v>
+      </c>
+      <c r="Y19" t="s">
+        <v>332</v>
+      </c>
+      <c r="AB19" t="s">
+        <v>333</v>
+      </c>
+      <c r="AC19" t="s">
+        <v>333</v>
+      </c>
+      <c r="AE19" t="s">
+        <v>124</v>
+      </c>
+      <c r="AF19" t="s">
+        <v>126</v>
+      </c>
+      <c r="AG19" t="s">
+        <v>127</v>
+      </c>
+      <c r="AH19" t="s">
+        <v>127</v>
+      </c>
+      <c r="AI19" t="s">
+        <v>128</v>
+      </c>
+      <c r="AJ19" t="s">
+        <v>334</v>
+      </c>
+      <c r="AP19" t="s">
+        <v>130</v>
+      </c>
+      <c r="AQ19">
         <v>60</v>
       </c>
-      <c r="Q1" s="2" t="s">
-[...8 lines deleted...]
-      <c r="T1" s="2" t="s">
+      <c r="AS19" t="s">
+        <v>132</v>
+      </c>
+      <c r="AU19" t="s">
+        <v>133</v>
+      </c>
+      <c r="AW19" t="s">
+        <v>52</v>
+      </c>
+      <c r="AX19" t="s">
+        <v>134</v>
+      </c>
+      <c r="AY19" t="s">
+        <v>135</v>
+      </c>
+      <c r="AZ19" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="20" spans="1:52">
+      <c r="A20" t="s">
+        <v>33</v>
+      </c>
+      <c r="B20" t="s">
+        <v>335</v>
+      </c>
+      <c r="C20" t="s">
+        <v>336</v>
+      </c>
+      <c r="D20" s="4" t="s">
+        <v>337</v>
+      </c>
+      <c r="E20" t="s">
+        <v>139</v>
+      </c>
+      <c r="F20" t="s">
+        <v>114</v>
+      </c>
+      <c r="G20" t="s">
+        <v>338</v>
+      </c>
+      <c r="H20" t="s">
+        <v>339</v>
+      </c>
+      <c r="I20" t="s">
+        <v>340</v>
+      </c>
+      <c r="X20" t="s">
+        <v>341</v>
+      </c>
+      <c r="Y20" t="s">
+        <v>342</v>
+      </c>
+      <c r="AB20" t="s">
+        <v>308</v>
+      </c>
+      <c r="AC20" t="s">
+        <v>308</v>
+      </c>
+      <c r="AE20" t="s">
+        <v>125</v>
+      </c>
+      <c r="AF20" t="s">
+        <v>126</v>
+      </c>
+      <c r="AG20" t="s">
+        <v>127</v>
+      </c>
+      <c r="AH20" t="s">
+        <v>127</v>
+      </c>
+      <c r="AI20" t="s">
+        <v>128</v>
+      </c>
+      <c r="AJ20" t="s">
+        <v>343</v>
+      </c>
+      <c r="AP20" t="s">
+        <v>130</v>
+      </c>
+      <c r="AQ20">
+        <v>31</v>
+      </c>
+      <c r="AS20" t="s">
+        <v>161</v>
+      </c>
+      <c r="AU20" t="s">
+        <v>133</v>
+      </c>
+      <c r="AW20" t="s">
+        <v>52</v>
+      </c>
+      <c r="AX20" t="s">
+        <v>134</v>
+      </c>
+      <c r="AY20" t="s">
+        <v>135</v>
+      </c>
+      <c r="AZ20" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="21" spans="1:52">
+      <c r="A21" t="s">
+        <v>33</v>
+      </c>
+      <c r="B21" t="s">
+        <v>344</v>
+      </c>
+      <c r="C21" t="s">
+        <v>345</v>
+      </c>
+      <c r="D21" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="E21" t="s">
+        <v>139</v>
+      </c>
+      <c r="F21" t="s">
+        <v>114</v>
+      </c>
+      <c r="G21" t="s">
+        <v>347</v>
+      </c>
+      <c r="H21" t="s">
+        <v>348</v>
+      </c>
+      <c r="I21" t="s">
+        <v>349</v>
+      </c>
+      <c r="J21" t="s">
+        <v>118</v>
+      </c>
+      <c r="M21" t="s">
+        <v>330</v>
+      </c>
+      <c r="O21" t="s">
+        <v>350</v>
+      </c>
+      <c r="X21" t="s">
+        <v>216</v>
+      </c>
+      <c r="Y21" t="s">
+        <v>351</v>
+      </c>
+      <c r="AB21" t="s">
+        <v>352</v>
+      </c>
+      <c r="AC21" t="s">
+        <v>352</v>
+      </c>
+      <c r="AE21" t="s">
+        <v>124</v>
+      </c>
+      <c r="AF21" t="s">
+        <v>126</v>
+      </c>
+      <c r="AG21" t="s">
+        <v>127</v>
+      </c>
+      <c r="AH21" t="s">
+        <v>127</v>
+      </c>
+      <c r="AI21" t="s">
+        <v>353</v>
+      </c>
+      <c r="AJ21" t="s">
+        <v>354</v>
+      </c>
+      <c r="AP21" t="s">
+        <v>130</v>
+      </c>
+      <c r="AQ21">
+        <v>126</v>
+      </c>
+      <c r="AR21" t="s">
+        <v>131</v>
+      </c>
+      <c r="AS21" t="s">
+        <v>132</v>
+      </c>
+      <c r="AU21" t="s">
+        <v>133</v>
+      </c>
+      <c r="AW21" t="s">
+        <v>52</v>
+      </c>
+      <c r="AX21" t="s">
+        <v>134</v>
+      </c>
+      <c r="AY21" t="s">
+        <v>135</v>
+      </c>
+      <c r="AZ21" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="22" spans="1:52">
+      <c r="A22" t="s">
+        <v>33</v>
+      </c>
+      <c r="B22" t="s">
+        <v>355</v>
+      </c>
+      <c r="C22" t="s">
+        <v>356</v>
+      </c>
+      <c r="D22" s="4" t="s">
+        <v>357</v>
+      </c>
+      <c r="E22" t="s">
+        <v>183</v>
+      </c>
+      <c r="F22" t="s">
+        <v>114</v>
+      </c>
+      <c r="G22" t="s">
+        <v>184</v>
+      </c>
+      <c r="H22" t="s">
+        <v>358</v>
+      </c>
+      <c r="I22" t="s">
+        <v>359</v>
+      </c>
+      <c r="J22" t="s">
+        <v>118</v>
+      </c>
+      <c r="M22" t="s">
+        <v>188</v>
+      </c>
+      <c r="O22" t="s">
+        <v>187</v>
+      </c>
+      <c r="X22" t="s">
+        <v>360</v>
+      </c>
+      <c r="Y22" t="s">
+        <v>361</v>
+      </c>
+      <c r="AB22" t="s">
+        <v>362</v>
+      </c>
+      <c r="AC22" t="s">
+        <v>362</v>
+      </c>
+      <c r="AE22" t="s">
+        <v>125</v>
+      </c>
+      <c r="AF22" t="s">
+        <v>126</v>
+      </c>
+      <c r="AG22" t="s">
+        <v>127</v>
+      </c>
+      <c r="AH22" t="s">
+        <v>127</v>
+      </c>
+      <c r="AI22" t="s">
+        <v>128</v>
+      </c>
+      <c r="AJ22" t="s">
+        <v>363</v>
+      </c>
+      <c r="AP22" t="s">
+        <v>130</v>
+      </c>
+      <c r="AQ22">
+        <v>16</v>
+      </c>
+      <c r="AR22" t="s">
+        <v>131</v>
+      </c>
+      <c r="AS22" t="s">
+        <v>132</v>
+      </c>
+      <c r="AU22" t="s">
+        <v>133</v>
+      </c>
+      <c r="AW22" t="s">
+        <v>52</v>
+      </c>
+      <c r="AX22" t="s">
+        <v>134</v>
+      </c>
+      <c r="AY22" t="s">
+        <v>135</v>
+      </c>
+      <c r="AZ22" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="23" spans="1:52">
+      <c r="A23" t="s">
+        <v>33</v>
+      </c>
+      <c r="B23" t="s">
+        <v>364</v>
+      </c>
+      <c r="C23" t="s">
+        <v>365</v>
+      </c>
+      <c r="D23" s="4" t="s">
+        <v>366</v>
+      </c>
+      <c r="E23" t="s">
+        <v>367</v>
+      </c>
+      <c r="F23" t="s">
+        <v>114</v>
+      </c>
+      <c r="G23" t="s">
+        <v>368</v>
+      </c>
+      <c r="H23" t="s">
+        <v>369</v>
+      </c>
+      <c r="I23" t="s">
+        <v>370</v>
+      </c>
+      <c r="J23" t="s">
+        <v>118</v>
+      </c>
+      <c r="M23" t="s">
+        <v>33</v>
+      </c>
+      <c r="O23" t="s">
+        <v>295</v>
+      </c>
+      <c r="X23" t="s">
+        <v>214</v>
+      </c>
+      <c r="Y23" t="s">
+        <v>371</v>
+      </c>
+      <c r="AB23" t="s">
+        <v>372</v>
+      </c>
+      <c r="AC23" t="s">
+        <v>372</v>
+      </c>
+      <c r="AE23" t="s">
+        <v>124</v>
+      </c>
+      <c r="AF23" t="s">
+        <v>373</v>
+      </c>
+      <c r="AG23" t="s">
+        <v>127</v>
+      </c>
+      <c r="AH23" t="s">
+        <v>127</v>
+      </c>
+      <c r="AI23" t="s">
+        <v>353</v>
+      </c>
+      <c r="AJ23" t="s">
+        <v>374</v>
+      </c>
+      <c r="AP23" t="s">
+        <v>130</v>
+      </c>
+      <c r="AQ23">
+        <v>31</v>
+      </c>
+      <c r="AR23" t="s">
+        <v>131</v>
+      </c>
+      <c r="AS23" t="s">
+        <v>132</v>
+      </c>
+      <c r="AU23" t="s">
+        <v>375</v>
+      </c>
+      <c r="AW23" t="s">
+        <v>52</v>
+      </c>
+      <c r="AX23" t="s">
+        <v>134</v>
+      </c>
+      <c r="AY23" t="s">
+        <v>135</v>
+      </c>
+      <c r="AZ23" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="24" spans="1:52">
+      <c r="A24" t="s">
+        <v>33</v>
+      </c>
+      <c r="B24" t="s">
+        <v>376</v>
+      </c>
+      <c r="C24" t="s">
+        <v>377</v>
+      </c>
+      <c r="D24" s="4" t="s">
+        <v>378</v>
+      </c>
+      <c r="E24" t="s">
+        <v>139</v>
+      </c>
+      <c r="F24" t="s">
+        <v>114</v>
+      </c>
+      <c r="G24" t="s">
+        <v>166</v>
+      </c>
+      <c r="H24" t="s">
+        <v>379</v>
+      </c>
+      <c r="I24" t="s">
+        <v>380</v>
+      </c>
+      <c r="J24" t="s">
+        <v>381</v>
+      </c>
+      <c r="M24" t="s">
+        <v>382</v>
+      </c>
+      <c r="O24" t="s">
+        <v>383</v>
+      </c>
+      <c r="X24" t="s">
+        <v>299</v>
+      </c>
+      <c r="Y24" t="s">
+        <v>384</v>
+      </c>
+      <c r="AB24" t="s">
+        <v>385</v>
+      </c>
+      <c r="AC24" t="s">
+        <v>385</v>
+      </c>
+      <c r="AE24" t="s">
+        <v>124</v>
+      </c>
+      <c r="AF24" t="s">
+        <v>126</v>
+      </c>
+      <c r="AG24" t="s">
+        <v>127</v>
+      </c>
+      <c r="AH24" t="s">
+        <v>127</v>
+      </c>
+      <c r="AI24" t="s">
+        <v>128</v>
+      </c>
+      <c r="AJ24" t="s">
+        <v>386</v>
+      </c>
+      <c r="AP24" t="s">
+        <v>130</v>
+      </c>
+      <c r="AQ24">
+        <v>75</v>
+      </c>
+      <c r="AR24" t="s">
+        <v>131</v>
+      </c>
+      <c r="AS24" t="s">
+        <v>132</v>
+      </c>
+      <c r="AU24" t="s">
+        <v>133</v>
+      </c>
+      <c r="AW24" t="s">
+        <v>52</v>
+      </c>
+      <c r="AX24" t="s">
+        <v>134</v>
+      </c>
+      <c r="AY24" t="s">
+        <v>135</v>
+      </c>
+      <c r="AZ24" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="25" spans="1:52">
+      <c r="A25" t="s">
+        <v>33</v>
+      </c>
+      <c r="B25" t="s">
+        <v>387</v>
+      </c>
+      <c r="C25" t="s">
+        <v>388</v>
+      </c>
+      <c r="D25" s="4" t="s">
+        <v>389</v>
+      </c>
+      <c r="F25" t="s">
+        <v>390</v>
+      </c>
+      <c r="G25" t="s">
+        <v>391</v>
+      </c>
+      <c r="H25" t="s">
+        <v>392</v>
+      </c>
+      <c r="I25" t="s">
+        <v>393</v>
+      </c>
+      <c r="J25" t="s">
+        <v>394</v>
+      </c>
+      <c r="M25" t="s">
+        <v>395</v>
+      </c>
+      <c r="O25" t="s">
+        <v>396</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>397</v>
+      </c>
+      <c r="W25" t="s">
+        <v>398</v>
+      </c>
+      <c r="Y25" t="s">
+        <v>399</v>
+      </c>
+      <c r="Z25" t="s">
+        <v>400</v>
+      </c>
+      <c r="AA25" t="s">
+        <v>401</v>
+      </c>
+      <c r="AD25" t="s">
+        <v>124</v>
+      </c>
+      <c r="AE25" t="s">
+        <v>124</v>
+      </c>
+      <c r="AG25" t="s">
+        <v>127</v>
+      </c>
+      <c r="AH25" t="s">
+        <v>127</v>
+      </c>
+      <c r="AI25" t="s">
+        <v>127</v>
+      </c>
+      <c r="AQ25">
+        <v>328</v>
+      </c>
+      <c r="AW25" t="s">
+        <v>52</v>
+      </c>
+      <c r="AX25" t="s">
+        <v>134</v>
+      </c>
+      <c r="AY25" t="s">
+        <v>135</v>
+      </c>
+      <c r="AZ25" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="26" spans="1:52">
+      <c r="A26" t="s">
+        <v>33</v>
+      </c>
+      <c r="B26" t="s">
+        <v>402</v>
+      </c>
+      <c r="C26" t="s">
+        <v>403</v>
+      </c>
+      <c r="D26" s="4" t="s">
+        <v>404</v>
+      </c>
+      <c r="E26" t="s">
+        <v>139</v>
+      </c>
+      <c r="F26" t="s">
+        <v>114</v>
+      </c>
+      <c r="G26" t="s">
+        <v>197</v>
+      </c>
+      <c r="H26" t="s">
+        <v>405</v>
+      </c>
+      <c r="I26" t="s">
+        <v>406</v>
+      </c>
+      <c r="M26" t="s">
+        <v>407</v>
+      </c>
+      <c r="O26" t="s">
+        <v>407</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>295</v>
+      </c>
+      <c r="X26" t="s">
+        <v>408</v>
+      </c>
+      <c r="Y26" t="s">
+        <v>409</v>
+      </c>
+      <c r="AB26" t="s">
+        <v>341</v>
+      </c>
+      <c r="AC26" t="s">
+        <v>341</v>
+      </c>
+      <c r="AE26" t="s">
+        <v>125</v>
+      </c>
+      <c r="AF26" t="s">
+        <v>126</v>
+      </c>
+      <c r="AG26" t="s">
+        <v>127</v>
+      </c>
+      <c r="AH26" t="s">
+        <v>127</v>
+      </c>
+      <c r="AI26" t="s">
+        <v>128</v>
+      </c>
+      <c r="AJ26" t="s">
+        <v>410</v>
+      </c>
+      <c r="AP26" t="s">
+        <v>130</v>
+      </c>
+      <c r="AQ26">
+        <v>99</v>
+      </c>
+      <c r="AS26" t="s">
+        <v>161</v>
+      </c>
+      <c r="AU26" t="s">
+        <v>133</v>
+      </c>
+      <c r="AX26" t="s">
+        <v>134</v>
+      </c>
+      <c r="AY26" t="s">
+        <v>135</v>
+      </c>
+      <c r="AZ26" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="27" spans="1:52">
+      <c r="A27" t="s">
+        <v>33</v>
+      </c>
+      <c r="B27">
+        <v>5631</v>
+      </c>
+      <c r="C27" t="s">
+        <v>411</v>
+      </c>
+      <c r="D27" s="4" t="s">
+        <v>412</v>
+      </c>
+      <c r="E27" t="s">
+        <v>139</v>
+      </c>
+      <c r="F27" t="s">
+        <v>114</v>
+      </c>
+      <c r="G27" t="s">
+        <v>413</v>
+      </c>
+      <c r="H27" t="s">
+        <v>414</v>
+      </c>
+      <c r="I27" t="s">
+        <v>415</v>
+      </c>
+      <c r="J27" t="s">
+        <v>118</v>
+      </c>
+      <c r="M27" t="s">
+        <v>416</v>
+      </c>
+      <c r="X27" t="s">
+        <v>417</v>
+      </c>
+      <c r="Y27" t="s">
+        <v>418</v>
+      </c>
+      <c r="AB27" t="s">
+        <v>259</v>
+      </c>
+      <c r="AC27" t="s">
+        <v>259</v>
+      </c>
+      <c r="AE27" t="s">
+        <v>125</v>
+      </c>
+      <c r="AF27" t="s">
+        <v>126</v>
+      </c>
+      <c r="AG27" t="s">
+        <v>127</v>
+      </c>
+      <c r="AH27" t="s">
+        <v>127</v>
+      </c>
+      <c r="AI27" t="s">
+        <v>128</v>
+      </c>
+      <c r="AJ27" t="s">
+        <v>419</v>
+      </c>
+      <c r="AP27" t="s">
+        <v>130</v>
+      </c>
+      <c r="AQ27">
         <v>64</v>
       </c>
-      <c r="U1" s="2" t="s">
-[...35 lines deleted...]
-      <c r="AG1" s="2" t="s">
+      <c r="AS27" t="s">
+        <v>161</v>
+      </c>
+      <c r="AU27" t="s">
+        <v>133</v>
+      </c>
+      <c r="AX27" t="s">
+        <v>134</v>
+      </c>
+      <c r="AY27" t="s">
+        <v>135</v>
+      </c>
+      <c r="AZ27" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="28" spans="1:52">
+      <c r="A28" t="s">
+        <v>33</v>
+      </c>
+      <c r="B28" t="s">
+        <v>420</v>
+      </c>
+      <c r="C28" t="s">
+        <v>421</v>
+      </c>
+      <c r="D28" s="4" t="s">
+        <v>422</v>
+      </c>
+      <c r="E28" t="s">
+        <v>139</v>
+      </c>
+      <c r="F28" t="s">
+        <v>114</v>
+      </c>
+      <c r="G28" t="s">
+        <v>347</v>
+      </c>
+      <c r="H28" t="s">
+        <v>423</v>
+      </c>
+      <c r="I28" t="s">
+        <v>424</v>
+      </c>
+      <c r="J28" t="s">
+        <v>118</v>
+      </c>
+      <c r="M28" t="s">
+        <v>425</v>
+      </c>
+      <c r="O28" t="s">
+        <v>426</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>427</v>
+      </c>
+      <c r="S28" t="s">
+        <v>428</v>
+      </c>
+      <c r="X28" t="s">
+        <v>216</v>
+      </c>
+      <c r="Y28" t="s">
+        <v>429</v>
+      </c>
+      <c r="AB28" t="s">
+        <v>430</v>
+      </c>
+      <c r="AC28" t="s">
+        <v>430</v>
+      </c>
+      <c r="AE28" t="s">
+        <v>124</v>
+      </c>
+      <c r="AF28" t="s">
+        <v>126</v>
+      </c>
+      <c r="AG28" t="s">
+        <v>127</v>
+      </c>
+      <c r="AH28" t="s">
+        <v>127</v>
+      </c>
+      <c r="AI28" t="s">
+        <v>353</v>
+      </c>
+      <c r="AJ28" t="s">
+        <v>431</v>
+      </c>
+      <c r="AP28" t="s">
+        <v>130</v>
+      </c>
+      <c r="AQ28">
+        <v>92</v>
+      </c>
+      <c r="AR28" t="s">
+        <v>131</v>
+      </c>
+      <c r="AS28" t="s">
+        <v>132</v>
+      </c>
+      <c r="AU28" t="s">
+        <v>133</v>
+      </c>
+      <c r="AW28" t="s">
+        <v>52</v>
+      </c>
+      <c r="AX28" t="s">
+        <v>134</v>
+      </c>
+      <c r="AY28" t="s">
+        <v>135</v>
+      </c>
+      <c r="AZ28" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="29" spans="1:52">
+      <c r="A29" t="s">
+        <v>33</v>
+      </c>
+      <c r="B29" t="s">
+        <v>432</v>
+      </c>
+      <c r="C29" t="s">
+        <v>433</v>
+      </c>
+      <c r="D29" s="4" t="s">
+        <v>434</v>
+      </c>
+      <c r="E29" t="s">
+        <v>139</v>
+      </c>
+      <c r="F29" t="s">
+        <v>114</v>
+      </c>
+      <c r="G29" t="s">
+        <v>435</v>
+      </c>
+      <c r="H29" t="s">
+        <v>436</v>
+      </c>
+      <c r="I29" t="s">
+        <v>437</v>
+      </c>
+      <c r="J29" t="s">
+        <v>394</v>
+      </c>
+      <c r="M29" t="s">
+        <v>438</v>
+      </c>
+      <c r="O29" t="s">
+        <v>439</v>
+      </c>
+      <c r="X29" t="s">
+        <v>320</v>
+      </c>
+      <c r="Y29" t="s">
+        <v>440</v>
+      </c>
+      <c r="AB29" t="s">
+        <v>441</v>
+      </c>
+      <c r="AC29" t="s">
+        <v>441</v>
+      </c>
+      <c r="AE29" t="s">
+        <v>124</v>
+      </c>
+      <c r="AF29" t="s">
+        <v>126</v>
+      </c>
+      <c r="AG29" t="s">
+        <v>127</v>
+      </c>
+      <c r="AH29" t="s">
+        <v>127</v>
+      </c>
+      <c r="AI29" t="s">
+        <v>128</v>
+      </c>
+      <c r="AJ29" t="s">
+        <v>442</v>
+      </c>
+      <c r="AP29" t="s">
+        <v>130</v>
+      </c>
+      <c r="AQ29">
         <v>77</v>
       </c>
-      <c r="AH1" s="2" t="s">
-[...5 lines deleted...]
-      <c r="AJ1" s="2" t="s">
+      <c r="AR29" t="s">
+        <v>131</v>
+      </c>
+      <c r="AS29" t="s">
+        <v>132</v>
+      </c>
+      <c r="AU29" t="s">
+        <v>133</v>
+      </c>
+      <c r="AW29" t="s">
+        <v>52</v>
+      </c>
+      <c r="AX29" t="s">
+        <v>134</v>
+      </c>
+      <c r="AY29" t="s">
+        <v>135</v>
+      </c>
+      <c r="AZ29" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="30" spans="1:52">
+      <c r="A30" t="s">
+        <v>33</v>
+      </c>
+      <c r="B30" t="s">
+        <v>443</v>
+      </c>
+      <c r="C30" t="s">
+        <v>444</v>
+      </c>
+      <c r="D30" s="4" t="s">
+        <v>445</v>
+      </c>
+      <c r="F30" t="s">
+        <v>114</v>
+      </c>
+      <c r="G30" t="s">
+        <v>446</v>
+      </c>
+      <c r="H30" t="s">
+        <v>447</v>
+      </c>
+      <c r="I30" t="s">
+        <v>448</v>
+      </c>
+      <c r="J30" t="s">
+        <v>118</v>
+      </c>
+      <c r="X30" t="s">
+        <v>449</v>
+      </c>
+      <c r="Y30" t="s">
+        <v>450</v>
+      </c>
+      <c r="AB30" t="s">
+        <v>451</v>
+      </c>
+      <c r="AC30" t="s">
+        <v>451</v>
+      </c>
+      <c r="AG30" t="s">
+        <v>127</v>
+      </c>
+      <c r="AH30" t="s">
+        <v>127</v>
+      </c>
+      <c r="AI30" t="s">
+        <v>127</v>
+      </c>
+      <c r="AQ30">
+        <v>338</v>
+      </c>
+      <c r="AY30" t="s">
+        <v>135</v>
+      </c>
+      <c r="AZ30" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="31" spans="1:52">
+      <c r="A31" t="s">
+        <v>33</v>
+      </c>
+      <c r="B31" t="s">
+        <v>452</v>
+      </c>
+      <c r="C31" t="s">
+        <v>453</v>
+      </c>
+      <c r="D31" s="4" t="s">
+        <v>454</v>
+      </c>
+      <c r="E31" t="s">
+        <v>139</v>
+      </c>
+      <c r="F31" t="s">
+        <v>235</v>
+      </c>
+      <c r="G31" t="s">
+        <v>435</v>
+      </c>
+      <c r="H31" t="s">
+        <v>455</v>
+      </c>
+      <c r="I31" t="s">
+        <v>456</v>
+      </c>
+      <c r="J31" t="s">
+        <v>457</v>
+      </c>
+      <c r="M31" t="s">
+        <v>438</v>
+      </c>
+      <c r="O31" t="s">
+        <v>458</v>
+      </c>
+      <c r="X31" t="s">
+        <v>285</v>
+      </c>
+      <c r="Y31" t="s">
+        <v>459</v>
+      </c>
+      <c r="AB31" t="s">
+        <v>460</v>
+      </c>
+      <c r="AC31" t="s">
+        <v>460</v>
+      </c>
+      <c r="AE31" t="s">
+        <v>125</v>
+      </c>
+      <c r="AF31" t="s">
+        <v>126</v>
+      </c>
+      <c r="AG31" t="s">
+        <v>127</v>
+      </c>
+      <c r="AH31" t="s">
+        <v>127</v>
+      </c>
+      <c r="AI31" t="s">
+        <v>128</v>
+      </c>
+      <c r="AJ31" t="s">
+        <v>461</v>
+      </c>
+      <c r="AP31" t="s">
+        <v>130</v>
+      </c>
+      <c r="AQ31">
+        <v>167</v>
+      </c>
+      <c r="AR31" t="s">
+        <v>131</v>
+      </c>
+      <c r="AS31" t="s">
+        <v>132</v>
+      </c>
+      <c r="AU31" t="s">
+        <v>133</v>
+      </c>
+      <c r="AW31" t="s">
+        <v>52</v>
+      </c>
+      <c r="AX31" t="s">
+        <v>134</v>
+      </c>
+      <c r="AY31" t="s">
+        <v>135</v>
+      </c>
+      <c r="AZ31" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="32" spans="1:52">
+      <c r="A32" t="s">
+        <v>33</v>
+      </c>
+      <c r="B32" t="s">
+        <v>462</v>
+      </c>
+      <c r="C32" t="s">
+        <v>463</v>
+      </c>
+      <c r="D32" s="4" t="s">
+        <v>464</v>
+      </c>
+      <c r="E32" t="s">
+        <v>139</v>
+      </c>
+      <c r="F32" t="s">
+        <v>235</v>
+      </c>
+      <c r="G32" t="s">
+        <v>465</v>
+      </c>
+      <c r="H32" t="s">
+        <v>466</v>
+      </c>
+      <c r="I32" t="s">
+        <v>467</v>
+      </c>
+      <c r="J32" t="s">
+        <v>118</v>
+      </c>
+      <c r="M32" t="s">
+        <v>468</v>
+      </c>
+      <c r="X32" t="s">
+        <v>259</v>
+      </c>
+      <c r="Y32" t="s">
+        <v>469</v>
+      </c>
+      <c r="AB32" t="s">
+        <v>470</v>
+      </c>
+      <c r="AC32" t="s">
+        <v>470</v>
+      </c>
+      <c r="AE32" t="s">
+        <v>262</v>
+      </c>
+      <c r="AF32" t="s">
+        <v>126</v>
+      </c>
+      <c r="AG32" t="s">
+        <v>127</v>
+      </c>
+      <c r="AH32" t="s">
+        <v>127</v>
+      </c>
+      <c r="AI32" t="s">
+        <v>128</v>
+      </c>
+      <c r="AJ32" t="s">
+        <v>471</v>
+      </c>
+      <c r="AP32" t="s">
+        <v>130</v>
+      </c>
+      <c r="AQ32">
+        <v>1</v>
+      </c>
+      <c r="AS32" t="s">
+        <v>161</v>
+      </c>
+      <c r="AU32" t="s">
+        <v>133</v>
+      </c>
+      <c r="AW32" t="s">
+        <v>52</v>
+      </c>
+      <c r="AX32" t="s">
+        <v>134</v>
+      </c>
+      <c r="AY32" t="s">
+        <v>135</v>
+      </c>
+      <c r="AZ32" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="33" spans="1:52">
+      <c r="A33" t="s">
+        <v>33</v>
+      </c>
+      <c r="B33" t="s">
+        <v>472</v>
+      </c>
+      <c r="C33" t="s">
+        <v>473</v>
+      </c>
+      <c r="D33" s="4" t="s">
+        <v>474</v>
+      </c>
+      <c r="E33" t="s">
+        <v>139</v>
+      </c>
+      <c r="F33" t="s">
+        <v>114</v>
+      </c>
+      <c r="G33" t="s">
+        <v>280</v>
+      </c>
+      <c r="H33" t="s">
+        <v>475</v>
+      </c>
+      <c r="I33" t="s">
+        <v>476</v>
+      </c>
+      <c r="J33" t="s">
+        <v>118</v>
+      </c>
+      <c r="M33" t="s">
+        <v>33</v>
+      </c>
+      <c r="X33" t="s">
+        <v>145</v>
+      </c>
+      <c r="Y33" t="s">
+        <v>477</v>
+      </c>
+      <c r="AB33" t="s">
+        <v>147</v>
+      </c>
+      <c r="AC33" t="s">
+        <v>147</v>
+      </c>
+      <c r="AE33" t="s">
+        <v>125</v>
+      </c>
+      <c r="AF33" t="s">
+        <v>126</v>
+      </c>
+      <c r="AG33" t="s">
+        <v>127</v>
+      </c>
+      <c r="AH33" t="s">
+        <v>127</v>
+      </c>
+      <c r="AI33" t="s">
+        <v>128</v>
+      </c>
+      <c r="AJ33" t="s">
+        <v>478</v>
+      </c>
+      <c r="AP33" t="s">
+        <v>130</v>
+      </c>
+      <c r="AQ33">
         <v>80</v>
       </c>
-      <c r="AK1" s="2" t="s">
-[...45 lines deleted...]
-        <v>95</v>
+      <c r="AS33" t="s">
+        <v>161</v>
+      </c>
+      <c r="AU33" t="s">
+        <v>133</v>
+      </c>
+      <c r="AW33" t="s">
+        <v>52</v>
+      </c>
+      <c r="AX33" t="s">
+        <v>134</v>
+      </c>
+      <c r="AY33" t="s">
+        <v>135</v>
+      </c>
+      <c r="AZ33" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="34" spans="1:52">
+      <c r="A34" t="s">
+        <v>33</v>
+      </c>
+      <c r="B34" t="s">
+        <v>479</v>
+      </c>
+      <c r="C34" t="s">
+        <v>480</v>
+      </c>
+      <c r="D34" s="4" t="s">
+        <v>481</v>
+      </c>
+      <c r="F34" t="s">
+        <v>114</v>
+      </c>
+      <c r="G34" t="s">
+        <v>253</v>
+      </c>
+      <c r="H34" t="s">
+        <v>482</v>
+      </c>
+      <c r="I34" t="s">
+        <v>483</v>
+      </c>
+      <c r="X34" t="s">
+        <v>484</v>
+      </c>
+      <c r="Y34" t="s">
+        <v>485</v>
+      </c>
+      <c r="AB34" t="s">
+        <v>299</v>
+      </c>
+      <c r="AC34" t="s">
+        <v>299</v>
+      </c>
+      <c r="AG34" t="s">
+        <v>127</v>
+      </c>
+      <c r="AH34" t="s">
+        <v>127</v>
+      </c>
+      <c r="AI34" t="s">
+        <v>127</v>
+      </c>
+      <c r="AQ34">
+        <v>408</v>
+      </c>
+      <c r="AY34" t="s">
+        <v>135</v>
+      </c>
+      <c r="AZ34" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="35" spans="1:52">
+      <c r="A35" t="s">
+        <v>33</v>
+      </c>
+      <c r="B35" t="s">
+        <v>486</v>
+      </c>
+      <c r="C35" t="s">
+        <v>487</v>
+      </c>
+      <c r="D35" s="4" t="s">
+        <v>488</v>
+      </c>
+      <c r="F35" t="s">
+        <v>114</v>
+      </c>
+      <c r="G35" t="s">
+        <v>313</v>
+      </c>
+      <c r="H35" t="s">
+        <v>489</v>
+      </c>
+      <c r="I35" t="s">
+        <v>490</v>
+      </c>
+      <c r="J35" t="s">
+        <v>491</v>
+      </c>
+      <c r="M35" t="s">
+        <v>492</v>
+      </c>
+      <c r="X35" t="s">
+        <v>171</v>
+      </c>
+      <c r="Y35" t="s">
+        <v>493</v>
+      </c>
+      <c r="AB35" t="s">
+        <v>494</v>
+      </c>
+      <c r="AC35" t="s">
+        <v>494</v>
+      </c>
+      <c r="AG35" t="s">
+        <v>127</v>
+      </c>
+      <c r="AH35" t="s">
+        <v>127</v>
+      </c>
+      <c r="AI35" t="s">
+        <v>127</v>
+      </c>
+      <c r="AQ35">
+        <v>1085</v>
+      </c>
+      <c r="AX35" t="s">
+        <v>134</v>
+      </c>
+      <c r="AY35" t="s">
+        <v>135</v>
+      </c>
+      <c r="AZ35" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="36" spans="1:52">
+      <c r="A36" t="s">
+        <v>33</v>
+      </c>
+      <c r="B36" t="s">
+        <v>495</v>
+      </c>
+      <c r="C36" t="s">
+        <v>496</v>
+      </c>
+      <c r="D36" s="4" t="s">
+        <v>497</v>
+      </c>
+      <c r="E36" t="s">
+        <v>139</v>
+      </c>
+      <c r="F36" t="s">
+        <v>114</v>
+      </c>
+      <c r="G36" t="s">
+        <v>166</v>
+      </c>
+      <c r="H36" t="s">
+        <v>498</v>
+      </c>
+      <c r="I36" t="s">
+        <v>499</v>
+      </c>
+      <c r="J36" t="s">
+        <v>381</v>
+      </c>
+      <c r="M36" t="s">
+        <v>500</v>
+      </c>
+      <c r="X36" t="s">
+        <v>501</v>
+      </c>
+      <c r="Y36" t="s">
+        <v>321</v>
+      </c>
+      <c r="AB36" t="s">
+        <v>502</v>
+      </c>
+      <c r="AC36" t="s">
+        <v>502</v>
+      </c>
+      <c r="AE36" t="s">
+        <v>125</v>
+      </c>
+      <c r="AF36" t="s">
+        <v>126</v>
+      </c>
+      <c r="AG36" t="s">
+        <v>127</v>
+      </c>
+      <c r="AH36" t="s">
+        <v>127</v>
+      </c>
+      <c r="AI36" t="s">
+        <v>128</v>
+      </c>
+      <c r="AJ36" t="s">
+        <v>503</v>
+      </c>
+      <c r="AP36" t="s">
+        <v>130</v>
+      </c>
+      <c r="AQ36">
+        <v>40</v>
+      </c>
+      <c r="AS36" t="s">
+        <v>161</v>
+      </c>
+      <c r="AU36" t="s">
+        <v>133</v>
+      </c>
+      <c r="AW36" t="s">
+        <v>52</v>
+      </c>
+      <c r="AX36" t="s">
+        <v>134</v>
+      </c>
+      <c r="AY36" t="s">
+        <v>135</v>
+      </c>
+      <c r="AZ36" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="37" spans="1:52">
+      <c r="A37" t="s">
+        <v>33</v>
+      </c>
+      <c r="B37" t="s">
+        <v>504</v>
+      </c>
+      <c r="C37" t="s">
+        <v>505</v>
+      </c>
+      <c r="D37" s="4" t="s">
+        <v>506</v>
+      </c>
+      <c r="E37" t="s">
+        <v>139</v>
+      </c>
+      <c r="F37" t="s">
+        <v>114</v>
+      </c>
+      <c r="G37" t="s">
+        <v>465</v>
+      </c>
+      <c r="H37" t="s">
+        <v>507</v>
+      </c>
+      <c r="I37" t="s">
+        <v>508</v>
+      </c>
+      <c r="J37" t="s">
+        <v>118</v>
+      </c>
+      <c r="M37" t="s">
+        <v>509</v>
+      </c>
+      <c r="O37" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>510</v>
+      </c>
+      <c r="S37" t="s">
+        <v>319</v>
+      </c>
+      <c r="U37" t="s">
+        <v>511</v>
+      </c>
+      <c r="X37" t="s">
+        <v>512</v>
+      </c>
+      <c r="Y37" t="s">
+        <v>513</v>
+      </c>
+      <c r="AB37" t="s">
+        <v>514</v>
+      </c>
+      <c r="AC37" t="s">
+        <v>514</v>
+      </c>
+      <c r="AE37" t="s">
+        <v>125</v>
+      </c>
+      <c r="AF37" t="s">
+        <v>126</v>
+      </c>
+      <c r="AG37" t="s">
+        <v>127</v>
+      </c>
+      <c r="AH37" t="s">
+        <v>127</v>
+      </c>
+      <c r="AI37" t="s">
+        <v>128</v>
+      </c>
+      <c r="AJ37" t="s">
+        <v>515</v>
+      </c>
+      <c r="AP37" t="s">
+        <v>130</v>
+      </c>
+      <c r="AQ37">
+        <v>357</v>
+      </c>
+      <c r="AR37" t="s">
+        <v>131</v>
+      </c>
+      <c r="AS37" t="s">
+        <v>132</v>
+      </c>
+      <c r="AU37" t="s">
+        <v>133</v>
+      </c>
+      <c r="AW37" t="s">
+        <v>52</v>
+      </c>
+      <c r="AX37" t="s">
+        <v>134</v>
+      </c>
+      <c r="AY37" t="s">
+        <v>135</v>
+      </c>
+      <c r="AZ37" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="38" spans="1:52">
+      <c r="A38" t="s">
+        <v>33</v>
+      </c>
+      <c r="B38" t="s">
+        <v>516</v>
+      </c>
+      <c r="C38" t="s">
+        <v>517</v>
+      </c>
+      <c r="D38" s="4" t="s">
+        <v>518</v>
+      </c>
+      <c r="E38" t="s">
+        <v>139</v>
+      </c>
+      <c r="F38" t="s">
+        <v>114</v>
+      </c>
+      <c r="G38" t="s">
+        <v>519</v>
+      </c>
+      <c r="H38" t="s">
+        <v>520</v>
+      </c>
+      <c r="I38" t="s">
+        <v>521</v>
+      </c>
+      <c r="X38" t="s">
+        <v>522</v>
+      </c>
+      <c r="Y38" t="s">
+        <v>523</v>
+      </c>
+      <c r="AB38" t="s">
+        <v>524</v>
+      </c>
+      <c r="AC38" t="s">
+        <v>524</v>
+      </c>
+      <c r="AE38" t="s">
+        <v>125</v>
+      </c>
+      <c r="AF38" t="s">
+        <v>126</v>
+      </c>
+      <c r="AG38" t="s">
+        <v>127</v>
+      </c>
+      <c r="AH38" t="s">
+        <v>127</v>
+      </c>
+      <c r="AI38" t="s">
+        <v>128</v>
+      </c>
+      <c r="AJ38" t="s">
+        <v>525</v>
+      </c>
+      <c r="AP38" t="s">
+        <v>130</v>
+      </c>
+      <c r="AQ38">
+        <v>219</v>
+      </c>
+      <c r="AR38" t="s">
+        <v>131</v>
+      </c>
+      <c r="AS38" t="s">
+        <v>132</v>
+      </c>
+      <c r="AU38" t="s">
+        <v>149</v>
+      </c>
+      <c r="AZ38" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="39" spans="1:52">
+      <c r="A39" t="s">
+        <v>33</v>
+      </c>
+      <c r="B39" t="s">
+        <v>526</v>
+      </c>
+      <c r="C39" t="s">
+        <v>527</v>
+      </c>
+      <c r="D39" s="4" t="s">
+        <v>528</v>
+      </c>
+      <c r="E39" t="s">
+        <v>139</v>
+      </c>
+      <c r="F39" t="s">
+        <v>114</v>
+      </c>
+      <c r="G39" t="s">
+        <v>529</v>
+      </c>
+      <c r="H39" t="s">
+        <v>530</v>
+      </c>
+      <c r="I39" t="s">
+        <v>531</v>
+      </c>
+      <c r="J39" t="s">
+        <v>118</v>
+      </c>
+      <c r="M39" t="s">
+        <v>532</v>
+      </c>
+      <c r="O39" t="s">
+        <v>533</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>534</v>
+      </c>
+      <c r="S39" t="s">
+        <v>535</v>
+      </c>
+      <c r="U39" t="s">
+        <v>317</v>
+      </c>
+      <c r="X39" t="s">
+        <v>536</v>
+      </c>
+      <c r="Y39" t="s">
+        <v>537</v>
+      </c>
+      <c r="AB39" t="s">
+        <v>470</v>
+      </c>
+      <c r="AC39" t="s">
+        <v>470</v>
+      </c>
+      <c r="AE39" t="s">
+        <v>125</v>
+      </c>
+      <c r="AF39" t="s">
+        <v>126</v>
+      </c>
+      <c r="AG39" t="s">
+        <v>127</v>
+      </c>
+      <c r="AH39" t="s">
+        <v>127</v>
+      </c>
+      <c r="AI39" t="s">
+        <v>128</v>
+      </c>
+      <c r="AJ39" t="s">
+        <v>525</v>
+      </c>
+      <c r="AP39" t="s">
+        <v>130</v>
+      </c>
+      <c r="AQ39">
+        <v>1066</v>
+      </c>
+      <c r="AR39" t="s">
+        <v>131</v>
+      </c>
+      <c r="AS39" t="s">
+        <v>132</v>
+      </c>
+      <c r="AU39" t="s">
+        <v>149</v>
+      </c>
+      <c r="AX39" t="s">
+        <v>134</v>
+      </c>
+      <c r="AY39" t="s">
+        <v>135</v>
+      </c>
+      <c r="AZ39" t="s">
+        <v>50</v>
       </c>
     </row>
   </sheetData>
+  <hyperlinks>
+    <hyperlink ref="D2" r:id="rId_hyperlink_1"/>
+    <hyperlink ref="D3" r:id="rId_hyperlink_2"/>
+    <hyperlink ref="D4" r:id="rId_hyperlink_3"/>
+    <hyperlink ref="D5" r:id="rId_hyperlink_4"/>
+    <hyperlink ref="D6" r:id="rId_hyperlink_5"/>
+    <hyperlink ref="D7" r:id="rId_hyperlink_6"/>
+    <hyperlink ref="D8" r:id="rId_hyperlink_7"/>
+    <hyperlink ref="D9" r:id="rId_hyperlink_8"/>
+    <hyperlink ref="D10" r:id="rId_hyperlink_9"/>
+    <hyperlink ref="D11" r:id="rId_hyperlink_10"/>
+    <hyperlink ref="D12" r:id="rId_hyperlink_11"/>
+    <hyperlink ref="D13" r:id="rId_hyperlink_12"/>
+    <hyperlink ref="D14" r:id="rId_hyperlink_13"/>
+    <hyperlink ref="D15" r:id="rId_hyperlink_14"/>
+    <hyperlink ref="D16" r:id="rId_hyperlink_15"/>
+    <hyperlink ref="D17" r:id="rId_hyperlink_16"/>
+    <hyperlink ref="D18" r:id="rId_hyperlink_17"/>
+    <hyperlink ref="D19" r:id="rId_hyperlink_18"/>
+    <hyperlink ref="D20" r:id="rId_hyperlink_19"/>
+    <hyperlink ref="D21" r:id="rId_hyperlink_20"/>
+    <hyperlink ref="D22" r:id="rId_hyperlink_21"/>
+    <hyperlink ref="D23" r:id="rId_hyperlink_22"/>
+    <hyperlink ref="D24" r:id="rId_hyperlink_23"/>
+    <hyperlink ref="D25" r:id="rId_hyperlink_24"/>
+    <hyperlink ref="D26" r:id="rId_hyperlink_25"/>
+    <hyperlink ref="D27" r:id="rId_hyperlink_26"/>
+    <hyperlink ref="D28" r:id="rId_hyperlink_27"/>
+    <hyperlink ref="D29" r:id="rId_hyperlink_28"/>
+    <hyperlink ref="D30" r:id="rId_hyperlink_29"/>
+    <hyperlink ref="D31" r:id="rId_hyperlink_30"/>
+    <hyperlink ref="D32" r:id="rId_hyperlink_31"/>
+    <hyperlink ref="D33" r:id="rId_hyperlink_32"/>
+    <hyperlink ref="D34" r:id="rId_hyperlink_33"/>
+    <hyperlink ref="D35" r:id="rId_hyperlink_34"/>
+    <hyperlink ref="D36" r:id="rId_hyperlink_35"/>
+    <hyperlink ref="D37" r:id="rId_hyperlink_36"/>
+    <hyperlink ref="D38" r:id="rId_hyperlink_37"/>
+    <hyperlink ref="D39" r:id="rId_hyperlink_38"/>
+  </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:E1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
-        <v>96</v>
+        <v>538</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>97</v>
+        <v>539</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>98</v>
+        <v>540</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>99</v>
+        <v>541</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R1"/>
+  <dimension ref="A1:R50"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:R1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
     <col min="17" max="17" width="30" customWidth="true" style="0"/>
     <col min="18" max="18" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18">
       <c r="A1" s="2" t="s">
-        <v>46</v>
+        <v>60</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>100</v>
+        <v>542</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>101</v>
+        <v>543</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>102</v>
+        <v>544</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>103</v>
+        <v>545</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>104</v>
+        <v>546</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>105</v>
+        <v>547</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>106</v>
+        <v>548</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>107</v>
+        <v>549</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>108</v>
+        <v>550</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>109</v>
-[...5 lines deleted...]
-        <v>111</v>
+        <v>551</v>
+      </c>
+      <c r="M1" s="6" t="s">
+        <v>552</v>
+      </c>
+      <c r="N1" s="6" t="s">
+        <v>553</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>112</v>
+        <v>554</v>
       </c>
       <c r="P1" s="2" t="s">
-        <v>113</v>
+        <v>555</v>
       </c>
       <c r="Q1" s="2" t="s">
-        <v>114</v>
+        <v>556</v>
       </c>
       <c r="R1" s="2" t="s">
-        <v>115</v>
+        <v>557</v>
+      </c>
+    </row>
+    <row r="2" spans="1:18">
+      <c r="A2" t="s">
+        <v>33</v>
+      </c>
+      <c r="C2" t="s">
+        <v>558</v>
+      </c>
+      <c r="D2" t="s">
+        <v>559</v>
+      </c>
+      <c r="E2" t="s">
+        <v>396</v>
+      </c>
+      <c r="F2" t="s">
+        <v>50</v>
+      </c>
+      <c r="G2" t="s">
+        <v>560</v>
+      </c>
+      <c r="H2" t="s">
+        <v>561</v>
+      </c>
+      <c r="I2" t="s">
+        <v>134</v>
+      </c>
+      <c r="J2" t="s">
+        <v>562</v>
+      </c>
+      <c r="K2" t="s">
+        <v>563</v>
+      </c>
+      <c r="L2" t="s">
+        <v>564</v>
+      </c>
+      <c r="M2" s="5" t="s">
+        <v>565</v>
+      </c>
+      <c r="N2" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="P2">
+        <v>37657.0</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="3" spans="1:18">
+      <c r="A3" t="s">
+        <v>33</v>
+      </c>
+      <c r="C3" t="s">
+        <v>558</v>
+      </c>
+      <c r="D3" t="s">
+        <v>559</v>
+      </c>
+      <c r="E3" t="s">
+        <v>396</v>
+      </c>
+      <c r="F3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G3" t="s">
+        <v>560</v>
+      </c>
+      <c r="H3" t="s">
+        <v>561</v>
+      </c>
+      <c r="I3" t="s">
+        <v>134</v>
+      </c>
+      <c r="J3" t="s">
+        <v>568</v>
+      </c>
+      <c r="K3" t="s">
+        <v>569</v>
+      </c>
+      <c r="L3" t="s">
+        <v>570</v>
+      </c>
+      <c r="M3" s="5" t="s">
+        <v>571</v>
+      </c>
+      <c r="N3" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="P3">
+        <v>40641.0</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="4" spans="1:18">
+      <c r="A4" t="s">
+        <v>33</v>
+      </c>
+      <c r="C4" t="s">
+        <v>558</v>
+      </c>
+      <c r="D4" t="s">
+        <v>559</v>
+      </c>
+      <c r="E4" t="s">
+        <v>396</v>
+      </c>
+      <c r="F4" t="s">
+        <v>50</v>
+      </c>
+      <c r="G4" t="s">
+        <v>560</v>
+      </c>
+      <c r="H4" t="s">
+        <v>561</v>
+      </c>
+      <c r="I4" t="s">
+        <v>134</v>
+      </c>
+      <c r="J4" t="s">
+        <v>573</v>
+      </c>
+      <c r="K4" t="s">
+        <v>574</v>
+      </c>
+      <c r="L4" t="s">
+        <v>575</v>
+      </c>
+      <c r="M4" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="N4" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="P4" t="s">
+        <v>577</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="5" spans="1:18">
+      <c r="A5" t="s">
+        <v>33</v>
+      </c>
+      <c r="C5" t="s">
+        <v>558</v>
+      </c>
+      <c r="D5" t="s">
+        <v>559</v>
+      </c>
+      <c r="E5" t="s">
+        <v>396</v>
+      </c>
+      <c r="F5" t="s">
+        <v>50</v>
+      </c>
+      <c r="G5" t="s">
+        <v>560</v>
+      </c>
+      <c r="H5" t="s">
+        <v>561</v>
+      </c>
+      <c r="I5" t="s">
+        <v>134</v>
+      </c>
+      <c r="J5" t="s">
+        <v>579</v>
+      </c>
+      <c r="K5" t="s">
+        <v>580</v>
+      </c>
+      <c r="L5" t="s">
+        <v>581</v>
+      </c>
+      <c r="M5" s="5" t="s">
+        <v>582</v>
+      </c>
+      <c r="N5" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="P5">
+        <v>37685.0</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="6" spans="1:18">
+      <c r="A6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>558</v>
+      </c>
+      <c r="D6" t="s">
+        <v>559</v>
+      </c>
+      <c r="E6" t="s">
+        <v>396</v>
+      </c>
+      <c r="F6" t="s">
+        <v>50</v>
+      </c>
+      <c r="G6" t="s">
+        <v>560</v>
+      </c>
+      <c r="H6" t="s">
+        <v>561</v>
+      </c>
+      <c r="I6" t="s">
+        <v>134</v>
+      </c>
+      <c r="J6" t="s">
+        <v>584</v>
+      </c>
+      <c r="K6" t="s">
+        <v>585</v>
+      </c>
+      <c r="L6" t="s">
+        <v>586</v>
+      </c>
+      <c r="M6" s="5" t="s">
+        <v>587</v>
+      </c>
+      <c r="N6" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="P6">
+        <v>37557.0</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="7" spans="1:18">
+      <c r="A7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C7" t="s">
+        <v>558</v>
+      </c>
+      <c r="D7" t="s">
+        <v>559</v>
+      </c>
+      <c r="E7" t="s">
+        <v>396</v>
+      </c>
+      <c r="F7" t="s">
+        <v>50</v>
+      </c>
+      <c r="G7" t="s">
+        <v>560</v>
+      </c>
+      <c r="H7" t="s">
+        <v>561</v>
+      </c>
+      <c r="I7" t="s">
+        <v>134</v>
+      </c>
+      <c r="J7" t="s">
+        <v>589</v>
+      </c>
+      <c r="K7" t="s">
+        <v>590</v>
+      </c>
+      <c r="L7" t="s">
+        <v>591</v>
+      </c>
+      <c r="M7" s="5" t="s">
+        <v>592</v>
+      </c>
+      <c r="N7" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="P7">
+        <v>37725.0</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="8" spans="1:18">
+      <c r="A8" t="s">
+        <v>33</v>
+      </c>
+      <c r="C8" t="s">
+        <v>558</v>
+      </c>
+      <c r="D8" t="s">
+        <v>559</v>
+      </c>
+      <c r="E8" t="s">
+        <v>396</v>
+      </c>
+      <c r="F8" t="s">
+        <v>50</v>
+      </c>
+      <c r="G8" t="s">
+        <v>560</v>
+      </c>
+      <c r="H8" t="s">
+        <v>561</v>
+      </c>
+      <c r="I8" t="s">
+        <v>134</v>
+      </c>
+      <c r="J8" t="s">
+        <v>594</v>
+      </c>
+      <c r="K8" t="s">
+        <v>595</v>
+      </c>
+      <c r="L8" t="s">
+        <v>596</v>
+      </c>
+      <c r="M8" s="5" t="s">
+        <v>597</v>
+      </c>
+      <c r="N8" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="P8">
+        <v>37433.0</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="9" spans="1:18">
+      <c r="A9" t="s">
+        <v>33</v>
+      </c>
+      <c r="C9" t="s">
+        <v>558</v>
+      </c>
+      <c r="D9" t="s">
+        <v>559</v>
+      </c>
+      <c r="E9" t="s">
+        <v>396</v>
+      </c>
+      <c r="F9" t="s">
+        <v>50</v>
+      </c>
+      <c r="G9" t="s">
+        <v>560</v>
+      </c>
+      <c r="H9" t="s">
+        <v>561</v>
+      </c>
+      <c r="I9" t="s">
+        <v>134</v>
+      </c>
+      <c r="J9" t="s">
+        <v>599</v>
+      </c>
+      <c r="K9" t="s">
+        <v>600</v>
+      </c>
+      <c r="L9" t="s">
+        <v>601</v>
+      </c>
+      <c r="M9" s="5" t="s">
+        <v>602</v>
+      </c>
+      <c r="N9" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="P9" t="s">
+        <v>577</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="10" spans="1:18">
+      <c r="A10" t="s">
+        <v>33</v>
+      </c>
+      <c r="C10" t="s">
+        <v>558</v>
+      </c>
+      <c r="D10" t="s">
+        <v>559</v>
+      </c>
+      <c r="E10" t="s">
+        <v>396</v>
+      </c>
+      <c r="F10" t="s">
+        <v>50</v>
+      </c>
+      <c r="G10" t="s">
+        <v>560</v>
+      </c>
+      <c r="H10" t="s">
+        <v>561</v>
+      </c>
+      <c r="I10" t="s">
+        <v>134</v>
+      </c>
+      <c r="J10" t="s">
+        <v>604</v>
+      </c>
+      <c r="K10" t="s">
+        <v>604</v>
+      </c>
+      <c r="L10" t="s">
+        <v>605</v>
+      </c>
+      <c r="M10" s="5" t="s">
+        <v>606</v>
+      </c>
+      <c r="N10" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="P10" t="s">
+        <v>577</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="11" spans="1:18">
+      <c r="A11" t="s">
+        <v>33</v>
+      </c>
+      <c r="C11" t="s">
+        <v>558</v>
+      </c>
+      <c r="D11" t="s">
+        <v>559</v>
+      </c>
+      <c r="E11" t="s">
+        <v>396</v>
+      </c>
+      <c r="F11" t="s">
+        <v>50</v>
+      </c>
+      <c r="G11" t="s">
+        <v>560</v>
+      </c>
+      <c r="H11" t="s">
+        <v>561</v>
+      </c>
+      <c r="I11" t="s">
+        <v>134</v>
+      </c>
+      <c r="J11" t="s">
+        <v>608</v>
+      </c>
+      <c r="K11" t="s">
+        <v>609</v>
+      </c>
+      <c r="L11" t="s">
+        <v>610</v>
+      </c>
+      <c r="M11" s="5" t="s">
+        <v>611</v>
+      </c>
+      <c r="N11" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="P11">
+        <v>39316.0</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="12" spans="1:18">
+      <c r="A12" t="s">
+        <v>33</v>
+      </c>
+      <c r="C12" t="s">
+        <v>558</v>
+      </c>
+      <c r="D12" t="s">
+        <v>559</v>
+      </c>
+      <c r="E12" t="s">
+        <v>396</v>
+      </c>
+      <c r="F12" t="s">
+        <v>50</v>
+      </c>
+      <c r="G12" t="s">
+        <v>560</v>
+      </c>
+      <c r="H12" t="s">
+        <v>561</v>
+      </c>
+      <c r="I12" t="s">
+        <v>134</v>
+      </c>
+      <c r="J12" t="s">
+        <v>613</v>
+      </c>
+      <c r="K12" t="s">
+        <v>614</v>
+      </c>
+      <c r="L12" t="s">
+        <v>615</v>
+      </c>
+      <c r="M12" s="5" t="s">
+        <v>616</v>
+      </c>
+      <c r="N12" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="P12">
+        <v>38657.0</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="13" spans="1:18">
+      <c r="A13" t="s">
+        <v>33</v>
+      </c>
+      <c r="C13" t="s">
+        <v>558</v>
+      </c>
+      <c r="D13" t="s">
+        <v>559</v>
+      </c>
+      <c r="E13" t="s">
+        <v>618</v>
+      </c>
+      <c r="F13" t="s">
+        <v>50</v>
+      </c>
+      <c r="G13" t="s">
+        <v>560</v>
+      </c>
+      <c r="H13" t="s">
+        <v>561</v>
+      </c>
+      <c r="I13" t="s">
+        <v>134</v>
+      </c>
+      <c r="J13" t="s">
+        <v>619</v>
+      </c>
+      <c r="K13" t="s">
+        <v>620</v>
+      </c>
+      <c r="L13" t="s">
+        <v>621</v>
+      </c>
+      <c r="M13" s="5" t="s">
+        <v>622</v>
+      </c>
+      <c r="N13" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="P13">
+        <v>43304.0</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="14" spans="1:18">
+      <c r="A14" t="s">
+        <v>33</v>
+      </c>
+      <c r="C14" t="s">
+        <v>558</v>
+      </c>
+      <c r="D14" t="s">
+        <v>559</v>
+      </c>
+      <c r="E14" t="s">
+        <v>396</v>
+      </c>
+      <c r="F14" t="s">
+        <v>50</v>
+      </c>
+      <c r="G14" t="s">
+        <v>560</v>
+      </c>
+      <c r="H14" t="s">
+        <v>561</v>
+      </c>
+      <c r="I14" t="s">
+        <v>134</v>
+      </c>
+      <c r="J14" t="s">
+        <v>624</v>
+      </c>
+      <c r="K14" t="s">
+        <v>625</v>
+      </c>
+      <c r="L14" t="s">
+        <v>626</v>
+      </c>
+      <c r="M14" s="5" t="s">
+        <v>627</v>
+      </c>
+      <c r="N14" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="P14" t="s">
+        <v>577</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="15" spans="1:18">
+      <c r="A15" t="s">
+        <v>33</v>
+      </c>
+      <c r="C15" t="s">
+        <v>558</v>
+      </c>
+      <c r="D15" t="s">
+        <v>559</v>
+      </c>
+      <c r="E15" t="s">
+        <v>396</v>
+      </c>
+      <c r="F15" t="s">
+        <v>50</v>
+      </c>
+      <c r="G15" t="s">
+        <v>560</v>
+      </c>
+      <c r="H15" t="s">
+        <v>561</v>
+      </c>
+      <c r="I15" t="s">
+        <v>134</v>
+      </c>
+      <c r="J15" t="s">
+        <v>629</v>
+      </c>
+      <c r="K15" t="s">
+        <v>630</v>
+      </c>
+      <c r="L15" t="s">
+        <v>631</v>
+      </c>
+      <c r="M15" s="5" t="s">
+        <v>632</v>
+      </c>
+      <c r="N15" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="P15">
+        <v>38106.0</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="16" spans="1:18">
+      <c r="A16" t="s">
+        <v>33</v>
+      </c>
+      <c r="C16" t="s">
+        <v>558</v>
+      </c>
+      <c r="D16" t="s">
+        <v>559</v>
+      </c>
+      <c r="E16" t="s">
+        <v>396</v>
+      </c>
+      <c r="F16" t="s">
+        <v>50</v>
+      </c>
+      <c r="G16" t="s">
+        <v>560</v>
+      </c>
+      <c r="H16" t="s">
+        <v>561</v>
+      </c>
+      <c r="I16" t="s">
+        <v>134</v>
+      </c>
+      <c r="J16" t="s">
+        <v>634</v>
+      </c>
+      <c r="K16" t="s">
+        <v>635</v>
+      </c>
+      <c r="L16" t="s">
+        <v>636</v>
+      </c>
+      <c r="M16" s="5" t="s">
+        <v>637</v>
+      </c>
+      <c r="N16" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="P16">
+        <v>37662.0</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="17" spans="1:18">
+      <c r="A17" t="s">
+        <v>33</v>
+      </c>
+      <c r="C17" t="s">
+        <v>558</v>
+      </c>
+      <c r="D17" t="s">
+        <v>559</v>
+      </c>
+      <c r="E17" t="s">
+        <v>396</v>
+      </c>
+      <c r="F17" t="s">
+        <v>50</v>
+      </c>
+      <c r="G17" t="s">
+        <v>560</v>
+      </c>
+      <c r="H17" t="s">
+        <v>561</v>
+      </c>
+      <c r="I17" t="s">
+        <v>134</v>
+      </c>
+      <c r="J17" t="s">
+        <v>639</v>
+      </c>
+      <c r="K17" t="s">
+        <v>640</v>
+      </c>
+      <c r="L17" t="s">
+        <v>641</v>
+      </c>
+      <c r="M17" s="5" t="s">
+        <v>642</v>
+      </c>
+      <c r="N17" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="P17">
+        <v>38051.0</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="18" spans="1:18">
+      <c r="A18" t="s">
+        <v>33</v>
+      </c>
+      <c r="C18" t="s">
+        <v>558</v>
+      </c>
+      <c r="D18" t="s">
+        <v>559</v>
+      </c>
+      <c r="E18" t="s">
+        <v>396</v>
+      </c>
+      <c r="F18" t="s">
+        <v>50</v>
+      </c>
+      <c r="G18" t="s">
+        <v>560</v>
+      </c>
+      <c r="H18" t="s">
+        <v>561</v>
+      </c>
+      <c r="I18" t="s">
+        <v>134</v>
+      </c>
+      <c r="J18" t="s">
+        <v>644</v>
+      </c>
+      <c r="K18" t="s">
+        <v>645</v>
+      </c>
+      <c r="L18" t="s">
+        <v>646</v>
+      </c>
+      <c r="M18" s="5" t="s">
+        <v>647</v>
+      </c>
+      <c r="N18" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="P18" t="s">
+        <v>577</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="19" spans="1:18">
+      <c r="A19" t="s">
+        <v>33</v>
+      </c>
+      <c r="C19" t="s">
+        <v>558</v>
+      </c>
+      <c r="D19" t="s">
+        <v>559</v>
+      </c>
+      <c r="E19" t="s">
+        <v>649</v>
+      </c>
+      <c r="F19" t="s">
+        <v>50</v>
+      </c>
+      <c r="G19" t="s">
+        <v>560</v>
+      </c>
+      <c r="H19" t="s">
+        <v>561</v>
+      </c>
+      <c r="I19" t="s">
+        <v>134</v>
+      </c>
+      <c r="J19" t="s">
+        <v>650</v>
+      </c>
+      <c r="K19" t="s">
+        <v>651</v>
+      </c>
+      <c r="L19" t="s">
+        <v>652</v>
+      </c>
+      <c r="M19" s="5" t="s">
+        <v>653</v>
+      </c>
+      <c r="N19" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="P19">
+        <v>45566.0</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="20" spans="1:18">
+      <c r="A20" t="s">
+        <v>33</v>
+      </c>
+      <c r="C20" t="s">
+        <v>558</v>
+      </c>
+      <c r="D20" t="s">
+        <v>559</v>
+      </c>
+      <c r="E20" t="s">
+        <v>396</v>
+      </c>
+      <c r="F20" t="s">
+        <v>50</v>
+      </c>
+      <c r="G20" t="s">
+        <v>560</v>
+      </c>
+      <c r="H20" t="s">
+        <v>561</v>
+      </c>
+      <c r="I20" t="s">
+        <v>134</v>
+      </c>
+      <c r="J20" t="s">
+        <v>655</v>
+      </c>
+      <c r="K20" t="s">
+        <v>656</v>
+      </c>
+      <c r="L20" t="s">
+        <v>657</v>
+      </c>
+      <c r="M20" s="5" t="s">
+        <v>658</v>
+      </c>
+      <c r="N20" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="P20">
+        <v>37694.0</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="21" spans="1:18">
+      <c r="A21" t="s">
+        <v>33</v>
+      </c>
+      <c r="C21" t="s">
+        <v>558</v>
+      </c>
+      <c r="D21" t="s">
+        <v>559</v>
+      </c>
+      <c r="E21" t="s">
+        <v>396</v>
+      </c>
+      <c r="F21" t="s">
+        <v>50</v>
+      </c>
+      <c r="G21" t="s">
+        <v>560</v>
+      </c>
+      <c r="H21" t="s">
+        <v>561</v>
+      </c>
+      <c r="I21" t="s">
+        <v>134</v>
+      </c>
+      <c r="J21" t="s">
+        <v>660</v>
+      </c>
+      <c r="K21" t="s">
+        <v>661</v>
+      </c>
+      <c r="L21" t="s">
+        <v>662</v>
+      </c>
+      <c r="M21" s="5" t="s">
+        <v>663</v>
+      </c>
+      <c r="N21" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="O21">
+        <v>39448.0</v>
+      </c>
+      <c r="P21">
+        <v>40976.0</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="22" spans="1:18">
+      <c r="A22" t="s">
+        <v>33</v>
+      </c>
+      <c r="C22" t="s">
+        <v>558</v>
+      </c>
+      <c r="D22" t="s">
+        <v>559</v>
+      </c>
+      <c r="E22" t="s">
+        <v>396</v>
+      </c>
+      <c r="F22" t="s">
+        <v>50</v>
+      </c>
+      <c r="G22" t="s">
+        <v>560</v>
+      </c>
+      <c r="H22" t="s">
+        <v>561</v>
+      </c>
+      <c r="I22" t="s">
+        <v>134</v>
+      </c>
+      <c r="J22" t="s">
+        <v>665</v>
+      </c>
+      <c r="K22" t="s">
+        <v>666</v>
+      </c>
+      <c r="L22" t="s">
+        <v>667</v>
+      </c>
+      <c r="M22" s="5" t="s">
+        <v>256</v>
+      </c>
+      <c r="N22" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="P22">
+        <v>43587.0</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="23" spans="1:18">
+      <c r="A23" t="s">
+        <v>33</v>
+      </c>
+      <c r="C23" t="s">
+        <v>558</v>
+      </c>
+      <c r="D23" t="s">
+        <v>559</v>
+      </c>
+      <c r="E23" t="s">
+        <v>396</v>
+      </c>
+      <c r="F23" t="s">
+        <v>50</v>
+      </c>
+      <c r="G23" t="s">
+        <v>560</v>
+      </c>
+      <c r="H23" t="s">
+        <v>561</v>
+      </c>
+      <c r="I23" t="s">
+        <v>134</v>
+      </c>
+      <c r="J23" t="s">
+        <v>669</v>
+      </c>
+      <c r="K23" t="s">
+        <v>670</v>
+      </c>
+      <c r="L23" t="s">
+        <v>671</v>
+      </c>
+      <c r="M23" s="5" t="s">
+        <v>672</v>
+      </c>
+      <c r="N23" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="P23">
+        <v>37808.0</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="24" spans="1:18">
+      <c r="A24" t="s">
+        <v>33</v>
+      </c>
+      <c r="C24" t="s">
+        <v>558</v>
+      </c>
+      <c r="D24" t="s">
+        <v>559</v>
+      </c>
+      <c r="E24" t="s">
+        <v>396</v>
+      </c>
+      <c r="F24" t="s">
+        <v>50</v>
+      </c>
+      <c r="G24" t="s">
+        <v>560</v>
+      </c>
+      <c r="H24" t="s">
+        <v>561</v>
+      </c>
+      <c r="I24" t="s">
+        <v>134</v>
+      </c>
+      <c r="J24" t="s">
+        <v>674</v>
+      </c>
+      <c r="K24" t="s">
+        <v>675</v>
+      </c>
+      <c r="L24" t="s">
+        <v>676</v>
+      </c>
+      <c r="M24" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="N24" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="P24" t="s">
+        <v>577</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="25" spans="1:18">
+      <c r="A25" t="s">
+        <v>33</v>
+      </c>
+      <c r="C25" t="s">
+        <v>558</v>
+      </c>
+      <c r="D25" t="s">
+        <v>559</v>
+      </c>
+      <c r="E25" t="s">
+        <v>396</v>
+      </c>
+      <c r="F25" t="s">
+        <v>50</v>
+      </c>
+      <c r="G25" t="s">
+        <v>560</v>
+      </c>
+      <c r="H25" t="s">
+        <v>561</v>
+      </c>
+      <c r="I25" t="s">
+        <v>134</v>
+      </c>
+      <c r="J25" t="s">
+        <v>679</v>
+      </c>
+      <c r="K25" t="s">
+        <v>680</v>
+      </c>
+      <c r="L25" t="s">
+        <v>681</v>
+      </c>
+      <c r="M25" s="5" t="s">
+        <v>682</v>
+      </c>
+      <c r="N25" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="P25">
+        <v>39925.0</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="26" spans="1:18">
+      <c r="A26" t="s">
+        <v>33</v>
+      </c>
+      <c r="C26" t="s">
+        <v>558</v>
+      </c>
+      <c r="D26" t="s">
+        <v>559</v>
+      </c>
+      <c r="E26" t="s">
+        <v>396</v>
+      </c>
+      <c r="F26" t="s">
+        <v>50</v>
+      </c>
+      <c r="G26" t="s">
+        <v>560</v>
+      </c>
+      <c r="H26" t="s">
+        <v>561</v>
+      </c>
+      <c r="I26" t="s">
+        <v>134</v>
+      </c>
+      <c r="J26" t="s">
+        <v>684</v>
+      </c>
+      <c r="K26" t="s">
+        <v>684</v>
+      </c>
+      <c r="L26" t="s">
+        <v>685</v>
+      </c>
+      <c r="M26" s="5" t="s">
+        <v>394</v>
+      </c>
+      <c r="N26" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="P26">
+        <v>38238.0</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="27" spans="1:18">
+      <c r="A27" t="s">
+        <v>33</v>
+      </c>
+      <c r="C27" t="s">
+        <v>558</v>
+      </c>
+      <c r="D27" t="s">
+        <v>559</v>
+      </c>
+      <c r="E27" t="s">
+        <v>396</v>
+      </c>
+      <c r="F27" t="s">
+        <v>50</v>
+      </c>
+      <c r="G27" t="s">
+        <v>560</v>
+      </c>
+      <c r="H27" t="s">
+        <v>561</v>
+      </c>
+      <c r="I27" t="s">
+        <v>134</v>
+      </c>
+      <c r="J27" t="s">
+        <v>687</v>
+      </c>
+      <c r="K27" t="s">
+        <v>688</v>
+      </c>
+      <c r="L27" t="s">
+        <v>689</v>
+      </c>
+      <c r="M27" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="N27" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="O27">
+        <v>37708.0</v>
+      </c>
+      <c r="P27">
+        <v>37923.0</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="28" spans="1:18">
+      <c r="A28" t="s">
+        <v>33</v>
+      </c>
+      <c r="C28" t="s">
+        <v>558</v>
+      </c>
+      <c r="D28" t="s">
+        <v>559</v>
+      </c>
+      <c r="E28" t="s">
+        <v>396</v>
+      </c>
+      <c r="F28" t="s">
+        <v>50</v>
+      </c>
+      <c r="G28" t="s">
+        <v>560</v>
+      </c>
+      <c r="H28" t="s">
+        <v>561</v>
+      </c>
+      <c r="I28" t="s">
+        <v>134</v>
+      </c>
+      <c r="J28" t="s">
+        <v>691</v>
+      </c>
+      <c r="K28" t="s">
+        <v>692</v>
+      </c>
+      <c r="L28" t="s">
+        <v>693</v>
+      </c>
+      <c r="M28" s="5" t="s">
+        <v>694</v>
+      </c>
+      <c r="N28" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="P28">
+        <v>37476.0</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="29" spans="1:18">
+      <c r="A29" t="s">
+        <v>33</v>
+      </c>
+      <c r="C29" t="s">
+        <v>558</v>
+      </c>
+      <c r="D29" t="s">
+        <v>559</v>
+      </c>
+      <c r="E29" t="s">
+        <v>396</v>
+      </c>
+      <c r="F29" t="s">
+        <v>50</v>
+      </c>
+      <c r="G29" t="s">
+        <v>560</v>
+      </c>
+      <c r="H29" t="s">
+        <v>561</v>
+      </c>
+      <c r="I29" t="s">
+        <v>134</v>
+      </c>
+      <c r="J29" t="s">
+        <v>696</v>
+      </c>
+      <c r="K29" t="s">
+        <v>697</v>
+      </c>
+      <c r="L29" t="s">
+        <v>698</v>
+      </c>
+      <c r="M29" s="5" t="s">
+        <v>699</v>
+      </c>
+      <c r="N29" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="P29" t="s">
+        <v>577</v>
+      </c>
+      <c r="Q29" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="30" spans="1:18">
+      <c r="A30" t="s">
+        <v>33</v>
+      </c>
+      <c r="C30" t="s">
+        <v>558</v>
+      </c>
+      <c r="D30" t="s">
+        <v>559</v>
+      </c>
+      <c r="E30" t="s">
+        <v>396</v>
+      </c>
+      <c r="F30" t="s">
+        <v>50</v>
+      </c>
+      <c r="G30" t="s">
+        <v>560</v>
+      </c>
+      <c r="H30" t="s">
+        <v>561</v>
+      </c>
+      <c r="I30" t="s">
+        <v>134</v>
+      </c>
+      <c r="J30" t="s">
+        <v>701</v>
+      </c>
+      <c r="K30" t="s">
+        <v>702</v>
+      </c>
+      <c r="L30" t="s">
+        <v>703</v>
+      </c>
+      <c r="M30" s="5" t="s">
+        <v>704</v>
+      </c>
+      <c r="N30" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="P30">
+        <v>37901.0</v>
+      </c>
+      <c r="Q30" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="31" spans="1:18">
+      <c r="A31" t="s">
+        <v>33</v>
+      </c>
+      <c r="C31" t="s">
+        <v>558</v>
+      </c>
+      <c r="D31" t="s">
+        <v>559</v>
+      </c>
+      <c r="E31" t="s">
+        <v>396</v>
+      </c>
+      <c r="F31" t="s">
+        <v>50</v>
+      </c>
+      <c r="G31" t="s">
+        <v>560</v>
+      </c>
+      <c r="H31" t="s">
+        <v>561</v>
+      </c>
+      <c r="I31" t="s">
+        <v>134</v>
+      </c>
+      <c r="J31" t="s">
+        <v>706</v>
+      </c>
+      <c r="K31" t="s">
+        <v>707</v>
+      </c>
+      <c r="L31" t="s">
+        <v>708</v>
+      </c>
+      <c r="M31" s="5" t="s">
+        <v>709</v>
+      </c>
+      <c r="N31" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="P31">
+        <v>37607.0</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="32" spans="1:18">
+      <c r="A32" t="s">
+        <v>33</v>
+      </c>
+      <c r="C32" t="s">
+        <v>558</v>
+      </c>
+      <c r="D32" t="s">
+        <v>559</v>
+      </c>
+      <c r="E32" t="s">
+        <v>396</v>
+      </c>
+      <c r="F32" t="s">
+        <v>50</v>
+      </c>
+      <c r="G32" t="s">
+        <v>560</v>
+      </c>
+      <c r="H32" t="s">
+        <v>561</v>
+      </c>
+      <c r="I32" t="s">
+        <v>134</v>
+      </c>
+      <c r="J32" t="s">
+        <v>711</v>
+      </c>
+      <c r="K32" t="s">
+        <v>712</v>
+      </c>
+      <c r="L32" t="s">
+        <v>713</v>
+      </c>
+      <c r="M32" s="5" t="s">
+        <v>714</v>
+      </c>
+      <c r="N32" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="P32">
+        <v>38610.0</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="33" spans="1:18">
+      <c r="A33" t="s">
+        <v>33</v>
+      </c>
+      <c r="C33" t="s">
+        <v>558</v>
+      </c>
+      <c r="D33" t="s">
+        <v>559</v>
+      </c>
+      <c r="E33" t="s">
+        <v>396</v>
+      </c>
+      <c r="F33" t="s">
+        <v>50</v>
+      </c>
+      <c r="G33" t="s">
+        <v>560</v>
+      </c>
+      <c r="H33" t="s">
+        <v>561</v>
+      </c>
+      <c r="I33" t="s">
+        <v>134</v>
+      </c>
+      <c r="J33" t="s">
+        <v>716</v>
+      </c>
+      <c r="K33" t="s">
+        <v>717</v>
+      </c>
+      <c r="L33" t="s">
+        <v>718</v>
+      </c>
+      <c r="M33" s="5" t="s">
+        <v>719</v>
+      </c>
+      <c r="N33" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="P33">
+        <v>37739.0</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="34" spans="1:18">
+      <c r="A34" t="s">
+        <v>33</v>
+      </c>
+      <c r="C34" t="s">
+        <v>558</v>
+      </c>
+      <c r="D34" t="s">
+        <v>559</v>
+      </c>
+      <c r="E34" t="s">
+        <v>396</v>
+      </c>
+      <c r="F34" t="s">
+        <v>50</v>
+      </c>
+      <c r="G34" t="s">
+        <v>560</v>
+      </c>
+      <c r="H34" t="s">
+        <v>561</v>
+      </c>
+      <c r="I34" t="s">
+        <v>134</v>
+      </c>
+      <c r="J34" t="s">
+        <v>721</v>
+      </c>
+      <c r="K34" t="s">
+        <v>722</v>
+      </c>
+      <c r="L34" t="s">
+        <v>723</v>
+      </c>
+      <c r="M34" s="5" t="s">
+        <v>724</v>
+      </c>
+      <c r="N34" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="P34">
+        <v>38169.0</v>
+      </c>
+      <c r="Q34" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="35" spans="1:18">
+      <c r="A35" t="s">
+        <v>33</v>
+      </c>
+      <c r="C35" t="s">
+        <v>558</v>
+      </c>
+      <c r="D35" t="s">
+        <v>559</v>
+      </c>
+      <c r="E35" t="s">
+        <v>396</v>
+      </c>
+      <c r="F35" t="s">
+        <v>50</v>
+      </c>
+      <c r="G35" t="s">
+        <v>560</v>
+      </c>
+      <c r="H35" t="s">
+        <v>561</v>
+      </c>
+      <c r="I35" t="s">
+        <v>134</v>
+      </c>
+      <c r="J35" t="s">
+        <v>726</v>
+      </c>
+      <c r="K35" t="s">
+        <v>726</v>
+      </c>
+      <c r="L35" t="s">
+        <v>727</v>
+      </c>
+      <c r="M35" s="5" t="s">
+        <v>728</v>
+      </c>
+      <c r="N35" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="P35">
+        <v>37433.0</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="36" spans="1:18">
+      <c r="A36" t="s">
+        <v>33</v>
+      </c>
+      <c r="C36" t="s">
+        <v>558</v>
+      </c>
+      <c r="D36" t="s">
+        <v>559</v>
+      </c>
+      <c r="E36" t="s">
+        <v>396</v>
+      </c>
+      <c r="F36" t="s">
+        <v>50</v>
+      </c>
+      <c r="G36" t="s">
+        <v>560</v>
+      </c>
+      <c r="H36" t="s">
+        <v>561</v>
+      </c>
+      <c r="I36" t="s">
+        <v>134</v>
+      </c>
+      <c r="J36" t="s">
+        <v>729</v>
+      </c>
+      <c r="K36" t="s">
+        <v>730</v>
+      </c>
+      <c r="L36" t="s">
+        <v>731</v>
+      </c>
+      <c r="M36" s="5" t="s">
+        <v>283</v>
+      </c>
+      <c r="N36" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="P36">
+        <v>38264.0</v>
+      </c>
+      <c r="Q36" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="37" spans="1:18">
+      <c r="A37" t="s">
+        <v>33</v>
+      </c>
+      <c r="C37" t="s">
+        <v>733</v>
+      </c>
+      <c r="D37" t="s">
+        <v>734</v>
+      </c>
+      <c r="E37" t="s">
+        <v>735</v>
+      </c>
+      <c r="F37" t="s">
+        <v>50</v>
+      </c>
+      <c r="G37" t="s">
+        <v>560</v>
+      </c>
+      <c r="H37" t="s">
+        <v>561</v>
+      </c>
+      <c r="I37" t="s">
+        <v>134</v>
+      </c>
+      <c r="J37" t="s">
+        <v>736</v>
+      </c>
+      <c r="K37" t="s">
+        <v>737</v>
+      </c>
+      <c r="L37" t="s">
+        <v>738</v>
+      </c>
+      <c r="M37" s="5" t="s">
+        <v>739</v>
+      </c>
+      <c r="N37" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="P37">
+        <v>44215.0</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="38" spans="1:18">
+      <c r="A38" t="s">
+        <v>33</v>
+      </c>
+      <c r="C38" t="s">
+        <v>558</v>
+      </c>
+      <c r="D38" t="s">
+        <v>559</v>
+      </c>
+      <c r="E38" t="s">
+        <v>396</v>
+      </c>
+      <c r="F38" t="s">
+        <v>50</v>
+      </c>
+      <c r="G38" t="s">
+        <v>560</v>
+      </c>
+      <c r="H38" t="s">
+        <v>561</v>
+      </c>
+      <c r="I38" t="s">
+        <v>134</v>
+      </c>
+      <c r="J38" t="s">
+        <v>741</v>
+      </c>
+      <c r="K38" t="s">
+        <v>742</v>
+      </c>
+      <c r="L38" t="s">
+        <v>743</v>
+      </c>
+      <c r="M38" s="5" t="s">
+        <v>744</v>
+      </c>
+      <c r="N38" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="P38" t="s">
+        <v>577</v>
+      </c>
+      <c r="Q38" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="39" spans="1:18">
+      <c r="A39" t="s">
+        <v>33</v>
+      </c>
+      <c r="C39" t="s">
+        <v>558</v>
+      </c>
+      <c r="D39" t="s">
+        <v>559</v>
+      </c>
+      <c r="E39" t="s">
+        <v>396</v>
+      </c>
+      <c r="F39" t="s">
+        <v>50</v>
+      </c>
+      <c r="G39" t="s">
+        <v>560</v>
+      </c>
+      <c r="H39" t="s">
+        <v>561</v>
+      </c>
+      <c r="I39" t="s">
+        <v>134</v>
+      </c>
+      <c r="J39" t="s">
+        <v>746</v>
+      </c>
+      <c r="K39" t="s">
+        <v>747</v>
+      </c>
+      <c r="L39" t="s">
+        <v>748</v>
+      </c>
+      <c r="M39" s="5" t="s">
+        <v>749</v>
+      </c>
+      <c r="N39" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="P39" t="s">
+        <v>577</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="40" spans="1:18">
+      <c r="A40" t="s">
+        <v>33</v>
+      </c>
+      <c r="C40" t="s">
+        <v>558</v>
+      </c>
+      <c r="D40" t="s">
+        <v>559</v>
+      </c>
+      <c r="E40" t="s">
+        <v>396</v>
+      </c>
+      <c r="F40" t="s">
+        <v>50</v>
+      </c>
+      <c r="G40" t="s">
+        <v>560</v>
+      </c>
+      <c r="H40" t="s">
+        <v>561</v>
+      </c>
+      <c r="I40" t="s">
+        <v>134</v>
+      </c>
+      <c r="J40" t="s">
+        <v>751</v>
+      </c>
+      <c r="K40" t="s">
+        <v>752</v>
+      </c>
+      <c r="L40" t="s">
+        <v>753</v>
+      </c>
+      <c r="M40" s="5" t="s">
+        <v>754</v>
+      </c>
+      <c r="N40" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="P40">
+        <v>39958.0</v>
+      </c>
+      <c r="Q40" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="41" spans="1:18">
+      <c r="A41" t="s">
+        <v>33</v>
+      </c>
+      <c r="C41" t="s">
+        <v>558</v>
+      </c>
+      <c r="D41" t="s">
+        <v>559</v>
+      </c>
+      <c r="E41" t="s">
+        <v>396</v>
+      </c>
+      <c r="F41" t="s">
+        <v>50</v>
+      </c>
+      <c r="G41" t="s">
+        <v>560</v>
+      </c>
+      <c r="H41" t="s">
+        <v>561</v>
+      </c>
+      <c r="I41" t="s">
+        <v>134</v>
+      </c>
+      <c r="J41" t="s">
+        <v>756</v>
+      </c>
+      <c r="K41" t="s">
+        <v>757</v>
+      </c>
+      <c r="L41" t="s">
+        <v>758</v>
+      </c>
+      <c r="M41" s="5" t="s">
+        <v>759</v>
+      </c>
+      <c r="N41" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="P41">
+        <v>37681.0</v>
+      </c>
+      <c r="Q41" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="42" spans="1:18">
+      <c r="A42" t="s">
+        <v>33</v>
+      </c>
+      <c r="C42" t="s">
+        <v>558</v>
+      </c>
+      <c r="D42" t="s">
+        <v>559</v>
+      </c>
+      <c r="E42" t="s">
+        <v>396</v>
+      </c>
+      <c r="F42" t="s">
+        <v>50</v>
+      </c>
+      <c r="G42" t="s">
+        <v>560</v>
+      </c>
+      <c r="H42" t="s">
+        <v>561</v>
+      </c>
+      <c r="I42" t="s">
+        <v>134</v>
+      </c>
+      <c r="J42" t="s">
+        <v>760</v>
+      </c>
+      <c r="K42" t="s">
+        <v>761</v>
+      </c>
+      <c r="L42" t="s">
+        <v>762</v>
+      </c>
+      <c r="M42" s="5" t="s">
+        <v>763</v>
+      </c>
+      <c r="N42" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="P42">
+        <v>45130.0</v>
+      </c>
+      <c r="Q42" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="43" spans="1:18">
+      <c r="A43" t="s">
+        <v>33</v>
+      </c>
+      <c r="C43" t="s">
+        <v>558</v>
+      </c>
+      <c r="D43" t="s">
+        <v>559</v>
+      </c>
+      <c r="E43" t="s">
+        <v>396</v>
+      </c>
+      <c r="F43" t="s">
+        <v>50</v>
+      </c>
+      <c r="G43" t="s">
+        <v>560</v>
+      </c>
+      <c r="H43" t="s">
+        <v>561</v>
+      </c>
+      <c r="I43" t="s">
+        <v>134</v>
+      </c>
+      <c r="J43" t="s">
+        <v>765</v>
+      </c>
+      <c r="K43" t="s">
+        <v>766</v>
+      </c>
+      <c r="L43" t="s">
+        <v>767</v>
+      </c>
+      <c r="M43" s="5" t="s">
+        <v>768</v>
+      </c>
+      <c r="N43" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="P43" t="s">
+        <v>577</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="44" spans="1:18">
+      <c r="A44" t="s">
+        <v>33</v>
+      </c>
+      <c r="C44" t="s">
+        <v>558</v>
+      </c>
+      <c r="D44" t="s">
+        <v>559</v>
+      </c>
+      <c r="E44" t="s">
+        <v>396</v>
+      </c>
+      <c r="F44" t="s">
+        <v>50</v>
+      </c>
+      <c r="G44" t="s">
+        <v>560</v>
+      </c>
+      <c r="H44" t="s">
+        <v>561</v>
+      </c>
+      <c r="I44" t="s">
+        <v>134</v>
+      </c>
+      <c r="J44" t="s">
+        <v>770</v>
+      </c>
+      <c r="K44" t="s">
+        <v>771</v>
+      </c>
+      <c r="L44" t="s">
+        <v>772</v>
+      </c>
+      <c r="M44" s="5" t="s">
+        <v>773</v>
+      </c>
+      <c r="N44" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="P44" t="s">
+        <v>577</v>
+      </c>
+      <c r="Q44" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="45" spans="1:18">
+      <c r="A45" t="s">
+        <v>33</v>
+      </c>
+      <c r="C45" t="s">
+        <v>558</v>
+      </c>
+      <c r="D45" t="s">
+        <v>559</v>
+      </c>
+      <c r="E45" t="s">
+        <v>396</v>
+      </c>
+      <c r="F45" t="s">
+        <v>50</v>
+      </c>
+      <c r="G45" t="s">
+        <v>560</v>
+      </c>
+      <c r="H45" t="s">
+        <v>561</v>
+      </c>
+      <c r="I45" t="s">
+        <v>134</v>
+      </c>
+      <c r="J45" t="s">
+        <v>775</v>
+      </c>
+      <c r="K45" t="s">
+        <v>776</v>
+      </c>
+      <c r="L45" t="s">
+        <v>777</v>
+      </c>
+      <c r="M45" s="5" t="s">
+        <v>778</v>
+      </c>
+      <c r="N45" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="P45">
+        <v>42855.0</v>
+      </c>
+      <c r="Q45" t="s">
+        <v>779</v>
+      </c>
+    </row>
+    <row r="46" spans="1:18">
+      <c r="A46" t="s">
+        <v>33</v>
+      </c>
+      <c r="C46" t="s">
+        <v>558</v>
+      </c>
+      <c r="D46" t="s">
+        <v>559</v>
+      </c>
+      <c r="E46" t="s">
+        <v>396</v>
+      </c>
+      <c r="F46" t="s">
+        <v>50</v>
+      </c>
+      <c r="G46" t="s">
+        <v>560</v>
+      </c>
+      <c r="H46" t="s">
+        <v>561</v>
+      </c>
+      <c r="I46" t="s">
+        <v>134</v>
+      </c>
+      <c r="J46" t="s">
+        <v>780</v>
+      </c>
+      <c r="K46" t="s">
+        <v>781</v>
+      </c>
+      <c r="L46" t="s">
+        <v>782</v>
+      </c>
+      <c r="M46" s="5" t="s">
+        <v>381</v>
+      </c>
+      <c r="N46" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="P46" t="s">
+        <v>577</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="47" spans="1:18">
+      <c r="A47" t="s">
+        <v>33</v>
+      </c>
+      <c r="C47" t="s">
+        <v>558</v>
+      </c>
+      <c r="D47" t="s">
+        <v>559</v>
+      </c>
+      <c r="E47" t="s">
+        <v>396</v>
+      </c>
+      <c r="F47" t="s">
+        <v>50</v>
+      </c>
+      <c r="G47" t="s">
+        <v>560</v>
+      </c>
+      <c r="H47" t="s">
+        <v>561</v>
+      </c>
+      <c r="I47" t="s">
+        <v>134</v>
+      </c>
+      <c r="J47" t="s">
+        <v>783</v>
+      </c>
+      <c r="K47" t="s">
+        <v>784</v>
+      </c>
+      <c r="L47" t="s">
+        <v>785</v>
+      </c>
+      <c r="M47" s="5" t="s">
+        <v>786</v>
+      </c>
+      <c r="N47" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="P47" t="s">
+        <v>577</v>
+      </c>
+      <c r="Q47" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="48" spans="1:18">
+      <c r="A48" t="s">
+        <v>33</v>
+      </c>
+      <c r="C48" t="s">
+        <v>558</v>
+      </c>
+      <c r="D48" t="s">
+        <v>559</v>
+      </c>
+      <c r="E48" t="s">
+        <v>396</v>
+      </c>
+      <c r="F48" t="s">
+        <v>50</v>
+      </c>
+      <c r="G48" t="s">
+        <v>560</v>
+      </c>
+      <c r="H48" t="s">
+        <v>561</v>
+      </c>
+      <c r="I48" t="s">
+        <v>134</v>
+      </c>
+      <c r="J48" t="s">
+        <v>788</v>
+      </c>
+      <c r="K48" t="s">
+        <v>789</v>
+      </c>
+      <c r="L48" t="s">
+        <v>790</v>
+      </c>
+      <c r="M48" s="5" t="s">
+        <v>791</v>
+      </c>
+      <c r="N48" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="P48" t="s">
+        <v>577</v>
+      </c>
+      <c r="Q48" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="49" spans="1:18">
+      <c r="A49" t="s">
+        <v>33</v>
+      </c>
+      <c r="C49" t="s">
+        <v>558</v>
+      </c>
+      <c r="D49" t="s">
+        <v>792</v>
+      </c>
+      <c r="E49" t="s">
+        <v>396</v>
+      </c>
+      <c r="F49" t="s">
+        <v>50</v>
+      </c>
+      <c r="G49" t="s">
+        <v>560</v>
+      </c>
+      <c r="H49" t="s">
+        <v>561</v>
+      </c>
+      <c r="I49" t="s">
+        <v>793</v>
+      </c>
+      <c r="J49" t="s">
+        <v>794</v>
+      </c>
+      <c r="K49" t="s">
+        <v>795</v>
+      </c>
+      <c r="L49" t="s">
+        <v>796</v>
+      </c>
+      <c r="M49" s="5" t="s">
+        <v>797</v>
+      </c>
+      <c r="N49" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="P49">
+        <v>38023.0</v>
+      </c>
+      <c r="Q49" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="50" spans="1:18">
+      <c r="A50" t="s">
+        <v>33</v>
+      </c>
+      <c r="C50" t="s">
+        <v>799</v>
+      </c>
+      <c r="D50" t="s">
+        <v>800</v>
+      </c>
+      <c r="E50" t="s">
+        <v>801</v>
+      </c>
+      <c r="F50" t="s">
+        <v>50</v>
+      </c>
+      <c r="G50" t="s">
+        <v>560</v>
+      </c>
+      <c r="H50" t="s">
+        <v>561</v>
+      </c>
+      <c r="I50" t="s">
+        <v>134</v>
+      </c>
+      <c r="J50" t="s">
+        <v>802</v>
+      </c>
+      <c r="K50" t="s">
+        <v>803</v>
+      </c>
+      <c r="L50" t="s">
+        <v>804</v>
+      </c>
+      <c r="M50" s="5" t="s">
+        <v>805</v>
+      </c>
+      <c r="N50" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="P50">
+        <v>45674.0</v>
+      </c>
+      <c r="Q50" t="s">
+        <v>806</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:O1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
-        <v>46</v>
+        <v>60</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>116</v>
+        <v>807</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>117</v>
+        <v>808</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>118</v>
+        <v>809</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>120</v>
+        <v>810</v>
+      </c>
+      <c r="F1" s="6" t="s">
+        <v>811</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>121</v>
+        <v>812</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>122</v>
+        <v>813</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>123</v>
+        <v>814</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>124</v>
+        <v>815</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>125</v>
+        <v>816</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>126</v>
+        <v>817</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>127</v>
+        <v>818</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>128</v>
+        <v>819</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>129</v>
+        <v>820</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I1"/>
+  <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="2" t="s">
-        <v>46</v>
+        <v>60</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>130</v>
+        <v>821</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>131</v>
+        <v>822</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>116</v>
+        <v>807</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>132</v>
+        <v>823</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>119</v>
+        <v>810</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-        <v>134</v>
+        <v>824</v>
+      </c>
+      <c r="H1" s="6" t="s">
+        <v>825</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>50</v>
-      </c>
+        <v>64</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9">
+      <c r="A2" t="s">
+        <v>33</v>
+      </c>
+      <c r="B2" t="s">
+        <v>826</v>
+      </c>
+      <c r="C2" t="s">
+        <v>827</v>
+      </c>
+      <c r="D2" t="s">
+        <v>828</v>
+      </c>
+      <c r="F2" t="s">
+        <v>829</v>
+      </c>
+      <c r="H2" s="5"/>
+    </row>
+    <row r="3" spans="1:9">
+      <c r="A3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B3" t="s">
+        <v>830</v>
+      </c>
+      <c r="D3" t="s">
+        <v>831</v>
+      </c>
+      <c r="F3" t="s">
+        <v>832</v>
+      </c>
+      <c r="H3" s="5"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
-        <v>46</v>
+        <v>60</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>135</v>
+        <v>833</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>97</v>
+        <v>539</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>136</v>
+        <v>834</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>137</v>
+        <v>33</v>
+      </c>
+      <c r="B2" s="4" t="s">
+        <v>835</v>
       </c>
       <c r="C2" t="s">
-        <v>138</v>
+        <v>836</v>
       </c>
       <c r="D2" t="s">
-        <v>139</v>
+        <v>837</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F2"/>
+  <dimension ref="A1:F3"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
-        <v>46</v>
+        <v>60</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>140</v>
+        <v>838</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>101</v>
+        <v>543</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>141</v>
+        <v>839</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>142</v>
+        <v>840</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>143</v>
+        <v>841</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>144</v>
+        <v>842</v>
       </c>
       <c r="C2" t="s">
-        <v>145</v>
+        <v>792</v>
       </c>
       <c r="D2" t="s">
-        <v>146</v>
+        <v>843</v>
       </c>
       <c r="E2" t="s">
-        <v>147</v>
+        <v>844</v>
       </c>
       <c r="F2" t="s">
-        <v>148</v>
+        <v>845</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6">
+      <c r="A3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B3" t="s">
+        <v>846</v>
+      </c>
+      <c r="C3" t="s">
+        <v>792</v>
+      </c>
+      <c r="D3" t="s">
+        <v>847</v>
+      </c>
+      <c r="E3" t="s">
+        <v>709</v>
+      </c>
+      <c r="F3" t="s">
+        <v>848</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E1"/>
+  <dimension ref="A1:E4"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:E1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
-        <v>46</v>
+        <v>60</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>98</v>
+        <v>540</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>97</v>
+        <v>539</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>99</v>
+        <v>541</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>48</v>
+        <v>62</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5">
+      <c r="A2" t="s">
+        <v>33</v>
+      </c>
+      <c r="B2" t="s">
+        <v>849</v>
+      </c>
+      <c r="C2" t="s">
+        <v>850</v>
+      </c>
+      <c r="D2" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5">
+      <c r="A3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B3" t="s">
+        <v>849</v>
+      </c>
+      <c r="C3" t="s">
+        <v>852</v>
+      </c>
+      <c r="D3" t="s">
+        <v>853</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5">
+      <c r="A4" t="s">
+        <v>33</v>
+      </c>
+      <c r="B4" t="s">
+        <v>849</v>
+      </c>
+      <c r="C4" t="s">
+        <v>854</v>
+      </c>
+      <c r="D4" t="s">
+        <v>855</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">