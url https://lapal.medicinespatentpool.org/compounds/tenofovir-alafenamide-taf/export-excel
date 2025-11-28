--- v0 (2025-10-27)
+++ v1 (2025-11-28)
@@ -28,51 +28,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Compounds" sheetId="1" r:id="rId4"/>
     <sheet name="Clinical trials" sheetId="2" r:id="rId5"/>
     <sheet name="Key resources" sheetId="3" r:id="rId6"/>
     <sheet name="Regulatory status" sheetId="4" r:id="rId7"/>
     <sheet name="Patent Medspal" sheetId="5" r:id="rId8"/>
     <sheet name="Patent curated by innovator" sheetId="6" r:id="rId9"/>
     <sheet name="Drug illustrations" sheetId="7" r:id="rId10"/>
     <sheet name="Developers" sheetId="8" r:id="rId11"/>
     <sheet name="Publications" sheetId="9" r:id="rId12"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="238">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="239">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Abbreviation</t>
   </si>
   <si>
     <t>Generic name</t>
   </si>
   <si>
     <t>Brand names</t>
   </si>
   <si>
     <t>Compound type</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Approval status</t>
   </si>
   <si>
     <t>Regulatory authorities</t>
   </si>
   <si>
@@ -466,50 +466,53 @@
     <t>Company</t>
   </si>
   <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
+  </si>
+  <si>
+    <t>Country Name</t>
   </si>
   <si>
     <t>Reg Status</t>
   </si>
   <si>
     <t>Reg Submission Date</t>
   </si>
   <si>
     <t>Reg Approval Date</t>
   </si>
   <si>
     <t>Links</t>
   </si>
   <si>
     <t>Comments</t>
   </si>
   <si>
     <t>Representative patent</t>
   </si>
   <si>
     <t>Patent description</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
@@ -1809,124 +1812,128 @@
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P1"/>
+  <dimension ref="A1:Q1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:P1"/>
+      <selection activeCell="A1" sqref="A1:Q1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
+    <col min="17" max="17" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16">
+    <row r="1" spans="1:17">
       <c r="A1" s="2" t="s">
         <v>49</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>136</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>137</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>138</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>139</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>140</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>141</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>142</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>143</v>
       </c>
       <c r="K1" s="2" t="s">
         <v>144</v>
       </c>
-      <c r="L1" s="6" t="s">
+      <c r="L1" s="2" t="s">
         <v>145</v>
       </c>
       <c r="M1" s="6" t="s">
         <v>146</v>
       </c>
-      <c r="N1" s="2" t="s">
+      <c r="N1" s="6" t="s">
         <v>147</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>148</v>
       </c>
       <c r="P1" s="2" t="s">
         <v>149</v>
+      </c>
+      <c r="Q1" s="2" t="s">
+        <v>150</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O4"/>
   <sheetViews>
@@ -1936,231 +1943,231 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>49</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="F1" s="6" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D2" t="s">
         <v>49</v>
       </c>
       <c r="E2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="F2" s="5" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="G2" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="H2" t="s">
         <v>119</v>
       </c>
       <c r="I2" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="J2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="K2" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="L2" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="M2" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="N2" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="O2" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>32</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C3" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D3" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="E3" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="F3" s="5" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="G3" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="H3" t="s">
         <v>119</v>
       </c>
       <c r="I3" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="J3" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="K3" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="L3" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="M3" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="N3" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="O3" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>32</v>
       </c>
       <c r="B4" s="4" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C4" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D4" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="E4" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="F4" s="5" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="G4" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="H4" t="s">
         <v>119</v>
       </c>
       <c r="I4" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="J4" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="K4" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="L4" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="M4" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="N4" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="O4" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
@@ -2169,212 +2176,212 @@
   </sheetPr>
   <dimension ref="A1:I1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="2" t="s">
         <v>49</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="H1" s="6" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>53</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>49</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C2" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D2" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>49</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D2" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="E2" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="F2" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E11"/>
   <sheetViews>
@@ -2391,169 +2398,169 @@
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
         <v>49</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>132</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>133</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C2" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D2" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>32</v>
       </c>
       <c r="B3" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C3" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D3" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>32</v>
       </c>
       <c r="B4" t="s">
         <v>51</v>
       </c>
       <c r="C4" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="E4" s="4" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>32</v>
       </c>
       <c r="B5" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C5" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D5" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
         <v>32</v>
       </c>
       <c r="B6" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C6" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D6" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>32</v>
       </c>
       <c r="B7" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C7" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D7" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>32</v>
       </c>
       <c r="B8" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C8" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D8" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
         <v>32</v>
       </c>
       <c r="B9" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C9" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D9" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
         <v>32</v>
       </c>
       <c r="B10" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C10" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D10" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
         <v>32</v>
       </c>
       <c r="B11" t="s">
         <v>51</v>
       </c>
       <c r="C11" t="s">
         <v>134</v>
       </c>
       <c r="E11" s="4" t="s">
         <v>135</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E4" r:id="rId_hyperlink_1"/>
     <hyperlink ref="E11" r:id="rId_hyperlink_2"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">