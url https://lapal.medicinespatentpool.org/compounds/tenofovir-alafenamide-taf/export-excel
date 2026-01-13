--- v1 (2025-11-28)
+++ v2 (2026-01-13)
@@ -588,57 +588,57 @@
   <si>
     <t>WO2013025788</t>
   </si>
   <si>
     <t>Tenofovir alafenamide hemifumarate (TAF)</t>
   </si>
   <si>
     <t>Salt</t>
   </si>
   <si>
     <t>2032-08-15</t>
   </si>
   <si>
     <t xml:space="preserve">A hemifumarate form of tenofovir alafenamide, and antiviral therapy using tenofovir alafenamide hemifurnarate (e.g., anti-HTV and anti-HBV therapies). </t>
   </si>
   <si>
     <t>US FDA</t>
   </si>
   <si>
     <t>Morocco, Moldova, Republic of, Mexico, Peru, Botswana, Ghana, Gambia (the), Kenya, Liberia, Lesotho, Malawi, Mozambique, Namibia, Rwanda, Sudan, Sierra Leone, Eswatini, Tanzania, United Republic of, Uganda, Zambia, Zimbabwe, Armenia, Azerbaijan, Belarus, Kyrgyzstan, Kazakhstan, Tajikistan, Turkmenistan, Viet Nam, Benin, Cameroon, Burkina Faso, Chad, Guinea-Bissau, Mali, Senegal, Congo, Guinea, Gabon, Niger, Equatorial Guinea, Mauritania, Togo, Côte d'Ivoire, Central African Republic, Bolivia (Plurinational State of), Philippines, South Africa, Ukraine, Brazil, El Salvador, Montenegro, Türkiye, North Macedonia, Albania, Bosnia and Herzegovina, Serbia</t>
   </si>
   <si>
     <t>United States of America, Australia, Canada, Chile, Costa Rica, Hong Kong, Israel, Japan, Korea, Republic of, New Zealand, Singapore, Taiwan, Province of China, Uruguay, Russian Federation, Denmark, Panama, Croatia, Cyprus, Bahamas, Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Spain, Monaco, Portugal, Ireland, Finland, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, San Marino, Romania, Latvia, Lithuania, Slovenia</t>
   </si>
   <si>
-    <t>China, Ecuador, India, Paraguay, Thailand, Venezuela (Bolivarian Republic of), Türkiye, North Macedonia, Albania, Serbia, Egypt</t>
+    <t>China, Ecuador, India, Thailand, Venezuela (Bolivarian Republic of), Türkiye, North Macedonia, Albania, Serbia, Egypt</t>
   </si>
   <si>
     <t>Hong Kong, Denmark, Bahrain, Kuwait, Qatar, Saudi Arabia, Oman, United Arab Emirates, Croatia, Cyprus, Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Spain, Monaco, Portugal, Ireland, Finland, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, San Marino, Romania, Latvia, Lithuania, Slovenia</t>
   </si>
   <si>
-    <t>World Intellectual Property Organization (WIPO), Argentina, China, Colombia, Indonesia, Pakistan, Brazil, Montenegro, Türkiye, North Macedonia, Albania, Bosnia and Herzegovina, Serbia</t>
+    <t>World Intellectual Property Organization (WIPO), Argentina, China, Colombia, Indonesia, Pakistan, Paraguay, Brazil, Montenegro, Türkiye, North Macedonia, Albania, Bosnia and Herzegovina, Serbia</t>
   </si>
   <si>
     <t>World Intellectual Property Organization (WIPO), Hong Kong, Israel, Japan, New Zealand, Denmark, Croatia, Cyprus, Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Spain, Monaco, Portugal, Ireland, Finland, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, San Marino, Romania, Latvia, Lithuania, Slovenia</t>
   </si>
   <si>
     <t>WO2013052094</t>
   </si>
   <si>
     <t>TAF manufacturing process</t>
   </si>
   <si>
     <t>Process</t>
   </si>
   <si>
     <t>2032-10-03</t>
   </si>
   <si>
     <t>Methods for isolating 9-{(R)-2-[((S)-{[(S)-l - (isopropoxycarbonyl)ethyl]amino}phenoxyphosphinyl)methoxy]propyl}adenine:'' (compound 16): a method for preparing, in high diastereomeric purity, intermediate compounds 13 and 15: method for preparing intermediate compound 12: 9-{(R)-2-[((S)-{[(S)-l - (isopropoxycarbonyl)ethyl]amino}phenoxyphosphinyl)methoxy]propyl}adenine has anti-viral properties.</t>
   </si>
   <si>
     <t>MPP licence</t>
   </si>
   <si>
     <t>China, Colombia, Mexico, Armenia, Azerbaijan, Belarus, Kyrgyzstan, Kazakhstan, Tajikistan, Turkmenistan, Türkiye, Brazil, Montenegro, India, Bolivia (Plurinational State of)</t>
   </si>