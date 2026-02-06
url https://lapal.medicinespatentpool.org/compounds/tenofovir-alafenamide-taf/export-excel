--- v2 (2026-01-13)
+++ v3 (2026-02-06)
@@ -174,51 +174,51 @@
   <si>
     <t>https://go.drugbank.com/drugs/DB09299</t>
   </si>
   <si>
     <t>Oral, Subcutaneous</t>
   </si>
   <si>
     <t>Polymeric implant, Titanium implant</t>
   </si>
   <si>
     <t>Several pre-clinical implant devices are currently in development for Tenofovir Alafenamide HIV PrEP. These include but are not limited to; [1] OCIS-001 consisting of a permeable polyurethane membrane developed by Northwestern University currently in Phase I/II trials, [2] Titanium reservoir containing nanochannels housed in a silicon membrane created by the Houston Methodist Research Institute, [3] Non-permeable silicone reservoir implant from the Oak Crest Institute of Science, and [4] a biodegradable poly(ε-caprolactone) reservoir implant developed by RTI International.</t>
   </si>
   <si>
     <t>Thermal stability characterization via thermogravimetric analysis and differential scanning calorimetry to the implantable, dissolving and/or pure drug formulations. Drug crystallinity can be tested using a powder diffractometer (e.g. Miniflex X-ray from Rigaku Coporation). Drug stability and quantification are determined using HPLC (e.g. SphereClone™ C18 ODS (length, 150 mm; particle size, 5 μm; pore size, 80 Å; internal diameter, 4.6 mm). In vitro drug release studied via dialysis membrane bags (e.g. Spectra-Por®, 12,000–14,000 MWCO, Spectrum Medical Industries, Los Angeles, CA, USA).</t>
   </si>
   <si>
     <t>HIV</t>
   </si>
   <si>
     <t>Pre-Exposure Prophylaxis (PrEP)</t>
   </si>
   <si>
     <t>Administered by a nurse, Administered by a specialty health worker</t>
   </si>
   <si>
-    <t>2022-11-03 15:08:27</t>
+    <t>2023-06-02 12:28:28</t>
   </si>
   <si>
     <t>2023-06-02 14:16:03</t>
   </si>
   <si>
     <t>Compound</t>
   </si>
   <si>
     <t>Identifier</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
     <t>Phase</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Sponsor</t>
   </si>
   <si>
     <t>More details</t>
   </si>
@@ -444,50 +444,53 @@
   <si>
     <t>PrEP</t>
   </si>
   <si>
     <t>Clinical trial ID</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>CAPRISA 018: a phase I/II clinical trial study protocol to assess the safety, acceptability, tolerability and pharmacokinetics of a sustained-release tenofovir alafenamide subdermal implant for HIV</t>
   </si>
   <si>
     <t>http://dx.doi.org/10.1136/bmjopen-2021-052880</t>
   </si>
   <si>
     <t>Company</t>
   </si>
   <si>
+    <t>Manufacturer</t>
+  </si>
+  <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
   </si>
   <si>
     <t>Country Name</t>
@@ -667,53 +670,50 @@
     <t>Category</t>
   </si>
   <si>
     <t>Exclusivity</t>
   </si>
   <si>
     <t>Expiration date</t>
   </si>
   <si>
     <t>Illustration URL</t>
   </si>
   <si>
     <t>Credit</t>
   </si>
   <si>
     <t>https://lapal.medicinespatentpool.org/storage/illustrations/O9talFG5Wjj5EMhJ75ctLVpZRsWlTG0hEguZlUNx.png</t>
   </si>
   <si>
     <t>Tenofovir Alafenamide Chemical Structure</t>
   </si>
   <si>
     <t>Sourced from DrugBank</t>
   </si>
   <si>
     <t>Company/University</t>
-  </si>
-[...1 lines deleted...]
-    <t>Manufacturer</t>
   </si>
   <si>
     <t>Link to website</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Short description</t>
   </si>
   <si>
     <t>Gilead Sciences Inc.</t>
   </si>
   <si>
     <t>https://www.gilead.com/</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>Gilead Sciences, Inc. is a multinational biopharmaceutical company that develops and manufactures innovative medicines for life-threatening diseases, including anti-viral therapeutics for HIV/AIDS, Hepatitis B, Hepatitis C and Covid-19. Headquartered in Foster City, California, Gilead was originally founded in 1987 and is currently listed on both the S&amp;P 500 and the NASDAQ Biotechnology Index.</t>
   </si>
   <si>
     <t>Publication</t>
   </si>
@@ -1812,128 +1812,132 @@
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q1"/>
+  <dimension ref="A1:R1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:Q1"/>
+      <selection activeCell="A1" sqref="A1:R1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
     <col min="17" max="17" width="30" customWidth="true" style="0"/>
+    <col min="18" max="18" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:17">
+    <row r="1" spans="1:18">
       <c r="A1" s="2" t="s">
         <v>49</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>136</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>137</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>138</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>139</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>140</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>141</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>142</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>143</v>
       </c>
       <c r="K1" s="2" t="s">
         <v>144</v>
       </c>
       <c r="L1" s="2" t="s">
         <v>145</v>
       </c>
       <c r="M1" s="6" t="s">
         <v>146</v>
       </c>
       <c r="N1" s="6" t="s">
         <v>147</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>148</v>
       </c>
       <c r="P1" s="2" t="s">
         <v>149</v>
       </c>
       <c r="Q1" s="2" t="s">
         <v>150</v>
+      </c>
+      <c r="R1" s="2" t="s">
+        <v>151</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O4"/>
   <sheetViews>
@@ -1943,231 +1947,231 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>49</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="F1" s="6" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D2" t="s">
         <v>49</v>
       </c>
       <c r="E2" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="F2" s="5" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="G2" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="H2" t="s">
         <v>119</v>
       </c>
       <c r="I2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="J2" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="K2" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="L2" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="M2" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="N2" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="O2" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>32</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C3" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="E3" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="F3" s="5" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="G3" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="H3" t="s">
         <v>119</v>
       </c>
       <c r="I3" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="J3" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="K3" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="L3" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="M3" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="N3" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="O3" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>32</v>
       </c>
       <c r="B4" s="4" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C4" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D4" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="E4" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="F4" s="5" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="G4" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="H4" t="s">
         <v>119</v>
       </c>
       <c r="I4" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="J4" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="K4" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="L4" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="M4" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="N4" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="O4" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
@@ -2176,186 +2180,186 @@
   </sheetPr>
   <dimension ref="A1:I1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="2" t="s">
         <v>49</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="H1" s="6" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>53</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>49</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C2" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D2" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>49</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>212</v>
+        <v>137</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>213</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>214</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
         <v>216</v>
       </c>
       <c r="D2" t="s">
         <v>217</v>
       </c>
       <c r="E2" t="s">
         <v>218</v>
       </c>
       <c r="F2" t="s">