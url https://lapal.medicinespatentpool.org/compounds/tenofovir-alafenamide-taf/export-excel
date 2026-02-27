--- v3 (2026-02-06)
+++ v4 (2026-02-27)
@@ -28,67 +28,70 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Compounds" sheetId="1" r:id="rId4"/>
     <sheet name="Clinical trials" sheetId="2" r:id="rId5"/>
     <sheet name="Key resources" sheetId="3" r:id="rId6"/>
     <sheet name="Regulatory status" sheetId="4" r:id="rId7"/>
     <sheet name="Patent Medspal" sheetId="5" r:id="rId8"/>
     <sheet name="Patent curated by innovator" sheetId="6" r:id="rId9"/>
     <sheet name="Drug illustrations" sheetId="7" r:id="rId10"/>
     <sheet name="Developers" sheetId="8" r:id="rId11"/>
     <sheet name="Publications" sheetId="9" r:id="rId12"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="239">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="241">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Abbreviation</t>
   </si>
   <si>
     <t>Generic name</t>
   </si>
   <si>
     <t>Brand names</t>
   </si>
   <si>
     <t>Compound type</t>
   </si>
   <si>
+    <t>Drug class/category</t>
+  </si>
+  <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Approval status</t>
   </si>
   <si>
     <t>Regulatory authorities</t>
   </si>
   <si>
     <t>Link(s)</t>
   </si>
   <si>
     <t>Route(s) of administration</t>
   </si>
   <si>
     <t>Associated long-acting platforms</t>
   </si>
   <si>
     <t>Proprietary excipients used</t>
   </si>
   <si>
     <t>Novel excipients or existing excipients at a concentration above Inactive Ingredient Database (IID) for the specified route of administration</t>
   </si>
   <si>
     <t>Residual solvents used</t>
@@ -138,51 +141,54 @@
   <si>
     <t>Dosage link(s)</t>
   </si>
   <si>
     <t>Comment &amp; Information</t>
   </si>
   <si>
     <t>Created at</t>
   </si>
   <si>
     <t>Updated at</t>
   </si>
   <si>
     <t>Tenofovir alafenamide</t>
   </si>
   <si>
     <t>TAF</t>
   </si>
   <si>
     <t>Biktarvy, Descovy, Genvoya, Odefsey, Vemlidy, Symtuza</t>
   </si>
   <si>
     <t>Small molecule</t>
   </si>
   <si>
-    <t>Tenofovir alafenamide (TAF), also known as GS-7340, is a novel tenofovir prodrug used for HIV-1 treatment and pre-exposure prophylaxis, in addition to chronic hepatitis B treatment. TAF is an alanine ester of tenofovir that provides high levels of intracellular drug concentration with low overall systemic exposure. TAF provides significant advantages over previous generation tenofovir prodrugs such as tenofovir disoproxil fumarate, including a superior pharmacokinetic profile, a higher resistance barrier, enhanced intracellular distribution and an improved safety profile. TAF is available in multiple formulations, including short-acting oral medication (Vemlidy) and combination tablets (Genvoya, Odefsey, Descovy, Biktarvy). Long-acting formulations of TAF are currently in development.</t>
+    <t>NRTI</t>
+  </si>
+  <si>
+    <t>Tenofovir alafenamide (TAF), also known as GS-7340, is a tenofovir prodrug used for HIV-1 treatment and pre-exposure prophylaxis, in addition to chronic hepatitis B treatment. TAF is an alanine ester of tenofovir that provides high levels of intracellular drug concentration with low overall systemic exposure. TAF provides significant advantages over previous generation tenofovir prodrugs such as tenofovir disoproxil fumarate, including a superior pharmacokinetic profile, a higher resistance barrier, enhanced intracellular distribution and an improved safety profile. TAF is available in multiple formulations, including short-acting oral medication (Vemlidy) and combination tablets (Genvoya, Odefsey, Descovy, Biktarvy). Long-acting formulations of TAF are currently in development.</t>
   </si>
   <si>
     <t>Unknown</t>
   </si>
   <si>
     <t>WHO guidelines July 2025:
 Preferred NRTI backbones for initial and subsequent regimens:
 * Tenofovir (tenofovir disoproxil fumarate or tenofovir alafenamide fumarate (TAF)) +lamivudine (3TC) (or emtricitabine (FTC)) is the preferred NRTI backbone for initial and subsequent ART for adults, adolescents and children weighing more than 30 kg. This includes individuals previously treated with or exposed to tenofovir or zidovudine (ZDV). 
 * Abacavir + 3TC or TAF + 3TC (or FTC) is the suggested NRTI backbone for subsequent ART for children weighing less than 30 kg. This includes children previously treated with ABC or ZDV.</t>
   </si>
   <si>
     <t>https://go.drugbank.com/drugs/DB09299</t>
   </si>
   <si>
     <t>Oral, Subcutaneous</t>
   </si>
   <si>
     <t>Polymeric implant, Titanium implant</t>
   </si>
   <si>
     <t>Several pre-clinical implant devices are currently in development for Tenofovir Alafenamide HIV PrEP. These include but are not limited to; [1] OCIS-001 consisting of a permeable polyurethane membrane developed by Northwestern University currently in Phase I/II trials, [2] Titanium reservoir containing nanochannels housed in a silicon membrane created by the Houston Methodist Research Institute, [3] Non-permeable silicone reservoir implant from the Oak Crest Institute of Science, and [4] a biodegradable poly(ε-caprolactone) reservoir implant developed by RTI International.</t>
   </si>
   <si>
     <t>Thermal stability characterization via thermogravimetric analysis and differential scanning calorimetry to the implantable, dissolving and/or pure drug formulations. Drug crystallinity can be tested using a powder diffractometer (e.g. Miniflex X-ray from Rigaku Coporation). Drug stability and quantification are determined using HPLC (e.g. SphereClone™ C18 ODS (length, 150 mm; particle size, 5 μm; pore size, 80 Å; internal diameter, 4.6 mm). In vitro drug release studied via dialysis membrane bags (e.g. Spectra-Por®, 12,000–14,000 MWCO, Spectrum Medical Industries, Los Angeles, CA, USA).</t>
   </si>
@@ -1160,93 +1166,94 @@
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20020829&amp;CC=WO&amp;NR=0208241A3&amp;KC=A3" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20130221&amp;CC=WO&amp;NR=2013025788A1&amp;KC=A1" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20130620&amp;CC=WO&amp;NR=2013052094A3&amp;KC=A3" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="illustrations/O9talFG5Wjj5EMhJ75ctLVpZRsWlTG0hEguZlUNx.png" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.natap.org/2018/HIVR4P/HIVR4P_23.htm" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1136/bmjopen-2021-052880" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AF2"/>
+  <dimension ref="A1:AG2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:AF1"/>
+      <selection activeCell="A1" sqref="A1:AG1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
     <col min="17" max="17" width="30" customWidth="true" style="0"/>
     <col min="18" max="18" width="30" customWidth="true" style="0"/>
     <col min="19" max="19" width="30" customWidth="true" style="0"/>
     <col min="20" max="20" width="30" customWidth="true" style="0"/>
     <col min="21" max="21" width="30" customWidth="true" style="0"/>
     <col min="22" max="22" width="30" customWidth="true" style="0"/>
     <col min="23" max="23" width="30" customWidth="true" style="0"/>
     <col min="24" max="24" width="30" customWidth="true" style="0"/>
     <col min="25" max="25" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="30" customWidth="true" style="0"/>
     <col min="27" max="27" width="30" customWidth="true" style="0"/>
     <col min="28" max="28" width="30" customWidth="true" style="0"/>
     <col min="29" max="29" width="30" customWidth="true" style="0"/>
     <col min="30" max="30" width="30" customWidth="true" style="0"/>
     <col min="31" max="31" width="30" customWidth="true" style="0"/>
     <col min="32" max="32" width="30" customWidth="true" style="0"/>
+    <col min="33" max="33" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:32">
+    <row r="1" spans="1:33">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="2" t="s">
@@ -1299,116 +1306,122 @@
       </c>
       <c r="Y1" s="3" t="s">
         <v>24</v>
       </c>
       <c r="Z1" s="3" t="s">
         <v>25</v>
       </c>
       <c r="AA1" s="2" t="s">
         <v>26</v>
       </c>
       <c r="AB1" s="2" t="s">
         <v>27</v>
       </c>
       <c r="AC1" s="2" t="s">
         <v>28</v>
       </c>
       <c r="AD1" s="2" t="s">
         <v>29</v>
       </c>
       <c r="AE1" s="2" t="s">
         <v>30</v>
       </c>
       <c r="AF1" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="AG1" s="2" t="s">
+        <v>32</v>
+      </c>
     </row>
-    <row r="2" spans="1:32">
+    <row r="2" spans="1:33">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C2" t="s">
         <v>33</v>
       </c>
-      <c r="C2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="I2" t="s">
+        <v>40</v>
+      </c>
+      <c r="J2" t="s">
+        <v>41</v>
+      </c>
+      <c r="K2" t="s">
+        <v>42</v>
+      </c>
+      <c r="L2" t="s">
+        <v>43</v>
+      </c>
+      <c r="M2" t="s">
         <v>39</v>
       </c>
-      <c r="J2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N2" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O2" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>39</v>
+      </c>
+      <c r="P2" t="s">
+        <v>44</v>
       </c>
       <c r="T2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="U2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="V2" t="s">
-        <v>46</v>
+        <v>47</v>
+      </c>
+      <c r="W2" t="s">
+        <v>48</v>
       </c>
       <c r="Y2" s="1"/>
       <c r="Z2" s="1"/>
-      <c r="AE2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AF2" t="s">
-        <v>48</v>
+        <v>49</v>
+      </c>
+      <c r="AG2" t="s">
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AZ2"/>
   <sheetViews>
@@ -1452,384 +1465,384 @@
     <col min="32" max="32" width="30" customWidth="true" style="0"/>
     <col min="33" max="33" width="30" customWidth="true" style="0"/>
     <col min="34" max="34" width="30" customWidth="true" style="0"/>
     <col min="35" max="35" width="30" customWidth="true" style="0"/>
     <col min="36" max="36" width="30" customWidth="true" style="0"/>
     <col min="37" max="37" width="30" customWidth="true" style="0"/>
     <col min="38" max="38" width="30" customWidth="true" style="0"/>
     <col min="39" max="39" width="30" customWidth="true" style="0"/>
     <col min="40" max="40" width="30" customWidth="true" style="0"/>
     <col min="41" max="41" width="30" customWidth="true" style="0"/>
     <col min="42" max="42" width="30" customWidth="true" style="0"/>
     <col min="43" max="43" width="30" customWidth="true" style="0"/>
     <col min="44" max="44" width="30" customWidth="true" style="0"/>
     <col min="45" max="45" width="30" customWidth="true" style="0"/>
     <col min="46" max="46" width="30" customWidth="true" style="0"/>
     <col min="47" max="47" width="30" customWidth="true" style="0"/>
     <col min="48" max="48" width="30" customWidth="true" style="0"/>
     <col min="49" max="49" width="30" customWidth="true" style="0"/>
     <col min="50" max="50" width="30" customWidth="true" style="0"/>
     <col min="51" max="51" width="30" customWidth="true" style="0"/>
     <col min="52" max="52" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:52">
       <c r="A1" s="2" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="P1" s="2" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="Q1" s="2" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="R1" s="2" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="S1" s="2" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="T1" s="2" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="U1" s="2" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="V1" s="2" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="W1" s="2" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="X1" s="2" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="Y1" s="2" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="Z1" s="2" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AA1" s="2" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="AB1" s="2" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="AC1" s="2" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="AD1" s="2" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="AE1" s="2" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="AF1" s="2" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="AG1" s="2" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AH1" s="2" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="AI1" s="2" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AJ1" s="2" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="AK1" s="2" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="AL1" s="2" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="AM1" s="2" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="AN1" s="2" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="AO1" s="2" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="AP1" s="2" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="AQ1" s="2" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="AR1" s="2" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="AS1" s="2" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="AT1" s="2" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="AU1" s="2" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="AV1" s="2" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="AW1" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="AX1" s="2" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="AY1" s="2" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="AZ1" s="2" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2" spans="1:52">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C2" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="D2" s="4" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="E2" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="F2" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="G2" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="H2" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="I2" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="J2" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="M2" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="O2" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="Q2" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="S2" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="W2" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="X2" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="Z2" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="AA2" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="AD2" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="AE2" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="AF2" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="AG2" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="AH2" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="AI2" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="AJ2" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="AL2" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="AM2" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="AP2" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="AQ2">
         <v>550</v>
       </c>
       <c r="AR2" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="AS2" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="AU2" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="AW2" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="AX2" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="AY2" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="AZ2" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="D2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E2" sqref="E2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B2" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="C2" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="E2" s="4" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -1842,743 +1855,743 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
     <col min="17" max="17" width="30" customWidth="true" style="0"/>
     <col min="18" max="18" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18">
       <c r="A1" s="2" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="M1" s="6" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="N1" s="6" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="P1" s="2" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="Q1" s="2" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="R1" s="2" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O4"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B4" sqref="B4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="F1" s="6" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="C2" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D2" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="E2" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="F2" s="5" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="G2" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="H2" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="I2" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="J2" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="K2" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="L2" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="M2" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="N2" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="O2" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="C3" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="D3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="E3" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="F3" s="5" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="G3" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="H3" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="I3" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="J3" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="K3" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="L3" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="M3" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="N3" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="O3" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B4" s="4" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C4" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="D4" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="E4" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="F4" s="5" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="G4" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="H4" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="I4" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="J4" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="K4" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="L4" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="M4" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="N4" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="O4" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="2" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="H1" s="6" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="C2" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="D2" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="D2" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="E2" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="F2" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E11"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E11" sqref="E11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C2" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="D2" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B3" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C3" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="D3" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B4" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C4" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="E4" s="4" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B5" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C5" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="D5" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B6" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C6" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="D6" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B7" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C7" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="D7" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B8" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C8" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="D8" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B9" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C9" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="D9" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B10" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C10" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="D10" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B11" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C11" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="E11" s="4" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E4" r:id="rId_hyperlink_1"/>
     <hyperlink ref="E11" r:id="rId_hyperlink_2"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>