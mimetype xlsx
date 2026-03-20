--- v4 (2026-02-27)
+++ v5 (2026-03-20)
@@ -28,51 +28,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Compounds" sheetId="1" r:id="rId4"/>
     <sheet name="Clinical trials" sheetId="2" r:id="rId5"/>
     <sheet name="Key resources" sheetId="3" r:id="rId6"/>
     <sheet name="Regulatory status" sheetId="4" r:id="rId7"/>
     <sheet name="Patent Medspal" sheetId="5" r:id="rId8"/>
     <sheet name="Patent curated by innovator" sheetId="6" r:id="rId9"/>
     <sheet name="Drug illustrations" sheetId="7" r:id="rId10"/>
     <sheet name="Developers" sheetId="8" r:id="rId11"/>
     <sheet name="Publications" sheetId="9" r:id="rId12"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="241">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="242">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Abbreviation</t>
   </si>
   <si>
     <t>Generic name</t>
   </si>
   <si>
     <t>Brand names</t>
   </si>
   <si>
     <t>Compound type</t>
   </si>
   <si>
     <t>Drug class/category</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Approval status</t>
   </si>
   <si>
@@ -541,50 +541,53 @@
     <t>Patent source</t>
   </si>
   <si>
     <t>Granted: Low, low-middle and upper-middle countries</t>
   </si>
   <si>
     <t>Granted: High income countries</t>
   </si>
   <si>
     <t>Filed: Low, low-middle and upper-middle countries</t>
   </si>
   <si>
     <t>Filed: High income countries</t>
   </si>
   <si>
     <t>Not in force: Low, low-middle and upper-middle countries</t>
   </si>
   <si>
     <t>Not in force: High income countries</t>
   </si>
   <si>
     <t>WO0208241</t>
   </si>
   <si>
     <t>Tenofovir alafenamide fumarate (TAF)</t>
+  </si>
+  <si>
+    <t>Compound; Salt</t>
   </si>
   <si>
     <t>Gilead Sciences, Inc</t>
   </si>
   <si>
     <t>2021-07-20</t>
   </si>
   <si>
     <t>A novel method is provided for screening prodrugs of methoxyphosphonate nucleotide analogues to identify prodrugs selectively targeting desired tissues with antiviral or antitumor activity. This method has led to the identification of novel mixed ester-amidates of PMPA for retroviral or hepadnaviral therapy, including compounds of structure (5a) having substituent groups as defined herein. Compositions of these novel compounds in pharmaceutically acceptable excipients and their use in therapy and prophylaxis are provided. Also provided is an improved method for the use of magnesium alkoxide for the preparation of starting materials and compounds for use herein.</t>
   </si>
   <si>
     <t>Health Canada, US FDA</t>
   </si>
   <si>
     <t>Ukraine, Albania, Ethiopia, Fiji, Grenada, Kiribati, Solomon Islands, Saint Lucia</t>
   </si>
   <si>
     <t>Australia, Bulgaria, Croatia, Israel, Iceland, Japan, Korea, Republic of, Norway, Poland, Russian Federation, Austria, Belgium, Switzerland, Cyprus, Germany, Denmark, Spain, Finland, France, United Kingdom, Greece, Ireland, Italy, Liechtenstein, Luxembourg, Netherlands, Sweden, Lithuania, Romania, Latvia, Slovenia, Estonia, Brunei Darussalam, Czechia, Anguilla, Bermuda, Falkland Islands (Malvinas), Montserrat, Turks and Caicos Islands, Virgin Islands (British), Cayman Islands, Gibraltar, Guernsey, Hungary</t>
   </si>
   <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
@@ -2013,178 +2016,178 @@
       </c>
       <c r="L1" s="2" t="s">
         <v>164</v>
       </c>
       <c r="M1" s="2" t="s">
         <v>165</v>
       </c>
       <c r="N1" s="2" t="s">
         <v>166</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>33</v>
       </c>
       <c r="B2" s="4" t="s">
         <v>168</v>
       </c>
       <c r="C2" t="s">
         <v>169</v>
       </c>
       <c r="D2" t="s">
-        <v>51</v>
+        <v>170</v>
       </c>
       <c r="E2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="F2" s="5" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="G2" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H2" t="s">
         <v>121</v>
       </c>
       <c r="I2" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="J2" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="K2" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="L2" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="M2" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="N2" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="O2" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>33</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C3" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D3" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="E3" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="F3" s="5" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="G3" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="H3" t="s">
         <v>121</v>
       </c>
       <c r="I3" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="J3" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="K3" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="L3" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="M3" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="N3" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="O3" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>33</v>
       </c>
       <c r="B4" s="4" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C4" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D4" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="E4" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="F4" s="5" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="G4" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="H4" t="s">
         <v>121</v>
       </c>
       <c r="I4" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="J4" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="K4" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="L4" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="M4" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N4" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="O4" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
@@ -2193,212 +2196,212 @@
   </sheetPr>
   <dimension ref="A1:I1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="2" t="s">
         <v>51</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>154</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>157</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="H1" s="6" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>55</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>51</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>133</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>33</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C2" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D2" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>51</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>139</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D2" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E2" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="F2" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E11"/>
   <sheetViews>
@@ -2415,169 +2418,169 @@
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
         <v>51</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>134</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>133</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>135</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C2" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D2" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>33</v>
       </c>
       <c r="B3" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C3" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D3" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>33</v>
       </c>
       <c r="B4" t="s">
         <v>53</v>
       </c>
       <c r="C4" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="E4" s="4" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>33</v>
       </c>
       <c r="B5" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C5" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D5" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
         <v>33</v>
       </c>
       <c r="B6" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C6" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D6" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>33</v>
       </c>
       <c r="B7" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C7" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D7" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>33</v>
       </c>
       <c r="B8" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C8" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D8" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
         <v>33</v>
       </c>
       <c r="B9" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C9" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D9" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
         <v>33</v>
       </c>
       <c r="B10" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C10" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D10" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
         <v>33</v>
       </c>
       <c r="B11" t="s">
         <v>53</v>
       </c>
       <c r="C11" t="s">
         <v>136</v>
       </c>
       <c r="E11" s="4" t="s">
         <v>137</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E4" r:id="rId_hyperlink_1"/>
     <hyperlink ref="E11" r:id="rId_hyperlink_2"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">