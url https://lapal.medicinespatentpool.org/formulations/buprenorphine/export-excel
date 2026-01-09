--- v0 (2025-12-05)
+++ v1 (2026-01-09)
@@ -655,51 +655,51 @@
   <si>
     <t>Reg Status</t>
   </si>
   <si>
     <t>Reg Submission Date</t>
   </si>
   <si>
     <t>Reg Approval Date</t>
   </si>
   <si>
     <t>Links</t>
   </si>
   <si>
     <t>Comments</t>
   </si>
   <si>
     <t>Camurus AB</t>
   </si>
   <si>
     <t>BRIXADI</t>
   </si>
   <si>
     <t>Weekly - 8 mg/0.16 mL, 16 mg/0.32 mL, 24 mg/0.48 mL, and 32 mg/0.64 mL; Monthly - 64 mg/0.18 mL, 96 mg/0.27 mL, and 128 mg/0.36 mL</t>
   </si>
   <si>
-    <t>USFDA</t>
+    <t>USFDA-r</t>
   </si>
   <si>
     <t>United States Food and Drug Administration</t>
   </si>
   <si>
     <t>USA</t>
   </si>
   <si>
     <t>Approved</t>
   </si>
   <si>
     <t>https://www.accessdata.fda.gov/drugsatfda_docs/appletter/2018/210136Orig1s000TALtr.pdf</t>
   </si>
   <si>
     <t>BUVIDAL</t>
   </si>
   <si>
     <t>TGA</t>
   </si>
   <si>
     <t>Therapeutic Goods Administration</t>
   </si>
   <si>
     <t>AUS</t>
   </si>
@@ -2496,51 +2496,51 @@
       </c>
       <c r="N1" s="6" t="s">
         <v>190</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>191</v>
       </c>
       <c r="P1" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
         <v>193</v>
       </c>
       <c r="C2" t="s">
         <v>194</v>
       </c>
       <c r="D2" t="s">
         <v>50</v>
       </c>
       <c r="E2" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="F2" t="s">
         <v>195</v>
       </c>
       <c r="G2" t="s">
         <v>39</v>
       </c>
       <c r="H2" t="s">
         <v>196</v>
       </c>
       <c r="I2" t="s">
         <v>197</v>
       </c>
       <c r="J2" t="s">
         <v>198</v>
       </c>
       <c r="K2" t="s">
         <v>139</v>
       </c>
       <c r="L2" t="s">
         <v>199</v>
       </c>
       <c r="M2" s="5">
         <v>42935.0</v>
       </c>