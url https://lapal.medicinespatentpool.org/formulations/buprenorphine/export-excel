--- v1 (2026-01-09)
+++ v2 (2026-02-07)
@@ -28,51 +28,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Formulations" sheetId="1" r:id="rId4"/>
     <sheet name="Clinical trials" sheetId="2" r:id="rId5"/>
     <sheet name="Key resources" sheetId="3" r:id="rId6"/>
     <sheet name="Regulatory status" sheetId="4" r:id="rId7"/>
     <sheet name="Patent Medspal" sheetId="5" r:id="rId8"/>
     <sheet name="Patent curated by innovator" sheetId="6" r:id="rId9"/>
     <sheet name="Drug illustrations" sheetId="7" r:id="rId10"/>
     <sheet name="Developers" sheetId="8" r:id="rId11"/>
     <sheet name="Publications" sheetId="9" r:id="rId12"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="331">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="332">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Abbreviation</t>
   </si>
   <si>
     <t>Generic name</t>
   </si>
   <si>
     <t>Brand names</t>
   </si>
   <si>
     <t>Compound type</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Approval status</t>
   </si>
   <si>
     <t>Regulatory authorities</t>
   </si>
   <si>
@@ -604,135 +604,144 @@
 3. Body mass index (BMI) between 18 and 38 kg/m2, inclusive.
 4. Treated with daily opioids for moderate to severe CLBP for a minimum of 3 months prior to Screening.
 5. On a stable dose of ≥40 mg/day of oral morphine or MED during the 14 days prior to Screening.
 6. Systolic blood pressure ≥100 mmHg and diastolic blood pressure ≥60 mmHg.
 7. Female subject of childbearing potential who is willing to use a reliable method of contraception during the entire study (Screening Visit to final Follow-up). To be considered not of childbearing potential, female subjects must be surgically sterile (h</t>
   </si>
   <si>
     <t>Quadruple-blind masking</t>
   </si>
   <si>
     <t>Clinical trial ID</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Company</t>
   </si>
   <si>
+    <t>Manufacturer</t>
+  </si>
+  <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
   </si>
   <si>
     <t>Country Name</t>
   </si>
   <si>
     <t>Reg Status</t>
   </si>
   <si>
     <t>Reg Submission Date</t>
   </si>
   <si>
     <t>Reg Approval Date</t>
   </si>
   <si>
     <t>Links</t>
   </si>
   <si>
     <t>Comments</t>
   </si>
   <si>
     <t>Camurus AB</t>
   </si>
   <si>
+    <t>originator</t>
+  </si>
+  <si>
     <t>BRIXADI</t>
   </si>
   <si>
     <t>Weekly - 8 mg/0.16 mL, 16 mg/0.32 mL, 24 mg/0.48 mL, and 32 mg/0.64 mL; Monthly - 64 mg/0.18 mL, 96 mg/0.27 mL, and 128 mg/0.36 mL</t>
   </si>
   <si>
     <t>USFDA-r</t>
   </si>
   <si>
     <t>United States Food and Drug Administration</t>
   </si>
   <si>
     <t>USA</t>
   </si>
   <si>
     <t>Approved</t>
   </si>
   <si>
     <t>https://www.accessdata.fda.gov/drugsatfda_docs/appletter/2018/210136Orig1s000TALtr.pdf</t>
   </si>
   <si>
+    <t>generic</t>
+  </si>
+  <si>
     <t>BUVIDAL</t>
   </si>
   <si>
     <t>TGA</t>
   </si>
   <si>
     <t>Therapeutic Goods Administration</t>
   </si>
   <si>
     <t>AUS</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>https://www.ebs.tga.gov.au/ebs/picmi/picmirepository.nsf/pdf?OpenAgent=&amp;id=CP-2024-PI-02825-1&amp;d=20250612172310101</t>
   </si>
   <si>
-    <t>MHRA</t>
+    <t>MHRA-r</t>
   </si>
   <si>
     <t>Medicines and Healthcare Products Regulatory Agency - UK</t>
   </si>
   <si>
     <t>GBR</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>https://mhraproducts4853.blob.core.windows.net/docs/f21cb8a895959d0c68f876b8f88f4cd7e0812212#:~:text=Buvidal%20160%20mg%20solution%20for%20injection%20has%20been%20authorised%20by,for%20Human%20Use%20(CHMP).</t>
   </si>
   <si>
     <t>EMA (Europe)</t>
   </si>
   <si>
     <t>European Medicines Agency</t>
   </si>
   <si>
     <t>AUT</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
@@ -901,54 +910,55 @@
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>ESP</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>SWE</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Swissmedic</t>
   </si>
   <si>
     <t>CHE</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
-    <t>https://www.camurus.com/files/Main/13456/3287742/full-year-reportpdf.pdf</t>
-[...2 lines deleted...]
-    <t>Medsafe</t>
+    <t>https://www.camurus.com/files/Main/13456/3287742/full-year-reportpdf.pdf
+https://compendium.ch/fr/product/1467982-buvidal-depot-sol-inj-32-mg-0-64ml</t>
+  </si>
+  <si>
+    <t>Medsafe-r</t>
   </si>
   <si>
     <t>New Zealand Medicines and Medical Devices Safety Authority</t>
   </si>
   <si>
     <t>NZL</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>https://www.medsafe.govt.nz/regulatory/DbSearch.asp</t>
   </si>
   <si>
     <t>Representative patent</t>
   </si>
   <si>
     <t>Patent description</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Patent holder</t>
   </si>
@@ -1027,63 +1037,57 @@
   </si>
   <si>
     <t>2032-11-28</t>
   </si>
   <si>
     <t>Granted: AU, CA, CN, EA (RU), EP (AT, BE, CH, DE, DK, ES, FI, FR, GB, IE, IS, IT, LI, NL, PL, SE, TR), HK, IL, IN, JP, KR, MX, SG, US, ZA
 Pending: BR, CO, NZ, PE
 Not in force: EAPO (AM, AZ, BY, KG, KZ, TJ, TM)</t>
   </si>
   <si>
     <t>Illustration URL</t>
   </si>
   <si>
     <t>Credit</t>
   </si>
   <si>
     <t>https://lapal.medicinespatentpool.org/storage/illustrations/BNHsrhoHS0XJ8FBH16tOnqfFbbZXqcIeKLKW72Wo.png</t>
   </si>
   <si>
     <t>: (2S)-2-[17-(Cyclopropylmethyl)-4,5α-epoxy-3- hydroxy-6α,14-ethano-14α-morphinan-7α-yl]-3,3-dimethylbutan-2-ol.</t>
   </si>
   <si>
     <t>Company/University</t>
   </si>
   <si>
-    <t>Manufacturer</t>
-[...1 lines deleted...]
-  <si>
     <t>Link to website</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Short description</t>
-  </si>
-[...1 lines deleted...]
-    <t>generic</t>
   </si>
   <si>
     <t>https://www.camurus.com/</t>
   </si>
   <si>
     <t>Camurus AB is a biopharmaceutical company that creates long-acting treatments for serious and chronic diseases. This company originated in 1991. Camurus, based on scientific understanding, aims to enhance patient outcomes through innovative therapies. They specialise in pharmaceutical commercialization and have a portfolio that includes clinical trial products as well as two FDA-approved drugs.</t>
   </si>
   <si>
     <t>Publication</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;Vorspan, F., Hjelmström, P., Simon, N., Benyamina, A., Dervaux, A., Brousse, G., Jamain, T., Kosim, M., &amp;amp; Rolland, B. (2019). What place for prolonged-release buprenorphine depot-formulation Buvidal® in the treatment arsenal of opioid dependence? Insights from the French experience on buprenorphine.&amp;nbsp;&lt;/span&gt;&lt;em style="color: rgb(33, 33, 33);"&gt;Expert opinion on drug delivery&lt;/em&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;,&amp;nbsp;&lt;/span&gt;&lt;em style="color: rgb(33, 33, 33);"&gt;16&lt;/em&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;(9), 907–914. &lt;/span&gt;&lt;a href="https://doi.org/10.1080/17425247.2019.1649252" rel="noopener noreferrer" target="_blank" style="color: rgb(33, 33, 33);"&gt;https://doi.org/10.1080/17425247.2019.1649252&lt;/a&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;h2&gt;Abstract&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Introduction&lt;/strong&gt;: Since the 1990s, opioid maintenance treatments (OMTs), i.e. mostly methadone and buprenorphine, have represented the therapeutic cornerstone of opioid dependence. In France, the public health strategy on opioid dependence, identified here as the 'French model', has consisted of offering a facilitated access to buprenorphine, to reach a large treatment coverage and reduce opioid-related mortality.&amp;nbsp;&lt;strong&gt;Areas covered&lt;/strong&gt;: Recently, a new formulation of subcutaneous buprenorphine depot (Buvidal®) has been approved in Europe for treatment of opioid dependence. The place of Buvidal® among the pre-existing arsenal of OMTs is discussed in the light of the pharmacological specificities of this new formulation, and with the particular standpoint of the French model on opioid dependence.&amp;nbsp;&lt;strong&gt;Expert opinion&lt;/strong&gt;: Buvidal® could constitute a promising treatment option mainly in case of: 1) OMT initiation, including in non-specialized addiction medicine care; 2) Discharge from prison or hospital; Diversion/misuse of 3) buprenorphine or 4) methadone; 5) Clinically stabilized patients wishing to avoid daily oral taking of the medication. As such, this new formulation should be highly accessible, which will require specific pathways through care as the product is intended to be administered by a healthcare professional.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;Nunes, E. V., Comer, S. D., Lofwall, M. R., Walsh, S. L., Peterson, S., Tiberg, F., Hjelmstrom, P., &amp;amp; Budilovsky-Kelley, N. R. (2024). Extended-Release Injection vs Sublingual Buprenorphine for Opioid Use Disorder With Fentanyl Use: A Post Hoc Analysis of a Randomized Clinical Trial.&amp;nbsp;&lt;/span&gt;&lt;em style="color: rgb(33, 33, 33);"&gt;JAMA network open&lt;/em&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;,&amp;nbsp;&lt;/span&gt;&lt;em style="color: rgb(33, 33, 33);"&gt;7&lt;/em&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;(6), e2417377. &lt;/span&gt;&lt;a href="https://doi.org/10.1001/jamanetworkopen.2024.17377" rel="noopener noreferrer" target="_blank" style="color: rgb(33, 33, 33);"&gt;https://doi.org/10.1001/jamanetworkopen.2024.17377&lt;/a&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;strong&gt;Importance:&amp;nbsp;&lt;/strong&gt;Fentanyl has exacerbated the opioid use disorder (OUD) and opioid overdose epidemic. Data on the effectiveness of medications for OUD among patients using fentanyl are limited.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objective:&amp;nbsp;&lt;/strong&gt;To assess the effectiveness of sublingual or extended-release injection formulations of buprenorphine for the treatment of OUD among patients with and without fentanyl use.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Design, setting, and participants:&amp;nbsp;&lt;/strong&gt;Post hoc analysis of a 24-week, randomized, double-blind clinical trial conducted at 35 outpatient sites in the US from December 2015 to November 2016 of sublingual buprenorphine-naloxone vs extended-release subcutaneous injection buprenorphine (CAM2038) for patients with OUD subgrouped by presence vs absence of fentanyl or norfentanyl in urine at baseline. Study visits with urine testing occurred weekly for 12 weeks, then 6 times between weeks 13 and 24. Data were analyzed on an intention-to-treat basis from March 2022 to August 2023.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Intervention:&amp;nbsp;&lt;/strong&gt;Weekly and monthly subcutaneous buprenorphine vs daily sublingual buprenorphine-naloxone.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Main outcomes and measures:&amp;nbsp;&lt;/strong&gt;Retention in treatment, percentage of urine samples negative for any opioids (missing values imputed as positive), percentage of urine samples negative for fentanyl or norfentanyl (missing values not imputed), and scores on opiate withdrawal scales and visual analog craving scales.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Results:&amp;nbsp;&lt;/strong&gt;Of 428 participants, 123 (subcutaneous buprenorphine, n = 64; sublingual buprenorphine-naloxone, n = 59; mean [SD] age, 39.1 [10.8] years; 75 men [61.0%]) had evidence of baseline fentanyl use and 305 (subcutaneous buprenorphine, n = 149; buprenorphine-naloxone, n = 156; mean [SD] age, 38.1 [11.1] years; 188 men [61.6%]) did not have evidence of baseline fentanyl use. Study completion was similar between the fentanyl-positive (60.2% [74 of 123]) and fentanyl-negative (56.7% [173 of 305]) subgroups. The mean percentage of urine samples negative for any opioid were 28.5% among those receiving subcutaneous buprenorphine and 18.8% among those receiving buprenorphine-naloxone in the fentanyl-positive subgroup (difference, 9.6%; 95% CI, -3.0% to 22.3%) and 36.7% among those receiving subcutaneous buprenorphine and 30.6% among those receiving buprenorphine-naloxone in the fentanyl-negative subgroup (difference, 6.1%; 95% CI, -1.9% to 14.1%), with significant main associations of baseline fentanyl status and treatment group. In the fentanyl-positive subgroup, the mean percentage of urine samples negative for fentanyl during the study was 74.6% among those receiving subcutaneous buprenorphine vs 61.9% among those receiving sublingual buprenorphine-naloxone (difference, 12.7%; 95% CI, 9.6%-15.9%). Opioid withdrawal and craving scores decreased rapidly after treatment initiation across all groups.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Conclusions and relevance:&amp;nbsp;&lt;/strong&gt;In this post hoc analysis of a randomized clinical trial of sublingual vs extended-release injection buprenorphine for OUD, buprenorphine appeared to be effective among patients with baseline fentanyl use. Patients with fentanyl use had fewer opioid-negative urine samples during the trial compared with the fentanyl-negative subgroup. These findings suggest that the subcutaneous buprenorphine formulation may be more effective at reducing fentanyl use.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Trial registration:&amp;nbsp;&lt;/strong&gt;ClinicalTrials.gov Identifier:&amp;nbsp;&lt;a href="http://clinicaltrials.gov/show/NCT02651584" rel="noopener noreferrer" target="_blank" style="color: rgb(0, 113, 188);"&gt;NCT02651584&lt;/a&gt;.&lt;/p&gt;</t>
   </si>
 </sst>
 </file>
 
@@ -2406,1701 +2410,1810 @@
       <c r="E1" s="2" t="s">
         <v>62</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P36"/>
+  <dimension ref="A1:Q36"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:P1"/>
+      <selection activeCell="A1" sqref="A1:Q1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
+    <col min="17" max="17" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16">
+    <row r="1" spans="1:17">
       <c r="A1" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>178</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>179</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>180</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>181</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>182</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>183</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>184</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>185</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>186</v>
       </c>
       <c r="K1" s="2" t="s">
         <v>187</v>
       </c>
       <c r="L1" s="2" t="s">
         <v>188</v>
       </c>
       <c r="M1" s="6" t="s">
         <v>189</v>
       </c>
       <c r="N1" s="6" t="s">
         <v>190</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>191</v>
       </c>
       <c r="P1" s="2" t="s">
         <v>192</v>
       </c>
-    </row>
-    <row r="2" spans="1:16">
+      <c r="Q1" s="2" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="2" spans="1:17">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C2" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D2" t="s">
+        <v>196</v>
+      </c>
+      <c r="E2" t="s">
         <v>50</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
         <v>49</v>
       </c>
-      <c r="F2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G2" t="s">
+        <v>197</v>
+      </c>
+      <c r="H2" t="s">
         <v>39</v>
       </c>
-      <c r="H2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I2" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="J2" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="K2" t="s">
+        <v>200</v>
+      </c>
+      <c r="L2" t="s">
         <v>139</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" s="5">
+      <c r="M2" s="5" t="s">
+        <v>201</v>
+      </c>
+      <c r="N2" s="5">
         <v>42935.0</v>
       </c>
-      <c r="N2" s="5">
+      <c r="O2">
         <v>45069.0</v>
       </c>
-      <c r="O2" t="s">
-[...3 lines deleted...]
-    <row r="3" spans="1:16">
+      <c r="P2" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="3" spans="1:17">
       <c r="A3" t="s">
         <v>32</v>
       </c>
       <c r="B3" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C3" t="s">
+        <v>203</v>
+      </c>
+      <c r="D3" t="s">
+        <v>204</v>
+      </c>
+      <c r="E3" t="s">
+        <v>50</v>
+      </c>
+      <c r="F3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G3" t="s">
+        <v>197</v>
+      </c>
+      <c r="H3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I3" t="s">
+        <v>205</v>
+      </c>
+      <c r="J3" t="s">
+        <v>206</v>
+      </c>
+      <c r="K3" t="s">
+        <v>207</v>
+      </c>
+      <c r="L3" t="s">
+        <v>208</v>
+      </c>
+      <c r="M3" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="D3" t="s">
-[...27 lines deleted...]
-      <c r="N3" s="5">
+      <c r="N3" s="5"/>
+      <c r="O3">
         <v>44316.0</v>
       </c>
-      <c r="O3" t="s">
-[...3 lines deleted...]
-    <row r="4" spans="1:16">
+      <c r="P3" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="4" spans="1:17">
       <c r="A4" t="s">
         <v>32</v>
       </c>
       <c r="B4" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C4" t="s">
+        <v>203</v>
+      </c>
+      <c r="D4" t="s">
+        <v>204</v>
+      </c>
+      <c r="E4" t="s">
+        <v>50</v>
+      </c>
+      <c r="F4" t="s">
+        <v>46</v>
+      </c>
+      <c r="G4" t="s">
+        <v>197</v>
+      </c>
+      <c r="H4" t="s">
+        <v>39</v>
+      </c>
+      <c r="I4" t="s">
+        <v>210</v>
+      </c>
+      <c r="J4" t="s">
+        <v>211</v>
+      </c>
+      <c r="K4" t="s">
+        <v>212</v>
+      </c>
+      <c r="L4" t="s">
+        <v>213</v>
+      </c>
+      <c r="M4" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="D4" t="s">
-[...27 lines deleted...]
-      <c r="N4" s="5">
+      <c r="N4" s="5"/>
+      <c r="O4">
         <v>44335.0</v>
       </c>
-      <c r="O4" t="s">
-[...3 lines deleted...]
-    <row r="5" spans="1:16">
+      <c r="P4" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="5" spans="1:17">
       <c r="A5" t="s">
         <v>32</v>
       </c>
       <c r="B5" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C5" t="s">
+        <v>203</v>
+      </c>
+      <c r="D5" t="s">
+        <v>204</v>
+      </c>
+      <c r="E5" t="s">
+        <v>50</v>
+      </c>
+      <c r="F5" t="s">
+        <v>46</v>
+      </c>
+      <c r="G5" t="s">
+        <v>197</v>
+      </c>
+      <c r="H5" t="s">
+        <v>39</v>
+      </c>
+      <c r="I5" t="s">
+        <v>215</v>
+      </c>
+      <c r="J5" t="s">
+        <v>216</v>
+      </c>
+      <c r="K5" t="s">
+        <v>217</v>
+      </c>
+      <c r="L5" t="s">
+        <v>218</v>
+      </c>
+      <c r="M5" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="D5" t="s">
-[...27 lines deleted...]
-      <c r="N5" s="5">
+      <c r="N5" s="5"/>
+      <c r="O5">
         <v>43424.0</v>
       </c>
-      <c r="O5" t="s">
-[...3 lines deleted...]
-    <row r="6" spans="1:16">
+      <c r="P5" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="6" spans="1:17">
       <c r="A6" t="s">
         <v>32</v>
       </c>
       <c r="B6" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C6" t="s">
+        <v>203</v>
+      </c>
+      <c r="D6" t="s">
+        <v>204</v>
+      </c>
+      <c r="E6" t="s">
+        <v>50</v>
+      </c>
+      <c r="F6" t="s">
+        <v>46</v>
+      </c>
+      <c r="G6" t="s">
+        <v>197</v>
+      </c>
+      <c r="H6" t="s">
+        <v>39</v>
+      </c>
+      <c r="I6" t="s">
+        <v>215</v>
+      </c>
+      <c r="J6" t="s">
+        <v>216</v>
+      </c>
+      <c r="K6" t="s">
+        <v>220</v>
+      </c>
+      <c r="L6" t="s">
+        <v>221</v>
+      </c>
+      <c r="M6" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="D6" t="s">
-[...27 lines deleted...]
-      <c r="N6" s="5">
+      <c r="N6" s="5"/>
+      <c r="O6">
         <v>43424.0</v>
       </c>
-      <c r="O6" t="s">
-[...3 lines deleted...]
-    <row r="7" spans="1:16">
+      <c r="P6" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="7" spans="1:17">
       <c r="A7" t="s">
         <v>32</v>
       </c>
       <c r="B7" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C7" t="s">
+        <v>203</v>
+      </c>
+      <c r="D7" t="s">
+        <v>204</v>
+      </c>
+      <c r="E7" t="s">
+        <v>50</v>
+      </c>
+      <c r="F7" t="s">
+        <v>46</v>
+      </c>
+      <c r="G7" t="s">
+        <v>197</v>
+      </c>
+      <c r="H7" t="s">
+        <v>39</v>
+      </c>
+      <c r="I7" t="s">
+        <v>215</v>
+      </c>
+      <c r="J7" t="s">
+        <v>216</v>
+      </c>
+      <c r="K7" t="s">
+        <v>222</v>
+      </c>
+      <c r="L7" t="s">
+        <v>223</v>
+      </c>
+      <c r="M7" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="D7" t="s">
-[...17 lines deleted...]
-      <c r="J7" t="s">
+      <c r="N7" s="5"/>
+      <c r="O7">
+        <v>43424.0</v>
+      </c>
+      <c r="P7" t="s">
         <v>219</v>
       </c>
-      <c r="K7" t="s">
-[...13 lines deleted...]
-    <row r="8" spans="1:16">
+    </row>
+    <row r="8" spans="1:17">
       <c r="A8" t="s">
         <v>32</v>
       </c>
       <c r="B8" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C8" t="s">
+        <v>203</v>
+      </c>
+      <c r="D8" t="s">
+        <v>204</v>
+      </c>
+      <c r="E8" t="s">
+        <v>50</v>
+      </c>
+      <c r="F8" t="s">
+        <v>46</v>
+      </c>
+      <c r="G8" t="s">
+        <v>197</v>
+      </c>
+      <c r="H8" t="s">
+        <v>39</v>
+      </c>
+      <c r="I8" t="s">
+        <v>215</v>
+      </c>
+      <c r="J8" t="s">
+        <v>216</v>
+      </c>
+      <c r="K8" t="s">
+        <v>224</v>
+      </c>
+      <c r="L8" t="s">
+        <v>225</v>
+      </c>
+      <c r="M8" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="D8" t="s">
-[...27 lines deleted...]
-      <c r="N8" s="5">
+      <c r="N8" s="5"/>
+      <c r="O8">
         <v>43424.0</v>
       </c>
-      <c r="O8" t="s">
-[...3 lines deleted...]
-    <row r="9" spans="1:16">
+      <c r="P8" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17">
       <c r="A9" t="s">
         <v>32</v>
       </c>
       <c r="B9" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C9" t="s">
+        <v>203</v>
+      </c>
+      <c r="D9" t="s">
+        <v>204</v>
+      </c>
+      <c r="E9" t="s">
+        <v>50</v>
+      </c>
+      <c r="F9" t="s">
+        <v>46</v>
+      </c>
+      <c r="G9" t="s">
+        <v>197</v>
+      </c>
+      <c r="H9" t="s">
+        <v>39</v>
+      </c>
+      <c r="I9" t="s">
+        <v>215</v>
+      </c>
+      <c r="J9" t="s">
+        <v>216</v>
+      </c>
+      <c r="K9" t="s">
+        <v>226</v>
+      </c>
+      <c r="L9" t="s">
+        <v>227</v>
+      </c>
+      <c r="M9" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="D9" t="s">
-[...27 lines deleted...]
-      <c r="N9" s="5">
+      <c r="N9" s="5"/>
+      <c r="O9">
         <v>43424.0</v>
       </c>
-      <c r="O9" t="s">
-[...3 lines deleted...]
-    <row r="10" spans="1:16">
+      <c r="P9" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="10" spans="1:17">
       <c r="A10" t="s">
         <v>32</v>
       </c>
       <c r="B10" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C10" t="s">
+        <v>203</v>
+      </c>
+      <c r="D10" t="s">
+        <v>204</v>
+      </c>
+      <c r="E10" t="s">
+        <v>50</v>
+      </c>
+      <c r="F10" t="s">
+        <v>46</v>
+      </c>
+      <c r="G10" t="s">
+        <v>197</v>
+      </c>
+      <c r="H10" t="s">
+        <v>39</v>
+      </c>
+      <c r="I10" t="s">
+        <v>215</v>
+      </c>
+      <c r="J10" t="s">
+        <v>216</v>
+      </c>
+      <c r="K10" t="s">
+        <v>228</v>
+      </c>
+      <c r="L10" t="s">
+        <v>229</v>
+      </c>
+      <c r="M10" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="D10" t="s">
-[...27 lines deleted...]
-      <c r="N10" s="5">
+      <c r="N10" s="5"/>
+      <c r="O10">
         <v>43424.0</v>
       </c>
-      <c r="O10" t="s">
-[...3 lines deleted...]
-    <row r="11" spans="1:16">
+      <c r="P10" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="11" spans="1:17">
       <c r="A11" t="s">
         <v>32</v>
       </c>
       <c r="B11" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C11" t="s">
+        <v>203</v>
+      </c>
+      <c r="D11" t="s">
+        <v>204</v>
+      </c>
+      <c r="E11" t="s">
+        <v>50</v>
+      </c>
+      <c r="F11" t="s">
+        <v>46</v>
+      </c>
+      <c r="G11" t="s">
+        <v>197</v>
+      </c>
+      <c r="H11" t="s">
+        <v>39</v>
+      </c>
+      <c r="I11" t="s">
+        <v>215</v>
+      </c>
+      <c r="J11" t="s">
+        <v>216</v>
+      </c>
+      <c r="K11" t="s">
+        <v>230</v>
+      </c>
+      <c r="L11" t="s">
+        <v>231</v>
+      </c>
+      <c r="M11" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="D11" t="s">
-[...27 lines deleted...]
-      <c r="N11" s="5">
+      <c r="N11" s="5"/>
+      <c r="O11">
         <v>43424.0</v>
       </c>
-      <c r="O11" t="s">
-[...3 lines deleted...]
-    <row r="12" spans="1:16">
+      <c r="P11" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="12" spans="1:17">
       <c r="A12" t="s">
         <v>32</v>
       </c>
       <c r="B12" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C12" t="s">
+        <v>203</v>
+      </c>
+      <c r="D12" t="s">
+        <v>204</v>
+      </c>
+      <c r="E12" t="s">
+        <v>50</v>
+      </c>
+      <c r="F12" t="s">
+        <v>46</v>
+      </c>
+      <c r="G12" t="s">
+        <v>197</v>
+      </c>
+      <c r="H12" t="s">
+        <v>39</v>
+      </c>
+      <c r="I12" t="s">
+        <v>215</v>
+      </c>
+      <c r="J12" t="s">
+        <v>216</v>
+      </c>
+      <c r="K12" t="s">
+        <v>232</v>
+      </c>
+      <c r="L12" t="s">
+        <v>233</v>
+      </c>
+      <c r="M12" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="D12" t="s">
-[...27 lines deleted...]
-      <c r="N12" s="5">
+      <c r="N12" s="5"/>
+      <c r="O12">
         <v>43424.0</v>
       </c>
-      <c r="O12" t="s">
-[...3 lines deleted...]
-    <row r="13" spans="1:16">
+      <c r="P12" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="13" spans="1:17">
       <c r="A13" t="s">
         <v>32</v>
       </c>
       <c r="B13" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C13" t="s">
+        <v>203</v>
+      </c>
+      <c r="D13" t="s">
+        <v>204</v>
+      </c>
+      <c r="E13" t="s">
+        <v>50</v>
+      </c>
+      <c r="F13" t="s">
+        <v>46</v>
+      </c>
+      <c r="G13" t="s">
+        <v>197</v>
+      </c>
+      <c r="H13" t="s">
+        <v>39</v>
+      </c>
+      <c r="I13" t="s">
+        <v>215</v>
+      </c>
+      <c r="J13" t="s">
+        <v>216</v>
+      </c>
+      <c r="K13" t="s">
+        <v>234</v>
+      </c>
+      <c r="L13" t="s">
+        <v>235</v>
+      </c>
+      <c r="M13" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="D13" t="s">
-[...27 lines deleted...]
-      <c r="N13" s="5">
+      <c r="N13" s="5"/>
+      <c r="O13">
         <v>43424.0</v>
       </c>
-      <c r="O13" t="s">
-[...3 lines deleted...]
-    <row r="14" spans="1:16">
+      <c r="P13" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="14" spans="1:17">
       <c r="A14" t="s">
         <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C14" t="s">
+        <v>203</v>
+      </c>
+      <c r="D14" t="s">
+        <v>204</v>
+      </c>
+      <c r="E14" t="s">
+        <v>50</v>
+      </c>
+      <c r="F14" t="s">
+        <v>46</v>
+      </c>
+      <c r="G14" t="s">
+        <v>197</v>
+      </c>
+      <c r="H14" t="s">
+        <v>39</v>
+      </c>
+      <c r="I14" t="s">
+        <v>215</v>
+      </c>
+      <c r="J14" t="s">
+        <v>216</v>
+      </c>
+      <c r="K14" t="s">
+        <v>236</v>
+      </c>
+      <c r="L14" t="s">
+        <v>237</v>
+      </c>
+      <c r="M14" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="D14" t="s">
-[...27 lines deleted...]
-      <c r="N14" s="5">
+      <c r="N14" s="5"/>
+      <c r="O14">
         <v>43424.0</v>
       </c>
-      <c r="O14" t="s">
-[...3 lines deleted...]
-    <row r="15" spans="1:16">
+      <c r="P14" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="15" spans="1:17">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C15" t="s">
+        <v>203</v>
+      </c>
+      <c r="D15" t="s">
+        <v>204</v>
+      </c>
+      <c r="E15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F15" t="s">
+        <v>46</v>
+      </c>
+      <c r="G15" t="s">
+        <v>197</v>
+      </c>
+      <c r="H15" t="s">
+        <v>39</v>
+      </c>
+      <c r="I15" t="s">
+        <v>215</v>
+      </c>
+      <c r="J15" t="s">
+        <v>216</v>
+      </c>
+      <c r="K15" t="s">
+        <v>238</v>
+      </c>
+      <c r="L15" t="s">
+        <v>239</v>
+      </c>
+      <c r="M15" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="D15" t="s">
-[...27 lines deleted...]
-      <c r="N15" s="5">
+      <c r="N15" s="5"/>
+      <c r="O15">
         <v>43424.0</v>
       </c>
-      <c r="O15" t="s">
-[...3 lines deleted...]
-    <row r="16" spans="1:16">
+      <c r="P15" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="16" spans="1:17">
       <c r="A16" t="s">
         <v>32</v>
       </c>
       <c r="B16" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C16" t="s">
+        <v>203</v>
+      </c>
+      <c r="D16" t="s">
+        <v>204</v>
+      </c>
+      <c r="E16" t="s">
+        <v>50</v>
+      </c>
+      <c r="F16" t="s">
+        <v>46</v>
+      </c>
+      <c r="G16" t="s">
+        <v>197</v>
+      </c>
+      <c r="H16" t="s">
+        <v>39</v>
+      </c>
+      <c r="I16" t="s">
+        <v>215</v>
+      </c>
+      <c r="J16" t="s">
+        <v>216</v>
+      </c>
+      <c r="K16" t="s">
+        <v>240</v>
+      </c>
+      <c r="L16" t="s">
+        <v>241</v>
+      </c>
+      <c r="M16" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="D16" t="s">
-[...27 lines deleted...]
-      <c r="N16" s="5">
+      <c r="N16" s="5"/>
+      <c r="O16">
         <v>43424.0</v>
       </c>
-      <c r="O16" t="s">
-[...3 lines deleted...]
-    <row r="17" spans="1:16">
+      <c r="P16" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="17" spans="1:17">
       <c r="A17" t="s">
         <v>32</v>
       </c>
       <c r="B17" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C17" t="s">
+        <v>203</v>
+      </c>
+      <c r="D17" t="s">
+        <v>204</v>
+      </c>
+      <c r="E17" t="s">
+        <v>50</v>
+      </c>
+      <c r="F17" t="s">
+        <v>46</v>
+      </c>
+      <c r="G17" t="s">
+        <v>197</v>
+      </c>
+      <c r="H17" t="s">
+        <v>39</v>
+      </c>
+      <c r="I17" t="s">
+        <v>215</v>
+      </c>
+      <c r="J17" t="s">
+        <v>216</v>
+      </c>
+      <c r="K17" t="s">
+        <v>242</v>
+      </c>
+      <c r="L17" t="s">
+        <v>243</v>
+      </c>
+      <c r="M17" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="D17" t="s">
-[...27 lines deleted...]
-      <c r="N17" s="5">
+      <c r="N17" s="5"/>
+      <c r="O17">
         <v>43424.0</v>
       </c>
-      <c r="O17" t="s">
-[...3 lines deleted...]
-    <row r="18" spans="1:16">
+      <c r="P17" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="18" spans="1:17">
       <c r="A18" t="s">
         <v>32</v>
       </c>
       <c r="B18" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C18" t="s">
+        <v>203</v>
+      </c>
+      <c r="D18" t="s">
+        <v>204</v>
+      </c>
+      <c r="E18" t="s">
+        <v>50</v>
+      </c>
+      <c r="F18" t="s">
+        <v>46</v>
+      </c>
+      <c r="G18" t="s">
+        <v>197</v>
+      </c>
+      <c r="H18" t="s">
+        <v>39</v>
+      </c>
+      <c r="I18" t="s">
+        <v>215</v>
+      </c>
+      <c r="J18" t="s">
+        <v>216</v>
+      </c>
+      <c r="K18" t="s">
+        <v>244</v>
+      </c>
+      <c r="L18" t="s">
+        <v>245</v>
+      </c>
+      <c r="M18" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="D18" t="s">
-[...27 lines deleted...]
-      <c r="N18" s="5">
+      <c r="N18" s="5"/>
+      <c r="O18">
         <v>43424.0</v>
       </c>
-      <c r="O18" t="s">
-[...3 lines deleted...]
-    <row r="19" spans="1:16">
+      <c r="P18" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="19" spans="1:17">
       <c r="A19" t="s">
         <v>32</v>
       </c>
       <c r="B19" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C19" t="s">
+        <v>203</v>
+      </c>
+      <c r="D19" t="s">
+        <v>204</v>
+      </c>
+      <c r="E19" t="s">
+        <v>50</v>
+      </c>
+      <c r="F19" t="s">
+        <v>46</v>
+      </c>
+      <c r="G19" t="s">
+        <v>197</v>
+      </c>
+      <c r="H19" t="s">
+        <v>39</v>
+      </c>
+      <c r="I19" t="s">
+        <v>215</v>
+      </c>
+      <c r="J19" t="s">
+        <v>216</v>
+      </c>
+      <c r="K19" t="s">
+        <v>246</v>
+      </c>
+      <c r="L19" t="s">
+        <v>247</v>
+      </c>
+      <c r="M19" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="D19" t="s">
-[...27 lines deleted...]
-      <c r="N19" s="5">
+      <c r="N19" s="5"/>
+      <c r="O19">
         <v>43424.0</v>
       </c>
-      <c r="O19" t="s">
-[...3 lines deleted...]
-    <row r="20" spans="1:16">
+      <c r="P19" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="20" spans="1:17">
       <c r="A20" t="s">
         <v>32</v>
       </c>
       <c r="B20" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C20" t="s">
+        <v>203</v>
+      </c>
+      <c r="D20" t="s">
+        <v>204</v>
+      </c>
+      <c r="E20" t="s">
+        <v>50</v>
+      </c>
+      <c r="F20" t="s">
+        <v>46</v>
+      </c>
+      <c r="G20" t="s">
+        <v>197</v>
+      </c>
+      <c r="H20" t="s">
+        <v>39</v>
+      </c>
+      <c r="I20" t="s">
+        <v>215</v>
+      </c>
+      <c r="J20" t="s">
+        <v>216</v>
+      </c>
+      <c r="K20" t="s">
+        <v>248</v>
+      </c>
+      <c r="L20" t="s">
+        <v>249</v>
+      </c>
+      <c r="M20" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="D20" t="s">
-[...27 lines deleted...]
-      <c r="N20" s="5">
+      <c r="N20" s="5"/>
+      <c r="O20">
         <v>43424.0</v>
       </c>
-      <c r="O20" t="s">
-[...3 lines deleted...]
-    <row r="21" spans="1:16">
+      <c r="P20" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="21" spans="1:17">
       <c r="A21" t="s">
         <v>32</v>
       </c>
       <c r="B21" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C21" t="s">
+        <v>203</v>
+      </c>
+      <c r="D21" t="s">
+        <v>204</v>
+      </c>
+      <c r="E21" t="s">
+        <v>50</v>
+      </c>
+      <c r="F21" t="s">
+        <v>46</v>
+      </c>
+      <c r="G21" t="s">
+        <v>197</v>
+      </c>
+      <c r="H21" t="s">
+        <v>39</v>
+      </c>
+      <c r="I21" t="s">
+        <v>215</v>
+      </c>
+      <c r="J21" t="s">
+        <v>216</v>
+      </c>
+      <c r="K21" t="s">
+        <v>250</v>
+      </c>
+      <c r="L21" t="s">
+        <v>251</v>
+      </c>
+      <c r="M21" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="D21" t="s">
-[...27 lines deleted...]
-      <c r="N21" s="5">
+      <c r="N21" s="5"/>
+      <c r="O21">
         <v>43424.0</v>
       </c>
-      <c r="O21" t="s">
-[...3 lines deleted...]
-    <row r="22" spans="1:16">
+      <c r="P21" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="22" spans="1:17">
       <c r="A22" t="s">
         <v>32</v>
       </c>
       <c r="B22" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C22" t="s">
+        <v>203</v>
+      </c>
+      <c r="D22" t="s">
+        <v>204</v>
+      </c>
+      <c r="E22" t="s">
+        <v>50</v>
+      </c>
+      <c r="F22" t="s">
+        <v>46</v>
+      </c>
+      <c r="G22" t="s">
+        <v>197</v>
+      </c>
+      <c r="H22" t="s">
+        <v>39</v>
+      </c>
+      <c r="I22" t="s">
+        <v>215</v>
+      </c>
+      <c r="J22" t="s">
+        <v>216</v>
+      </c>
+      <c r="K22" t="s">
+        <v>252</v>
+      </c>
+      <c r="L22" t="s">
+        <v>253</v>
+      </c>
+      <c r="M22" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="D22" t="s">
-[...27 lines deleted...]
-      <c r="N22" s="5">
+      <c r="N22" s="5"/>
+      <c r="O22">
         <v>43424.0</v>
       </c>
-      <c r="O22" t="s">
-[...3 lines deleted...]
-    <row r="23" spans="1:16">
+      <c r="P22" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="23" spans="1:17">
       <c r="A23" t="s">
         <v>32</v>
       </c>
       <c r="B23" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C23" t="s">
+        <v>203</v>
+      </c>
+      <c r="D23" t="s">
+        <v>204</v>
+      </c>
+      <c r="E23" t="s">
+        <v>50</v>
+      </c>
+      <c r="F23" t="s">
+        <v>46</v>
+      </c>
+      <c r="G23" t="s">
+        <v>197</v>
+      </c>
+      <c r="H23" t="s">
+        <v>39</v>
+      </c>
+      <c r="I23" t="s">
+        <v>215</v>
+      </c>
+      <c r="J23" t="s">
+        <v>216</v>
+      </c>
+      <c r="K23" t="s">
+        <v>254</v>
+      </c>
+      <c r="L23" t="s">
+        <v>255</v>
+      </c>
+      <c r="M23" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="D23" t="s">
-[...27 lines deleted...]
-      <c r="N23" s="5">
+      <c r="N23" s="5"/>
+      <c r="O23">
         <v>43424.0</v>
       </c>
-      <c r="O23" t="s">
-[...3 lines deleted...]
-    <row r="24" spans="1:16">
+      <c r="P23" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="24" spans="1:17">
       <c r="A24" t="s">
         <v>32</v>
       </c>
       <c r="B24" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C24" t="s">
+        <v>203</v>
+      </c>
+      <c r="D24" t="s">
+        <v>204</v>
+      </c>
+      <c r="E24" t="s">
+        <v>50</v>
+      </c>
+      <c r="F24" t="s">
+        <v>46</v>
+      </c>
+      <c r="G24" t="s">
+        <v>197</v>
+      </c>
+      <c r="H24" t="s">
+        <v>39</v>
+      </c>
+      <c r="I24" t="s">
+        <v>215</v>
+      </c>
+      <c r="J24" t="s">
+        <v>216</v>
+      </c>
+      <c r="K24" t="s">
+        <v>256</v>
+      </c>
+      <c r="L24" t="s">
+        <v>257</v>
+      </c>
+      <c r="M24" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="D24" t="s">
-[...27 lines deleted...]
-      <c r="N24" s="5">
+      <c r="N24" s="5"/>
+      <c r="O24">
         <v>43424.0</v>
       </c>
-      <c r="O24" t="s">
-[...3 lines deleted...]
-    <row r="25" spans="1:16">
+      <c r="P24" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="25" spans="1:17">
       <c r="A25" t="s">
         <v>32</v>
       </c>
       <c r="B25" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C25" t="s">
+        <v>203</v>
+      </c>
+      <c r="D25" t="s">
+        <v>204</v>
+      </c>
+      <c r="E25" t="s">
+        <v>50</v>
+      </c>
+      <c r="F25" t="s">
+        <v>46</v>
+      </c>
+      <c r="G25" t="s">
+        <v>197</v>
+      </c>
+      <c r="H25" t="s">
+        <v>39</v>
+      </c>
+      <c r="I25" t="s">
+        <v>215</v>
+      </c>
+      <c r="J25" t="s">
+        <v>216</v>
+      </c>
+      <c r="K25" t="s">
+        <v>258</v>
+      </c>
+      <c r="L25" t="s">
+        <v>259</v>
+      </c>
+      <c r="M25" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="D25" t="s">
-[...27 lines deleted...]
-      <c r="N25" s="5">
+      <c r="N25" s="5"/>
+      <c r="O25">
         <v>43424.0</v>
       </c>
-      <c r="O25" t="s">
-[...3 lines deleted...]
-    <row r="26" spans="1:16">
+      <c r="P25" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="26" spans="1:17">
       <c r="A26" t="s">
         <v>32</v>
       </c>
       <c r="B26" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C26" t="s">
+        <v>203</v>
+      </c>
+      <c r="D26" t="s">
+        <v>204</v>
+      </c>
+      <c r="E26" t="s">
+        <v>50</v>
+      </c>
+      <c r="F26" t="s">
+        <v>46</v>
+      </c>
+      <c r="G26" t="s">
+        <v>197</v>
+      </c>
+      <c r="H26" t="s">
+        <v>39</v>
+      </c>
+      <c r="I26" t="s">
+        <v>215</v>
+      </c>
+      <c r="J26" t="s">
+        <v>216</v>
+      </c>
+      <c r="K26" t="s">
+        <v>260</v>
+      </c>
+      <c r="L26" t="s">
+        <v>261</v>
+      </c>
+      <c r="M26" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="D26" t="s">
-[...27 lines deleted...]
-      <c r="N26" s="5">
+      <c r="N26" s="5"/>
+      <c r="O26">
         <v>43424.0</v>
       </c>
-      <c r="O26" t="s">
-[...3 lines deleted...]
-    <row r="27" spans="1:16">
+      <c r="P26" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="27" spans="1:17">
       <c r="A27" t="s">
         <v>32</v>
       </c>
       <c r="B27" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C27" t="s">
+        <v>203</v>
+      </c>
+      <c r="D27" t="s">
+        <v>204</v>
+      </c>
+      <c r="E27" t="s">
+        <v>50</v>
+      </c>
+      <c r="F27" t="s">
+        <v>46</v>
+      </c>
+      <c r="G27" t="s">
+        <v>197</v>
+      </c>
+      <c r="H27" t="s">
+        <v>39</v>
+      </c>
+      <c r="I27" t="s">
+        <v>215</v>
+      </c>
+      <c r="J27" t="s">
+        <v>216</v>
+      </c>
+      <c r="K27" t="s">
+        <v>262</v>
+      </c>
+      <c r="L27" t="s">
+        <v>263</v>
+      </c>
+      <c r="M27" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="D27" t="s">
-[...27 lines deleted...]
-      <c r="N27" s="5">
+      <c r="N27" s="5"/>
+      <c r="O27">
         <v>43424.0</v>
       </c>
-      <c r="O27" t="s">
-[...3 lines deleted...]
-    <row r="28" spans="1:16">
+      <c r="P27" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="28" spans="1:17">
       <c r="A28" t="s">
         <v>32</v>
       </c>
       <c r="B28" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C28" t="s">
+        <v>203</v>
+      </c>
+      <c r="D28" t="s">
+        <v>204</v>
+      </c>
+      <c r="E28" t="s">
+        <v>50</v>
+      </c>
+      <c r="F28" t="s">
+        <v>46</v>
+      </c>
+      <c r="G28" t="s">
+        <v>197</v>
+      </c>
+      <c r="H28" t="s">
+        <v>39</v>
+      </c>
+      <c r="I28" t="s">
+        <v>215</v>
+      </c>
+      <c r="J28" t="s">
+        <v>216</v>
+      </c>
+      <c r="K28" t="s">
+        <v>264</v>
+      </c>
+      <c r="L28" t="s">
+        <v>265</v>
+      </c>
+      <c r="M28" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="D28" t="s">
-[...27 lines deleted...]
-      <c r="N28" s="5">
+      <c r="N28" s="5"/>
+      <c r="O28">
         <v>43424.0</v>
       </c>
-      <c r="O28" t="s">
-[...3 lines deleted...]
-    <row r="29" spans="1:16">
+      <c r="P28" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="29" spans="1:17">
       <c r="A29" t="s">
         <v>32</v>
       </c>
       <c r="B29" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C29" t="s">
+        <v>203</v>
+      </c>
+      <c r="D29" t="s">
+        <v>204</v>
+      </c>
+      <c r="E29" t="s">
+        <v>50</v>
+      </c>
+      <c r="F29" t="s">
+        <v>46</v>
+      </c>
+      <c r="G29" t="s">
+        <v>197</v>
+      </c>
+      <c r="H29" t="s">
+        <v>39</v>
+      </c>
+      <c r="I29" t="s">
+        <v>215</v>
+      </c>
+      <c r="J29" t="s">
+        <v>216</v>
+      </c>
+      <c r="K29" t="s">
+        <v>266</v>
+      </c>
+      <c r="L29" t="s">
+        <v>267</v>
+      </c>
+      <c r="M29" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="D29" t="s">
-[...27 lines deleted...]
-      <c r="N29" s="5">
+      <c r="N29" s="5"/>
+      <c r="O29">
         <v>43424.0</v>
       </c>
-      <c r="O29" t="s">
-[...3 lines deleted...]
-    <row r="30" spans="1:16">
+      <c r="P29" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="30" spans="1:17">
       <c r="A30" t="s">
         <v>32</v>
       </c>
       <c r="B30" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C30" t="s">
+        <v>203</v>
+      </c>
+      <c r="D30" t="s">
+        <v>204</v>
+      </c>
+      <c r="E30" t="s">
+        <v>50</v>
+      </c>
+      <c r="F30" t="s">
+        <v>46</v>
+      </c>
+      <c r="G30" t="s">
+        <v>197</v>
+      </c>
+      <c r="H30" t="s">
+        <v>39</v>
+      </c>
+      <c r="I30" t="s">
+        <v>215</v>
+      </c>
+      <c r="J30" t="s">
+        <v>216</v>
+      </c>
+      <c r="K30" t="s">
+        <v>268</v>
+      </c>
+      <c r="L30" t="s">
+        <v>269</v>
+      </c>
+      <c r="M30" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="D30" t="s">
-[...27 lines deleted...]
-      <c r="N30" s="5">
+      <c r="N30" s="5"/>
+      <c r="O30">
         <v>43424.0</v>
       </c>
-      <c r="O30" t="s">
-[...3 lines deleted...]
-    <row r="31" spans="1:16">
+      <c r="P30" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="31" spans="1:17">
       <c r="A31" t="s">
         <v>32</v>
       </c>
       <c r="B31" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C31" t="s">
+        <v>203</v>
+      </c>
+      <c r="D31" t="s">
+        <v>204</v>
+      </c>
+      <c r="E31" t="s">
+        <v>50</v>
+      </c>
+      <c r="F31" t="s">
+        <v>46</v>
+      </c>
+      <c r="G31" t="s">
+        <v>197</v>
+      </c>
+      <c r="H31" t="s">
+        <v>39</v>
+      </c>
+      <c r="I31" t="s">
+        <v>215</v>
+      </c>
+      <c r="J31" t="s">
+        <v>216</v>
+      </c>
+      <c r="K31" t="s">
+        <v>270</v>
+      </c>
+      <c r="L31" t="s">
+        <v>271</v>
+      </c>
+      <c r="M31" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="D31" t="s">
-[...27 lines deleted...]
-      <c r="N31" s="5">
+      <c r="N31" s="5"/>
+      <c r="O31">
         <v>43424.0</v>
       </c>
-      <c r="O31" t="s">
-[...3 lines deleted...]
-    <row r="32" spans="1:16">
+      <c r="P31" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="32" spans="1:17">
       <c r="A32" t="s">
         <v>32</v>
       </c>
       <c r="B32" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C32" t="s">
+        <v>203</v>
+      </c>
+      <c r="D32" t="s">
+        <v>204</v>
+      </c>
+      <c r="E32" t="s">
+        <v>50</v>
+      </c>
+      <c r="F32" t="s">
+        <v>46</v>
+      </c>
+      <c r="G32" t="s">
+        <v>197</v>
+      </c>
+      <c r="H32" t="s">
+        <v>39</v>
+      </c>
+      <c r="I32" t="s">
+        <v>215</v>
+      </c>
+      <c r="J32" t="s">
+        <v>216</v>
+      </c>
+      <c r="K32" t="s">
+        <v>272</v>
+      </c>
+      <c r="L32" t="s">
+        <v>273</v>
+      </c>
+      <c r="M32" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="D32" t="s">
-[...27 lines deleted...]
-      <c r="N32" s="5">
+      <c r="N32" s="5"/>
+      <c r="O32">
         <v>43424.0</v>
       </c>
-      <c r="O32" t="s">
-[...3 lines deleted...]
-    <row r="33" spans="1:16">
+      <c r="P32" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="33" spans="1:17">
       <c r="A33" t="s">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C33" t="s">
+        <v>203</v>
+      </c>
+      <c r="D33" t="s">
+        <v>204</v>
+      </c>
+      <c r="E33" t="s">
+        <v>50</v>
+      </c>
+      <c r="F33" t="s">
+        <v>46</v>
+      </c>
+      <c r="G33" t="s">
+        <v>197</v>
+      </c>
+      <c r="H33" t="s">
+        <v>39</v>
+      </c>
+      <c r="I33" t="s">
+        <v>215</v>
+      </c>
+      <c r="J33" t="s">
+        <v>216</v>
+      </c>
+      <c r="K33" t="s">
+        <v>274</v>
+      </c>
+      <c r="L33" t="s">
+        <v>275</v>
+      </c>
+      <c r="M33" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="D33" t="s">
-[...27 lines deleted...]
-      <c r="N33" s="5">
+      <c r="N33" s="5"/>
+      <c r="O33">
         <v>43424.0</v>
       </c>
-      <c r="O33" t="s">
-[...3 lines deleted...]
-    <row r="34" spans="1:16">
+      <c r="P33" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="34" spans="1:17">
       <c r="A34" t="s">
         <v>32</v>
       </c>
       <c r="B34" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C34" t="s">
+        <v>203</v>
+      </c>
+      <c r="D34" t="s">
+        <v>204</v>
+      </c>
+      <c r="E34" t="s">
+        <v>50</v>
+      </c>
+      <c r="F34" t="s">
+        <v>46</v>
+      </c>
+      <c r="G34" t="s">
+        <v>197</v>
+      </c>
+      <c r="H34" t="s">
+        <v>39</v>
+      </c>
+      <c r="I34" t="s">
+        <v>215</v>
+      </c>
+      <c r="J34" t="s">
+        <v>216</v>
+      </c>
+      <c r="K34" t="s">
+        <v>276</v>
+      </c>
+      <c r="L34" t="s">
+        <v>277</v>
+      </c>
+      <c r="M34" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="D34" t="s">
-[...27 lines deleted...]
-      <c r="N34" s="5">
+      <c r="N34" s="5"/>
+      <c r="O34">
         <v>43424.0</v>
       </c>
-      <c r="O34" t="s">
-[...3 lines deleted...]
-    <row r="35" spans="1:16">
+      <c r="P34" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="35" spans="1:17">
       <c r="A35" t="s">
         <v>32</v>
       </c>
       <c r="B35" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C35" t="s">
+        <v>195</v>
+      </c>
+      <c r="D35" t="s">
+        <v>204</v>
+      </c>
+      <c r="E35" t="s">
+        <v>50</v>
+      </c>
+      <c r="F35" t="s">
+        <v>49</v>
+      </c>
+      <c r="G35" t="s">
+        <v>197</v>
+      </c>
+      <c r="H35" t="s">
+        <v>39</v>
+      </c>
+      <c r="I35" t="s">
+        <v>278</v>
+      </c>
+      <c r="J35" t="s">
+        <v>278</v>
+      </c>
+      <c r="K35" t="s">
+        <v>279</v>
+      </c>
+      <c r="L35" t="s">
+        <v>280</v>
+      </c>
+      <c r="M35" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="D35" t="s">
-[...27 lines deleted...]
-      <c r="N35" s="5">
+      <c r="N35" s="5"/>
+      <c r="O35">
         <v>44166.0</v>
       </c>
-      <c r="O35" t="s">
-[...3 lines deleted...]
-    <row r="36" spans="1:16">
+      <c r="P35" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="36" spans="1:17">
       <c r="A36" t="s">
         <v>32</v>
       </c>
       <c r="B36" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C36" t="s">
+        <v>203</v>
+      </c>
+      <c r="D36" t="s">
+        <v>204</v>
+      </c>
+      <c r="E36" t="s">
+        <v>50</v>
+      </c>
+      <c r="F36" t="s">
+        <v>46</v>
+      </c>
+      <c r="G36" t="s">
+        <v>197</v>
+      </c>
+      <c r="H36" t="s">
+        <v>39</v>
+      </c>
+      <c r="I36" t="s">
+        <v>282</v>
+      </c>
+      <c r="J36" t="s">
+        <v>283</v>
+      </c>
+      <c r="K36" t="s">
+        <v>284</v>
+      </c>
+      <c r="L36" t="s">
+        <v>285</v>
+      </c>
+      <c r="M36" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="D36" t="s">
-[...27 lines deleted...]
-      <c r="N36" s="5">
+      <c r="N36" s="5"/>
+      <c r="O36">
         <v>44273.0</v>
       </c>
-      <c r="O36" t="s">
-        <v>283</v>
+      <c r="P36" t="s">
+        <v>286</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O1"/>
   <sheetViews>
@@ -4110,354 +4223,354 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="F1" s="6" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="H1" s="6" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="C2" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="D2" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="E2" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="F2" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="H2" s="5" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="I2" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>32</v>
       </c>
       <c r="B3" t="s">
+        <v>312</v>
+      </c>
+      <c r="C3" t="s">
+        <v>313</v>
+      </c>
+      <c r="D3" t="s">
+        <v>314</v>
+      </c>
+      <c r="E3" t="s">
         <v>309</v>
       </c>
-      <c r="C3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F3" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="H3" s="5" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="I3" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>175</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="C2" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="D2" t="s">
         <v>57</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>319</v>
+        <v>179</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C2" t="s">
-        <v>323</v>
+        <v>203</v>
       </c>
       <c r="D2" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="E2" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="F2" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E3"/>
   <sheetViews>
@@ -4474,71 +4587,71 @@
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>176</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>175</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>177</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="C2" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="D2" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>32</v>
       </c>
       <c r="B3" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="C3" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="D3" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">