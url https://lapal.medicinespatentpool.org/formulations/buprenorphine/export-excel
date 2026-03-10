--- v2 (2026-02-07)
+++ v3 (2026-03-10)
@@ -28,65 +28,68 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Formulations" sheetId="1" r:id="rId4"/>
     <sheet name="Clinical trials" sheetId="2" r:id="rId5"/>
     <sheet name="Key resources" sheetId="3" r:id="rId6"/>
     <sheet name="Regulatory status" sheetId="4" r:id="rId7"/>
     <sheet name="Patent Medspal" sheetId="5" r:id="rId8"/>
     <sheet name="Patent curated by innovator" sheetId="6" r:id="rId9"/>
     <sheet name="Drug illustrations" sheetId="7" r:id="rId10"/>
     <sheet name="Developers" sheetId="8" r:id="rId11"/>
     <sheet name="Publications" sheetId="9" r:id="rId12"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="332">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="333">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Abbreviation</t>
   </si>
   <si>
     <t>Generic name</t>
   </si>
   <si>
     <t>Brand names</t>
   </si>
   <si>
     <t>Compound type</t>
+  </si>
+  <si>
+    <t>Drug class/category</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Approval status</t>
   </si>
   <si>
     <t>Regulatory authorities</t>
   </si>
   <si>
     <t>Link(s)</t>
   </si>
   <si>
     <t>Route(s) of administration</t>
   </si>
   <si>
     <t>Associated long-acting platforms</t>
   </si>
   <si>
     <t>Proprietary excipients used</t>
   </si>
   <si>
     <t>Novel excipients or existing excipients at a concentration above Inactive Ingredient Database (IID) for the specified route of administration</t>
   </si>
@@ -1477,93 +1480,94 @@
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="illustrations/BNHsrhoHS0XJ8FBH16tOnqfFbbZXqcIeKLKW72Wo.png" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AF2"/>
+  <dimension ref="A1:AG2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:AF1"/>
+      <selection activeCell="A1" sqref="A1:AG1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
     <col min="17" max="17" width="30" customWidth="true" style="0"/>
     <col min="18" max="18" width="30" customWidth="true" style="0"/>
     <col min="19" max="19" width="30" customWidth="true" style="0"/>
     <col min="20" max="20" width="30" customWidth="true" style="0"/>
     <col min="21" max="21" width="30" customWidth="true" style="0"/>
     <col min="22" max="22" width="30" customWidth="true" style="0"/>
     <col min="23" max="23" width="30" customWidth="true" style="0"/>
     <col min="24" max="24" width="30" customWidth="true" style="0"/>
     <col min="25" max="25" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="30" customWidth="true" style="0"/>
     <col min="27" max="27" width="30" customWidth="true" style="0"/>
     <col min="28" max="28" width="30" customWidth="true" style="0"/>
     <col min="29" max="29" width="30" customWidth="true" style="0"/>
     <col min="30" max="30" width="30" customWidth="true" style="0"/>
     <col min="31" max="31" width="30" customWidth="true" style="0"/>
     <col min="32" max="32" width="30" customWidth="true" style="0"/>
+    <col min="33" max="33" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:32">
+    <row r="1" spans="1:33">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="2" t="s">
@@ -1616,65 +1620,65 @@
       </c>
       <c r="Y1" s="3" t="s">
         <v>24</v>
       </c>
       <c r="Z1" s="3" t="s">
         <v>25</v>
       </c>
       <c r="AA1" s="2" t="s">
         <v>26</v>
       </c>
       <c r="AB1" s="2" t="s">
         <v>27</v>
       </c>
       <c r="AC1" s="2" t="s">
         <v>28</v>
       </c>
       <c r="AD1" s="2" t="s">
         <v>29</v>
       </c>
       <c r="AE1" s="2" t="s">
         <v>30</v>
       </c>
       <c r="AF1" s="2" t="s">
         <v>31</v>
       </c>
-    </row>
-    <row r="2" spans="1:32">
+      <c r="AG1" s="2" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="2" spans="1:33">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E2" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="F2" t="s">
         <v>35</v>
       </c>
       <c r="G2" t="s">
         <v>36</v>
       </c>
       <c r="H2" t="s">
         <v>37</v>
       </c>
       <c r="I2" t="s">
         <v>38</v>
       </c>
       <c r="J2" t="s">
         <v>39</v>
       </c>
       <c r="K2" t="s">
         <v>40</v>
       </c>
       <c r="L2" t="s">
         <v>41</v>
       </c>
       <c r="M2" t="s">
         <v>42</v>
       </c>
       <c r="N2" t="s">
         <v>43</v>
@@ -1685,72 +1689,75 @@
       <c r="P2" t="s">
         <v>45</v>
       </c>
       <c r="Q2" t="s">
         <v>46</v>
       </c>
       <c r="R2" t="s">
         <v>47</v>
       </c>
       <c r="S2" t="s">
         <v>48</v>
       </c>
       <c r="T2" t="s">
         <v>49</v>
       </c>
       <c r="U2" t="s">
         <v>50</v>
       </c>
       <c r="V2" t="s">
         <v>51</v>
       </c>
       <c r="W2" t="s">
         <v>52</v>
       </c>
       <c r="X2" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="Y2" s="1" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="Z2" s="1" t="s">
         <v>54</v>
       </c>
       <c r="AA2" t="s">
         <v>55</v>
       </c>
       <c r="AB2" t="s">
         <v>56</v>
       </c>
       <c r="AC2" t="s">
         <v>57</v>
       </c>
-      <c r="AE2" t="s">
+      <c r="AD2" t="s">
         <v>58</v>
       </c>
       <c r="AF2" t="s">
         <v>59</v>
+      </c>
+      <c r="AG2" t="s">
+        <v>60</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AZ5"/>
   <sheetViews>
@@ -1794,643 +1801,643 @@
     <col min="32" max="32" width="30" customWidth="true" style="0"/>
     <col min="33" max="33" width="30" customWidth="true" style="0"/>
     <col min="34" max="34" width="30" customWidth="true" style="0"/>
     <col min="35" max="35" width="30" customWidth="true" style="0"/>
     <col min="36" max="36" width="30" customWidth="true" style="0"/>
     <col min="37" max="37" width="30" customWidth="true" style="0"/>
     <col min="38" max="38" width="30" customWidth="true" style="0"/>
     <col min="39" max="39" width="30" customWidth="true" style="0"/>
     <col min="40" max="40" width="30" customWidth="true" style="0"/>
     <col min="41" max="41" width="30" customWidth="true" style="0"/>
     <col min="42" max="42" width="30" customWidth="true" style="0"/>
     <col min="43" max="43" width="30" customWidth="true" style="0"/>
     <col min="44" max="44" width="30" customWidth="true" style="0"/>
     <col min="45" max="45" width="30" customWidth="true" style="0"/>
     <col min="46" max="46" width="30" customWidth="true" style="0"/>
     <col min="47" max="47" width="30" customWidth="true" style="0"/>
     <col min="48" max="48" width="30" customWidth="true" style="0"/>
     <col min="49" max="49" width="30" customWidth="true" style="0"/>
     <col min="50" max="50" width="30" customWidth="true" style="0"/>
     <col min="51" max="51" width="30" customWidth="true" style="0"/>
     <col min="52" max="52" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:52">
       <c r="A1" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="P1" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="Q1" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="R1" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="S1" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="T1" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="U1" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="V1" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="W1" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="X1" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="Y1" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="Z1" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="AA1" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="AB1" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="AC1" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="AD1" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="AE1" s="2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="AF1" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="AG1" s="2" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="AH1" s="2" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="AI1" s="2" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="AJ1" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="AK1" s="2" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="AL1" s="2" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="AM1" s="2" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="AN1" s="2" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="AO1" s="2" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="AP1" s="2" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="AQ1" s="2" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="AR1" s="2" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="AS1" s="2" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="AT1" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="AU1" s="2" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="AV1" s="2" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="AW1" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="AX1" s="2" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="AY1" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AZ1" s="2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2" spans="1:52">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D2" s="4" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E2" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F2" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="G2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="H2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="I2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="J2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="M2" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="O2" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="X2" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="Y2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="AB2" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="AC2" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="AE2" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="AF2" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="AG2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="AH2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="AI2" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="AJ2" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="AP2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="AQ2">
         <v>228</v>
       </c>
       <c r="AS2" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="AU2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="AW2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AX2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AY2" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="AZ2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="3" spans="1:52">
       <c r="A3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B3" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C3" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D3" s="4" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E3" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="F3" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="G3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="H3" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="I3" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="J3" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="M3" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="X3" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="Y3" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="AB3" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="AC3" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="AE3" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="AF3" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="AG3" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="AH3" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="AI3" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="AJ3" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="AP3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="AQ3">
         <v>66</v>
       </c>
       <c r="AR3" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="AS3" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="AU3" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="AW3" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="AX3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AY3" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="AZ3" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="4" spans="1:52">
       <c r="A4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B4" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C4" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D4" s="4" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E4" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F4" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="G4" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="H4" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="I4" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="J4" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="M4" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="O4" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="Q4" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="S4" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="X4" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="Y4" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="AB4" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="AC4" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="AE4" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="AF4" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="AG4" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="AH4" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="AI4" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="AJ4" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="AP4" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="AQ4">
         <v>428</v>
       </c>
       <c r="AR4" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="AS4" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="AU4" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="AW4" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="AX4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AY4" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="AZ4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="5" spans="1:52">
       <c r="A5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B5" t="s">
+        <v>141</v>
+      </c>
+      <c r="C5" t="s">
+        <v>163</v>
+      </c>
+      <c r="D5" s="4" t="s">
+        <v>164</v>
+      </c>
+      <c r="E5" t="s">
+        <v>114</v>
+      </c>
+      <c r="F5" t="s">
+        <v>115</v>
+      </c>
+      <c r="G5" t="s">
+        <v>116</v>
+      </c>
+      <c r="H5" t="s">
+        <v>165</v>
+      </c>
+      <c r="I5" t="s">
+        <v>166</v>
+      </c>
+      <c r="J5" t="s">
         <v>140</v>
       </c>
-      <c r="C5" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="M5" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="O5" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="X5" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="Y5" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="AB5" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="AC5" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="AE5" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="AF5" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="AG5" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="AH5" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="AI5" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="AJ5" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="AP5" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="AQ5">
         <v>1053</v>
       </c>
       <c r="AR5" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="AS5" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="AU5" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="AW5" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="AX5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AY5" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="AZ5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="D2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="D3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="D4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="D5" r:id="rId_hyperlink_4"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:E1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Q36"/>
   <sheetViews>
@@ -2439,2219 +2446,2219 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
     <col min="17" max="17" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="M1" s="6" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="N1" s="6" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="P1" s="2" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="Q1" s="2" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="2" spans="1:17">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C2" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D2" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="E2" t="s">
+        <v>51</v>
+      </c>
+      <c r="F2" t="s">
         <v>50</v>
       </c>
-      <c r="F2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G2" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="H2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I2" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="J2" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="K2" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="L2" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="M2" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N2" s="5">
         <v>42935.0</v>
       </c>
       <c r="O2">
         <v>45069.0</v>
       </c>
       <c r="P2" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="3" spans="1:17">
       <c r="A3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B3" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C3" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D3" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E3" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G3" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="H3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I3" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="J3" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="K3" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="L3" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="M3" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N3" s="5"/>
       <c r="O3">
         <v>44316.0</v>
       </c>
       <c r="P3" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B4" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C4" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D4" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G4" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="H4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I4" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="J4" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="K4" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="L4" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="M4" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N4" s="5"/>
       <c r="O4">
         <v>44335.0</v>
       </c>
       <c r="P4" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="5" spans="1:17">
       <c r="A5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B5" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C5" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D5" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G5" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="H5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I5" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="J5" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="K5" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="L5" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N5" s="5"/>
       <c r="O5">
         <v>43424.0</v>
       </c>
       <c r="P5" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B6" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C6" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D6" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G6" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="H6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I6" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="J6" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="K6" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="L6" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N6" s="5"/>
       <c r="O6">
         <v>43424.0</v>
       </c>
       <c r="P6" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B7" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C7" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D7" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E7" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F7" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G7" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="H7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I7" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="J7" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="K7" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="L7" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N7" s="5"/>
       <c r="O7">
         <v>43424.0</v>
       </c>
       <c r="P7" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B8" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C8" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D8" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E8" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F8" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G8" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="H8" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I8" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="J8" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="K8" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="L8" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N8" s="5"/>
       <c r="O8">
         <v>43424.0</v>
       </c>
       <c r="P8" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B9" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C9" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D9" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E9" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F9" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G9" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="H9" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I9" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="J9" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="K9" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="L9" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N9" s="5"/>
       <c r="O9">
         <v>43424.0</v>
       </c>
       <c r="P9" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="10" spans="1:17">
       <c r="A10" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B10" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C10" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D10" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E10" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F10" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G10" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="H10" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I10" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="J10" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="K10" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="L10" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N10" s="5"/>
       <c r="O10">
         <v>43424.0</v>
       </c>
       <c r="P10" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="11" spans="1:17">
       <c r="A11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B11" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C11" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D11" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E11" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F11" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G11" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="H11" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I11" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="J11" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="K11" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="L11" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N11" s="5"/>
       <c r="O11">
         <v>43424.0</v>
       </c>
       <c r="P11" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="12" spans="1:17">
       <c r="A12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B12" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C12" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D12" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E12" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F12" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G12" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="H12" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I12" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="J12" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="K12" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="L12" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N12" s="5"/>
       <c r="O12">
         <v>43424.0</v>
       </c>
       <c r="P12" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="13" spans="1:17">
       <c r="A13" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B13" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C13" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D13" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E13" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F13" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G13" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="H13" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I13" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="J13" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="K13" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="L13" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N13" s="5"/>
       <c r="O13">
         <v>43424.0</v>
       </c>
       <c r="P13" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="14" spans="1:17">
       <c r="A14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B14" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C14" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D14" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E14" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F14" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G14" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="H14" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I14" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="J14" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="K14" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="L14" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N14" s="5"/>
       <c r="O14">
         <v>43424.0</v>
       </c>
       <c r="P14" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="15" spans="1:17">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C15" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D15" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G15" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="H15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="J15" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="K15" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="L15" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N15" s="5"/>
       <c r="O15">
         <v>43424.0</v>
       </c>
       <c r="P15" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="16" spans="1:17">
       <c r="A16" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B16" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C16" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D16" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E16" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F16" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G16" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="H16" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I16" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="J16" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="K16" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="L16" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N16" s="5"/>
       <c r="O16">
         <v>43424.0</v>
       </c>
       <c r="P16" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="17" spans="1:17">
       <c r="A17" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B17" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C17" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D17" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E17" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F17" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G17" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="H17" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I17" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="J17" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="K17" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="L17" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N17" s="5"/>
       <c r="O17">
         <v>43424.0</v>
       </c>
       <c r="P17" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="18" spans="1:17">
       <c r="A18" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B18" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C18" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D18" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E18" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F18" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G18" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="H18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I18" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="J18" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="K18" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="L18" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N18" s="5"/>
       <c r="O18">
         <v>43424.0</v>
       </c>
       <c r="P18" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="19" spans="1:17">
       <c r="A19" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B19" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C19" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D19" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E19" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F19" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G19" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="H19" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I19" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="J19" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="K19" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="L19" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N19" s="5"/>
       <c r="O19">
         <v>43424.0</v>
       </c>
       <c r="P19" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="20" spans="1:17">
       <c r="A20" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B20" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C20" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D20" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E20" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F20" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G20" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="H20" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I20" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="J20" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="K20" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="L20" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N20" s="5"/>
       <c r="O20">
         <v>43424.0</v>
       </c>
       <c r="P20" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="21" spans="1:17">
       <c r="A21" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B21" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C21" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D21" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E21" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F21" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G21" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="H21" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I21" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="J21" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="K21" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="L21" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N21" s="5"/>
       <c r="O21">
         <v>43424.0</v>
       </c>
       <c r="P21" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="22" spans="1:17">
       <c r="A22" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B22" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C22" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D22" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E22" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F22" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G22" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="H22" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I22" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="J22" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="K22" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="L22" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N22" s="5"/>
       <c r="O22">
         <v>43424.0</v>
       </c>
       <c r="P22" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="23" spans="1:17">
       <c r="A23" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B23" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C23" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D23" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E23" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F23" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G23" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="H23" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I23" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="J23" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="K23" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="L23" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N23" s="5"/>
       <c r="O23">
         <v>43424.0</v>
       </c>
       <c r="P23" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="24" spans="1:17">
       <c r="A24" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B24" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C24" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D24" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E24" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F24" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G24" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="H24" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I24" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="J24" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="K24" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="L24" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N24" s="5"/>
       <c r="O24">
         <v>43424.0</v>
       </c>
       <c r="P24" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="25" spans="1:17">
       <c r="A25" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B25" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C25" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D25" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E25" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F25" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G25" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="H25" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I25" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="J25" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="K25" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="L25" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N25" s="5"/>
       <c r="O25">
         <v>43424.0</v>
       </c>
       <c r="P25" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="26" spans="1:17">
       <c r="A26" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B26" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C26" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D26" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E26" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F26" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G26" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="H26" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I26" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="J26" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="K26" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="L26" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N26" s="5"/>
       <c r="O26">
         <v>43424.0</v>
       </c>
       <c r="P26" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="27" spans="1:17">
       <c r="A27" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B27" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C27" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D27" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E27" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F27" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G27" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="H27" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I27" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="J27" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="K27" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="L27" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N27" s="5"/>
       <c r="O27">
         <v>43424.0</v>
       </c>
       <c r="P27" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="28" spans="1:17">
       <c r="A28" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B28" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C28" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D28" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E28" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F28" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G28" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="H28" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I28" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="J28" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="K28" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="L28" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N28" s="5"/>
       <c r="O28">
         <v>43424.0</v>
       </c>
       <c r="P28" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="29" spans="1:17">
       <c r="A29" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B29" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C29" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D29" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E29" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F29" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G29" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="H29" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I29" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="J29" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="K29" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="L29" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N29" s="5"/>
       <c r="O29">
         <v>43424.0</v>
       </c>
       <c r="P29" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="30" spans="1:17">
       <c r="A30" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B30" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C30" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D30" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E30" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F30" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G30" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="H30" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I30" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="J30" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="K30" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="L30" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N30" s="5"/>
       <c r="O30">
         <v>43424.0</v>
       </c>
       <c r="P30" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="31" spans="1:17">
       <c r="A31" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B31" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C31" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D31" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E31" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F31" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G31" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="H31" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I31" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="J31" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="K31" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="L31" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N31" s="5"/>
       <c r="O31">
         <v>43424.0</v>
       </c>
       <c r="P31" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="32" spans="1:17">
       <c r="A32" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B32" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C32" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D32" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E32" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F32" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G32" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="H32" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I32" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="J32" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="K32" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="L32" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N32" s="5"/>
       <c r="O32">
         <v>43424.0</v>
       </c>
       <c r="P32" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="33" spans="1:17">
       <c r="A33" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B33" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C33" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D33" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E33" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F33" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G33" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="H33" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I33" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="J33" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="K33" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="L33" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N33" s="5"/>
       <c r="O33">
         <v>43424.0</v>
       </c>
       <c r="P33" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="34" spans="1:17">
       <c r="A34" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C34" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D34" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E34" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F34" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G34" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="H34" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I34" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="J34" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="K34" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="L34" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N34" s="5"/>
       <c r="O34">
         <v>43424.0</v>
       </c>
       <c r="P34" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="35" spans="1:17">
       <c r="A35" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B35" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C35" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D35" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E35" t="s">
+        <v>51</v>
+      </c>
+      <c r="F35" t="s">
         <v>50</v>
       </c>
-      <c r="F35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G35" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="H35" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I35" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="J35" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="K35" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="L35" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N35" s="5"/>
       <c r="O35">
         <v>44166.0</v>
       </c>
       <c r="P35" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
     </row>
     <row r="36" spans="1:17">
       <c r="A36" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B36" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C36" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D36" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E36" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F36" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G36" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="H36" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I36" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="J36" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="K36" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="L36" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N36" s="5"/>
       <c r="O36">
         <v>44273.0</v>
       </c>
       <c r="P36" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:O1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="F1" s="6" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="H1" s="6" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C2" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D2" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="E2" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="F2" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="H2" s="5" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="I2" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B3" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C3" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="D3" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="E3" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="F3" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="H3" s="5" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="I3" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="C2" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="D2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C2" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D2" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="E2" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="F2" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E3"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:E1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B1" s="2" t="s">
+        <v>177</v>
+      </c>
+      <c r="C1" s="2" t="s">
         <v>176</v>
       </c>
-      <c r="C1" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1" s="2" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C2" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="D2" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B3" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C3" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D3" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">