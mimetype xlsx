--- v0 (2025-10-18)
+++ v1 (2025-11-28)
@@ -28,51 +28,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Formulations" sheetId="1" r:id="rId4"/>
     <sheet name="Clinical trials" sheetId="2" r:id="rId5"/>
     <sheet name="Key resources" sheetId="3" r:id="rId6"/>
     <sheet name="Regulatory status" sheetId="4" r:id="rId7"/>
     <sheet name="Patent Medspal" sheetId="5" r:id="rId8"/>
     <sheet name="Patent curated by innovator" sheetId="6" r:id="rId9"/>
     <sheet name="Drug illustrations" sheetId="7" r:id="rId10"/>
     <sheet name="Developers" sheetId="8" r:id="rId11"/>
     <sheet name="Publications" sheetId="9" r:id="rId12"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="465">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="472">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Abbreviation</t>
   </si>
   <si>
     <t>Generic name</t>
   </si>
   <si>
     <t>Brand names</t>
   </si>
   <si>
     <t>Compound type</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Approval status</t>
   </si>
   <si>
     <t>Regulatory authorities</t>
   </si>
   <si>
@@ -941,78 +941,78 @@
   </si>
   <si>
     <t>Cross-over assignment</t>
   </si>
   <si>
     <t>MK-8527-011 -EXPrESSIVE-11</t>
   </si>
   <si>
     <t>NCT07044297</t>
   </si>
   <si>
     <t>https://clinicaltrials.gov/study/NCT07044297</t>
   </si>
   <si>
     <t>Phase III</t>
   </si>
   <si>
     <t>The goals of this study are to learn:
 * If taking MK-8527 once a month works to prevent HIV-1 infection as well as or better than a standard (usual) pre-exposure prophylaxis (PrEP) taken once a day
 * About the safety of MK-8527 and if people tolerate it</t>
   </si>
   <si>
     <t>A Clinical Study of MK-8527 to Prevent HIV-1:  study toefficacy, safety, and tolerability of MK-8527 compared to daily oral PrEP (TDF/FTC).</t>
   </si>
   <si>
-    <t>United States of America, Argentina, Brazil, Chile, Colombia, Dominican Republic, France, Guatemala, Kenya, Malaysia, Peru, Philippines, South Africa, Switzerland, Thailand</t>
+    <t>United States of America, Argentina, Brazil, Chile, Colombia, Dominican Republic, France, Guatemala, Kenya, Malaysia, Peru, Philippines, South Africa, Switzerland, Thailand, Viet Nam</t>
   </si>
   <si>
     <t>MK-8527 oral tablet</t>
   </si>
   <si>
     <t>11 mg MK-8527 once monthly (QM)</t>
   </si>
   <si>
     <t>Placebo to MK-8527</t>
   </si>
   <si>
     <t>FTC/TDF</t>
   </si>
   <si>
     <t>200 mg FTC/245 mg TDF QD</t>
   </si>
   <si>
     <t>Placebo to FTC/TDF</t>
   </si>
   <si>
     <t>2025-07-31</t>
   </si>
   <si>
-    <t>2025-09-09</t>
-[...2 lines deleted...]
-    <t>2027-10-20</t>
+    <t>2025-11-20</t>
+  </si>
+  <si>
+    <t>2027-07-22</t>
   </si>
   <si>
     <t>Adults, Adolescents, Cisgender women, Transgender women, Cisgender men, Transgender men, gender non-binary</t>
   </si>
   <si>
     <t>Children, Adults, Older Adults</t>
   </si>
   <si>
     <t>Inclusion criteria include:
 * Is confirmed HIV-uninfected based on negative HIV-1/HIV-2 test results
 * Is a cisgender man, transgender woman (assigned male sex at birth), transgender man (assigned female sex at birth), or gender nonbinary person
 * Has had condomless receptive anal sex in the 12 months prior to screening (not including sex occurring in a mutually monogamous relationship) and has at least 1 of the following: receptive anal sex with 2 or more partners in the 3 months prior to screening (regardless of condom use), rectal or urethral gonorrhea or chlamydia or incident syphilis in the 6 months prior to screening, or any self-reported stimulant drug use with sex in the 3 months prior to screening
 * Weighs ≥35 kg</t>
   </si>
   <si>
     <t>HIV, HBV</t>
   </si>
   <si>
     <t>4,390 cisgender men who have sex with men, transgender men, transgender women, and gender non binary individuals 16 Years and older</t>
   </si>
   <si>
     <t>Tablet</t>
   </si>
   <si>
     <t>MK-8527-015 -Hepatic Impairment</t>
@@ -1102,81 +1102,78 @@
   </si>
   <si>
     <t>2025-11-25</t>
   </si>
   <si>
     <t>Inclusion Criteria:
 The main inclusion criteria include but are not limited to the following:
 * Is in good health before randomization
 * Has body mass index (BMI) between 18 and 32 kg/m\^2, inclusive
 Exclusion Criteria:
 The main exclusion criteria include but are not limited to the following:
 * Has history of clinically significant endocrine, gastrointestinal (GI), cardiovascular, hematological, hepatic, immunological, renal, respiratory, genitourinary, or major neurological abnormalities or diseases.
 * Has history of cancer (malignancy).
 * Has positive test(s) for Hepatitis B surface antigen (HBsAg), hepatitis C antibodies or human immunodeficiency virus (HIV).</t>
   </si>
   <si>
     <t>MK-8527-010 -EXPrESSIVE-10</t>
   </si>
   <si>
     <t>NCT07071623</t>
   </si>
   <si>
     <t>https://clinicaltrials.gov/study/NCT07071623</t>
   </si>
   <si>
-    <t>Not yet recruiting</t>
-[...1 lines deleted...]
-  <si>
     <t>Researchers are looking for new medicines to prevent HIV-1 (Human Immunodeficiency Virus Type 1) infection.
 The goals of this study are to learn:
 * If taking MK-8527 once a month works to prevent HIV-1 infection better than a standard (usual) pre-exposure prophylaxis (PrEP) taken once a day
 * About the safety of MK-8527 and if people tolerate it</t>
   </si>
   <si>
     <t>A Study of MK-8527 to Prevent Human Immunodeficiency Virus Type 1 (HIV-1) (MK-8527-010)</t>
   </si>
   <si>
     <t>Kenya, South Africa, Uganda</t>
   </si>
   <si>
     <t>Placebo matched to MK-8527</t>
   </si>
   <si>
     <t>Emtricitabine/tenofovir disoproxil (FTC/TDF)</t>
   </si>
   <si>
     <t>once daily (QD)</t>
   </si>
   <si>
     <t>Placebo matched to FTC/TDF</t>
   </si>
   <si>
     <t>2025-10-31</t>
   </si>
   <si>
-    <t>2025-08-26</t>
+    <t>2025-11-10</t>
   </si>
   <si>
     <t>2027-10-18</t>
   </si>
   <si>
     <t>Adults, Cisgender women, Adolescents</t>
   </si>
   <si>
     <t>Adults, Adolescents</t>
   </si>
   <si>
     <t>The main inclusion criteria include:
 * Is confirmed Human Immunodeficiency Virus (HIV)-uninfected based on negative HIV-1/HIV-2 test results
 * Has been sexually active (2 vaginal intercourse encounters with cisgender male individual(s) within the last 3 months)
 * Was assigned female sex at birth and is cisgender.
 * Weighs ≥35 kg
 Exclusion Criteria include:
 * Has hypersensitivity or other contraindication to any component of the study interventions
 * Has evidence of acute or chronic hepatitis B infection
 * Has a history of malignancy within 5 years of screening except for adequately treated basal cell or squamous cell skin cancer, or in situ cervical cancer
 *Has taken cabotegravir, lenacapavir, or any other long-acting HIV prevention product at any time</t>
   </si>
   <si>
     <t>16 Years to 30 Years cisgender women</t>
   </si>
@@ -1222,98 +1219,113 @@
   <si>
     <t>AVAC trial entry</t>
   </si>
   <si>
     <t>https://avac.org/trial/mk-8527-004/</t>
   </si>
   <si>
     <t>Study Protocol</t>
   </si>
   <si>
     <t>https://cdn.clinicaltrials.gov/large-docs/36/NCT05494736/Prot_SAP_000.pdf</t>
   </si>
   <si>
     <t>Safety and Pharmacokinetics of MK-8527, a Novel nRTTI, in Adults Without HIV</t>
   </si>
   <si>
     <t>https://www.croiconference.org/abstract/safety-and-pharmacokinetics-of-mk-8527-a-novel-nrtti-in-adults-without-hiv/</t>
   </si>
   <si>
     <t>Key results on Clinicaltrials.gov</t>
   </si>
   <si>
     <t>https://clinicaltrials.gov/study/NCT05494736?intr=mk-8527&amp;rank=1&amp;tab=results</t>
   </si>
   <si>
+    <t>Pharmacokinetics and Safety of MK-8527 in Adults With Moderate or Severe Renal Impairment - MSD-EACS2025- 15 October Paris</t>
+  </si>
+  <si>
+    <t>https://www.natap.org/2025/EACS/EACS_25.htm</t>
+  </si>
+  <si>
     <t>https://www.croiwebcasts.org/console/player/52100?mediaType=slideVideo&amp;</t>
   </si>
   <si>
     <t>Phase 1, open-label study to evaluate the drug interaction between MK-8527, an HIV-1 nucleoside reverse transcriptase translocation inhibitor, and the oral contraceptive levonorgestrel/ethinyl estradi</t>
   </si>
   <si>
     <t>https://www.natap.org/2024/IAS/IAS_115.htm</t>
   </si>
   <si>
     <t>In collaboration with the Gates Foundation, Merck advances MK-8527 pre-exposure prophylaxis (PrEP) clinical trials globally</t>
   </si>
   <si>
     <t>https://www.merck.com/news/merck-to-initiate-phase-3-trials-for-investigational-once-monthly-hiv-prevention-pill/</t>
   </si>
   <si>
     <t>Safety and pharmacokinetics of MK-8527 oral once-monthly: a phase 2 study in adults at low risk of HIV-1 exposure - IAS2025 - Mayer et al-Abstract OAS0106LB</t>
   </si>
   <si>
     <t>https://onlinelibrary.wiley.com/doi/10.1002/jia2.26518</t>
   </si>
   <si>
+    <t>State unveils HIV prevention trial centre in Homabay (Kenya)</t>
+  </si>
+  <si>
+    <t>https://www.the-star.co.ke/news/2025-11-05-state-unveils-hiv-prevention-centre-in-homabay</t>
+  </si>
+  <si>
     <t>Company</t>
   </si>
   <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
   </si>
   <si>
+    <t>Country Name</t>
+  </si>
+  <si>
     <t>Reg Status</t>
   </si>
   <si>
     <t>Reg Submission Date</t>
   </si>
   <si>
     <t>Reg Approval Date</t>
   </si>
   <si>
     <t>Links</t>
   </si>
   <si>
     <t>Comments</t>
   </si>
   <si>
     <t>Representative patent</t>
   </si>
   <si>
     <t>Patent description</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Patent holder</t>
@@ -1327,108 +1339,117 @@
   <si>
     <t>Licence with MPP</t>
   </si>
   <si>
     <t>Patent source</t>
   </si>
   <si>
     <t>Granted: Low, low-middle and upper-middle countries</t>
   </si>
   <si>
     <t>Granted: High income countries</t>
   </si>
   <si>
     <t>Filed: Low, low-middle and upper-middle countries</t>
   </si>
   <si>
     <t>Filed: High income countries</t>
   </si>
   <si>
     <t>Not in force: Low, low-middle and upper-middle countries</t>
   </si>
   <si>
     <t>Not in force: High income countries</t>
   </si>
   <si>
+    <t>WO2015148746</t>
+  </si>
+  <si>
+    <t>MK-8527 compound and analogues</t>
+  </si>
+  <si>
+    <t>Compound</t>
+  </si>
+  <si>
+    <t>Merck Sharp &amp; Dohme Corp</t>
+  </si>
+  <si>
+    <t>2035-03-26</t>
+  </si>
+  <si>
+    <t>Provided is 4'-substituted nucleoside derivatives of Formula I and their use in the inhibition of HIV reverse transcriptase, the prophylaxis of infection by HIV, the treatment of infection by HIV, and the prophylaxis, treatment, and delay in the onset or progression of AIDS and/or ARC.</t>
+  </si>
+  <si>
+    <t>MPP search</t>
+  </si>
+  <si>
+    <t>Argentina, Brazil, China, Dominican Republic, Belarus, Azerbaijan, Armenia, Kazakhstan, Morocco, Albania, Serbia, Bosnia and Herzegovina, Montenegro, Türkiye, North Macedonia, Georgia, Jordan, Moldova, Republic of, Mexico, Malaysia, Peru, Philippines, El Salvador, Ukraine, South Africa, India, Namibia, Ghana, Botswana, Kenya, Colombia, Algeria, Honduras, Indonesia, Iran (Islamic Republic of), Lebanon, Mongolia, Nigeria, Pakistan, Tunisia, Venezuela (Bolivarian Republic of), Viet Nam</t>
+  </si>
+  <si>
+    <t>Australia, Canada, Chile, Costa Rica, Russian Federation, Liechtenstein, Italy, Norway, Malta, Denmark, Belgium, United Kingdom, Greece, Netherlands, Hungary, Croatia, Switzerland, Spain, Slovenia, Austria, Romania, Iceland, Cyprus, Finland, France, Bulgaria, Slovakia, Poland, Latvia, Ireland, Estonia, Germany, Luxembourg, Portugal, Czechia, Lithuania, Sweden, Israel, Japan, Korea, Republic of, New Zealand, Singapore, Taiwan, Province of China, United States of America, Gibraltar, Guyana, Panama, Seychelles, Trinidad and Tobago</t>
+  </si>
+  <si>
+    <t>Argentina, Ecuador, Guatemala, Nicaragua, Belize, Egypt, Jamaica, Sri Lanka, Thailand</t>
+  </si>
+  <si>
+    <t>Croatia, Barbados, Brunei Darussalam, Kuwait, United Arab Emirates, Bahrain, Saudi Arabia, Oman, Qatar</t>
+  </si>
+  <si>
+    <t>Tajikistan, Turkmenistan, Kyrgyzstan, World Intellectual Property Organization (WIPO), Sierra Leone, Eswatini, Liberia, Sao Tome and Principe, Mozambique, Uganda, Zambia, Zimbabwe, Tanzania, United Republic of, Malawi, Rwanda, Sudan, Lesotho, Gambia (the)</t>
+  </si>
+  <si>
+    <t>San Marino, Monaco, United States of America, World Intellectual Property Organization (WIPO)</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Brief description</t>
+  </si>
+  <si>
+    <t>Category</t>
+  </si>
+  <si>
+    <t>Exclusivity</t>
+  </si>
+  <si>
+    <t>Expiration date</t>
+  </si>
+  <si>
+    <t>4'-SUBSTITUTED NUCLEOSIDE REVERSE TRANSCRIPTASE INHIBITORS</t>
+  </si>
+  <si>
+    <t>4'-substituted nucleoside derivatives of Formula I and their use in the inhibition of HIV reverse transcriptase, the prophylaxis of infection by HIV, the treatment of infection by HIV, and the prophylaxis, treatment, and delay in the onset or progression of AIDS and/or ARC.</t>
+  </si>
+  <si>
     <t>WO2015143712</t>
   </si>
   <si>
-    <t>MK-8527 compound and analogues</t>
-[...4 lines deleted...]
-  <si>
     <t>Merck Sharp &amp; Dohme Corp.</t>
   </si>
   <si>
     <t>2034-03-28</t>
-  </si>
-[...43 lines deleted...]
-    <t>4'-substituted nucleoside derivatives of Formula I and their use in the inhibition of HIV reverse transcriptase, the prophylaxis of infection by HIV, the treatment of infection by HIV, and the prophylaxis, treatment, and delay in the onset or progression of AIDS and/or ARC.</t>
   </si>
   <si>
     <t>Granted in 36 countries: AL, AM, AP (BW, GH, KE, NA), AT, AU, AZ, BA, BE, BG, BY, CA, CH, CL, CN, CR, CY, CZ, DE, DK, DZ, EA, EE, ES, FI, FR, GB, GC, GE, GI, GR, GY, HN, HR, HU, ID, IE, IL, IR, IS, IT, JO, JP, KR, KZ, LB, LT, LU, LV, MA, ME, MK, MN, MT, MX, MY, NG, NL, NO, NZ, PA, PE, PH, PK, PL, PT, RO, RS, RU, SC, SE, SG, SI, SK, TN, TR, TT, TW, UA, US, VE, VN, ZA
 Filed in 13 countries: AR, BB, BN, BR, BZ, DO, EC, EG, GT, IN, JM, LK, NI, SV, TH
 As of 27 June 2024 - MPP Search</t>
   </si>
   <si>
     <t>Illustration URL</t>
   </si>
   <si>
     <t>Credit</t>
   </si>
   <si>
     <t>https://lapal.medicinespatentpool.org/storage/illustrations/W8WNErfmCqCGOA2CO9cGuK6iRBvYokVEdhxH1aW3.png</t>
   </si>
   <si>
     <t>MK-8527 Compound (4'-ethynyl-2-fluoro-2'-deoxyadenosine)</t>
   </si>
   <si>
     <t>Company/University</t>
   </si>
   <si>
     <t>Manufacturer</t>
   </si>
   <si>
@@ -1899,75 +1920,75 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT06045507" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT03615183" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT05494736" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT06295796" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT06893081" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://euclinicaltrials.eu/search-for-clinical-trials/?lang=en&amp;EUCT=2022-502081-24-00" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT06826989" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT06580587" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT06783192" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT06816043" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT07044297" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT07025551" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT07063238" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT07071623" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sanctr.samrc.ac.za/TrialDisplay.aspx?TrialID=9389" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.croiconference.org/abstract/3704-2025/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.croiconference.org/abstract/single-dose-administration-of-mk-8527-a-novel-nrtti-in-adults-with-hiv-1/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT03615183?intr=mk-8527&amp;rank=6&amp;tab=results" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.croiconference.org/abstract/single-dose-administration-of-mk-8527-a-novel-nrtti-in-adults-with-hiv-1/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://avac.org/trial/mk-8527-004/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.clinicaltrials.gov/large-docs/36/NCT05494736/Prot_SAP_000.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.croiconference.org/abstract/safety-and-pharmacokinetics-of-mk-8527-a-novel-nrtti-in-adults-without-hiv/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT05494736?intr=mk-8527&amp;rank=1&amp;tab=results" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.croiwebcasts.org/console/player/52100?mediaType=slideVideo&amp;" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.natap.org/2024/IAS/IAS_115.htm" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.merck.com/news/merck-to-initiate-phase-3-trials-for-investigational-once-monthly-hiv-prevention-pill/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1002/jia2.26518" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sanctr.samrc.ac.za/TrialDisplay.aspx?TrialID=9389" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.croiconference.org/abstract/3704-2025/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.croiconference.org/abstract/single-dose-administration-of-mk-8527-a-novel-nrtti-in-adults-with-hiv-1/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT03615183?intr=mk-8527&amp;rank=6&amp;tab=results" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.croiconference.org/abstract/single-dose-administration-of-mk-8527-a-novel-nrtti-in-adults-with-hiv-1/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://avac.org/trial/mk-8527-004/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.clinicaltrials.gov/large-docs/36/NCT05494736/Prot_SAP_000.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.croiconference.org/abstract/safety-and-pharmacokinetics-of-mk-8527-a-novel-nrtti-in-adults-without-hiv/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT05494736?intr=mk-8527&amp;rank=1&amp;tab=results" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.natap.org/2025/EACS/EACS_25.htm" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.croiwebcasts.org/console/player/52100?mediaType=slideVideo&amp;" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.natap.org/2024/IAS/IAS_115.htm" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.merck.com/news/merck-to-initiate-phase-3-trials-for-investigational-once-monthly-hiv-prevention-pill/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1002/jia2.26518" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.the-star.co.ke/news/2025-11-05-state-unveils-hiv-prevention-centre-in-homabay" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20151001&amp;CC=WO&amp;NR=2015143712A1&amp;KC=A1" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20151001&amp;CC=WO&amp;NR=2015148746A1&amp;KC=A1" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="illustrations/W8WNErfmCqCGOA2CO9cGuK6iRBvYokVEdhxH1aW3.png" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.natap.org/2024/IAS/IAS_115.htm" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.croiwebcasts.org/p/2024croi/croi/129" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="resources/Fmao6kacalvZ_638.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="resources/WVwXDfzIQKKa_Psomas_et_al-2024-Journal_of_Virus_Eradication.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natap.org/2025/CROI/croi_10.htm" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="resources/lTPSZRI93KOc_2024_HIVR4P_MK8527_Diamond_Rhesus_Weekly_Oral_Rectal_Challenge_Final_Poster.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://i-base.info/htb/47354" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.croiconference.org/abstract/single-dose-administration-of-mk-8527-a-novel-nrtti-in-adults-with-hiv-1/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sanctr.samrc.ac.za/TrialDisplay.aspx?TrialID=9389" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.croiconference.org/abstract/3704-2025/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.croiconference.org/abstract/single-dose-administration-of-mk-8527-a-novel-nrtti-in-adults-with-hiv-1/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://avac.org/trial/mk-8527-004/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.clinicaltrials.gov/large-docs/36/NCT05494736/Prot_SAP_000.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.croiconference.org/abstract/safety-and-pharmacokinetics-of-mk-8527-a-novel-nrtti-in-adults-without-hiv/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.croiwebcasts.org/console/player/52100?mediaType=slideVideo&amp;" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.natap.org/2024/IAS/IAS_115.htm" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.merck.com/news/merck-to-initiate-phase-3-trials-for-investigational-once-monthly-hiv-prevention-pill/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT05494736?intr=mk-8527&amp;rank=1&amp;tab=results" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT03615183?intr=mk-8527&amp;rank=6&amp;tab=results" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1002/jia2.26518" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://programme.ias2025.org/Abstract/Abstract/?abstractid=6515" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.prepwatch.org/products/mk-8527/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://avac.org/resource/infographic/expressive-phase-3-trials/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.natap.org/2024/IAS/IAS_115.htm" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.croiwebcasts.org/p/2024croi/croi/129" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="resources/Fmao6kacalvZ_638.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="resources/WVwXDfzIQKKa_Psomas_et_al-2024-Journal_of_Virus_Eradication.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natap.org/2025/CROI/croi_10.htm" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="resources/lTPSZRI93KOc_2024_HIVR4P_MK8527_Diamond_Rhesus_Weekly_Oral_Rectal_Challenge_Final_Poster.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://i-base.info/htb/47354" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.croiconference.org/abstract/single-dose-administration-of-mk-8527-a-novel-nrtti-in-adults-with-hiv-1/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sanctr.samrc.ac.za/TrialDisplay.aspx?TrialID=9389" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.croiconference.org/abstract/3704-2025/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.croiconference.org/abstract/single-dose-administration-of-mk-8527-a-novel-nrtti-in-adults-with-hiv-1/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://avac.org/trial/mk-8527-004/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.clinicaltrials.gov/large-docs/36/NCT05494736/Prot_SAP_000.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.croiconference.org/abstract/safety-and-pharmacokinetics-of-mk-8527-a-novel-nrtti-in-adults-without-hiv/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.croiwebcasts.org/console/player/52100?mediaType=slideVideo&amp;" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.natap.org/2024/IAS/IAS_115.htm" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.merck.com/news/merck-to-initiate-phase-3-trials-for-investigational-once-monthly-hiv-prevention-pill/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT05494736?intr=mk-8527&amp;rank=1&amp;tab=results" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT03615183?intr=mk-8527&amp;rank=6&amp;tab=results" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1002/jia2.26518" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://programme.ias2025.org/Abstract/Abstract/?abstractid=6515" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.prepwatch.org/products/mk-8527/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://avac.org/resource/infographic/expressive-phase-3-trials/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.natap.org/2025/EACS/EACS_25.htm" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.natap.org/2025/EACS/EACS_25.htm" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.the-star.co.ke/news/2025-11-05-state-unveils-hiv-prevention-centre-in-homabay" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:AF1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
@@ -3843,135 +3864,138 @@
       </c>
       <c r="AS14" t="s">
         <v>278</v>
       </c>
       <c r="AU14" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="15" spans="1:52">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>327</v>
       </c>
       <c r="C15" t="s">
         <v>328</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>329</v>
       </c>
       <c r="E15" t="s">
         <v>282</v>
       </c>
       <c r="F15" t="s">
-        <v>330</v>
+        <v>243</v>
       </c>
       <c r="G15" t="s">
         <v>109</v>
       </c>
       <c r="H15" t="s">
+        <v>330</v>
+      </c>
+      <c r="I15" t="s">
         <v>331</v>
       </c>
-      <c r="I15" t="s">
+      <c r="J15" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
       <c r="M15" t="s">
         <v>32</v>
       </c>
       <c r="N15" t="s">
         <v>287</v>
       </c>
       <c r="O15" t="s">
+        <v>333</v>
+      </c>
+      <c r="Q15" t="s">
         <v>334</v>
       </c>
-      <c r="Q15" t="s">
+      <c r="R15" t="s">
         <v>335</v>
       </c>
-      <c r="R15" t="s">
+      <c r="S15" t="s">
         <v>336</v>
       </c>
-      <c r="S15" t="s">
+      <c r="W15" t="s">
         <v>337</v>
       </c>
-      <c r="W15" t="s">
+      <c r="X15" t="s">
         <v>338</v>
       </c>
       <c r="Y15" t="s">
+        <v>293</v>
+      </c>
+      <c r="Z15" t="s">
         <v>339</v>
       </c>
-      <c r="Z15" t="s">
+      <c r="AA15" t="s">
+        <v>339</v>
+      </c>
+      <c r="AD15" t="s">
         <v>340</v>
       </c>
-      <c r="AA15" t="s">
-[...2 lines deleted...]
-      <c r="AD15" t="s">
+      <c r="AE15" t="s">
         <v>341</v>
-      </c>
-[...1 lines deleted...]
-        <v>342</v>
       </c>
       <c r="AF15" t="s">
         <v>251</v>
       </c>
       <c r="AG15" t="s">
         <v>161</v>
       </c>
       <c r="AH15" t="s">
         <v>161</v>
       </c>
       <c r="AI15" t="s">
         <v>129</v>
       </c>
       <c r="AJ15" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="AM15" t="s">
         <v>298</v>
       </c>
       <c r="AO15" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="AP15" t="s">
         <v>133</v>
       </c>
       <c r="AQ15">
         <v>4580</v>
       </c>
       <c r="AR15" t="s">
         <v>134</v>
       </c>
       <c r="AS15" t="s">
         <v>135</v>
       </c>
       <c r="AU15" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
       <c r="AW15" t="s">
         <v>46</v>
       </c>
       <c r="AX15" t="s">
         <v>37</v>
       </c>
       <c r="AY15" t="s">
         <v>300</v>
       </c>
       <c r="AZ15" t="s">
         <v>140</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="D2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="D3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="D4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="D5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="D6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="D7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="D8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="D9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="D10" r:id="rId_hyperlink_9"/>
@@ -3979,370 +4003,404 @@
     <hyperlink ref="D12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="D13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="D14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="D15" r:id="rId_hyperlink_14"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E14"/>
+  <dimension ref="A1:E16"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E14" sqref="E14"/>
+      <selection activeCell="E16" sqref="E16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
+        <v>345</v>
+      </c>
+      <c r="B1" s="2" t="s">
         <v>346</v>
       </c>
-      <c r="B1" s="2" t="s">
+      <c r="C1" s="2" t="s">
         <v>347</v>
       </c>
-      <c r="C1" s="2" t="s">
+      <c r="D1" s="2" t="s">
         <v>348</v>
-      </c>
-[...1 lines deleted...]
-        <v>349</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>105</v>
       </c>
       <c r="B2" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="C2" t="s">
         <v>56</v>
       </c>
       <c r="E2" s="4" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>105</v>
       </c>
       <c r="B3" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="C3" t="s">
         <v>56</v>
       </c>
       <c r="E3" s="4" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>142</v>
       </c>
       <c r="B4" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="C4" t="s">
         <v>56</v>
       </c>
       <c r="E4" s="4" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>142</v>
       </c>
       <c r="B5" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="C5" t="s">
         <v>56</v>
       </c>
       <c r="E5" s="4" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
         <v>142</v>
       </c>
       <c r="B6" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="C6" t="s">
         <v>56</v>
       </c>
       <c r="E6" s="4" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>170</v>
       </c>
       <c r="B7" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="C7" t="s">
         <v>56</v>
       </c>
       <c r="E7" s="4" t="s">
-        <v>359</v>
+        <v>358</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>170</v>
       </c>
       <c r="B8" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
       <c r="C8" t="s">
         <v>56</v>
       </c>
       <c r="E8" s="4" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
         <v>170</v>
       </c>
       <c r="B9" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="C9" t="s">
         <v>56</v>
       </c>
       <c r="E9" s="4" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
         <v>170</v>
       </c>
       <c r="B10" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
       <c r="C10" t="s">
         <v>56</v>
       </c>
       <c r="E10" s="4" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
-        <v>214</v>
+        <v>187</v>
       </c>
       <c r="B11" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="C11" t="s">
         <v>56</v>
       </c>
       <c r="E11" s="4" t="s">
         <v>366</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
-        <v>255</v>
+        <v>214</v>
       </c>
       <c r="B12" t="s">
-        <v>367</v>
+        <v>361</v>
       </c>
       <c r="C12" t="s">
         <v>56</v>
       </c>
       <c r="E12" s="4" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
-        <v>280</v>
+        <v>255</v>
       </c>
       <c r="B13" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="C13" t="s">
         <v>56</v>
       </c>
       <c r="E13" s="4" t="s">
-        <v>370</v>
+        <v>369</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
         <v>280</v>
       </c>
       <c r="B14" t="s">
-        <v>371</v>
+        <v>370</v>
       </c>
       <c r="C14" t="s">
         <v>56</v>
       </c>
       <c r="E14" s="4" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5">
+      <c r="A15" t="s">
+        <v>280</v>
+      </c>
+      <c r="B15" t="s">
         <v>372</v>
+      </c>
+      <c r="C15" t="s">
+        <v>56</v>
+      </c>
+      <c r="E15" s="4" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5">
+      <c r="A16" t="s">
+        <v>328</v>
+      </c>
+      <c r="B16" t="s">
+        <v>374</v>
+      </c>
+      <c r="C16" t="s">
+        <v>56</v>
+      </c>
+      <c r="E16" s="4" t="s">
+        <v>375</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="E3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="E4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="E5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="E6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="E7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="E8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="E9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="E10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="E11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="E12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="E13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="E14" r:id="rId_hyperlink_13"/>
+    <hyperlink ref="E15" r:id="rId_hyperlink_14"/>
+    <hyperlink ref="E16" r:id="rId_hyperlink_15"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O1"/>
+  <dimension ref="A1:P1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:O1"/>
+      <selection activeCell="A1" sqref="A1:P1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
+    <col min="16" max="16" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15">
+    <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>54</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>382</v>
-[...2 lines deleted...]
-        <v>383</v>
+        <v>385</v>
+      </c>
+      <c r="L1" s="2" t="s">
+        <v>386</v>
       </c>
       <c r="M1" s="6" t="s">
-        <v>384</v>
-[...2 lines deleted...]
-        <v>385</v>
+        <v>387</v>
+      </c>
+      <c r="N1" s="6" t="s">
+        <v>388</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>386</v>
+        <v>389</v>
+      </c>
+      <c r="P1" s="2" t="s">
+        <v>390</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O2"/>
   <sheetViews>
@@ -4352,814 +4410,859 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>54</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="F1" s="6" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="C2" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="D2" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="E2" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="F2" s="5" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="G2" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="H2" t="s">
         <v>128</v>
       </c>
       <c r="I2" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="J2" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="K2" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="L2" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="M2" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="N2" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="O2" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="2" t="s">
         <v>54</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="H1" s="6" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="C2" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="D2" t="s">
-        <v>401</v>
+        <v>425</v>
       </c>
       <c r="E2" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="F2" t="s">
-        <v>404</v>
+        <v>426</v>
       </c>
       <c r="H2" s="5" t="s">
-        <v>405</v>
+        <v>427</v>
       </c>
       <c r="I2" t="s">
-        <v>421</v>
+        <v>428</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>54</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>422</v>
+        <v>429</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>423</v>
+        <v>430</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>424</v>
+        <v>431</v>
       </c>
       <c r="C2" t="s">
-        <v>425</v>
+        <v>432</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>54</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>426</v>
+        <v>433</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>427</v>
+        <v>434</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>428</v>
+        <v>435</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>429</v>
+        <v>436</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>430</v>
+        <v>437</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
-        <v>431</v>
+        <v>438</v>
       </c>
       <c r="C2" t="s">
-        <v>432</v>
+        <v>439</v>
       </c>
       <c r="D2" t="s">
-        <v>433</v>
+        <v>440</v>
       </c>
       <c r="E2" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="F2" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E26"/>
+  <dimension ref="A1:E29"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E25" sqref="E25"/>
+      <selection activeCell="E29" sqref="E29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
         <v>54</v>
       </c>
       <c r="B1" s="2" t="s">
+        <v>347</v>
+      </c>
+      <c r="C1" s="2" t="s">
+        <v>346</v>
+      </c>
+      <c r="D1" s="2" t="s">
         <v>348</v>
-      </c>
-[...4 lines deleted...]
-        <v>349</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
         <v>56</v>
       </c>
       <c r="C2" t="s">
-        <v>436</v>
+        <v>443</v>
       </c>
       <c r="E2" s="4" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>32</v>
       </c>
       <c r="B3" t="s">
         <v>56</v>
       </c>
       <c r="C3" t="s">
-        <v>437</v>
+        <v>444</v>
       </c>
       <c r="E3" s="4" t="s">
-        <v>438</v>
+        <v>445</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>32</v>
       </c>
       <c r="B4" t="s">
-        <v>439</v>
+        <v>446</v>
       </c>
       <c r="C4" t="s">
-        <v>440</v>
+        <v>447</v>
       </c>
       <c r="D4" t="s">
-        <v>441</v>
+        <v>448</v>
       </c>
       <c r="E4" s="4" t="s">
-        <v>442</v>
+        <v>449</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>32</v>
       </c>
       <c r="B5" t="s">
-        <v>439</v>
+        <v>446</v>
       </c>
       <c r="C5" t="s">
-        <v>443</v>
+        <v>450</v>
       </c>
       <c r="D5" t="s">
-        <v>444</v>
+        <v>451</v>
       </c>
       <c r="E5" s="4" t="s">
-        <v>445</v>
+        <v>452</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
         <v>32</v>
       </c>
       <c r="B6" t="s">
         <v>56</v>
       </c>
       <c r="C6" t="s">
-        <v>446</v>
+        <v>453</v>
       </c>
       <c r="E6" s="4" t="s">
-        <v>447</v>
+        <v>454</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>32</v>
       </c>
       <c r="B7" t="s">
-        <v>439</v>
+        <v>446</v>
       </c>
       <c r="C7" t="s">
-        <v>448</v>
+        <v>455</v>
       </c>
       <c r="D7" t="s">
-        <v>449</v>
+        <v>456</v>
       </c>
       <c r="E7" s="4" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>32</v>
       </c>
       <c r="B8" t="s">
         <v>56</v>
       </c>
       <c r="C8" t="s">
-        <v>451</v>
+        <v>458</v>
       </c>
       <c r="E8" s="4" t="s">
-        <v>452</v>
+        <v>459</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
         <v>32</v>
       </c>
       <c r="B9" t="s">
         <v>56</v>
       </c>
       <c r="C9" t="s">
-        <v>453</v>
+        <v>460</v>
       </c>
       <c r="E9" s="4" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
         <v>32</v>
       </c>
       <c r="B10" t="s">
         <v>56</v>
       </c>
       <c r="C10" t="s">
+        <v>349</v>
+      </c>
+      <c r="E10" s="4" t="s">
         <v>350</v>
-      </c>
-[...1 lines deleted...]
-        <v>351</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
         <v>32</v>
       </c>
       <c r="B11" t="s">
         <v>56</v>
       </c>
       <c r="C11" t="s">
+        <v>351</v>
+      </c>
+      <c r="E11" s="4" t="s">
         <v>352</v>
-      </c>
-[...1 lines deleted...]
-        <v>353</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
         <v>32</v>
       </c>
       <c r="B12" t="s">
         <v>56</v>
       </c>
       <c r="C12" t="s">
+        <v>353</v>
+      </c>
+      <c r="E12" s="4" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
         <v>32</v>
       </c>
       <c r="B13" t="s">
         <v>56</v>
       </c>
       <c r="C13" t="s">
+        <v>357</v>
+      </c>
+      <c r="E13" s="4" t="s">
         <v>358</v>
-      </c>
-[...1 lines deleted...]
-        <v>359</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
         <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>56</v>
       </c>
       <c r="C14" t="s">
+        <v>359</v>
+      </c>
+      <c r="E14" s="4" t="s">
         <v>360</v>
-      </c>
-[...1 lines deleted...]
-        <v>361</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>56</v>
       </c>
       <c r="C15" t="s">
+        <v>361</v>
+      </c>
+      <c r="E15" s="4" t="s">
         <v>362</v>
-      </c>
-[...1 lines deleted...]
-        <v>363</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
         <v>32</v>
       </c>
       <c r="B16" t="s">
         <v>56</v>
       </c>
       <c r="C16" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="E16" s="4" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" t="s">
         <v>32</v>
       </c>
       <c r="B17" t="s">
         <v>56</v>
       </c>
       <c r="C17" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="E17" s="4" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
         <v>32</v>
       </c>
       <c r="B18" t="s">
         <v>56</v>
       </c>
       <c r="C18" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="E18" s="4" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
         <v>32</v>
       </c>
       <c r="B19" t="s">
         <v>56</v>
       </c>
       <c r="C19" t="s">
+        <v>363</v>
+      </c>
+      <c r="E19" s="4" t="s">
         <v>364</v>
-      </c>
-[...1 lines deleted...]
-        <v>365</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
         <v>32</v>
       </c>
       <c r="B20" t="s">
         <v>56</v>
       </c>
       <c r="C20" t="s">
+        <v>355</v>
+      </c>
+      <c r="E20" s="4" t="s">
         <v>356</v>
-      </c>
-[...1 lines deleted...]
-        <v>357</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
         <v>32</v>
       </c>
       <c r="B21" t="s">
         <v>56</v>
       </c>
       <c r="C21" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="E21" s="4" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
         <v>32</v>
       </c>
       <c r="B22" t="s">
-        <v>454</v>
+        <v>461</v>
       </c>
       <c r="C22" t="s">
-        <v>455</v>
+        <v>462</v>
       </c>
       <c r="D22" t="s">
-        <v>456</v>
+        <v>463</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" t="s">
         <v>32</v>
       </c>
       <c r="B23" t="s">
         <v>56</v>
       </c>
       <c r="C23" t="s">
-        <v>457</v>
+        <v>464</v>
       </c>
       <c r="E23" s="4" t="s">
-        <v>458</v>
+        <v>465</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" t="s">
         <v>32</v>
       </c>
       <c r="B24" t="s">
         <v>56</v>
       </c>
       <c r="C24" t="s">
-        <v>459</v>
+        <v>466</v>
       </c>
       <c r="E24" s="4" t="s">
-        <v>460</v>
+        <v>467</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
         <v>32</v>
       </c>
       <c r="B25" t="s">
         <v>56</v>
       </c>
       <c r="C25" t="s">
-        <v>461</v>
+        <v>468</v>
       </c>
       <c r="E25" s="4" t="s">
-        <v>462</v>
+        <v>469</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
         <v>32</v>
       </c>
       <c r="B26" t="s">
-        <v>454</v>
+        <v>461</v>
       </c>
       <c r="C26" t="s">
-        <v>463</v>
+        <v>470</v>
       </c>
       <c r="D26" t="s">
-        <v>464</v>
+        <v>471</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5">
+      <c r="A27" t="s">
+        <v>32</v>
+      </c>
+      <c r="B27" t="s">
+        <v>56</v>
+      </c>
+      <c r="C27" t="s">
+        <v>365</v>
+      </c>
+      <c r="E27" s="4" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5">
+      <c r="A28" t="s">
+        <v>32</v>
+      </c>
+      <c r="B28" t="s">
+        <v>56</v>
+      </c>
+      <c r="C28" t="s">
+        <v>365</v>
+      </c>
+      <c r="E28" s="4" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5">
+      <c r="A29" t="s">
+        <v>32</v>
+      </c>
+      <c r="B29" t="s">
+        <v>56</v>
+      </c>
+      <c r="C29" t="s">
+        <v>374</v>
+      </c>
+      <c r="E29" s="4" t="s">
+        <v>375</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="E3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="E4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="E5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="E6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="E7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="E8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="E9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="E10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="E11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="E12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="E13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="E14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="E15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="E16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="E17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="E18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="E19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="E20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="E21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="E23" r:id="rId_hyperlink_21"/>
     <hyperlink ref="E24" r:id="rId_hyperlink_22"/>
     <hyperlink ref="E25" r:id="rId_hyperlink_23"/>
+    <hyperlink ref="E27" r:id="rId_hyperlink_24"/>
+    <hyperlink ref="E28" r:id="rId_hyperlink_25"/>
+    <hyperlink ref="E29" r:id="rId_hyperlink_26"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>