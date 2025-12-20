--- v1 (2025-11-28)
+++ v2 (2025-12-20)
@@ -28,51 +28,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Formulations" sheetId="1" r:id="rId4"/>
     <sheet name="Clinical trials" sheetId="2" r:id="rId5"/>
     <sheet name="Key resources" sheetId="3" r:id="rId6"/>
     <sheet name="Regulatory status" sheetId="4" r:id="rId7"/>
     <sheet name="Patent Medspal" sheetId="5" r:id="rId8"/>
     <sheet name="Patent curated by innovator" sheetId="6" r:id="rId9"/>
     <sheet name="Drug illustrations" sheetId="7" r:id="rId10"/>
     <sheet name="Developers" sheetId="8" r:id="rId11"/>
     <sheet name="Publications" sheetId="9" r:id="rId12"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="472">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="476">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Abbreviation</t>
   </si>
   <si>
     <t>Generic name</t>
   </si>
   <si>
     <t>Brand names</t>
   </si>
   <si>
     <t>Compound type</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Approval status</t>
   </si>
   <si>
     <t>Regulatory authorities</t>
   </si>
   <si>
@@ -965,51 +965,51 @@
   <si>
     <t>United States of America, Argentina, Brazil, Chile, Colombia, Dominican Republic, France, Guatemala, Kenya, Malaysia, Peru, Philippines, South Africa, Switzerland, Thailand, Viet Nam</t>
   </si>
   <si>
     <t>MK-8527 oral tablet</t>
   </si>
   <si>
     <t>11 mg MK-8527 once monthly (QM)</t>
   </si>
   <si>
     <t>Placebo to MK-8527</t>
   </si>
   <si>
     <t>FTC/TDF</t>
   </si>
   <si>
     <t>200 mg FTC/245 mg TDF QD</t>
   </si>
   <si>
     <t>Placebo to FTC/TDF</t>
   </si>
   <si>
     <t>2025-07-31</t>
   </si>
   <si>
-    <t>2025-11-20</t>
+    <t>2025-12-04</t>
   </si>
   <si>
     <t>2027-07-22</t>
   </si>
   <si>
     <t>Adults, Adolescents, Cisgender women, Transgender women, Cisgender men, Transgender men, gender non-binary</t>
   </si>
   <si>
     <t>Children, Adults, Older Adults</t>
   </si>
   <si>
     <t>Inclusion criteria include:
 * Is confirmed HIV-uninfected based on negative HIV-1/HIV-2 test results
 * Is a cisgender man, transgender woman (assigned male sex at birth), transgender man (assigned female sex at birth), or gender nonbinary person
 * Has had condomless receptive anal sex in the 12 months prior to screening (not including sex occurring in a mutually monogamous relationship) and has at least 1 of the following: receptive anal sex with 2 or more partners in the 3 months prior to screening (regardless of condom use), rectal or urethral gonorrhea or chlamydia or incident syphilis in the 6 months prior to screening, or any self-reported stimulant drug use with sex in the 3 months prior to screening
 * Weighs ≥35 kg</t>
   </si>
   <si>
     <t>HIV, HBV</t>
   </si>
   <si>
     <t>4,390 cisgender men who have sex with men, transgender men, transgender women, and gender non binary individuals 16 Years and older</t>
   </si>
   <si>
     <t>Tablet</t>
@@ -1132,50 +1132,53 @@
   <si>
     <t>A Study of MK-8527 to Prevent Human Immunodeficiency Virus Type 1 (HIV-1) (MK-8527-010)</t>
   </si>
   <si>
     <t>Kenya, South Africa, Uganda</t>
   </si>
   <si>
     <t>Placebo matched to MK-8527</t>
   </si>
   <si>
     <t>Emtricitabine/tenofovir disoproxil (FTC/TDF)</t>
   </si>
   <si>
     <t>once daily (QD)</t>
   </si>
   <si>
     <t>Placebo matched to FTC/TDF</t>
   </si>
   <si>
     <t>2025-10-31</t>
   </si>
   <si>
     <t>2025-11-10</t>
   </si>
   <si>
+    <t>2025-12-12</t>
+  </si>
+  <si>
     <t>2027-10-18</t>
   </si>
   <si>
     <t>Adults, Cisgender women, Adolescents</t>
   </si>
   <si>
     <t>Adults, Adolescents</t>
   </si>
   <si>
     <t>The main inclusion criteria include:
 * Is confirmed Human Immunodeficiency Virus (HIV)-uninfected based on negative HIV-1/HIV-2 test results
 * Has been sexually active (2 vaginal intercourse encounters with cisgender male individual(s) within the last 3 months)
 * Was assigned female sex at birth and is cisgender.
 * Weighs ≥35 kg
 Exclusion Criteria include:
 * Has hypersensitivity or other contraindication to any component of the study interventions
 * Has evidence of acute or chronic hepatitis B infection
 * Has a history of malignancy within 5 years of screening except for adequately treated basal cell or squamous cell skin cancer, or in situ cervical cancer
 *Has taken cabotegravir, lenacapavir, or any other long-acting HIV prevention product at any time</t>
   </si>
   <si>
     <t>16 Years to 30 Years cisgender women</t>
   </si>
   <si>
     <t>Quadruple-blind masking</t>
@@ -1536,54 +1539,63 @@
   <si>
     <t>&lt;p&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;Gravett RM, Long DM, Biello KB, et al. &lt;/span&gt;&lt;a href="https://pubmed.ncbi.nlm.nih.gov/39976527/" rel="noopener noreferrer" target="_blank" style="color: rgb(33, 33, 33);"&gt;Preferences for Monthly Oral PrEP Over Other PrEP Modalities Among a National Sample of Gay, Bisexual, and Other Men Who Have Sex With Men in the United States&lt;/a&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;.&amp;nbsp;&lt;/span&gt;&lt;em style="color: rgb(33, 33, 33);"&gt;J Acquir Immune Defic Syndr&lt;/em&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;. 2025;99(2):128-137. doi:10.1097/QAI.0000000000003651&lt;/span&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;strong&gt;Introduction:&amp;nbsp;&lt;/strong&gt;Pre-exposure prophylaxis (PrEP) cannot meaningfully affect the HIV epidemic in the United States without improving access to PrEP and reducing PrEP disparities among gay, bisexual, and other men who have sex with men (GBM), especially GBM of color. A patient-centered approach to increase PrEP options will offer better PrEP solutions to GBM. We sought to understand how GBM prefer current and emerging PrEP modalities.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Methods:&amp;nbsp;&lt;/strong&gt;We conducted a national online survey among adult GBM to determine preferences for current and emerging PrEP modalities (daily, on-demand, and monthly oral, subcutaneous and intramuscular injectable, implantable, and rectal douche) and perceived barriers, based on their lived experiences. We determined PrEP modality preferences and associations using multivariable exploded logit regression model.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Results:&amp;nbsp;&lt;/strong&gt;In total, 723 GBM completed the survey. The largest proportion preferred monthly oral PrEP (n = 207, 28.6%), and more than half preferred some form of oral PrEP. Race was significantly associated with PrEP modality preference, and Black GBM preferred daily oral PrEP most. Side effects, health care visits, administration route, and frequency influenced PrEP preferences. PrEP and HIV knowledge, and HIV risk were associated with PrEP modality choice. GBM considered out-of-pocket cost and side effects as the significant barriers to PrEP care.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Conclusions:&amp;nbsp;&lt;/strong&gt;Monthly oral PrEP was most preferred with oral options preferred more than other modalities. Black GBM most preferred daily oral PrEP, which could be because of lack of familiarity with the emerging products. Future PrEP provision must include patient-centered prevention plans that include enhanced education and counseling to promote use of newer agents.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Safety and pharmacokinetics of MK-8527 oral once-monthly: a phase 2 study in adults at low risk of HIV-1 exposure - IAS2025 - K.Mayer - OAS0106LB</t>
   </si>
   <si>
     <t>https://programme.ias2025.org/Abstract/Abstract/?abstractid=6515</t>
   </si>
   <si>
     <t>MK-8527 entry on PrEPWatch</t>
   </si>
   <si>
     <t>https://www.prepwatch.org/products/mk-8527/</t>
   </si>
   <si>
     <t>Phase 3 trial countries map overview by AVAC</t>
   </si>
   <si>
     <t>https://avac.org/resource/infographic/expressive-phase-3-trials/</t>
   </si>
   <si>
-    <t>&lt;p&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;Raheem IT, Girijavallabhan V, Fillgrove KL, et al. &lt;/span&gt;&lt;a href="https://pubmed.ncbi.nlm.nih.gov/40857265/" rel="noopener noreferrer" target="_blank" style="color: rgb(33, 33, 33);"&gt;MK-8527 is a novel inhibitor of HIV-1 reverse transcriptase translocation with potential for extended-duration dosing&lt;/a&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;.&amp;nbsp;&lt;/span&gt;&lt;em style="color: rgb(33, 33, 33);"&gt;PLoS Biol&lt;/em&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;. 2025;23(8):e3003308. Published 2025 Aug 26. doi:10.1371/journal.pbio.3003308&lt;/span&gt;&lt;/p&gt;</t>
+    <t>&lt;p&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;Raheem IT, Girijavallabhan V, Fillgrove KL, et al. &lt;/span&gt;&lt;a href="https://pubmed.ncbi.nlm.nih.gov/40857265/" rel="noopener noreferrer" target="_blank" style="color: rgb(33, 33, 33);"&gt;MK-8527 is a novel inhibitor of HIV-1 reverse transcriptase translocation with potential for extended-duration dosing&lt;/a&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;. &lt;/span&gt;&lt;em style="color: rgb(33, 33, 33);"&gt;PLoS Biol&lt;/em&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;. 2025;23(8):e3003308. Published 2025 Aug 26. doi:10.1371/journal.pbio.3003308&lt;/span&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;Nucleoside reverse transcriptase translocation inhibitors (NRTTIs) are potent antiretroviral agents that block HIV replication. A comprehensive lead optimization campaign was undertaken to develop a novel long-acting NRTTI with the potential for extended-duration dosing for HIV prophylaxis. Broad exploration of nucleoside structure-activity relationship (SAR), leveraging ribose core, periphery, and nucleobase modifications, along with systematic progression of compounds of interest through key in vitro and in vivo studies led to the discovery of MK-8527. MK-8527 is a novel deoxyadenosine analog that is phosphorylated intracellularly to its active triphosphate (TP) form, which inhibits reverse transcription. Iron footprinting and primer extension assays demonstrated that MK-8527-TP inhibits translocation of reverse transcriptase on the primer and template, and this inhibition allows for both immediate and delayed chain termination of reverse transcription. MK-8527 inhibits viral replication in human peripheral blood mononuclear cells (PBMCs), with a half maximal inhibitory concentration (IC50) of 0.21 nM. The pharmacokinetic (PK) profile of MK-8527 in rats and rhesus monkeys was characterized by low-to-moderate clearance and volume of distribution, with good oral absorption (57% and 100% in rats and monkeys, respectively). Following oral administration of MK-8527 to monkeys, MK-8527-TP exhibited an intracellular half-life of approximately 48 h in PBMCs, significantly longer than the apparent plasma half-life of the parent compound (approximately 7 h). MK-8527 and MK-8527-TP demonstrated favorable in vitro off-target profiles, with IC50 values of ≥95 µM against human DNA polymerases tested, and no off-target activities at 10 μM against a panel of 114 enzyme and receptor binding assays. Collectively, the potent antiretroviral activity and favorable preclinical PK and off-target profiles make MK-8527 an attractive clinical candidate, and it is currently in clinical trials for once-monthly oral HIV-1 pre-exposure prophylaxis.&lt;/span&gt;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;&lt;span style="color: rgb(27, 27, 27);"&gt;Gillespie G, Carstens RP, Zang X, Vargo R, Kapoor Y, Bhattacharyya A, Denef JF, Reynders T, Vanhoutte F, Rottey S, Matthews RP, Stoch SA, Iwamoto M. &lt;/span&gt;&lt;a href="https://pmc.ncbi.nlm.nih.gov/articles/PMC12435975/" rel="noopener noreferrer" target="_blank" style="color: rgb(27, 27, 27);"&gt;Safety and Pharmacokinetics of MK-8527 in Adults Without HIV&lt;/a&gt;&lt;span style="color: rgb(27, 27, 27);"&gt;. Clin Transl Sci. 2025 Sep;18(9):e70331. doi: 10.1111/cts.70331. PMID: 40953569; PMCID: PMC12435975.&lt;/span&gt;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;MK‐8527 is a nucleoside reverse transcriptase translocation inhibitor (NRTTI) in clinical development. Two Phase 1 trials evaluated single (trial A) and multiple (trial B) ascending doses of MK‐8527 in adults without HIV. In trial A, 34 participants were assigned to 1 of 4 panels and randomized to receive single oral doses of MK‐8527 (0.5–200 mg) or placebo after fasting, over 3 dosing periods; 25 mg was assessed after a high‐fat meal. In trial B, 32 participants were randomized to receive 3 once‐weekly (QW) oral doses of MK‐8527 (between 5 and 40 mg) or placebo. Safety and pharmacokinetics (PK) of MK‐8527 and MK‐8527‐triphosphate (TP) were assessed. MK‐8527 was generally well tolerated with no serious adverse events. Plasma exposure of MK‐8527 increased approximately dose‐proportionally, and intracellular exposure of MK‐8527‐TP was slightly less than dose‐proportional over administered doses between 5 and 200 mg. Participants who received MK‐8527 with a meal showed a 41% decrease in&amp;nbsp;&lt;em&gt;C&lt;/em&gt;&amp;nbsp;&lt;sub&gt;max&lt;/sub&gt;&amp;nbsp;with no effect on AUC&lt;sub&gt;0–168&lt;/sub&gt;, and a 20%, 22%, and 58% increase in intracellular MK‐8527‐TP&amp;nbsp;&lt;em&gt;C&lt;/em&gt;&amp;nbsp;&lt;sub&gt;max&lt;/sub&gt;,&amp;nbsp;&lt;em&gt;C&lt;/em&gt;&amp;nbsp;&lt;sub&gt;168&lt;/sub&gt;, and AUC&lt;sub&gt;0–168&lt;/sub&gt;, respectively. Across QW doses, plasma MK‐8527 median&amp;nbsp;&lt;em&gt;T&lt;/em&gt;&amp;nbsp;&lt;sub&gt;max&lt;/sub&gt;&amp;nbsp;ranged from 0.5 to 1 h, and&amp;nbsp;&lt;em&gt;t&lt;/em&gt;&amp;nbsp;&lt;sub&gt;1/2&lt;/sub&gt;&amp;nbsp;was 24–81 h; MK‐8527‐TP median&amp;nbsp;&lt;em&gt;T&lt;/em&gt;&amp;nbsp;&lt;sub&gt;max&lt;/sub&gt;&amp;nbsp;ranged from 10 to 24 h on Day 15, and geometric mean apparent&amp;nbsp;&lt;em&gt;t&lt;/em&gt;&amp;nbsp;&lt;sub&gt;1/2&lt;/sub&gt;&amp;nbsp;was 216–291 h. Accumulation of intracellular MK‐8527‐TP was modest (accumulation ratios [Day 15/Day 1] for&amp;nbsp;&lt;em&gt;C&lt;/em&gt;&amp;nbsp;&lt;sub&gt;max&lt;/sub&gt;&amp;nbsp;and AUC&lt;sub&gt;0–168&lt;/sub&gt;&amp;nbsp;ranged from 1.1 to 1.6;&amp;nbsp;&lt;em&gt;C&lt;/em&gt;&amp;nbsp;&lt;sub&gt;168&lt;/sub&gt;&amp;nbsp;from 1.2 to 2.4). Single and multiple QW doses of MK‐8527 were generally well tolerated in adults without HIV. The safety and PK profiles of MK‐8527 support continued clinical development.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Trial Registration:&lt;/strong&gt;&amp;nbsp;EudraCT numbers: 2016‐004647‐36 (trial A); 2018‐000846‐20 (trial B)&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;Raheem IT, Girijavallabhan V, Fillgrove KL, Goh SL, Bahnck-Teets C, Huang Q, Li F, Wan BL, O'Donnell GT, Patteson JB, Cilento ME, Bennet A, Hayes RP, Tummala S, McHale C, Wiltsie J, Ellis J, Asante-Appiah E, Hazuda DJ, Hale J, Grobler JA, Xu M, Diamond TL, Lai MT. &lt;/span&gt;&lt;a href="https://pubmed.ncbi.nlm.nih.gov/40857265/" rel="noopener noreferrer" target="_blank" style="color: rgb(33, 33, 33);"&gt;MK-8527 is a novel inhibitor of HIV-1 reverse transcriptase translocation with potential for extended-duration dosing&lt;/a&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;. PLoS Biol. 2025 Aug 26;23(8):e3003308. doi: 10.1371/journal.pbio.3003308. PMID: 40857265; PMCID: PMC12380353.&lt;/span&gt;&lt;/p&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="yyyy-mm-dd hh:mm:ss"/>
     <numFmt numFmtId="165" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -3903,99 +3915,99 @@
       <c r="M15" t="s">
         <v>32</v>
       </c>
       <c r="N15" t="s">
         <v>287</v>
       </c>
       <c r="O15" t="s">
         <v>333</v>
       </c>
       <c r="Q15" t="s">
         <v>334</v>
       </c>
       <c r="R15" t="s">
         <v>335</v>
       </c>
       <c r="S15" t="s">
         <v>336</v>
       </c>
       <c r="W15" t="s">
         <v>337</v>
       </c>
       <c r="X15" t="s">
         <v>338</v>
       </c>
       <c r="Y15" t="s">
-        <v>293</v>
+        <v>339</v>
       </c>
       <c r="Z15" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="AA15" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="AD15" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="AE15" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="AF15" t="s">
         <v>251</v>
       </c>
       <c r="AG15" t="s">
         <v>161</v>
       </c>
       <c r="AH15" t="s">
         <v>161</v>
       </c>
       <c r="AI15" t="s">
         <v>129</v>
       </c>
       <c r="AJ15" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="AM15" t="s">
         <v>298</v>
       </c>
       <c r="AO15" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="AP15" t="s">
         <v>133</v>
       </c>
       <c r="AQ15">
         <v>4580</v>
       </c>
       <c r="AR15" t="s">
         <v>134</v>
       </c>
       <c r="AS15" t="s">
         <v>135</v>
       </c>
       <c r="AU15" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="AW15" t="s">
         <v>46</v>
       </c>
       <c r="AX15" t="s">
         <v>37</v>
       </c>
       <c r="AY15" t="s">
         <v>300</v>
       </c>
       <c r="AZ15" t="s">
         <v>140</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="D2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="D3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="D4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="D5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="D6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="D7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="D8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="D9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="D10" r:id="rId_hyperlink_9"/>
@@ -4020,273 +4032,273 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E16"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E16" sqref="E16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>105</v>
       </c>
       <c r="B2" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="C2" t="s">
         <v>56</v>
       </c>
       <c r="E2" s="4" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>105</v>
       </c>
       <c r="B3" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C3" t="s">
         <v>56</v>
       </c>
       <c r="E3" s="4" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>142</v>
       </c>
       <c r="B4" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C4" t="s">
         <v>56</v>
       </c>
       <c r="E4" s="4" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>142</v>
       </c>
       <c r="B5" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C5" t="s">
         <v>56</v>
       </c>
       <c r="E5" s="4" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
         <v>142</v>
       </c>
       <c r="B6" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C6" t="s">
         <v>56</v>
       </c>
       <c r="E6" s="4" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>170</v>
       </c>
       <c r="B7" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C7" t="s">
         <v>56</v>
       </c>
       <c r="E7" s="4" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>170</v>
       </c>
       <c r="B8" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="C8" t="s">
         <v>56</v>
       </c>
       <c r="E8" s="4" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
         <v>170</v>
       </c>
       <c r="B9" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="C9" t="s">
         <v>56</v>
       </c>
       <c r="E9" s="4" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
         <v>170</v>
       </c>
       <c r="B10" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="C10" t="s">
         <v>56</v>
       </c>
       <c r="E10" s="4" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
         <v>187</v>
       </c>
       <c r="B11" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="C11" t="s">
         <v>56</v>
       </c>
       <c r="E11" s="4" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
         <v>214</v>
       </c>
       <c r="B12" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="C12" t="s">
         <v>56</v>
       </c>
       <c r="E12" s="4" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
         <v>255</v>
       </c>
       <c r="B13" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C13" t="s">
         <v>56</v>
       </c>
       <c r="E13" s="4" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
         <v>280</v>
       </c>
       <c r="B14" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C14" t="s">
         <v>56</v>
       </c>
       <c r="E14" s="4" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
         <v>280</v>
       </c>
       <c r="B15" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C15" t="s">
         <v>56</v>
       </c>
       <c r="E15" s="4" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
         <v>328</v>
       </c>
       <c r="B16" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C16" t="s">
         <v>56</v>
       </c>
       <c r="E16" s="4" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="E3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="E4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="E5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="E6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="E7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="E8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="E9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="E10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="E11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="E12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="E13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="E14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="E15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="E16" r:id="rId_hyperlink_15"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
@@ -4314,93 +4326,93 @@
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>54</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="M1" s="6" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="N1" s="6" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="P1" s="2" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O2"/>
   <sheetViews>
@@ -4410,829 +4422,857 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>54</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="F1" s="6" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C2" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D2" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="E2" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="F2" s="5" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="G2" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="H2" t="s">
         <v>128</v>
       </c>
       <c r="I2" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="J2" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="K2" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="L2" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="M2" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="N2" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="O2" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="2" t="s">
         <v>54</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="H1" s="6" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="C2" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="D2" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="E2" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="F2" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="H2" s="5" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="I2" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>54</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C2" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>54</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="C2" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="D2" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="E2" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="F2" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E29"/>
+  <dimension ref="A1:E31"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E29" sqref="E29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
         <v>54</v>
       </c>
       <c r="B1" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="C1" s="2" t="s">
         <v>347</v>
       </c>
-      <c r="C1" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1" s="2" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
         <v>56</v>
       </c>
       <c r="C2" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="E2" s="4" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>32</v>
       </c>
       <c r="B3" t="s">
         <v>56</v>
       </c>
       <c r="C3" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="E3" s="4" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>32</v>
       </c>
       <c r="B4" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="C4" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="D4" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="E4" s="4" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>32</v>
       </c>
       <c r="B5" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="C5" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="D5" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="E5" s="4" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
         <v>32</v>
       </c>
       <c r="B6" t="s">
         <v>56</v>
       </c>
       <c r="C6" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="E6" s="4" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>32</v>
       </c>
       <c r="B7" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="C7" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="D7" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="E7" s="4" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>32</v>
       </c>
       <c r="B8" t="s">
         <v>56</v>
       </c>
       <c r="C8" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="E8" s="4" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
         <v>32</v>
       </c>
       <c r="B9" t="s">
         <v>56</v>
       </c>
       <c r="C9" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="E9" s="4" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
         <v>32</v>
       </c>
       <c r="B10" t="s">
         <v>56</v>
       </c>
       <c r="C10" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="E10" s="4" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
         <v>32</v>
       </c>
       <c r="B11" t="s">
         <v>56</v>
       </c>
       <c r="C11" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="E11" s="4" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
         <v>32</v>
       </c>
       <c r="B12" t="s">
         <v>56</v>
       </c>
       <c r="C12" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="E12" s="4" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
         <v>32</v>
       </c>
       <c r="B13" t="s">
         <v>56</v>
       </c>
       <c r="C13" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="E13" s="4" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
         <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>56</v>
       </c>
       <c r="C14" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="E14" s="4" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>56</v>
       </c>
       <c r="C15" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="E15" s="4" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
         <v>32</v>
       </c>
       <c r="B16" t="s">
         <v>56</v>
       </c>
       <c r="C16" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="E16" s="4" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" t="s">
         <v>32</v>
       </c>
       <c r="B17" t="s">
         <v>56</v>
       </c>
       <c r="C17" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="E17" s="4" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
         <v>32</v>
       </c>
       <c r="B18" t="s">
         <v>56</v>
       </c>
       <c r="C18" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="E18" s="4" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
         <v>32</v>
       </c>
       <c r="B19" t="s">
         <v>56</v>
       </c>
       <c r="C19" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="E19" s="4" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
         <v>32</v>
       </c>
       <c r="B20" t="s">
         <v>56</v>
       </c>
       <c r="C20" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="E20" s="4" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
         <v>32</v>
       </c>
       <c r="B21" t="s">
         <v>56</v>
       </c>
       <c r="C21" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="E21" s="4" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
         <v>32</v>
       </c>
       <c r="B22" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="C22" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="D22" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" t="s">
         <v>32</v>
       </c>
       <c r="B23" t="s">
         <v>56</v>
       </c>
       <c r="C23" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="E23" s="4" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" t="s">
         <v>32</v>
       </c>
       <c r="B24" t="s">
         <v>56</v>
       </c>
       <c r="C24" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="E24" s="4" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
         <v>32</v>
       </c>
       <c r="B25" t="s">
         <v>56</v>
       </c>
       <c r="C25" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="E25" s="4" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
         <v>32</v>
       </c>
       <c r="B26" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="C26" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="D26" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
         <v>32</v>
       </c>
       <c r="B27" t="s">
         <v>56</v>
       </c>
       <c r="C27" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="E27" s="4" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" t="s">
         <v>32</v>
       </c>
       <c r="B28" t="s">
         <v>56</v>
       </c>
       <c r="C28" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="E28" s="4" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" t="s">
         <v>32</v>
       </c>
       <c r="B29" t="s">
         <v>56</v>
       </c>
       <c r="C29" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="E29" s="4" t="s">
-        <v>375</v>
+        <v>376</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5">
+      <c r="A30" t="s">
+        <v>32</v>
+      </c>
+      <c r="B30" t="s">
+        <v>462</v>
+      </c>
+      <c r="C30" t="s">
+        <v>473</v>
+      </c>
+      <c r="D30" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5">
+      <c r="A31" t="s">
+        <v>32</v>
+      </c>
+      <c r="B31" t="s">
+        <v>462</v>
+      </c>
+      <c r="C31" t="s">
+        <v>475</v>
+      </c>
+      <c r="D31" t="s">
+        <v>472</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="E3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="E4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="E5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="E6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="E7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="E8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="E9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="E10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="E11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="E12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="E13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="E14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="E15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="E16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="E17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="E18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="E19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="E20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="E21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="E23" r:id="rId_hyperlink_21"/>