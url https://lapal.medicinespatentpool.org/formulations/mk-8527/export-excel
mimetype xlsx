--- v2 (2025-12-20)
+++ v3 (2026-01-18)
@@ -28,51 +28,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Formulations" sheetId="1" r:id="rId4"/>
     <sheet name="Clinical trials" sheetId="2" r:id="rId5"/>
     <sheet name="Key resources" sheetId="3" r:id="rId6"/>
     <sheet name="Regulatory status" sheetId="4" r:id="rId7"/>
     <sheet name="Patent Medspal" sheetId="5" r:id="rId8"/>
     <sheet name="Patent curated by innovator" sheetId="6" r:id="rId9"/>
     <sheet name="Drug illustrations" sheetId="7" r:id="rId10"/>
     <sheet name="Developers" sheetId="8" r:id="rId11"/>
     <sheet name="Publications" sheetId="9" r:id="rId12"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="476">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="479">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Abbreviation</t>
   </si>
   <si>
     <t>Generic name</t>
   </si>
   <si>
     <t>Brand names</t>
   </si>
   <si>
     <t>Compound type</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Approval status</t>
   </si>
   <si>
     <t>Regulatory authorities</t>
   </si>
   <si>
@@ -965,51 +965,51 @@
   <si>
     <t>United States of America, Argentina, Brazil, Chile, Colombia, Dominican Republic, France, Guatemala, Kenya, Malaysia, Peru, Philippines, South Africa, Switzerland, Thailand, Viet Nam</t>
   </si>
   <si>
     <t>MK-8527 oral tablet</t>
   </si>
   <si>
     <t>11 mg MK-8527 once monthly (QM)</t>
   </si>
   <si>
     <t>Placebo to MK-8527</t>
   </si>
   <si>
     <t>FTC/TDF</t>
   </si>
   <si>
     <t>200 mg FTC/245 mg TDF QD</t>
   </si>
   <si>
     <t>Placebo to FTC/TDF</t>
   </si>
   <si>
     <t>2025-07-31</t>
   </si>
   <si>
-    <t>2025-12-04</t>
+    <t>2025-12-18</t>
   </si>
   <si>
     <t>2027-07-22</t>
   </si>
   <si>
     <t>Adults, Adolescents, Cisgender women, Transgender women, Cisgender men, Transgender men, gender non-binary</t>
   </si>
   <si>
     <t>Children, Adults, Older Adults</t>
   </si>
   <si>
     <t>Inclusion criteria include:
 * Is confirmed HIV-uninfected based on negative HIV-1/HIV-2 test results
 * Is a cisgender man, transgender woman (assigned male sex at birth), transgender man (assigned female sex at birth), or gender nonbinary person
 * Has had condomless receptive anal sex in the 12 months prior to screening (not including sex occurring in a mutually monogamous relationship) and has at least 1 of the following: receptive anal sex with 2 or more partners in the 3 months prior to screening (regardless of condom use), rectal or urethral gonorrhea or chlamydia or incident syphilis in the 6 months prior to screening, or any self-reported stimulant drug use with sex in the 3 months prior to screening
 * Weighs ≥35 kg</t>
   </si>
   <si>
     <t>HIV, HBV</t>
   </si>
   <si>
     <t>4,390 cisgender men who have sex with men, transgender men, transgender women, and gender non binary individuals 16 Years and older</t>
   </si>
   <si>
     <t>Tablet</t>
@@ -1050,80 +1050,89 @@
 * Has a diagnosis of chronic, stable, hepatic insufficiency with features of cirrhosis due to any etiology
 Participants with Mild HI (Group 1) and Moderate HI (Group 2):
 * Has mild or moderate hepatic impairment
 * Is generally in good health with the exception of HI
 Healthy Control Participants (Group 3):
 - Healthy with no clinically significant medical history, physical examination, clinical laboratory profiles, vital signs, and ECGs
 Exclusion Criteria:
 The main exclusion criteria include but</t>
   </si>
   <si>
     <t>HIV, HBV, HCV, oncology</t>
   </si>
   <si>
     <t>Researchers will compare what happens to MK-8527 in the body when it is given to participants with mild and moderate hepatic (liver) impairment.</t>
   </si>
   <si>
     <t>MK-8527-014 -Moxifloxacin -QT</t>
   </si>
   <si>
     <t>NCT07063238</t>
   </si>
   <si>
     <t>https://clinicaltrials.gov/study/NCT07063238</t>
   </si>
   <si>
+    <t>Active, not recruiting</t>
+  </si>
+  <si>
     <t>Researchers are looking for new medicines to prevent Human Immunodeficiency Virus Type 1 (HIV-1) infection. HIV-1 is the most common type of HIV, which is a virus that attacks cells of the immune system. Medicines to prevent HIV-1 infection are called pre-exposure prophylaxis (PrEP). Some people may have trouble following a PrEP plan because it involves either taking medicine everyday by mouth or getting injections (shots) often.
 MK-8527 is a study medicine designed to prevent HIV-1 infection. MK-8527 is different from standard (usual) PrEP because it is taken once a month, by mouth, as a tablet.
 The goal of this study is to learn if taking a higher-than-normal dose of MK-8527 increases the QT interval (a measure of heart rhythm) by a certain amount.</t>
   </si>
   <si>
     <t>A Clinical Study of MK-8527 in Healthy Adult Participants (MK-8527-014)</t>
   </si>
   <si>
     <t>MK-8527+Moxifloxacin+Placebo</t>
   </si>
   <si>
     <t>sequential</t>
   </si>
   <si>
     <t>Moxifloxacin+MK-8527+Placebo</t>
   </si>
   <si>
     <t>Placebo+MK-8527+Moxifloxacin</t>
   </si>
   <si>
     <t>2025-07-22</t>
   </si>
   <si>
     <t>2025-08-12</t>
   </si>
   <si>
-    <t>2025-08-20</t>
+    <t>2025-12-15</t>
   </si>
   <si>
     <t>2025-11-25</t>
+  </si>
+  <si>
+    <t>2025-12-23</t>
+  </si>
+  <si>
+    <t>2025-12-06</t>
   </si>
   <si>
     <t>Inclusion Criteria:
 The main inclusion criteria include but are not limited to the following:
 * Is in good health before randomization
 * Has body mass index (BMI) between 18 and 32 kg/m\^2, inclusive
 Exclusion Criteria:
 The main exclusion criteria include but are not limited to the following:
 * Has history of clinically significant endocrine, gastrointestinal (GI), cardiovascular, hematological, hepatic, immunological, renal, respiratory, genitourinary, or major neurological abnormalities or diseases.
 * Has history of cancer (malignancy).
 * Has positive test(s) for Hepatitis B surface antigen (HBsAg), hepatitis C antibodies or human immunodeficiency virus (HIV).</t>
   </si>
   <si>
     <t>MK-8527-010 -EXPrESSIVE-10</t>
   </si>
   <si>
     <t>NCT07071623</t>
   </si>
   <si>
     <t>https://clinicaltrials.gov/study/NCT07071623</t>
   </si>
   <si>
     <t>Researchers are looking for new medicines to prevent HIV-1 (Human Immunodeficiency Virus Type 1) infection.
 The goals of this study are to learn:
 * If taking MK-8527 once a month works to prevent HIV-1 infection better than a standard (usual) pre-exposure prophylaxis (PrEP) taken once a day
@@ -1132,51 +1141,51 @@
   <si>
     <t>A Study of MK-8527 to Prevent Human Immunodeficiency Virus Type 1 (HIV-1) (MK-8527-010)</t>
   </si>
   <si>
     <t>Kenya, South Africa, Uganda</t>
   </si>
   <si>
     <t>Placebo matched to MK-8527</t>
   </si>
   <si>
     <t>Emtricitabine/tenofovir disoproxil (FTC/TDF)</t>
   </si>
   <si>
     <t>once daily (QD)</t>
   </si>
   <si>
     <t>Placebo matched to FTC/TDF</t>
   </si>
   <si>
     <t>2025-10-31</t>
   </si>
   <si>
     <t>2025-11-10</t>
   </si>
   <si>
-    <t>2025-12-12</t>
+    <t>2025-12-24</t>
   </si>
   <si>
     <t>2027-10-18</t>
   </si>
   <si>
     <t>Adults, Cisgender women, Adolescents</t>
   </si>
   <si>
     <t>Adults, Adolescents</t>
   </si>
   <si>
     <t>The main inclusion criteria include:
 * Is confirmed Human Immunodeficiency Virus (HIV)-uninfected based on negative HIV-1/HIV-2 test results
 * Has been sexually active (2 vaginal intercourse encounters with cisgender male individual(s) within the last 3 months)
 * Was assigned female sex at birth and is cisgender.
 * Weighs ≥35 kg
 Exclusion Criteria include:
 * Has hypersensitivity or other contraindication to any component of the study interventions
 * Has evidence of acute or chronic hepatitis B infection
 * Has a history of malignancy within 5 years of screening except for adequately treated basal cell or squamous cell skin cancer, or in situ cervical cancer
 *Has taken cabotegravir, lenacapavir, or any other long-acting HIV prevention product at any time</t>
   </si>
   <si>
     <t>16 Years to 30 Years cisgender women</t>
   </si>
@@ -3772,242 +3781,245 @@
       </c>
       <c r="AY13" t="s">
         <v>300</v>
       </c>
       <c r="AZ13" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="14" spans="1:52">
       <c r="A14" t="s">
         <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>313</v>
       </c>
       <c r="C14" t="s">
         <v>314</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>315</v>
       </c>
       <c r="E14" t="s">
         <v>144</v>
       </c>
       <c r="F14" t="s">
-        <v>243</v>
+        <v>316</v>
       </c>
       <c r="G14" t="s">
         <v>109</v>
       </c>
       <c r="H14" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="I14" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="J14" t="s">
         <v>191</v>
       </c>
       <c r="M14" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="N14" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="O14" t="s">
+        <v>321</v>
+      </c>
+      <c r="P14" t="s">
         <v>320</v>
       </c>
-      <c r="P14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q14" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="R14" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="W14" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="X14" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="Y14" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="Z14" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="AA14" t="s">
-        <v>325</v>
+        <v>327</v>
+      </c>
+      <c r="AB14" t="s">
+        <v>328</v>
       </c>
       <c r="AD14" t="s">
         <v>160</v>
       </c>
       <c r="AE14" t="s">
         <v>160</v>
       </c>
       <c r="AF14" t="s">
         <v>127</v>
       </c>
       <c r="AG14" t="s">
         <v>161</v>
       </c>
       <c r="AH14" t="s">
         <v>161</v>
       </c>
       <c r="AI14" t="s">
         <v>129</v>
       </c>
       <c r="AJ14" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="AM14" t="s">
         <v>311</v>
       </c>
       <c r="AP14" t="s">
         <v>133</v>
       </c>
       <c r="AQ14">
         <v>42</v>
       </c>
       <c r="AR14" t="s">
         <v>134</v>
       </c>
       <c r="AS14" t="s">
         <v>278</v>
       </c>
       <c r="AU14" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="15" spans="1:52">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="C15" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="D15" s="4" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="E15" t="s">
         <v>282</v>
       </c>
       <c r="F15" t="s">
         <v>243</v>
       </c>
       <c r="G15" t="s">
         <v>109</v>
       </c>
       <c r="H15" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="I15" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="J15" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="M15" t="s">
         <v>32</v>
       </c>
       <c r="N15" t="s">
         <v>287</v>
       </c>
       <c r="O15" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="Q15" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="R15" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="S15" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="W15" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="X15" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="Y15" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="Z15" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="AA15" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="AD15" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="AE15" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="AF15" t="s">
         <v>251</v>
       </c>
       <c r="AG15" t="s">
         <v>161</v>
       </c>
       <c r="AH15" t="s">
         <v>161</v>
       </c>
       <c r="AI15" t="s">
         <v>129</v>
       </c>
       <c r="AJ15" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="AM15" t="s">
         <v>298</v>
       </c>
       <c r="AO15" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="AP15" t="s">
         <v>133</v>
       </c>
       <c r="AQ15">
         <v>4580</v>
       </c>
       <c r="AR15" t="s">
         <v>134</v>
       </c>
       <c r="AS15" t="s">
         <v>135</v>
       </c>
       <c r="AU15" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="AW15" t="s">
         <v>46</v>
       </c>
       <c r="AX15" t="s">
         <v>37</v>
       </c>
       <c r="AY15" t="s">
         <v>300</v>
       </c>
       <c r="AZ15" t="s">
         <v>140</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="D2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="D3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="D4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="D5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="D6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="D7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="D8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="D9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="D10" r:id="rId_hyperlink_9"/>
@@ -4032,273 +4044,273 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E16"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E16" sqref="E16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>105</v>
       </c>
       <c r="B2" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="C2" t="s">
         <v>56</v>
       </c>
       <c r="E2" s="4" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>105</v>
       </c>
       <c r="B3" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="C3" t="s">
         <v>56</v>
       </c>
       <c r="E3" s="4" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>142</v>
       </c>
       <c r="B4" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="C4" t="s">
         <v>56</v>
       </c>
       <c r="E4" s="4" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>142</v>
       </c>
       <c r="B5" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="C5" t="s">
         <v>56</v>
       </c>
       <c r="E5" s="4" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
         <v>142</v>
       </c>
       <c r="B6" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="C6" t="s">
         <v>56</v>
       </c>
       <c r="E6" s="4" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>170</v>
       </c>
       <c r="B7" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="C7" t="s">
         <v>56</v>
       </c>
       <c r="E7" s="4" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>170</v>
       </c>
       <c r="B8" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="C8" t="s">
         <v>56</v>
       </c>
       <c r="E8" s="4" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
         <v>170</v>
       </c>
       <c r="B9" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="C9" t="s">
         <v>56</v>
       </c>
       <c r="E9" s="4" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
         <v>170</v>
       </c>
       <c r="B10" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="C10" t="s">
         <v>56</v>
       </c>
       <c r="E10" s="4" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
         <v>187</v>
       </c>
       <c r="B11" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="C11" t="s">
         <v>56</v>
       </c>
       <c r="E11" s="4" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
         <v>214</v>
       </c>
       <c r="B12" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="C12" t="s">
         <v>56</v>
       </c>
       <c r="E12" s="4" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
         <v>255</v>
       </c>
       <c r="B13" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="C13" t="s">
         <v>56</v>
       </c>
       <c r="E13" s="4" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
         <v>280</v>
       </c>
       <c r="B14" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="C14" t="s">
         <v>56</v>
       </c>
       <c r="E14" s="4" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
         <v>280</v>
       </c>
       <c r="B15" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="C15" t="s">
         <v>56</v>
       </c>
       <c r="E15" s="4" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="B16" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="C16" t="s">
         <v>56</v>
       </c>
       <c r="E16" s="4" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="E3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="E4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="E5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="E6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="E7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="E8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="E9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="E10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="E11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="E12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="E13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="E14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="E15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="E16" r:id="rId_hyperlink_15"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
@@ -4326,93 +4338,93 @@
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>54</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="M1" s="6" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="N1" s="6" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="P1" s="2" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O2"/>
   <sheetViews>
@@ -4422,857 +4434,857 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>54</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="F1" s="6" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="C2" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="D2" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="E2" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="F2" s="5" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="G2" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="H2" t="s">
         <v>128</v>
       </c>
       <c r="I2" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="J2" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="K2" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="L2" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="M2" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="N2" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="O2" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="2" t="s">
         <v>54</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="H1" s="6" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="C2" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="D2" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="E2" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="F2" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="H2" s="5" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="I2" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>54</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="C2" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>54</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="C2" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="D2" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="E2" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="F2" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E31"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E29" sqref="E29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
         <v>54</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
         <v>56</v>
       </c>
       <c r="C2" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="E2" s="4" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>32</v>
       </c>
       <c r="B3" t="s">
         <v>56</v>
       </c>
       <c r="C3" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="E3" s="4" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>32</v>
       </c>
       <c r="B4" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="C4" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="D4" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="E4" s="4" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>32</v>
       </c>
       <c r="B5" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="C5" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="D5" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="E5" s="4" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
         <v>32</v>
       </c>
       <c r="B6" t="s">
         <v>56</v>
       </c>
       <c r="C6" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="E6" s="4" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>32</v>
       </c>
       <c r="B7" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="C7" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="D7" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="E7" s="4" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>32</v>
       </c>
       <c r="B8" t="s">
         <v>56</v>
       </c>
       <c r="C8" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="E8" s="4" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
         <v>32</v>
       </c>
       <c r="B9" t="s">
         <v>56</v>
       </c>
       <c r="C9" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="E9" s="4" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
         <v>32</v>
       </c>
       <c r="B10" t="s">
         <v>56</v>
       </c>
       <c r="C10" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="E10" s="4" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
         <v>32</v>
       </c>
       <c r="B11" t="s">
         <v>56</v>
       </c>
       <c r="C11" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="E11" s="4" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
         <v>32</v>
       </c>
       <c r="B12" t="s">
         <v>56</v>
       </c>
       <c r="C12" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="E12" s="4" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
         <v>32</v>
       </c>
       <c r="B13" t="s">
         <v>56</v>
       </c>
       <c r="C13" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="E13" s="4" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
         <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>56</v>
       </c>
       <c r="C14" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="E14" s="4" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>56</v>
       </c>
       <c r="C15" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="E15" s="4" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
         <v>32</v>
       </c>
       <c r="B16" t="s">
         <v>56</v>
       </c>
       <c r="C16" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="E16" s="4" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" t="s">
         <v>32</v>
       </c>
       <c r="B17" t="s">
         <v>56</v>
       </c>
       <c r="C17" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E17" s="4" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
         <v>32</v>
       </c>
       <c r="B18" t="s">
         <v>56</v>
       </c>
       <c r="C18" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="E18" s="4" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
         <v>32</v>
       </c>
       <c r="B19" t="s">
         <v>56</v>
       </c>
       <c r="C19" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="E19" s="4" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
         <v>32</v>
       </c>
       <c r="B20" t="s">
         <v>56</v>
       </c>
       <c r="C20" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="E20" s="4" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
         <v>32</v>
       </c>
       <c r="B21" t="s">
         <v>56</v>
       </c>
       <c r="C21" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="E21" s="4" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
         <v>32</v>
       </c>
       <c r="B22" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="C22" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="D22" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" t="s">
         <v>32</v>
       </c>
       <c r="B23" t="s">
         <v>56</v>
       </c>
       <c r="C23" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="E23" s="4" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" t="s">
         <v>32</v>
       </c>
       <c r="B24" t="s">
         <v>56</v>
       </c>
       <c r="C24" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="E24" s="4" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
         <v>32</v>
       </c>
       <c r="B25" t="s">
         <v>56</v>
       </c>
       <c r="C25" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="E25" s="4" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
         <v>32</v>
       </c>
       <c r="B26" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="C26" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="D26" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
         <v>32</v>
       </c>
       <c r="B27" t="s">
         <v>56</v>
       </c>
       <c r="C27" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="E27" s="4" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" t="s">
         <v>32</v>
       </c>
       <c r="B28" t="s">
         <v>56</v>
       </c>
       <c r="C28" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="E28" s="4" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" t="s">
         <v>32</v>
       </c>
       <c r="B29" t="s">
         <v>56</v>
       </c>
       <c r="C29" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="E29" s="4" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" t="s">
         <v>32</v>
       </c>
       <c r="B30" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="C30" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="D30" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" t="s">
         <v>32</v>
       </c>
       <c r="B31" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="C31" t="s">
+        <v>478</v>
+      </c>
+      <c r="D31" t="s">
         <v>475</v>
-      </c>
-[...1 lines deleted...]
-        <v>472</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="E3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="E4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="E5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="E6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="E7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="E8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="E9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="E10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="E11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="E12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="E13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="E14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="E15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="E16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="E17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="E18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="E19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="E20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="E21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="E23" r:id="rId_hyperlink_21"/>