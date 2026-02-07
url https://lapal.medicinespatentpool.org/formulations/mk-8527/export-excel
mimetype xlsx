--- v3 (2026-01-18)
+++ v4 (2026-02-07)
@@ -1267,50 +1267,53 @@
   <si>
     <t>https://www.natap.org/2024/IAS/IAS_115.htm</t>
   </si>
   <si>
     <t>In collaboration with the Gates Foundation, Merck advances MK-8527 pre-exposure prophylaxis (PrEP) clinical trials globally</t>
   </si>
   <si>
     <t>https://www.merck.com/news/merck-to-initiate-phase-3-trials-for-investigational-once-monthly-hiv-prevention-pill/</t>
   </si>
   <si>
     <t>Safety and pharmacokinetics of MK-8527 oral once-monthly: a phase 2 study in adults at low risk of HIV-1 exposure - IAS2025 - Mayer et al-Abstract OAS0106LB</t>
   </si>
   <si>
     <t>https://onlinelibrary.wiley.com/doi/10.1002/jia2.26518</t>
   </si>
   <si>
     <t>State unveils HIV prevention trial centre in Homabay (Kenya)</t>
   </si>
   <si>
     <t>https://www.the-star.co.ke/news/2025-11-05-state-unveils-hiv-prevention-centre-in-homabay</t>
   </si>
   <si>
     <t>Company</t>
   </si>
   <si>
+    <t>Manufacturer</t>
+  </si>
+  <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
   </si>
   <si>
     <t>Country Name</t>
@@ -1438,53 +1441,50 @@
   <si>
     <t>Merck Sharp &amp; Dohme Corp.</t>
   </si>
   <si>
     <t>2034-03-28</t>
   </si>
   <si>
     <t>Granted in 36 countries: AL, AM, AP (BW, GH, KE, NA), AT, AU, AZ, BA, BE, BG, BY, CA, CH, CL, CN, CR, CY, CZ, DE, DK, DZ, EA, EE, ES, FI, FR, GB, GC, GE, GI, GR, GY, HN, HR, HU, ID, IE, IL, IR, IS, IT, JO, JP, KR, KZ, LB, LT, LU, LV, MA, ME, MK, MN, MT, MX, MY, NG, NL, NO, NZ, PA, PE, PH, PK, PL, PT, RO, RS, RU, SC, SE, SG, SI, SK, TN, TR, TT, TW, UA, US, VE, VN, ZA
 Filed in 13 countries: AR, BB, BN, BR, BZ, DO, EC, EG, GT, IN, JM, LK, NI, SV, TH
 As of 27 June 2024 - MPP Search</t>
   </si>
   <si>
     <t>Illustration URL</t>
   </si>
   <si>
     <t>Credit</t>
   </si>
   <si>
     <t>https://lapal.medicinespatentpool.org/storage/illustrations/W8WNErfmCqCGOA2CO9cGuK6iRBvYokVEdhxH1aW3.png</t>
   </si>
   <si>
     <t>MK-8527 Compound (4'-ethynyl-2-fluoro-2'-deoxyadenosine)</t>
   </si>
   <si>
     <t>Company/University</t>
-  </si>
-[...1 lines deleted...]
-    <t>Manufacturer</t>
   </si>
   <si>
     <t>Link to website</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Short description</t>
   </si>
   <si>
     <t>MSD</t>
   </si>
   <si>
     <t>originator</t>
   </si>
   <si>
     <t>https://www.merck.com/</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>Merck &amp; Co., Inc. is an American multinational pharmaceutical company known as Merck Sharp &amp; Drone (MSD) in territories outside of the USA and Canada. Merck was originally established in 1891, and is currently headquartered in Rahway, New Jersey. The company is particularly well known for developing and manufacturing biologic therapies, vaccines, medicines and animal health products.</t>
   </si>
@@ -4307,124 +4307,128 @@
     <hyperlink ref="E13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="E14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="E15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="E16" r:id="rId_hyperlink_15"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P1"/>
+  <dimension ref="A1:Q1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:P1"/>
+      <selection activeCell="A1" sqref="A1:Q1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
+    <col min="17" max="17" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16">
+    <row r="1" spans="1:17">
       <c r="A1" s="2" t="s">
         <v>54</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>380</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>381</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>382</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>383</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>384</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>385</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>386</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>387</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>388</v>
       </c>
       <c r="K1" s="2" t="s">
         <v>389</v>
       </c>
       <c r="L1" s="2" t="s">
         <v>390</v>
       </c>
       <c r="M1" s="6" t="s">
         <v>391</v>
       </c>
       <c r="N1" s="6" t="s">
         <v>392</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>393</v>
       </c>
       <c r="P1" s="2" t="s">
         <v>394</v>
+      </c>
+      <c r="Q1" s="2" t="s">
+        <v>395</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O2"/>
   <sheetViews>
@@ -4434,346 +4438,346 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>54</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="F1" s="6" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="C2" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="D2" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="E2" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="F2" s="5" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="G2" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="H2" t="s">
         <v>128</v>
       </c>
       <c r="I2" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="J2" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="K2" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="L2" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="M2" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="N2" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="O2" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="2" t="s">
         <v>54</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="H1" s="6" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C2" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="D2" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="E2" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="F2" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="H2" s="5" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="I2" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>54</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>350</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="C2" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>54</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>438</v>
+        <v>381</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>439</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>440</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
         <v>442</v>
       </c>
       <c r="C2" t="s">
         <v>443</v>
       </c>
       <c r="D2" t="s">
         <v>444</v>
       </c>
       <c r="E2" t="s">