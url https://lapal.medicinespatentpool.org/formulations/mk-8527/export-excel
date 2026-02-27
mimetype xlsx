--- v4 (2026-02-07)
+++ v5 (2026-02-27)
@@ -28,67 +28,70 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Formulations" sheetId="1" r:id="rId4"/>
     <sheet name="Clinical trials" sheetId="2" r:id="rId5"/>
     <sheet name="Key resources" sheetId="3" r:id="rId6"/>
     <sheet name="Regulatory status" sheetId="4" r:id="rId7"/>
     <sheet name="Patent Medspal" sheetId="5" r:id="rId8"/>
     <sheet name="Patent curated by innovator" sheetId="6" r:id="rId9"/>
     <sheet name="Drug illustrations" sheetId="7" r:id="rId10"/>
     <sheet name="Developers" sheetId="8" r:id="rId11"/>
     <sheet name="Publications" sheetId="9" r:id="rId12"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="479">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="481">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Abbreviation</t>
   </si>
   <si>
     <t>Generic name</t>
   </si>
   <si>
     <t>Brand names</t>
   </si>
   <si>
     <t>Compound type</t>
   </si>
   <si>
+    <t>Drug class/category</t>
+  </si>
+  <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Approval status</t>
   </si>
   <si>
     <t>Regulatory authorities</t>
   </si>
   <si>
     <t>Link(s)</t>
   </si>
   <si>
     <t>Route(s) of administration</t>
   </si>
   <si>
     <t>Associated long-acting platforms</t>
   </si>
   <si>
     <t>Proprietary excipients used</t>
   </si>
   <si>
     <t>Novel excipients or existing excipients at a concentration above Inactive Ingredient Database (IID) for the specified route of administration</t>
   </si>
   <si>
     <t>Residual solvents used</t>
@@ -133,50 +136,53 @@
     <t>Recommended dosing regimen</t>
   </si>
   <si>
     <t>Dosage additional comments</t>
   </si>
   <si>
     <t>Dosage link(s)</t>
   </si>
   <si>
     <t>Comment &amp; Information</t>
   </si>
   <si>
     <t>Created at</t>
   </si>
   <si>
     <t>Updated at</t>
   </si>
   <si>
     <t>MK-8527</t>
   </si>
   <si>
     <t>investigational</t>
   </si>
   <si>
     <t>Small molecule</t>
+  </si>
+  <si>
+    <t>nucleoside reverse transcriptase translocation inhibitor (NRTTI)</t>
   </si>
   <si>
     <t>MK-8527 is a nucleoside reverse transcriptase translocation inhibitor (NRTTI) currently in clinical development for the prevention of HIV-1 by oral route. Ongoing trials are assessing MK-8257 as a once-monthly oral PrEP option. MK-8257 is a similar compound to islatravir. MK-8527 is a 7-deaza-deoxyadenosine analog and is phosphorylated intracellularly to its active triphosphate (TP) form, which is a potent inhibitor of HIV-1 replication. MK-8527 functions by preventing the translocation of the HIV reverse transcriptase enzyme, thereby disrupting viral replication. Pre-clinical studies suggest that MK-8527 has a sub-nanomolar potency and no off-target activity. Apparent terminal half-life of MK-8527 triphosphate is 216-291 hrs. Observed reduced viral load by at least –1.0 log after 7 days.</t>
   </si>
   <si>
     <t>MK-8527 is currently in clinical development (phase 3) and not yet approved in any jurisdiction.</t>
   </si>
   <si>
     <t>Oral</t>
   </si>
   <si>
     <t>Oral solid form</t>
   </si>
   <si>
     <t>Unknown</t>
   </si>
   <si>
     <t>No delivery device</t>
   </si>
   <si>
     <t>Manufacturing process is not publicly known. Capsule formulation is used in phase 3 clinical trials, 11 mg dose is under evaluation.</t>
   </si>
   <si>
     <t>Since this is an oral formulation, sterile facility will not be required.</t>
   </si>
@@ -1973,93 +1979,94 @@
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20151001&amp;CC=WO&amp;NR=2015148746A1&amp;KC=A1" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="illustrations/W8WNErfmCqCGOA2CO9cGuK6iRBvYokVEdhxH1aW3.png" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.natap.org/2024/IAS/IAS_115.htm" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.croiwebcasts.org/p/2024croi/croi/129" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="resources/Fmao6kacalvZ_638.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="resources/WVwXDfzIQKKa_Psomas_et_al-2024-Journal_of_Virus_Eradication.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natap.org/2025/CROI/croi_10.htm" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="resources/lTPSZRI93KOc_2024_HIVR4P_MK8527_Diamond_Rhesus_Weekly_Oral_Rectal_Challenge_Final_Poster.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://i-base.info/htb/47354" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.croiconference.org/abstract/single-dose-administration-of-mk-8527-a-novel-nrtti-in-adults-with-hiv-1/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sanctr.samrc.ac.za/TrialDisplay.aspx?TrialID=9389" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.croiconference.org/abstract/3704-2025/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.croiconference.org/abstract/single-dose-administration-of-mk-8527-a-novel-nrtti-in-adults-with-hiv-1/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://avac.org/trial/mk-8527-004/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.clinicaltrials.gov/large-docs/36/NCT05494736/Prot_SAP_000.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.croiconference.org/abstract/safety-and-pharmacokinetics-of-mk-8527-a-novel-nrtti-in-adults-without-hiv/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.croiwebcasts.org/console/player/52100?mediaType=slideVideo&amp;" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.natap.org/2024/IAS/IAS_115.htm" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.merck.com/news/merck-to-initiate-phase-3-trials-for-investigational-once-monthly-hiv-prevention-pill/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT05494736?intr=mk-8527&amp;rank=1&amp;tab=results" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT03615183?intr=mk-8527&amp;rank=6&amp;tab=results" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1002/jia2.26518" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://programme.ias2025.org/Abstract/Abstract/?abstractid=6515" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.prepwatch.org/products/mk-8527/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://avac.org/resource/infographic/expressive-phase-3-trials/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.natap.org/2025/EACS/EACS_25.htm" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.natap.org/2025/EACS/EACS_25.htm" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.the-star.co.ke/news/2025-11-05-state-unveils-hiv-prevention-centre-in-homabay" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AF2"/>
+  <dimension ref="A1:AG2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:AF1"/>
+      <selection activeCell="A1" sqref="A1:AG1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
     <col min="17" max="17" width="30" customWidth="true" style="0"/>
     <col min="18" max="18" width="30" customWidth="true" style="0"/>
     <col min="19" max="19" width="30" customWidth="true" style="0"/>
     <col min="20" max="20" width="30" customWidth="true" style="0"/>
     <col min="21" max="21" width="30" customWidth="true" style="0"/>
     <col min="22" max="22" width="30" customWidth="true" style="0"/>
     <col min="23" max="23" width="30" customWidth="true" style="0"/>
     <col min="24" max="24" width="30" customWidth="true" style="0"/>
     <col min="25" max="25" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="30" customWidth="true" style="0"/>
     <col min="27" max="27" width="30" customWidth="true" style="0"/>
     <col min="28" max="28" width="30" customWidth="true" style="0"/>
     <col min="29" max="29" width="30" customWidth="true" style="0"/>
     <col min="30" max="30" width="30" customWidth="true" style="0"/>
     <col min="31" max="31" width="30" customWidth="true" style="0"/>
     <col min="32" max="32" width="30" customWidth="true" style="0"/>
+    <col min="33" max="33" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:32">
+    <row r="1" spans="1:33">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="2" t="s">
@@ -2112,130 +2119,135 @@
       </c>
       <c r="Y1" s="3" t="s">
         <v>24</v>
       </c>
       <c r="Z1" s="3" t="s">
         <v>25</v>
       </c>
       <c r="AA1" s="2" t="s">
         <v>26</v>
       </c>
       <c r="AB1" s="2" t="s">
         <v>27</v>
       </c>
       <c r="AC1" s="2" t="s">
         <v>28</v>
       </c>
       <c r="AD1" s="2" t="s">
         <v>29</v>
       </c>
       <c r="AE1" s="2" t="s">
         <v>30</v>
       </c>
       <c r="AF1" s="2" t="s">
         <v>31</v>
       </c>
-    </row>
-    <row r="2" spans="1:32">
+      <c r="AG1" s="2" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="2" spans="1:33">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H2" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="I2" t="s">
+        <v>38</v>
       </c>
       <c r="K2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="L2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="M2" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="N2" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="O2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="P2" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="R2" t="s">
         <v>42</v>
       </c>
-      <c r="T2" t="s">
+      <c r="Q2" t="s">
         <v>43</v>
       </c>
+      <c r="S2" t="s">
+        <v>44</v>
+      </c>
       <c r="U2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="V2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="W2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="X2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="Y2" s="1" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-      <c r="AA2" t="s">
         <v>49</v>
       </c>
+      <c r="Z2" s="1" t="s">
+        <v>50</v>
+      </c>
       <c r="AB2" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="AD2" t="s">
         <v>51</v>
       </c>
+      <c r="AC2" t="s">
+        <v>52</v>
+      </c>
       <c r="AE2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AF2" t="s">
-        <v>53</v>
+        <v>54</v>
+      </c>
+      <c r="AG2" t="s">
+        <v>55</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AZ15"/>
   <sheetViews>
@@ -2279,1759 +2291,1759 @@
     <col min="32" max="32" width="30" customWidth="true" style="0"/>
     <col min="33" max="33" width="30" customWidth="true" style="0"/>
     <col min="34" max="34" width="30" customWidth="true" style="0"/>
     <col min="35" max="35" width="30" customWidth="true" style="0"/>
     <col min="36" max="36" width="30" customWidth="true" style="0"/>
     <col min="37" max="37" width="30" customWidth="true" style="0"/>
     <col min="38" max="38" width="30" customWidth="true" style="0"/>
     <col min="39" max="39" width="30" customWidth="true" style="0"/>
     <col min="40" max="40" width="30" customWidth="true" style="0"/>
     <col min="41" max="41" width="30" customWidth="true" style="0"/>
     <col min="42" max="42" width="30" customWidth="true" style="0"/>
     <col min="43" max="43" width="30" customWidth="true" style="0"/>
     <col min="44" max="44" width="30" customWidth="true" style="0"/>
     <col min="45" max="45" width="30" customWidth="true" style="0"/>
     <col min="46" max="46" width="30" customWidth="true" style="0"/>
     <col min="47" max="47" width="30" customWidth="true" style="0"/>
     <col min="48" max="48" width="30" customWidth="true" style="0"/>
     <col min="49" max="49" width="30" customWidth="true" style="0"/>
     <col min="50" max="50" width="30" customWidth="true" style="0"/>
     <col min="51" max="51" width="30" customWidth="true" style="0"/>
     <col min="52" max="52" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:52">
       <c r="A1" s="2" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="P1" s="2" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="Q1" s="2" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="R1" s="2" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="S1" s="2" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="T1" s="2" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="U1" s="2" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="V1" s="2" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="W1" s="2" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="X1" s="2" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="Y1" s="2" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="Z1" s="2" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="AA1" s="2" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="AB1" s="2" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AC1" s="2" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="AD1" s="2" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AE1" s="2" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="AF1" s="2" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="AG1" s="2" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="AH1" s="2" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="AI1" s="2" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="AJ1" s="2" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="AK1" s="2" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="AL1" s="2" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="AM1" s="2" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="AN1" s="2" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="AO1" s="2" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="AP1" s="2" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="AQ1" s="2" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="AR1" s="2" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="AS1" s="2" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="AT1" s="2" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="AU1" s="2" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="AV1" s="2" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="AW1" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="AX1" s="2" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="AY1" s="2" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="AZ1" s="2" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
     </row>
     <row r="2" spans="1:52">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C2" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="D2" s="4" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="E2" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="F2" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="G2" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="H2" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="I2" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="J2" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="M2" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="N2" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="O2" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="P2" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="Q2" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="R2" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="S2" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="T2" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="X2" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="Y2" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="Z2" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="AA2" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="AB2" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="AC2" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="AE2" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="AF2" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="AG2" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="AH2" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="AI2" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="AJ2" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="AL2" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="AM2" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="AO2" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="AP2" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="AQ2">
         <v>352</v>
       </c>
       <c r="AR2" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="AS2" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="AT2" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="AU2" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="AV2" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="AW2" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AX2" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AY2" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="AZ2" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
     </row>
     <row r="3" spans="1:52">
       <c r="A3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B3" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C3" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="D3" s="4" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="E3" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="F3" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="G3" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="H3" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="I3" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="J3" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="M3" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="N3" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="O3" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="P3" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="Q3" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="R3" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="S3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="T3" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="U3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="V3" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="X3" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="Y3" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="AB3" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="AC3" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="AD3" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="AE3" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="AF3" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="AG3" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="AH3" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="AI3" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="AJ3" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="AK3" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="AM3" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="AO3" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="AP3" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="AQ3">
         <v>17</v>
       </c>
       <c r="AR3" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="AS3" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="AU3" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="AV3" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="AW3" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="AX3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AY3" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="AZ3" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
     </row>
     <row r="4" spans="1:52">
       <c r="A4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B4" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="C4" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="D4" s="4" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="E4" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="F4" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="G4" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="H4" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="I4" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="J4" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="M4" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="N4" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="O4" t="s">
+        <v>154</v>
+      </c>
+      <c r="P4" t="s">
+        <v>178</v>
+      </c>
+      <c r="Q4" t="s">
         <v>152</v>
       </c>
-      <c r="P4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="R4" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="X4" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="Y4" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="AB4" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="AC4" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="AD4" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="AE4" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="AF4" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="AG4" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="AH4" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="AI4" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="AJ4" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="AK4" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="AM4" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="AP4" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="AQ4">
         <v>20</v>
       </c>
       <c r="AR4" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="AS4" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="AU4" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="AV4" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="AW4" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="AX4" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AY4" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="AZ4" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
     </row>
     <row r="5" spans="1:52">
       <c r="A5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B5" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="C5" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="D5" s="4" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E5" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="F5" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="G5" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="H5" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="I5" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="J5" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="M5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="X5" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="Y5" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="Z5" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="AA5" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="AB5" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="AC5" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="AD5" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="AE5" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="AF5" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="AG5" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="AH5" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="AI5" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="AJ5" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="AO5" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="AP5" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="AQ5">
         <v>18</v>
       </c>
       <c r="AR5" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="AS5" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="AU5" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="AW5" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="AX5" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AY5" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="AZ5" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
     </row>
     <row r="6" spans="1:52">
       <c r="A6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B6" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C6" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="D6" s="4" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="E6" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="F6" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="G6" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="H6" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="I6" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="J6" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="L6" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="M6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="O6" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="W6" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="X6" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="Y6" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="Z6" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="AA6" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="AB6" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="AC6" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="AD6" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="AE6" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="AF6" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="AG6" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="AH6" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="AI6" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="AJ6" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="AM6" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="AP6" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="AQ6">
         <v>16</v>
       </c>
       <c r="AR6" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="AS6" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="AU6" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="AW6" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AX6" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AY6" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="AZ6" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
     </row>
     <row r="7" spans="1:52">
       <c r="A7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B7" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="C7" t="s">
+        <v>216</v>
+      </c>
+      <c r="D7" s="4" t="s">
+        <v>217</v>
+      </c>
+      <c r="E7" t="s">
+        <v>146</v>
+      </c>
+      <c r="F7" t="s">
+        <v>110</v>
+      </c>
+      <c r="G7" t="s">
+        <v>111</v>
+      </c>
+      <c r="H7" t="s">
+        <v>218</v>
+      </c>
+      <c r="I7" t="s">
+        <v>218</v>
+      </c>
+      <c r="J7" t="s">
+        <v>219</v>
+      </c>
+      <c r="M7" t="s">
+        <v>33</v>
+      </c>
+      <c r="W7" t="s">
+        <v>220</v>
+      </c>
+      <c r="AA7" t="s">
+        <v>221</v>
+      </c>
+      <c r="AD7" t="s">
+        <v>222</v>
+      </c>
+      <c r="AE7" t="s">
+        <v>128</v>
+      </c>
+      <c r="AF7" t="s">
+        <v>223</v>
+      </c>
+      <c r="AG7" t="s">
+        <v>163</v>
+      </c>
+      <c r="AH7" t="s">
+        <v>163</v>
+      </c>
+      <c r="AI7" t="s">
+        <v>131</v>
+      </c>
+      <c r="AJ7" t="s">
+        <v>224</v>
+      </c>
+      <c r="AM7" t="s">
+        <v>45</v>
+      </c>
+      <c r="AP7" t="s">
+        <v>135</v>
+      </c>
+      <c r="AR7" t="s">
+        <v>186</v>
+      </c>
+      <c r="AS7" t="s">
         <v>214</v>
       </c>
-      <c r="D7" s="4" t="s">
-[...61 lines deleted...]
-      </c>
       <c r="AU7" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="AW7" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="AX7" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AY7" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="AZ7" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
     </row>
     <row r="8" spans="1:52">
       <c r="A8" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B8" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="C8" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="D8" s="4" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="E8" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="F8" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="G8" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="H8" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="I8" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="J8" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="M8" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="N8" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="X8" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="Y8" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="Z8" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="AA8" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="AB8" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="AC8" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="AD8" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="AE8" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="AF8" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="AG8" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="AH8" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="AI8" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="AJ8" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="AM8" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="AO8" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="AP8" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="AQ8">
         <v>8</v>
       </c>
       <c r="AR8" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="AS8" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="AU8" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="AW8" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="AX8" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AY8" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="AZ8" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
     </row>
     <row r="9" spans="1:52">
       <c r="A9" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B9" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="C9" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="D9" s="4" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="E9" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="F9" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="G9" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="H9" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="I9" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="J9" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="M9" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="X9" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="Y9" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="Z9" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="AA9" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="AD9" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="AE9" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="AF9" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="AG9" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="AH9" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="AI9" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="AJ9" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="AM9" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="AO9" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="AP9" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="AQ9">
         <v>12</v>
       </c>
       <c r="AR9" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="AS9" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="AU9" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="AW9" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="AX9" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AY9" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="AZ9" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
     </row>
     <row r="10" spans="1:52">
       <c r="A10" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B10" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="C10" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="D10" s="4" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="E10" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="F10" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="G10" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="H10" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="I10" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="J10" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="M10" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="O10" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="X10" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="Y10" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="AB10" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="AC10" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="AD10" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="AE10" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="AF10" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="AG10" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="AH10" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="AI10" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="AJ10" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="AM10" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="AP10" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="AQ10">
         <v>14</v>
       </c>
       <c r="AR10" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="AS10" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="AU10" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="AW10" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AX10" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AY10" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="AZ10" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
     </row>
     <row r="11" spans="1:52">
       <c r="A11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B11" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="C11" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="D11" s="4" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="E11" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="F11" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="G11" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="H11" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="I11" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="J11" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="M11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="N11" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="O11" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="P11" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="X11" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="Y11" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="Z11" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="AA11" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="AB11" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="AC11" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="AE11" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="AF11" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="AG11" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="AH11" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="AI11" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="AJ11" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="AM11" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="AO11" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="AP11" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="AQ11">
         <v>20</v>
       </c>
       <c r="AR11" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="AS11" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="AU11" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="AW11" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="AX11" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AY11" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="AZ11" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
     </row>
     <row r="12" spans="1:52">
       <c r="A12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B12" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="C12" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="D12" s="4" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="E12" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="F12" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="G12" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="H12" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="I12" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="J12" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="M12" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="N12" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="O12" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="Q12" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="R12" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="S12" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="W12" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="X12" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="Y12" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="Z12" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="AA12" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="AD12" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="AE12" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="AF12" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="AG12" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="AH12" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="AI12" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="AJ12" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="AM12" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="AO12" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="AP12" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="AQ12">
         <v>4390</v>
       </c>
       <c r="AR12" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="AS12" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="AU12" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="AW12" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AX12" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AY12" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="AZ12" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
     </row>
     <row r="13" spans="1:52">
       <c r="A13" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B13" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="C13" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="D13" s="4" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="E13" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="F13" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="G13" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="H13" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="I13" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="J13" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="W13" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="Y13" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="Z13" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="AA13" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="AE13" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="AF13" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="AG13" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="AH13" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="AI13" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="AJ13" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="AM13" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="AO13" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="AP13" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="AQ13">
         <v>18</v>
       </c>
       <c r="AS13" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="AU13" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="AW13" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AX13" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AY13" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="AZ13" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
     </row>
     <row r="14" spans="1:52">
       <c r="A14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B14" t="s">
+        <v>315</v>
+      </c>
+      <c r="C14" t="s">
+        <v>316</v>
+      </c>
+      <c r="D14" s="4" t="s">
+        <v>317</v>
+      </c>
+      <c r="E14" t="s">
+        <v>146</v>
+      </c>
+      <c r="F14" t="s">
+        <v>318</v>
+      </c>
+      <c r="G14" t="s">
+        <v>111</v>
+      </c>
+      <c r="H14" t="s">
+        <v>319</v>
+      </c>
+      <c r="I14" t="s">
+        <v>320</v>
+      </c>
+      <c r="J14" t="s">
+        <v>193</v>
+      </c>
+      <c r="M14" t="s">
+        <v>321</v>
+      </c>
+      <c r="N14" t="s">
+        <v>322</v>
+      </c>
+      <c r="O14" t="s">
+        <v>323</v>
+      </c>
+      <c r="P14" t="s">
+        <v>322</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>324</v>
+      </c>
+      <c r="R14" t="s">
+        <v>322</v>
+      </c>
+      <c r="W14" t="s">
+        <v>325</v>
+      </c>
+      <c r="X14" t="s">
+        <v>326</v>
+      </c>
+      <c r="Y14" t="s">
+        <v>327</v>
+      </c>
+      <c r="Z14" t="s">
+        <v>328</v>
+      </c>
+      <c r="AA14" t="s">
+        <v>329</v>
+      </c>
+      <c r="AB14" t="s">
+        <v>330</v>
+      </c>
+      <c r="AD14" t="s">
+        <v>162</v>
+      </c>
+      <c r="AE14" t="s">
+        <v>162</v>
+      </c>
+      <c r="AF14" t="s">
+        <v>129</v>
+      </c>
+      <c r="AG14" t="s">
+        <v>163</v>
+      </c>
+      <c r="AH14" t="s">
+        <v>163</v>
+      </c>
+      <c r="AI14" t="s">
+        <v>131</v>
+      </c>
+      <c r="AJ14" t="s">
+        <v>331</v>
+      </c>
+      <c r="AM14" t="s">
         <v>313</v>
       </c>
-      <c r="C14" t="s">
-[...82 lines deleted...]
-      </c>
       <c r="AP14" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="AQ14">
         <v>42</v>
       </c>
       <c r="AR14" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="AS14" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="AU14" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
     </row>
     <row r="15" spans="1:52">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="C15" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="D15" s="4" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="E15" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="F15" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="G15" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="H15" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="I15" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="J15" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="M15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="N15" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="O15" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="Q15" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="R15" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="S15" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="W15" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="X15" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="Y15" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="Z15" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="AA15" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="AD15" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="AE15" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="AF15" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="AG15" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="AH15" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="AI15" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="AJ15" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="AM15" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="AO15" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="AP15" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="AQ15">
         <v>4580</v>
       </c>
       <c r="AR15" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="AS15" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="AU15" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="AW15" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AX15" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="AY15" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="AZ15" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="D2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="D3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="D4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="D5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="D6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="D7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="D8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="D9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="D10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="D11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="D12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="D13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="D14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="D15" r:id="rId_hyperlink_14"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -4044,273 +4056,273 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E16"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E16" sqref="E16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B2" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="C2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="E2" s="4" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B3" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="C3" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="E3" s="4" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="B4" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="C4" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="E4" s="4" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="B5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="C5" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="E5" s="4" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="B6" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="C6" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="E6" s="4" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B7" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="C7" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="E7" s="4" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B8" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="C8" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="E8" s="4" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B9" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="C9" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="E9" s="4" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B10" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="C10" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="E10" s="4" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="B11" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="C11" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="E11" s="4" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B12" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="C12" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="E12" s="4" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="B13" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="C13" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="E13" s="4" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="B14" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="C14" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="E14" s="4" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="B15" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="C15" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="E15" s="4" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B16" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="C16" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="E16" s="4" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="E3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="E4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="E5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="E6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="E7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="E8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="E9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="E10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="E11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="E12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="E13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="E14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="E15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="E16" r:id="rId_hyperlink_15"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
@@ -4336,959 +4348,959 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
     <col min="17" max="17" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" s="2" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="M1" s="6" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="N1" s="6" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="P1" s="2" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="Q1" s="2" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="F1" s="6" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="C2" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="D2" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="E2" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="F2" s="5" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="G2" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="H2" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="I2" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="J2" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="K2" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="L2" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="M2" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="N2" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="O2" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="2" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="H1" s="6" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="C2" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="D2" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="E2" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="F2" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="H2" s="5" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="I2" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="C2" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="C2" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="D2" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="E2" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="F2" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E31"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E29" sqref="E29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C2" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="E2" s="4" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B3" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C3" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E3" s="4" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B4" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="C4" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="D4" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="E4" s="4" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B5" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="C5" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="D5" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="E5" s="4" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B6" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C6" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="E6" s="4" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B7" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="C7" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="D7" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="E7" s="4" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B8" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C8" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="E8" s="4" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B9" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C9" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="E9" s="4" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B10" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C10" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="E10" s="4" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B11" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C11" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="E11" s="4" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B12" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C12" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="E12" s="4" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B13" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C13" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="E13" s="4" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B14" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C14" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="E14" s="4" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C15" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="E15" s="4" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B16" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C16" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="E16" s="4" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B17" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C17" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="E17" s="4" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B18" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C18" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="E18" s="4" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B19" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C19" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="E19" s="4" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B20" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C20" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="E20" s="4" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B21" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C21" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="E21" s="4" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B22" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="C22" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="D22" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B23" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C23" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="E23" s="4" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B24" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C24" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="E24" s="4" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B25" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C25" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="E25" s="4" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B26" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="C26" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="D26" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B27" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C27" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="E27" s="4" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B28" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C28" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="E28" s="4" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B29" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C29" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="E29" s="4" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B30" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="C30" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="D30" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B31" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="C31" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="D31" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="E3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="E4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="E5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="E6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="E7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="E8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="E9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="E10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="E11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="E12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="E13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="E14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="E15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="E16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="E17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="E18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="E19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="E20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="E21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="E23" r:id="rId_hyperlink_21"/>