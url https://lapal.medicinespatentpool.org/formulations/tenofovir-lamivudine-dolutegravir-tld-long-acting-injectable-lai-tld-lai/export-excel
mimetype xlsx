--- v0 (2025-10-08)
+++ v1 (2025-11-10)
@@ -28,51 +28,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Formulations" sheetId="1" r:id="rId4"/>
     <sheet name="Clinical trials" sheetId="2" r:id="rId5"/>
     <sheet name="Key resources" sheetId="3" r:id="rId6"/>
     <sheet name="Regulatory status" sheetId="4" r:id="rId7"/>
     <sheet name="Patent Medspal" sheetId="5" r:id="rId8"/>
     <sheet name="Patent curated by innovator" sheetId="6" r:id="rId9"/>
     <sheet name="Drug illustrations" sheetId="7" r:id="rId10"/>
     <sheet name="Developers" sheetId="8" r:id="rId11"/>
     <sheet name="Publications" sheetId="9" r:id="rId12"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="332">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="333">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Abbreviation</t>
   </si>
   <si>
     <t>Generic name</t>
   </si>
   <si>
     <t>Brand names</t>
   </si>
   <si>
     <t>Compound type</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Approval status</t>
   </si>
   <si>
     <t>Regulatory authorities</t>
   </si>
   <si>
@@ -382,50 +382,53 @@
   <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
   </si>
   <si>
+    <t>Country Name</t>
+  </si>
+  <si>
     <t>Reg Status</t>
   </si>
   <si>
     <t>Reg Submission Date</t>
   </si>
   <si>
     <t>Reg Approval Date</t>
   </si>
   <si>
     <t>Links</t>
   </si>
   <si>
     <t>Comments</t>
   </si>
   <si>
     <t>Representative patent</t>
   </si>
   <si>
     <t>Patent description</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Patent holder</t>
@@ -625,63 +628,63 @@
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Brazil, China, India, Mexico, Indonesia, World Intellectual Property Organization (WIPO), Albania</t>
   </si>
   <si>
     <t>Canada, United States of America, Austria, Australia, Germany, Denmark, Spain, Hong Kong, Japan, Korea, Republic of, New Zealand, Portugal, Singapore, Slovenia, Taiwan, Province of China, Belgium, Switzerland, Cyprus, Finland, France, United Kingdom, Greece, Ireland, Italy, Liechtenstein, Luxembourg, Monaco, Netherlands, Sweden, World Intellectual Property Organization (WIPO), Lithuania, Latvia, Romania</t>
   </si>
   <si>
     <t>WO0208241</t>
   </si>
   <si>
     <t>Tenofovir alafenamide fumarate (TAF)</t>
   </si>
   <si>
     <t>2021-07-20</t>
   </si>
   <si>
     <t>A novel method is provided for screening prodrugs of methoxyphosphonate nucleotide analogues to identify prodrugs selectively targeting desired tissues with antiviral or antitumor activity. This method has led to the identification of novel mixed ester-amidates of PMPA for retroviral or hepadnaviral therapy, including compounds of structure (5a) having substituent groups as defined herein. Compositions of these novel compounds in pharmaceutically acceptable excipients and their use in therapy and prophylaxis are provided. Also provided is an improved method for the use of magnesium alkoxide for the preparation of starting materials and compounds for use herein.</t>
   </si>
   <si>
     <t>Ukraine, Albania, Ethiopia, Fiji, Grenada, Kiribati, Solomon Islands, Saint Lucia</t>
   </si>
   <si>
-    <t>Australia, Bulgaria, Denmark, Estonia, Hong Kong, Croatia, Hungary, Israel, Iceland, Japan, Korea, Republic of, Poland, Slovenia, United States of America, Russian Federation, Belgium, Switzerland, Cyprus, Germany, Finland, France, United Kingdom, Greece, Italy, Liechtenstein, Luxembourg, Netherlands, Sweden, Lithuania, Romania, Latvia, Brunei Darussalam, Czechia, Anguilla, Bermuda, Falkland Islands (Malvinas), Montserrat, Turks and Caicos Islands, Virgin Islands (British), Saint Helena, Ascension and Tristan da Cunha, Singapore, Cayman Islands, Gibraltar, Guernsey</t>
+    <t>Australia, Bulgaria, Croatia, Israel, Iceland, Japan, Korea, Republic of, Norway, Poland, Russian Federation, Austria, Belgium, Switzerland, Cyprus, Germany, Denmark, Spain, Finland, France, United Kingdom, Greece, Ireland, Italy, Liechtenstein, Luxembourg, Netherlands, Sweden, Lithuania, Romania, Latvia, Slovenia, Estonia, Brunei Darussalam, Czechia, Anguilla, Bermuda, Falkland Islands (Malvinas), Montserrat, Turks and Caicos Islands, Virgin Islands (British), Cayman Islands, Gibraltar, Guernsey, Hungary</t>
   </si>
   <si>
     <t>Jamaica</t>
   </si>
   <si>
-    <t>Australia, Denmark, Spain, Norway, Portugal, Slovenia, Cyprus, Finland, France, Lithuania</t>
+    <t>Norway</t>
   </si>
   <si>
     <t>China, Mexico, Türkiye, South Africa, Ghana, Gambia (the), Kenya, Lesotho, Malawi, Mozambique, Sudan, Sierra Leone, Eswatini, Tanzania, United Republic of, Uganda, Zimbabwe, Armenia, Azerbaijan, Belarus, Kyrgyzstan, Kazakhstan, Moldova, Republic of, Tajikistan, Turkmenistan, Burkina Faso, Benin, Central African Republic, Congo, Côte d'Ivoire, Cameroon, Gabon, Guinea, Equatorial Guinea, Guinea-Bissau, Mali, Mauritania, Niger, Senegal, Chad, Togo, India, Indonesia, Viet Nam, World Intellectual Property Organization (WIPO), North Macedonia, Albania, Congo, democratic Republic of the, Haiti, Nepal, Tuvalu, Brazil</t>
   </si>
   <si>
-    <t>Canada, Australia, Denmark, Spain, Hong Kong, Croatia, Japan, Norway, New Zealand, Portugal, Slovenia, United States of America, Austria, Belgium, Switzerland, Cyprus, Germany, Finland, France, United Kingdom, Greece, Ireland, Italy, Liechtenstein, Luxembourg, Monaco, Netherlands, Sweden, World Intellectual Property Organization (WIPO), Lithuania, Romania, Latvia, Czechia, Guyana, Seychelles, Jersey</t>
+    <t>Canada, Australia, Hong Kong, Croatia, Japan, Korea, Republic of, Norway, New Zealand, United States of America, Austria, Belgium, Switzerland, Cyprus, Germany, Denmark, Spain, Finland, France, United Kingdom, Greece, Ireland, Italy, Liechtenstein, Luxembourg, Monaco, Netherlands, Portugal, Sweden, World Intellectual Property Organization (WIPO), Lithuania, Romania, Latvia, Slovenia, Czechia, Guyana, Seychelles, Saint Helena, Ascension and Tristan da Cunha, Singapore, Jersey</t>
   </si>
   <si>
     <t>WO2006116764</t>
   </si>
   <si>
     <t>Dolutegravir and Cabotegravir compounds</t>
   </si>
   <si>
     <t>Glaxosmithkline Llc</t>
   </si>
   <si>
     <t>2026-04-28</t>
   </si>
   <si>
     <t>The present invention is to provide a novel compound (I), having the anti-virus activity, particularly the HIV integrase inhibitory activity, and a drug containing the same, particularly an anti-HIV drug, as well as a process and an intermediate thereof. Compound (I) wherein Z&lt;1&gt; is NR&lt;4&gt;; R&lt;1&gt; is hydrogen or lower alkyl; X is a single bond, a hetero atom group selected from O, S, SO, SO2 and NH, or lower alkylene or lower alkenylene in which the hetero atom group may intervene; R&lt;2&gt; is optionally substituted aryl; R&lt;3&gt; is hydrogen, a halogen, hydroxy, optionally substituted lower alkyl etc; and R&lt;4&gt; and Z&lt;2&gt; part taken together forms a ring, to form a polycyclic compound, including e.g., a tricyclic or tetracyclic compound.</t>
   </si>
   <si>
     <t>US FDA, Health Canada</t>
   </si>
   <si>
     <t>Brazil, China, Morocco, Mexico, Philippines, Ukraine, Viet Nam, South Africa, Türkiye, Armenia, Azerbaijan, Belarus, Kyrgyzstan, Kazakhstan, Moldova, Republic of, Tajikistan, Turkmenistan, Nigeria, Colombia, Indonesia, Malaysia, Algeria</t>
   </si>
   <si>
     <t>United States of America, Australia, Canada, Cyprus, Hong Kong, Israel, Japan, Korea, Republic of, Luxembourg, Norway, New Zealand, Taiwan, Province of China, Austria, Belgium, Bulgaria, Switzerland, Czechia, Germany, Denmark, Estonia, Spain, Finland, France, United Kingdom, Greece, Hungary, Ireland, Iceland, Italy, Liechtenstein, Lithuania, Latvia, Monaco, Netherlands, Poland, Portugal, Romania, Sweden, Slovenia, Slovakia, Russian Federation, Trinidad and Tobago, Singapore</t>
   </si>
@@ -697,96 +700,96 @@
   <si>
     <t>United States of America, Cyprus, Hong Kong, Israel, Japan, Luxembourg, Austria, Belgium, Bulgaria, Switzerland, Czechia, Germany, Denmark, Estonia, Spain, Finland, France, United Kingdom, Greece, Hungary, Ireland, Iceland, Italy, Liechtenstein, Lithuania, Latvia, Monaco, Netherlands, Poland, Portugal, Romania, Sweden, Slovenia, Slovakia, World Intellectual Property Organization (WIPO)</t>
   </si>
   <si>
     <t>WO2013025788</t>
   </si>
   <si>
     <t>Tenofovir alafenamide hemifumarate (TAF)</t>
   </si>
   <si>
     <t>Salt</t>
   </si>
   <si>
     <t>2032-08-15</t>
   </si>
   <si>
     <t xml:space="preserve">A hemifumarate form of tenofovir alafenamide, and antiviral therapy using tenofovir alafenamide hemifurnarate (e.g., anti-HTV and anti-HBV therapies). </t>
   </si>
   <si>
     <t>US FDA</t>
   </si>
   <si>
     <t>Morocco, Moldova, Republic of, Mexico, Peru, Botswana, Ghana, Gambia (the), Kenya, Liberia, Lesotho, Malawi, Mozambique, Namibia, Rwanda, Sudan, Sierra Leone, Eswatini, Tanzania, United Republic of, Uganda, Zambia, Zimbabwe, Armenia, Azerbaijan, Belarus, Kyrgyzstan, Kazakhstan, Tajikistan, Turkmenistan, Viet Nam, Benin, Cameroon, Burkina Faso, Chad, Guinea-Bissau, Mali, Senegal, Congo, Guinea, Gabon, Niger, Equatorial Guinea, Mauritania, Togo, Côte d'Ivoire, Central African Republic, Bolivia (Plurinational State of), Philippines, South Africa, Ukraine, Brazil, El Salvador, Montenegro, Türkiye, North Macedonia, Albania, Bosnia and Herzegovina, Serbia</t>
   </si>
   <si>
-    <t>United States of America, Australia, Canada, Chile, Costa Rica, Hong Kong, Israel, Japan, Korea, Republic of, New Zealand, Singapore, Taiwan, Province of China, Uruguay, Russian Federation, Denmark, Slovenia, Panama, Croatia, San Marino, Cyprus, Bahamas, Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Spain, Monaco, Portugal, Ireland, Finland, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, Romania, Latvia, Lithuania</t>
+    <t>United States of America, Australia, Canada, Chile, Costa Rica, Hong Kong, Israel, Japan, Korea, Republic of, New Zealand, Singapore, Taiwan, Province of China, Uruguay, Russian Federation, Denmark, Panama, Croatia, Cyprus, Bahamas, Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Spain, Monaco, Portugal, Ireland, Finland, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, San Marino, Romania, Latvia, Lithuania, Slovenia</t>
   </si>
   <si>
     <t>China, Ecuador, India, Paraguay, Thailand, Venezuela (Bolivarian Republic of), Türkiye, North Macedonia, Albania, Serbia, Egypt</t>
   </si>
   <si>
-    <t>Hong Kong, Denmark, Slovenia, Bahrain, Kuwait, Qatar, Saudi Arabia, Oman, United Arab Emirates, Croatia, San Marino, Cyprus, Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Spain, Monaco, Portugal, Ireland, Finland, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, Romania, Latvia, Lithuania</t>
+    <t>Hong Kong, Denmark, Bahrain, Kuwait, Qatar, Saudi Arabia, Oman, United Arab Emirates, Croatia, Cyprus, Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Spain, Monaco, Portugal, Ireland, Finland, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, San Marino, Romania, Latvia, Lithuania, Slovenia</t>
   </si>
   <si>
     <t>World Intellectual Property Organization (WIPO), Argentina, China, Colombia, Indonesia, Pakistan, Brazil, Montenegro, Türkiye, North Macedonia, Albania, Bosnia and Herzegovina, Serbia</t>
   </si>
   <si>
-    <t>World Intellectual Property Organization (WIPO), Hong Kong, Israel, Japan, New Zealand, Denmark, Slovenia, Croatia, San Marino, Cyprus, Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Spain, Monaco, Portugal, Ireland, Finland, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, Romania, Latvia, Lithuania</t>
+    <t>World Intellectual Property Organization (WIPO), Hong Kong, Israel, Japan, New Zealand, Denmark, Croatia, Cyprus, Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Spain, Monaco, Portugal, Ireland, Finland, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, San Marino, Romania, Latvia, Lithuania, Slovenia</t>
   </si>
   <si>
     <t>WO2013052094</t>
   </si>
   <si>
     <t>TAF manufacturing process</t>
   </si>
   <si>
     <t>2032-10-03</t>
   </si>
   <si>
     <t>Methods for isolating 9-{(R)-2-[((S)-{[(S)-l - (isopropoxycarbonyl)ethyl]amino}phenoxyphosphinyl)methoxy]propyl}adenine:'' (compound 16): a method for preparing, in high diastereomeric purity, intermediate compounds 13 and 15: method for preparing intermediate compound 12: 9-{(R)-2-[((S)-{[(S)-l - (isopropoxycarbonyl)ethyl]amino}phenoxyphosphinyl)methoxy]propyl}adenine has anti-viral properties.</t>
   </si>
   <si>
     <t>MPP licence</t>
   </si>
   <si>
-    <t>China, Colombia, Mexico, Armenia, Azerbaijan, Belarus, Kyrgyzstan, Kazakhstan, Tajikistan, Turkmenistan, Türkiye, Bosnia and Herzegovina, Montenegro</t>
-[...2 lines deleted...]
-    <t>Australia, Canada, Hong Kong, Japan, Korea, Republic of, Taiwan, Province of China, United States of America, Russian Federation, Austria, Belgium, Switzerland, Czechia, Germany, Spain, France, United Kingdom, Greece, Hungary, Ireland, Italy, Liechtenstein, Netherlands, Norway, Poland, Portugal, Sweden, Slovenia, Slovakia, New Zealand, Israel</t>
+    <t>China, Colombia, Mexico, Armenia, Azerbaijan, Belarus, Kyrgyzstan, Kazakhstan, Tajikistan, Turkmenistan, Türkiye, Brazil, Montenegro, India, Bolivia (Plurinational State of)</t>
+  </si>
+  <si>
+    <t>Australia, Canada, Hong Kong, Japan, Korea, Republic of, Taiwan, Province of China, United States of America, Russian Federation, Austria, Belgium, Switzerland, Czechia, Germany, Spain, France, United Kingdom, Greece, Ireland, Italy, Liechtenstein, Netherlands, Norway, Poland, Portugal, Sweden, Slovenia, Slovakia, New Zealand, Israel, Bahamas, Macao</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Hong Kong, Korea, Republic of</t>
   </si>
   <si>
-    <t>Argentina, Peru, Albania, North Macedonia, Serbia, Türkiye, World Intellectual Property Organization (WIPO), Brazil, Bosnia and Herzegovina, Montenegro, Ecuador</t>
-[...2 lines deleted...]
-    <t>Chile, Costa Rica, Japan, Uruguay, Bulgaria, Cyprus, Czechia, Denmark, Estonia, Finland, Greece, Croatia, Hungary, Iceland, Lithuania, Luxembourg, Latvia, Monaco, Malta, Norway, Poland, Romania, Slovenia, Slovakia, San Marino, World Intellectual Property Organization (WIPO)</t>
+    <t>Argentina, Peru, Albania, North Macedonia, Serbia, Türkiye, World Intellectual Property Organization (WIPO), Brazil, Bosnia and Herzegovina, Montenegro, Ecuador, El Salvador, Pakistan, Egypt, Paraguay, Venezuela (Bolivarian Republic of)</t>
+  </si>
+  <si>
+    <t>Chile, Costa Rica, Japan, Uruguay, Bulgaria, Cyprus, Czechia, Denmark, Estonia, Finland, Greece, Croatia, Hungary, Iceland, Lithuania, Luxembourg, Latvia, Monaco, Malta, Norway, Poland, Romania, Slovenia, Slovakia, San Marino, World Intellectual Property Organization (WIPO), Kuwait, United Arab Emirates, Bahrain, Saudi Arabia, Oman, Qatar, Panama</t>
   </si>
   <si>
     <t>WO2010068262</t>
   </si>
   <si>
     <t>Dolutegravir/Cabotegravir intermediates production processes &amp; Intermediates</t>
   </si>
   <si>
     <t>Intermediate(s); Process</t>
   </si>
   <si>
     <t>Sionogi &amp; Co., Ltd</t>
   </si>
   <si>
     <t>2029-12-09</t>
   </si>
   <si>
     <t>Processes are provided which create an aldehyde methylene, or hydrated or hemiacetal methylene attached to a heteroatom of a 6 membered ring without going through an olefinic group and without the necessity of using an osmium reagent. In particular, a compound of formula (I) can be produced from (II) and avoid the use of an allyl amine: (formulae I and II) where R, P 1 P3, R3 and Rx are as described herein.</t>
   </si>
   <si>
     <t>MPP Licence</t>
   </si>
   <si>
     <t>China, India</t>
   </si>
@@ -1968,120 +1971,124 @@
       <c r="E1" s="2" t="s">
         <v>55</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O1"/>
+  <dimension ref="A1:P1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:O1"/>
+      <selection activeCell="A1" sqref="A1:P1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
+    <col min="16" max="16" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15">
+    <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>53</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>107</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>108</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>109</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>110</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>111</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>112</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>113</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>114</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>115</v>
       </c>
       <c r="K1" s="2" t="s">
         <v>116</v>
       </c>
-      <c r="L1" s="5" t="s">
+      <c r="L1" s="2" t="s">
         <v>117</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>118</v>
       </c>
-      <c r="N1" s="2" t="s">
+      <c r="N1" s="5" t="s">
         <v>119</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>120</v>
+      </c>
+      <c r="P1" s="2" t="s">
+        <v>121</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O18"/>
   <sheetViews>
@@ -2091,805 +2098,805 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>53</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="F1" s="5" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" s="6" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C2" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D2" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E2" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F2" s="4" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="G2" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="H2" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="I2" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="K2" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="M2" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="N2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="O2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>32</v>
       </c>
       <c r="B3" s="6" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C3" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D3" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E3" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F3" s="4" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="G3" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="H3" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="I3" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="M3" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="N3" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="O3" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>32</v>
       </c>
       <c r="B4" s="6" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C4" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D4" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E4" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="F4" s="4" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="G4" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="H4" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="I4" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="K4" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="M4" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="N4" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="O4" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
         <v>32</v>
       </c>
       <c r="B5" s="6" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C5" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D5" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E5" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="F5" s="4" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="G5" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="H5" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="I5" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="K5" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="M5" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="N5" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="O5" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" t="s">
         <v>32</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C6" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D6" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E6" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="F6" s="4" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G6" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="H6" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="I6" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="K6" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="N6" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="O6" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" t="s">
         <v>32</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C7" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D7" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="E7" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="F7" s="4" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G7" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="H7" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="I7" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="M7" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="N7" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="O7" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" t="s">
         <v>32</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C8" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D8" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E8" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="F8" s="4" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="G8" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="H8" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="I8" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="J8" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="K8" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="L8" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="M8" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="N8" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="O8" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" t="s">
         <v>32</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C9" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D9" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E9" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="F9" s="4" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="G9" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="H9" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="I9" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="J9" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="K9" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="L9" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="M9" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="N9" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="O9" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C10" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D10" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="E10" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="F10" s="4" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="G10" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="H10" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="I10" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="J10" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="K10" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="L10" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="M10" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="N10" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="O10" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" t="s">
         <v>32</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C11" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D11" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E11" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="F11" s="4" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="G11" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="H11" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="I11" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="J11" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="K11" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="L11" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="M11" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="N11" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="O11" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" t="s">
         <v>32</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C12" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D12" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="E12" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="F12" s="4" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="G12" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="H12" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="I12" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="J12" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="K12" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="N12" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="O12" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C13" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D13" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="E13" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="F13" s="4" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="G13" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="H13" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="I13" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="J13" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="K13" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="M13" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="N13" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="O13" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C14" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D14" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="E14" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="F14" s="4" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="G14" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="H14" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="I14" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="J14" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="K14" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="N14" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="O14" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C15" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D15" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="E15" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="F15" s="4" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="G15" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="H15" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="I15" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="J15" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="K15" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="M15" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="N15" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="O15" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
     </row>
     <row r="16" spans="1:15">
       <c r="A16" t="s">
         <v>32</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C16" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="D16" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="E16" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="F16" s="4" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="G16" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="H16" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="I16" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="J16" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="K16" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="L16" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="M16" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="N16" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="O16" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="17" spans="1:15">
       <c r="A17" t="s">
         <v>32</v>
       </c>
       <c r="B17" s="6" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C17" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D17" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="F17" s="4" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="H17" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="I17" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="J17" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="K17" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="N17" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="O17" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
     </row>
     <row r="18" spans="1:15">
       <c r="A18" t="s">
         <v>32</v>
       </c>
       <c r="B18" s="6" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C18" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="D18" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="F18" s="4" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="H18" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="I18" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="J18" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="K18" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="L18" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="N18" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="O18" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
@@ -2912,245 +2919,245 @@
   </sheetPr>
   <dimension ref="A1:I1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="2" t="s">
         <v>53</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="H1" s="5" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>57</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D4"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B4" sqref="B4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>53</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>104</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" s="6" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C2" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D2" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>32</v>
       </c>
       <c r="B3" s="6" t="s">
+        <v>310</v>
+      </c>
+      <c r="C3" t="s">
+        <v>311</v>
+      </c>
+      <c r="D3" t="s">
         <v>309</v>
-      </c>
-[...4 lines deleted...]
-        <v>308</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>32</v>
       </c>
       <c r="B4" s="6" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C4" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="D4" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>53</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="C2" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="D2" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="E2" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="F2" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E4"/>
   <sheetViews>
@@ -3167,88 +3174,88 @@
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
         <v>53</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>105</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>104</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>106</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C2" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="D2" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>32</v>
       </c>
       <c r="B3" t="s">
         <v>55</v>
       </c>
       <c r="C3" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="E3" s="6" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>32</v>
       </c>
       <c r="B4" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C4" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="D4" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="E4" s="6" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="E4" r:id="rId_hyperlink_2"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>