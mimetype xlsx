--- v1 (2025-11-10)
+++ v2 (2025-12-06)
@@ -703,57 +703,57 @@
   <si>
     <t>WO2013025788</t>
   </si>
   <si>
     <t>Tenofovir alafenamide hemifumarate (TAF)</t>
   </si>
   <si>
     <t>Salt</t>
   </si>
   <si>
     <t>2032-08-15</t>
   </si>
   <si>
     <t xml:space="preserve">A hemifumarate form of tenofovir alafenamide, and antiviral therapy using tenofovir alafenamide hemifurnarate (e.g., anti-HTV and anti-HBV therapies). </t>
   </si>
   <si>
     <t>US FDA</t>
   </si>
   <si>
     <t>Morocco, Moldova, Republic of, Mexico, Peru, Botswana, Ghana, Gambia (the), Kenya, Liberia, Lesotho, Malawi, Mozambique, Namibia, Rwanda, Sudan, Sierra Leone, Eswatini, Tanzania, United Republic of, Uganda, Zambia, Zimbabwe, Armenia, Azerbaijan, Belarus, Kyrgyzstan, Kazakhstan, Tajikistan, Turkmenistan, Viet Nam, Benin, Cameroon, Burkina Faso, Chad, Guinea-Bissau, Mali, Senegal, Congo, Guinea, Gabon, Niger, Equatorial Guinea, Mauritania, Togo, Côte d'Ivoire, Central African Republic, Bolivia (Plurinational State of), Philippines, South Africa, Ukraine, Brazil, El Salvador, Montenegro, Türkiye, North Macedonia, Albania, Bosnia and Herzegovina, Serbia</t>
   </si>
   <si>
     <t>United States of America, Australia, Canada, Chile, Costa Rica, Hong Kong, Israel, Japan, Korea, Republic of, New Zealand, Singapore, Taiwan, Province of China, Uruguay, Russian Federation, Denmark, Panama, Croatia, Cyprus, Bahamas, Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Spain, Monaco, Portugal, Ireland, Finland, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, San Marino, Romania, Latvia, Lithuania, Slovenia</t>
   </si>
   <si>
-    <t>China, Ecuador, India, Paraguay, Thailand, Venezuela (Bolivarian Republic of), Türkiye, North Macedonia, Albania, Serbia, Egypt</t>
+    <t>China, Ecuador, India, Thailand, Venezuela (Bolivarian Republic of), Türkiye, North Macedonia, Albania, Serbia, Egypt</t>
   </si>
   <si>
     <t>Hong Kong, Denmark, Bahrain, Kuwait, Qatar, Saudi Arabia, Oman, United Arab Emirates, Croatia, Cyprus, Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Spain, Monaco, Portugal, Ireland, Finland, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, San Marino, Romania, Latvia, Lithuania, Slovenia</t>
   </si>
   <si>
-    <t>World Intellectual Property Organization (WIPO), Argentina, China, Colombia, Indonesia, Pakistan, Brazil, Montenegro, Türkiye, North Macedonia, Albania, Bosnia and Herzegovina, Serbia</t>
+    <t>World Intellectual Property Organization (WIPO), Argentina, China, Colombia, Indonesia, Pakistan, Paraguay, Brazil, Montenegro, Türkiye, North Macedonia, Albania, Bosnia and Herzegovina, Serbia</t>
   </si>
   <si>
     <t>World Intellectual Property Organization (WIPO), Hong Kong, Israel, Japan, New Zealand, Denmark, Croatia, Cyprus, Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Spain, Monaco, Portugal, Ireland, Finland, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, San Marino, Romania, Latvia, Lithuania, Slovenia</t>
   </si>
   <si>
     <t>WO2013052094</t>
   </si>
   <si>
     <t>TAF manufacturing process</t>
   </si>
   <si>
     <t>2032-10-03</t>
   </si>
   <si>
     <t>Methods for isolating 9-{(R)-2-[((S)-{[(S)-l - (isopropoxycarbonyl)ethyl]amino}phenoxyphosphinyl)methoxy]propyl}adenine:'' (compound 16): a method for preparing, in high diastereomeric purity, intermediate compounds 13 and 15: method for preparing intermediate compound 12: 9-{(R)-2-[((S)-{[(S)-l - (isopropoxycarbonyl)ethyl]amino}phenoxyphosphinyl)methoxy]propyl}adenine has anti-viral properties.</t>
   </si>
   <si>
     <t>MPP licence</t>
   </si>
   <si>
     <t>China, Colombia, Mexico, Armenia, Azerbaijan, Belarus, Kyrgyzstan, Kazakhstan, Tajikistan, Turkmenistan, Türkiye, Brazil, Montenegro, India, Bolivia (Plurinational State of)</t>
   </si>
   <si>
     <t>Australia, Canada, Hong Kong, Japan, Korea, Republic of, Taiwan, Province of China, United States of America, Russian Federation, Austria, Belgium, Switzerland, Czechia, Germany, Spain, France, United Kingdom, Greece, Ireland, Italy, Liechtenstein, Netherlands, Norway, Poland, Portugal, Sweden, Slovenia, Slovakia, New Zealand, Israel, Bahamas, Macao</t>
   </si>