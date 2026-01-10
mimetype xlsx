--- v2 (2025-12-06)
+++ v3 (2026-01-10)
@@ -670,51 +670,51 @@
   <si>
     <t>Dolutegravir and Cabotegravir compounds</t>
   </si>
   <si>
     <t>Glaxosmithkline Llc</t>
   </si>
   <si>
     <t>2026-04-28</t>
   </si>
   <si>
     <t>The present invention is to provide a novel compound (I), having the anti-virus activity, particularly the HIV integrase inhibitory activity, and a drug containing the same, particularly an anti-HIV drug, as well as a process and an intermediate thereof. Compound (I) wherein Z&lt;1&gt; is NR&lt;4&gt;; R&lt;1&gt; is hydrogen or lower alkyl; X is a single bond, a hetero atom group selected from O, S, SO, SO2 and NH, or lower alkylene or lower alkenylene in which the hetero atom group may intervene; R&lt;2&gt; is optionally substituted aryl; R&lt;3&gt; is hydrogen, a halogen, hydroxy, optionally substituted lower alkyl etc; and R&lt;4&gt; and Z&lt;2&gt; part taken together forms a ring, to form a polycyclic compound, including e.g., a tricyclic or tetracyclic compound.</t>
   </si>
   <si>
     <t>US FDA, Health Canada</t>
   </si>
   <si>
     <t>Brazil, China, Morocco, Mexico, Philippines, Ukraine, Viet Nam, South Africa, Türkiye, Armenia, Azerbaijan, Belarus, Kyrgyzstan, Kazakhstan, Moldova, Republic of, Tajikistan, Turkmenistan, Nigeria, Colombia, Indonesia, Malaysia, Algeria</t>
   </si>
   <si>
     <t>United States of America, Australia, Canada, Cyprus, Hong Kong, Israel, Japan, Korea, Republic of, Luxembourg, Norway, New Zealand, Taiwan, Province of China, Austria, Belgium, Bulgaria, Switzerland, Czechia, Germany, Denmark, Estonia, Spain, Finland, France, United Kingdom, Greece, Hungary, Ireland, Iceland, Italy, Liechtenstein, Lithuania, Latvia, Monaco, Netherlands, Poland, Portugal, Romania, Sweden, Slovenia, Slovakia, Russian Federation, Trinidad and Tobago, Singapore</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
-    <t>United States of America, Cyprus, Luxembourg, Norway, Finland, France, Hungary, Lithuania, Netherlands, Slovenia</t>
+    <t>United States of America, Cyprus, Luxembourg, Norway, Belgium, Finland, France, Hungary, Lithuania, Netherlands, Slovenia</t>
   </si>
   <si>
     <t>Türkiye, India, World Intellectual Property Organization (WIPO)</t>
   </si>
   <si>
     <t>United States of America, Cyprus, Hong Kong, Israel, Japan, Luxembourg, Austria, Belgium, Bulgaria, Switzerland, Czechia, Germany, Denmark, Estonia, Spain, Finland, France, United Kingdom, Greece, Hungary, Ireland, Iceland, Italy, Liechtenstein, Lithuania, Latvia, Monaco, Netherlands, Poland, Portugal, Romania, Sweden, Slovenia, Slovakia, World Intellectual Property Organization (WIPO)</t>
   </si>
   <si>
     <t>WO2013025788</t>
   </si>
   <si>
     <t>Tenofovir alafenamide hemifumarate (TAF)</t>
   </si>
   <si>
     <t>Salt</t>
   </si>
   <si>
     <t>2032-08-15</t>
   </si>
   <si>
     <t xml:space="preserve">A hemifumarate form of tenofovir alafenamide, and antiviral therapy using tenofovir alafenamide hemifurnarate (e.g., anti-HTV and anti-HBV therapies). </t>
   </si>
   <si>
     <t>US FDA</t>
   </si>