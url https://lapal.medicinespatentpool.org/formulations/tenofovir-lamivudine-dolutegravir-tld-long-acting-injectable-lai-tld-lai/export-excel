--- v3 (2026-01-10)
+++ v4 (2026-02-04)
@@ -358,50 +358,53 @@
   <si>
     <t>Studied route(s) of administration</t>
   </si>
   <si>
     <t>Studied LA-formulation(s)</t>
   </si>
   <si>
     <t>Use case</t>
   </si>
   <si>
     <t>Clinical trial ID</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Company</t>
   </si>
   <si>
+    <t>Manufacturer</t>
+  </si>
+  <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
   </si>
   <si>
     <t>Country Name</t>
@@ -977,53 +980,50 @@
     <t>Credit</t>
   </si>
   <si>
     <t>https://lapal.medicinespatentpool.org/storage/illustrations/ZXuO6klEGCbdEhL8QrtupfT2bxCqZW46bAoW0XXd.png</t>
   </si>
   <si>
     <t>tenofovir (aka GS 1278 aka PMPA)</t>
   </si>
   <si>
     <t>MedChemExpress</t>
   </si>
   <si>
     <t>https://lapal.medicinespatentpool.org/storage/illustrations/EIWSJ3rKmfOyXczH45MqxEaxgeFvRrviCHqudDmT.png</t>
   </si>
   <si>
     <t>lamivudine (aka BCH-189)</t>
   </si>
   <si>
     <t>https://lapal.medicinespatentpool.org/storage/illustrations/nvSNihivHABMnjVAcR6FTqm0egDnnHxc7TgEMiY7.png</t>
   </si>
   <si>
     <t>dolutegravir (aka S/GSK1349572)</t>
   </si>
   <si>
     <t>Company/University</t>
-  </si>
-[...1 lines deleted...]
-    <t>Manufacturer</t>
   </si>
   <si>
     <t>Link to website</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Short description</t>
   </si>
   <si>
     <t>University of Washington</t>
   </si>
   <si>
     <t>originator</t>
   </si>
   <si>
     <t>https://www.washington.edu/</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>The University of Washington is a public research university based in Seattle, Washington, USA. Originally founded in 1861, the institution has an extraordinary track record of scientific inventions &amp; discoveries. Its Targeted Long-acting Combination Antiretroviral Therapy (TLC-ART) program aims to develop safe, stable, scalable and tolerable long-acting ART combinations for the treatment of HIV.</t>
   </si>
@@ -1971,124 +1971,128 @@
       <c r="E1" s="2" t="s">
         <v>55</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P1"/>
+  <dimension ref="A1:Q1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:P1"/>
+      <selection activeCell="A1" sqref="A1:Q1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
+    <col min="17" max="17" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16">
+    <row r="1" spans="1:17">
       <c r="A1" s="2" t="s">
         <v>53</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>107</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>108</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>109</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>110</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>111</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>112</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>113</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>114</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>115</v>
       </c>
       <c r="K1" s="2" t="s">
         <v>116</v>
       </c>
       <c r="L1" s="2" t="s">
         <v>117</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>118</v>
       </c>
       <c r="N1" s="5" t="s">
         <v>119</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>120</v>
       </c>
       <c r="P1" s="2" t="s">
         <v>121</v>
+      </c>
+      <c r="Q1" s="2" t="s">
+        <v>122</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O18"/>
   <sheetViews>
@@ -2098,805 +2102,805 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>53</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="F1" s="5" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" s="6" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C2" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D2" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E2" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="F2" s="4" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="G2" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="H2" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="I2" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="K2" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="M2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="N2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="O2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>32</v>
       </c>
       <c r="B3" s="6" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C3" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D3" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E3" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="F3" s="4" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="G3" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="H3" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="I3" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="M3" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="N3" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="O3" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>32</v>
       </c>
       <c r="B4" s="6" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C4" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D4" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E4" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="F4" s="4" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="G4" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="H4" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="I4" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="K4" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="M4" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="N4" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="O4" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
         <v>32</v>
       </c>
       <c r="B5" s="6" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C5" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D5" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="E5" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="F5" s="4" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="G5" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="H5" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="I5" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="K5" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="M5" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="N5" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="O5" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" t="s">
         <v>32</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C6" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D6" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E6" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="F6" s="4" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="G6" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="H6" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="I6" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="K6" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="N6" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="O6" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" t="s">
         <v>32</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C7" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D7" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E7" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="F7" s="4" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="G7" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="H7" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="I7" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="M7" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="N7" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="O7" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" t="s">
         <v>32</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C8" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D8" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E8" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="F8" s="4" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="G8" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="H8" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="I8" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="J8" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="K8" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="L8" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="M8" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="N8" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="O8" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" t="s">
         <v>32</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C9" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D9" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E9" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="F9" s="4" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="G9" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="H9" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="I9" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="J9" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="K9" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="L9" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="M9" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="N9" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="O9" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C10" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D10" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="E10" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="F10" s="4" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="G10" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="H10" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="I10" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="J10" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="K10" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="L10" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="M10" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="N10" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="O10" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" t="s">
         <v>32</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C11" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D11" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E11" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="F11" s="4" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="G11" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="H11" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="I11" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="J11" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="K11" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="L11" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="M11" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="N11" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="O11" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" t="s">
         <v>32</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C12" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D12" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="E12" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="F12" s="4" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="G12" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="H12" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="I12" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="J12" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="K12" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="N12" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="O12" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C13" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D13" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="E13" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="F13" s="4" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="G13" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="H13" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="I13" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="J13" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="K13" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="M13" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="N13" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="O13" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C14" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D14" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="E14" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="F14" s="4" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="G14" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="H14" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="I14" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="J14" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="K14" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="N14" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="O14" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C15" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D15" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="E15" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="F15" s="4" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="G15" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="H15" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="I15" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="J15" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="K15" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="M15" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="N15" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="O15" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="16" spans="1:15">
       <c r="A16" t="s">
         <v>32</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C16" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D16" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="E16" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="F16" s="4" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="G16" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="H16" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="I16" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="J16" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="K16" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="L16" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="M16" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="N16" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="O16" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
     </row>
     <row r="17" spans="1:15">
       <c r="A17" t="s">
         <v>32</v>
       </c>
       <c r="B17" s="6" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C17" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D17" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="F17" s="4" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="H17" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="I17" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="J17" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="K17" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="N17" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="O17" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
     </row>
     <row r="18" spans="1:15">
       <c r="A18" t="s">
         <v>32</v>
       </c>
       <c r="B18" s="6" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C18" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="D18" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="F18" s="4" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="H18" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="I18" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="J18" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="K18" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="L18" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="N18" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="O18" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
@@ -2919,216 +2923,216 @@
   </sheetPr>
   <dimension ref="A1:I1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="2" t="s">
         <v>53</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="H1" s="5" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>57</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D4"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B4" sqref="B4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>53</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>104</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" s="6" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="C2" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D2" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>32</v>
       </c>
       <c r="B3" s="6" t="s">
+        <v>311</v>
+      </c>
+      <c r="C3" t="s">
+        <v>312</v>
+      </c>
+      <c r="D3" t="s">
         <v>310</v>
-      </c>
-[...4 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>32</v>
       </c>
       <c r="B4" s="6" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C4" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="D4" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>53</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>315</v>
+        <v>108</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>316</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>317</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
         <v>319</v>
       </c>
       <c r="C2" t="s">
         <v>320</v>
       </c>
       <c r="D2" t="s">
         <v>321</v>
       </c>
       <c r="E2" t="s">