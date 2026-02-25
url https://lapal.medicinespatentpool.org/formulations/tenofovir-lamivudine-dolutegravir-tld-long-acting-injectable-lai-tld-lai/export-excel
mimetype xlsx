--- v4 (2026-02-04)
+++ v5 (2026-02-25)
@@ -28,67 +28,70 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Formulations" sheetId="1" r:id="rId4"/>
     <sheet name="Clinical trials" sheetId="2" r:id="rId5"/>
     <sheet name="Key resources" sheetId="3" r:id="rId6"/>
     <sheet name="Regulatory status" sheetId="4" r:id="rId7"/>
     <sheet name="Patent Medspal" sheetId="5" r:id="rId8"/>
     <sheet name="Patent curated by innovator" sheetId="6" r:id="rId9"/>
     <sheet name="Drug illustrations" sheetId="7" r:id="rId10"/>
     <sheet name="Developers" sheetId="8" r:id="rId11"/>
     <sheet name="Publications" sheetId="9" r:id="rId12"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="333">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="335">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Abbreviation</t>
   </si>
   <si>
     <t>Generic name</t>
   </si>
   <si>
     <t>Brand names</t>
   </si>
   <si>
     <t>Compound type</t>
   </si>
   <si>
+    <t>Drug class/category</t>
+  </si>
+  <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Approval status</t>
   </si>
   <si>
     <t>Regulatory authorities</t>
   </si>
   <si>
     <t>Link(s)</t>
   </si>
   <si>
     <t>Route(s) of administration</t>
   </si>
   <si>
     <t>Associated long-acting platforms</t>
   </si>
   <si>
     <t>Proprietary excipients used</t>
   </si>
   <si>
     <t>Novel excipients or existing excipients at a concentration above Inactive Ingredient Database (IID) for the specified route of administration</t>
   </si>
   <si>
     <t>Residual solvents used</t>
@@ -141,51 +144,54 @@
   <si>
     <t>Comment &amp; Information</t>
   </si>
   <si>
     <t>Created at</t>
   </si>
   <si>
     <t>Updated at</t>
   </si>
   <si>
     <t>Tenofovir-Lamivudine-Dolutegravir (TLD) - long-acting injectable (LAI)</t>
   </si>
   <si>
     <t>TLD LAI</t>
   </si>
   <si>
     <t>Not yet developed</t>
   </si>
   <si>
     <t>Not yet assigned</t>
   </si>
   <si>
     <t>Small molecule</t>
   </si>
   <si>
-    <t>Tenofovir disoproxil fumarate/Lamivudine/Dolutegravir (TLD; TDF/3TC/DTG) is a fixed-dose antiretroviral drug combination used for the treatment of HIV. It consists of two NNRTIs (TDF/3TC) and an InSTI (DTG). Since 2018, WHO HIV treatment guidelines have recommended daily oral TLD as the preferred first-line regimen for initiating antiretroviral therapy (ART) among adults and adolescents living with HIV. In most PEPFAR-supported countries, more than 80% of people receiving HIV-ART were prescribed oral TLD as of March 2022. Researchers at the University of Washington are currently developing a long-acting injectable version of  tenofovir+lamivudine+dolutegravir via drug-combination-nanoparticle (DcNP) technology platform which would enable effective TLD concentrations for up to 4 weeks.</t>
+    <t>2 NRTIs (TDF/3TC) +1 INSTI (DTG)</t>
+  </si>
+  <si>
+    <t>Tenofovir disoproxil fumarate/Lamivudine/Dolutegravir (TLD; TDF/3TC/DTG) is a fixed-dose antiretroviral drug combination used for the treatment of HIV. It consists of two NRTIs (TDF/3TC) and an INSTI (DTG). Since 2018, WHO HIV treatment guidelines have recommended daily oral TLD as the preferred first-line regimen for initiating antiretroviral therapy (ART) among adults and adolescents living with HIV. In most PEPFAR-supported countries, more than 80% of people receiving HIV-ART were prescribed oral TLD as of March 2022. Researchers at the University of Washington are currently developing a long-acting injectable version of  tenofovir+lamivudine+dolutegravir via drug-combination-nanoparticle (DcNP) technology platform which would enable effective TLD concentrations for up to 4 weeks.</t>
   </si>
   <si>
     <t>Still in clinical development</t>
   </si>
   <si>
     <t>Subcutaneous</t>
   </si>
   <si>
     <t>Aqueous drug particle suspension, Based on other organic particles</t>
   </si>
   <si>
     <t>Lipid excipients: DSPC and DSPE-mPEG2000</t>
   </si>
   <si>
     <t>Unknown</t>
   </si>
   <si>
     <t>No delivery device</t>
   </si>
   <si>
     <t>A novel long-acting TLD drug-combination nano-particulate (DcNP) formulation for subcutaneous injection was prepared with biocompatible lipid excipients. The highly-scalable DcNP technology enables drugs with disparate physiochemical properties to be formulated into products that remain stable in aqueous suspension. First, TLD was dissolved with lipid-excipients in hydrated-alcohol, followed by a controlled solvent-removal process to create the TLD-DcNP powder. Next, the TLD-DcNP particle-size was reduced (60-80 nm) resulting in a stable-injectable TLD product suitable for subcutaneous dosing.</t>
   </si>
   <si>
     <t>Rotary evaporator (rotavap).
 High pressure homogeniser (e.g. Emulsiflex-c5; Avestin Inc., Canada).
@@ -1443,93 +1449,94 @@
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=19900808&amp;CC=CA&amp;NR=2009637A1&amp;KC=A1" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=19940707&amp;CC=WO&amp;NR=9414802A1&amp;KC=A1" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=19911114&amp;CC=WO&amp;NR=9117159A1&amp;KC=A1" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=19921210&amp;CC=WO&amp;NR=9221676A1&amp;KC=A1" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=19980205&amp;CC=WO&amp;NR=9804569A1&amp;KC=A1" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=19990204&amp;CC=WO&amp;NR=9905150A1&amp;KC=A1" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20020829&amp;CC=WO&amp;NR=0208241A3&amp;KC=A3" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20061102&amp;CC=WO&amp;NR=2006116764A1&amp;KC=A1" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20130221&amp;CC=WO&amp;NR=2013025788A1&amp;KC=A1" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20130620&amp;CC=WO&amp;NR=2013052094A3&amp;KC=A3" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20100617&amp;CC=WO&amp;NR=2010068262A1&amp;KC=A1" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20100617&amp;CC=WO&amp;NR=2010068253A1&amp;KC=A1" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20100128&amp;CC=WO&amp;NR=2010011814A1&amp;KC=A1" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20110804&amp;CC=CA&amp;NR=3003988A1&amp;KC=A1" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20110804&amp;CC=WO&amp;NR=2011094150A1&amp;KC=A1" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20100930&amp;CC=WO&amp;NR=2010110409A1&amp;KC=A1" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20120209&amp;CC=WO&amp;NR=2012018065A1&amp;KC=A1" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="illustrations/ZXuO6klEGCbdEhL8QrtupfT2bxCqZW46bAoW0XXd.png" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="illustrations/EIWSJ3rKmfOyXczH45MqxEaxgeFvRrviCHqudDmT.png" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="illustrations/nvSNihivHABMnjVAcR6FTqm0egDnnHxc7TgEMiY7.png" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://longactinghiv.org/LEAPWRKSHP2023-Text_Summary-RodneyH" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="resources/DM9E6O5oSdil_Ho-IAS-TLC-ART_Poster-2023-v2f.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AF2"/>
+  <dimension ref="A1:AG2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:AF1"/>
+      <selection activeCell="A1" sqref="A1:AG1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
     <col min="17" max="17" width="30" customWidth="true" style="0"/>
     <col min="18" max="18" width="30" customWidth="true" style="0"/>
     <col min="19" max="19" width="30" customWidth="true" style="0"/>
     <col min="20" max="20" width="30" customWidth="true" style="0"/>
     <col min="21" max="21" width="30" customWidth="true" style="0"/>
     <col min="22" max="22" width="30" customWidth="true" style="0"/>
     <col min="23" max="23" width="30" customWidth="true" style="0"/>
     <col min="24" max="24" width="30" customWidth="true" style="0"/>
     <col min="25" max="25" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="30" customWidth="true" style="0"/>
     <col min="27" max="27" width="30" customWidth="true" style="0"/>
     <col min="28" max="28" width="30" customWidth="true" style="0"/>
     <col min="29" max="29" width="30" customWidth="true" style="0"/>
     <col min="30" max="30" width="30" customWidth="true" style="0"/>
     <col min="31" max="31" width="30" customWidth="true" style="0"/>
     <col min="32" max="32" width="30" customWidth="true" style="0"/>
+    <col min="33" max="33" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:32">
+    <row r="1" spans="1:33">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="2" t="s">
@@ -1582,122 +1589,128 @@
       </c>
       <c r="Y1" s="3" t="s">
         <v>24</v>
       </c>
       <c r="Z1" s="3" t="s">
         <v>25</v>
       </c>
       <c r="AA1" s="2" t="s">
         <v>26</v>
       </c>
       <c r="AB1" s="2" t="s">
         <v>27</v>
       </c>
       <c r="AC1" s="2" t="s">
         <v>28</v>
       </c>
       <c r="AD1" s="2" t="s">
         <v>29</v>
       </c>
       <c r="AE1" s="2" t="s">
         <v>30</v>
       </c>
       <c r="AF1" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="AG1" s="2" t="s">
+        <v>32</v>
+      </c>
     </row>
-    <row r="2" spans="1:32">
+    <row r="2" spans="1:33">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H2" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>39</v>
+        <v>40</v>
+      </c>
+      <c r="I2" t="s">
+        <v>40</v>
       </c>
       <c r="K2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="L2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="M2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="N2" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="O2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="P2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="Q2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="R2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="S2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="T2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="U2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="V2" t="s">
-        <v>50</v>
+        <v>51</v>
+      </c>
+      <c r="W2" t="s">
+        <v>52</v>
       </c>
       <c r="Y2" s="1"/>
       <c r="Z2" s="1"/>
-      <c r="AE2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AF2" t="s">
-        <v>52</v>
+        <v>53</v>
+      </c>
+      <c r="AG2" t="s">
+        <v>54</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AZ1"/>
   <sheetViews>
@@ -1741,257 +1754,257 @@
     <col min="32" max="32" width="30" customWidth="true" style="0"/>
     <col min="33" max="33" width="30" customWidth="true" style="0"/>
     <col min="34" max="34" width="30" customWidth="true" style="0"/>
     <col min="35" max="35" width="30" customWidth="true" style="0"/>
     <col min="36" max="36" width="30" customWidth="true" style="0"/>
     <col min="37" max="37" width="30" customWidth="true" style="0"/>
     <col min="38" max="38" width="30" customWidth="true" style="0"/>
     <col min="39" max="39" width="30" customWidth="true" style="0"/>
     <col min="40" max="40" width="30" customWidth="true" style="0"/>
     <col min="41" max="41" width="30" customWidth="true" style="0"/>
     <col min="42" max="42" width="30" customWidth="true" style="0"/>
     <col min="43" max="43" width="30" customWidth="true" style="0"/>
     <col min="44" max="44" width="30" customWidth="true" style="0"/>
     <col min="45" max="45" width="30" customWidth="true" style="0"/>
     <col min="46" max="46" width="30" customWidth="true" style="0"/>
     <col min="47" max="47" width="30" customWidth="true" style="0"/>
     <col min="48" max="48" width="30" customWidth="true" style="0"/>
     <col min="49" max="49" width="30" customWidth="true" style="0"/>
     <col min="50" max="50" width="30" customWidth="true" style="0"/>
     <col min="51" max="51" width="30" customWidth="true" style="0"/>
     <col min="52" max="52" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:52">
       <c r="A1" s="2" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P1" s="2" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="Q1" s="2" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="R1" s="2" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="S1" s="2" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="T1" s="2" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="U1" s="2" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="V1" s="2" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="W1" s="2" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="X1" s="2" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="Y1" s="2" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="Z1" s="2" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="AA1" s="2" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="AB1" s="2" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="AC1" s="2" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AD1" s="2" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="AE1" s="2" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AF1" s="2" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="AG1" s="2" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="AH1" s="2" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="AI1" s="2" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="AJ1" s="2" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="AK1" s="2" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="AL1" s="2" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="AM1" s="2" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="AN1" s="2" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="AO1" s="2" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="AP1" s="2" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="AQ1" s="2" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="AR1" s="2" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="AS1" s="2" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="AT1" s="2" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="AU1" s="2" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="AV1" s="2" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="AW1" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="AX1" s="2" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="AY1" s="2" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="AZ1" s="2" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:E1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Q1"/>
   <sheetViews>
@@ -2000,907 +2013,907 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
     <col min="17" max="17" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" s="2" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="M1" s="5" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="N1" s="5" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="P1" s="2" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="Q1" s="2" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O18"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B18" sqref="B18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="F1" s="5" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" s="6" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C2" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D2" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="E2" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="F2" s="4" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G2" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="H2" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="I2" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="K2" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="M2" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="N2" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="O2" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B3" s="6" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C3" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="D3" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="E3" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="F3" s="4" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="G3" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="H3" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="I3" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="M3" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="N3" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="O3" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B4" s="6" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="C4" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="D4" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="E4" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="F4" s="4" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="G4" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="H4" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="I4" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="K4" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="M4" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="N4" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="O4" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B5" s="6" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C5" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="D5" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="E5" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="F5" s="4" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="G5" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="H5" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="I5" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="K5" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="M5" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="N5" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="O5" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="C6" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="D6" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="E6" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="F6" s="4" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="G6" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="H6" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="I6" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="K6" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="N6" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="O6" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="C7" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="D7" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E7" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="F7" s="4" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="G7" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="H7" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="I7" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="M7" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="N7" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="O7" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C8" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="D8" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="E8" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="F8" s="4" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="G8" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="H8" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="I8" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="J8" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="K8" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="L8" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="M8" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="N8" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="O8" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="C9" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D9" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="E9" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="F9" s="4" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="G9" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="H9" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="I9" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="J9" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="K9" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="L9" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="M9" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="N9" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="O9" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="C10" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="D10" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="E10" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="F10" s="4" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="G10" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="H10" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="I10" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="J10" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="K10" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="L10" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="M10" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="N10" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="O10" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="C11" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="D11" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="E11" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="F11" s="4" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="G11" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="H11" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="I11" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="J11" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="K11" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="L11" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="M11" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="N11" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="O11" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="C12" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="D12" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E12" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="F12" s="4" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="G12" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="H12" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="I12" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="J12" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="K12" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="N12" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="O12" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="C13" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="D13" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="E13" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="F13" s="4" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="G13" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="H13" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="I13" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="J13" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="K13" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="M13" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="N13" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="O13" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="C14" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="D14" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E14" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="F14" s="4" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="G14" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="H14" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="I14" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="J14" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="K14" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="N14" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="O14" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="C15" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="D15" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="E15" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="F15" s="4" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="G15" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="H15" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="I15" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="J15" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="K15" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="M15" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="N15" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="O15" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
     </row>
     <row r="16" spans="1:15">
       <c r="A16" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="C16" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="D16" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="E16" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="F16" s="4" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="G16" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="H16" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="I16" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="J16" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="K16" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="L16" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="M16" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="N16" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="O16" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
     </row>
     <row r="17" spans="1:15">
       <c r="A17" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B17" s="6" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="C17" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="D17" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="F17" s="4" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="H17" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="I17" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="J17" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="K17" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="N17" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="O17" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
     </row>
     <row r="18" spans="1:15">
       <c r="A18" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B18" s="6" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="C18" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="D18" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="F18" s="4" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="H18" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="I18" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="J18" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="K18" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="L18" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="N18" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="O18" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
@@ -2920,346 +2933,346 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="2" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="H1" s="5" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D4"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B4" sqref="B4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" s="6" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="C2" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="D2" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B3" s="6" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="C3" t="s">
+        <v>314</v>
+      </c>
+      <c r="D3" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B4" s="6" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="C4" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="D4" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C2" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="D2" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="E2" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="F2" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E4"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E4" sqref="E4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="C2" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="D2" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="C3" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="E3" s="6" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B4" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="C4" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="D4" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="E4" s="6" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="E4" r:id="rId_hyperlink_2"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>