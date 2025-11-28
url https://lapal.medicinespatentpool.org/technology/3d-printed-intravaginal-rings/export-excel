--- v0 (2025-10-01)
+++ v1 (2025-11-28)
@@ -34,51 +34,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Technologies" sheetId="1" r:id="rId4"/>
     <sheet name="Potential associated API" sheetId="2" r:id="rId5"/>
     <sheet name="Patent Medspal" sheetId="3" r:id="rId6"/>
     <sheet name="Patent curated by innovator" sheetId="4" r:id="rId7"/>
     <sheet name="Clinical trials" sheetId="5" r:id="rId8"/>
     <sheet name="Key resources" sheetId="6" r:id="rId9"/>
     <sheet name="Regulatory status" sheetId="7" r:id="rId10"/>
     <sheet name="Drug illustrations" sheetId="8" r:id="rId11"/>
     <sheet name="Publications" sheetId="9" r:id="rId12"/>
     <sheet name="Developers" sheetId="10" r:id="rId13"/>
     <sheet name="Partnerships" sheetId="11" r:id="rId14"/>
     <sheet name="Sponsors" sheetId="12" r:id="rId15"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="232">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="253">
   <si>
     <t>Technology</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Highlight</t>
   </si>
   <si>
     <t>Route(s) of administration</t>
   </si>
   <si>
     <t>Type(s) of technology</t>
   </si>
   <si>
     <t>Other feature(s) of the technology</t>
   </si>
   <si>
     <t>Release properties</t>
   </si>
   <si>
     <t>Injectability</t>
   </si>
   <si>
@@ -403,101 +403,161 @@
   <si>
     <t>Licence with MPP</t>
   </si>
   <si>
     <t>Patent source</t>
   </si>
   <si>
     <t>Granted: Low, low-middle and upper-middle countries</t>
   </si>
   <si>
     <t>Granted: High income countries</t>
   </si>
   <si>
     <t>Filed: Low, low-middle and upper-middle countries</t>
   </si>
   <si>
     <t>Filed: High income countries</t>
   </si>
   <si>
     <t>Not in force: Low, low-middle and upper-middle countries</t>
   </si>
   <si>
     <t>Not in force: High income countries</t>
   </si>
   <si>
+    <t>WO2017165624</t>
+  </si>
+  <si>
+    <t>Geometrically complex intravaginal ring (IVR)</t>
+  </si>
+  <si>
+    <t>Device</t>
+  </si>
+  <si>
+    <t>The University Of North Carolina At Chapel Hill</t>
+  </si>
+  <si>
+    <t>2037-03-23</t>
+  </si>
+  <si>
+    <t>Geometrically complex intravaginal rings, systems and methods of making the same are provided herein. Disclosed herein are geometrically complex intravaginal rings with tunable and enhanced drug release, which in some embodiments can be fabricated by 3D printing technologies. The disclosed IVRs include a ring structure comprising a plurality of unit cells or macroscopic and/or microscopic architecture, which can be tuned to control the loading capacity of an active compound within the IVR, the diffusion of an active compound from the IVR, the surface area of the IVR, and/or the mechanical properties of the IVR. The disclosed geometrically complex IVRs can provide superior control over drug loading and drug release compared to conventional IVRs fabricated by injection molding or hot-melt extrusion.</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>MPP search</t>
+  </si>
+  <si>
+    <t>Montenegro</t>
+  </si>
+  <si>
+    <t>Liechtenstein, Italy, Denmark, Belgium, United Kingdom, Netherlands, Switzerland, Spain, Cyprus, Finland, France, Ireland, Germany, Sweden, United States of America</t>
+  </si>
+  <si>
+    <t>Albania, Serbia, Bosnia and Herzegovina, Montenegro, Türkiye, North Macedonia</t>
+  </si>
+  <si>
+    <t>Canada, Liechtenstein, Italy, Norway, Malta, Denmark, Belgium, United Kingdom, Greece, Netherlands, Hungary, Croatia, Switzerland, Spain, San Marino, Slovenia, Austria, Romania, Iceland, Cyprus, Finland, France, Bulgaria, Slovakia, Poland, Latvia, Ireland, Estonia, Germany, Luxembourg, Portugal, Czechia, Lithuania, Monaco, Sweden</t>
+  </si>
+  <si>
+    <t>World Intellectual Property Organization (WIPO), Morocco, Albania, Serbia, Bosnia and Herzegovina, Türkiye, Moldova, Republic of, North Macedonia</t>
+  </si>
+  <si>
+    <t>World Intellectual Property Organization (WIPO), Norway, Malta, Greece, Hungary, Croatia, San Marino, Slovenia, Austria, Romania, Iceland, Bulgaria, Slovakia, Poland, Latvia, Estonia, Luxembourg, Portugal, Czechia, Lithuania, Monaco</t>
+  </si>
+  <si>
+    <t>WO2019232114</t>
+  </si>
+  <si>
+    <t>Injectable thermoresponsive hydrogels as a combinatory modality for controlled drug delivery, biomaterial implant and 3d printing bioink</t>
+  </si>
+  <si>
+    <t>Composition</t>
+  </si>
+  <si>
+    <t>2039-05-30</t>
+  </si>
+  <si>
+    <t>Pharmaceutical compositions that include a pharmaceutically active agent, a cellulose nanocrystal or a cellulose nanofiber, a thermogelling biocompatible polymer, and a gelling agent. Such pharmaceutical compositions can be configured as a bioink suitable for 3D printing. Such pharmaceutical compositions are suitable for treating bone disorders, including osteoporosis. Methods of treating Paget's disease, treating or preventing cancer, treating or preventing an infectious disease, and treating or preventing a disorder through regenerative medicine are also provided.</t>
+  </si>
+  <si>
+    <t>United States of America</t>
+  </si>
+  <si>
+    <t>World Intellectual Property Organization (WIPO)</t>
+  </si>
+  <si>
     <t>Brief description</t>
   </si>
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Exclusivity</t>
   </si>
   <si>
     <t>Expiration date</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Methods Of Producing Polyurethane Three - Dimensional Objects from Materials having Multiple Mechanisms Of Hardening</t>
   </si>
   <si>
     <t>A three-dimensional object made of polyurethane, polyurea, or copolymer thereof is created by: (a) providing a carrier and an optically transparent member with a build surface, the carrier and the build surface defining a build region therebetween; (b) filling the build region with a polymerizable liquid that contains at least one of the following: (i) a blocked or reactive blocked prepolymer; (ii) a blocked or reactive blocked diisocyanate; or (iii) a blocked or reactive blocked diisocyanate chain extender; (c) irradiating the build region with light through the optically transparent member to form a solid blocked polymer scaffold and moving the carrier away from the build surface to form a three-dimensional structure.</t>
   </si>
   <si>
     <t>US10647880B2</t>
   </si>
   <si>
     <t>Carbon , Inc.</t>
   </si>
   <si>
     <t>2039-02-07</t>
   </si>
   <si>
     <t>Granted</t>
   </si>
   <si>
     <t>Geometrically complex intravaginal rings, systems and methods of making the same</t>
   </si>
   <si>
     <t>Geometrically complex intravaginal rings, systems and methods of making the same are provided herein. Disclosed herein are geometrically complex intravaginal rings with tunable and enhanced drug release, which in some embodiments can be fabricated by 3D printing technologies. The disclosed IVRs include a ring structure comprising a plurality of unit cells or macroscopic and/or microscopic architecture, which can be tuned to control the loading capacity of an active compound within the IVR, the diffusion of an active compound from the IVR, the surface area of the IVR, and/or the mechanical properties of the IVR. The geometrically complex IVRs can provide superior control over drug loading and drug release compared to conventional IVRs fabricated by injection molding.</t>
   </si>
   <si>
     <t>WO2017165624A1</t>
   </si>
   <si>
     <t>formulation</t>
   </si>
   <si>
     <t>The University of North Carolina at Chapel Hill</t>
   </si>
   <si>
-    <t>2037-03-23</t>
-[...1 lines deleted...]
-  <si>
     <t>Methods, Systems and Devices for Post-Fabrication Drug Loading</t>
   </si>
   <si>
     <t>A post-fabrication method for drug loading a medical device with an active pharmaceutical ingredient (API). Such medical devices can include a polymer matrix, where the polymer matrix, after exposure to a loading solution with the API, can exhibit a degree of swelling of the polymer matrix and/or a degree of swelling in which the polymer matrix increases in a dimension along an axis. The medical devices include intravaginal rings (IVR). Medical devices including a polymer matrix and an API are provided, where the API is loaded into the polymer matrix by adsorption and/or swelling after fabrication of the polymer matrix, wherein the medical device provides a substantially sustained release of the API for an extended period of time.</t>
   </si>
   <si>
     <t>US20230338278A1</t>
   </si>
   <si>
     <t>University of North Carolina at Chapel Hill</t>
   </si>
   <si>
     <t>2041-09-17</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Identifier</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
     <t>Phase</t>
@@ -650,50 +710,53 @@
     <t>Company</t>
   </si>
   <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
+  </si>
+  <si>
+    <t>Country Name</t>
   </si>
   <si>
     <t>Reg Status</t>
   </si>
   <si>
     <t>Reg Submission Date</t>
   </si>
   <si>
     <t>Reg Approval Date</t>
   </si>
   <si>
     <t>Links</t>
   </si>
   <si>
     <t>Comments</t>
   </si>
   <si>
     <t>Illustration URL</t>
   </si>
   <si>
     <t>Credit</t>
   </si>
   <si>
     <t>https://lapal.medicinespatentpool.org/storage/illustrations/miMRttGauxnlaqWM4oN6d5prVHSNcVqKfCJ3yeBS.png</t>
   </si>
@@ -1147,51 +1210,51 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20170928&amp;CC=WO&amp;NR=2017165624A1&amp;KC=A1" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20191205&amp;CC=WO&amp;NR=2019232114A1&amp;KC=A1" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="illustrations/miMRttGauxnlaqWM4oN6d5prVHSNcVqKfCJ3yeBS.png" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="illustrations/ybXQOFZusK2HNBtcXDWwgmu18v1H8DAc7LZvlozE.png" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="illustrations/TcZFzEETigv7xIGxjbhCpcqbH4nhmUR3QOVAwj4b.png" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="illustrations/GuuL9aXjfJg4FdAszbJ2L4z06lA8pjjI5ibdy6vO.png" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
@@ -1529,195 +1592,195 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>218</v>
+        <v>239</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>219</v>
+        <v>240</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>220</v>
+        <v>241</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>221</v>
+        <v>242</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>222</v>
+        <v>243</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>223</v>
+        <v>244</v>
       </c>
       <c r="C2" t="s">
-        <v>224</v>
+        <v>245</v>
       </c>
       <c r="D2" t="s">
-        <v>225</v>
+        <v>246</v>
       </c>
       <c r="E2" t="s">
-        <v>226</v>
+        <v>247</v>
       </c>
       <c r="F2" t="s">
-        <v>227</v>
+        <v>248</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>136</v>
+        <v>156</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>220</v>
+        <v>241</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>228</v>
+        <v>249</v>
       </c>
       <c r="C2" t="s">
-        <v>229</v>
+        <v>250</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>136</v>
+        <v>156</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>220</v>
+        <v>241</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>230</v>
+        <v>251</v>
       </c>
       <c r="C2" t="s">
-        <v>231</v>
+        <v>252</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I6"/>
   <sheetViews>
@@ -1911,54 +1974,54 @@
       <c r="I6" t="s">
         <v>53</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O1"/>
+  <dimension ref="A1:O3"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:O1"/>
+      <selection activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
@@ -1983,192 +2046,281 @@
       <c r="H1" s="2" t="s">
         <v>106</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>107</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>108</v>
       </c>
       <c r="K1" s="2" t="s">
         <v>109</v>
       </c>
       <c r="L1" s="2" t="s">
         <v>110</v>
       </c>
       <c r="M1" s="2" t="s">
         <v>111</v>
       </c>
       <c r="N1" s="2" t="s">
         <v>112</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>113</v>
       </c>
     </row>
+    <row r="2" spans="1:15">
+      <c r="A2" t="s">
+        <v>44</v>
+      </c>
+      <c r="B2" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="C2" t="s">
+        <v>115</v>
+      </c>
+      <c r="D2" t="s">
+        <v>116</v>
+      </c>
+      <c r="E2" t="s">
+        <v>117</v>
+      </c>
+      <c r="F2" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="G2" t="s">
+        <v>119</v>
+      </c>
+      <c r="H2" t="s">
+        <v>120</v>
+      </c>
+      <c r="I2" t="s">
+        <v>121</v>
+      </c>
+      <c r="J2" t="s">
+        <v>122</v>
+      </c>
+      <c r="K2" t="s">
+        <v>123</v>
+      </c>
+      <c r="L2" t="s">
+        <v>124</v>
+      </c>
+      <c r="M2" t="s">
+        <v>125</v>
+      </c>
+      <c r="N2" t="s">
+        <v>126</v>
+      </c>
+      <c r="O2" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="3" spans="1:15">
+      <c r="A3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B3" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="C3" t="s">
+        <v>129</v>
+      </c>
+      <c r="D3" t="s">
+        <v>130</v>
+      </c>
+      <c r="E3" t="s">
+        <v>117</v>
+      </c>
+      <c r="F3" s="4" t="s">
+        <v>131</v>
+      </c>
+      <c r="G3" t="s">
+        <v>132</v>
+      </c>
+      <c r="H3" t="s">
+        <v>120</v>
+      </c>
+      <c r="I3" t="s">
+        <v>121</v>
+      </c>
+      <c r="K3" t="s">
+        <v>133</v>
+      </c>
+      <c r="L3" t="s">
+        <v>134</v>
+      </c>
+      <c r="M3" t="s">
+        <v>134</v>
+      </c>
+    </row>
   </sheetData>
+  <hyperlinks>
+    <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
+    <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
+  </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I4"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>114</v>
+        <v>135</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>100</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>115</v>
+        <v>136</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>103</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>116</v>
+        <v>137</v>
       </c>
       <c r="H1" s="5" t="s">
-        <v>117</v>
+        <v>138</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>118</v>
+        <v>139</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>119</v>
+        <v>140</v>
       </c>
       <c r="C2" t="s">
-        <v>120</v>
+        <v>141</v>
       </c>
       <c r="D2" t="s">
-        <v>121</v>
+        <v>142</v>
       </c>
       <c r="E2" t="s">
         <v>0</v>
       </c>
       <c r="F2" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="H2" s="4" t="s">
-        <v>123</v>
+        <v>144</v>
       </c>
       <c r="I2" t="s">
-        <v>124</v>
+        <v>145</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>125</v>
+        <v>146</v>
       </c>
       <c r="C3" t="s">
-        <v>126</v>
+        <v>147</v>
       </c>
       <c r="D3" t="s">
-        <v>127</v>
+        <v>148</v>
       </c>
       <c r="E3" t="s">
-        <v>128</v>
+        <v>149</v>
       </c>
       <c r="F3" t="s">
-        <v>129</v>
+        <v>150</v>
       </c>
       <c r="H3" s="4" t="s">
-        <v>130</v>
+        <v>118</v>
       </c>
       <c r="I3" t="s">
-        <v>124</v>
+        <v>145</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>131</v>
+        <v>151</v>
       </c>
       <c r="C4" t="s">
-        <v>132</v>
+        <v>152</v>
       </c>
       <c r="D4" t="s">
-        <v>133</v>
+        <v>153</v>
       </c>
       <c r="F4" t="s">
-        <v>134</v>
+        <v>154</v>
       </c>
       <c r="H4" s="4" t="s">
-        <v>135</v>
+        <v>155</v>
       </c>
       <c r="I4" t="s">
-        <v>124</v>
+        <v>145</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AZ1"/>
   <sheetViews>
@@ -2215,539 +2367,543 @@
     <col min="35" max="35" width="30" customWidth="true" style="0"/>
     <col min="36" max="36" width="30" customWidth="true" style="0"/>
     <col min="37" max="37" width="30" customWidth="true" style="0"/>
     <col min="38" max="38" width="30" customWidth="true" style="0"/>
     <col min="39" max="39" width="30" customWidth="true" style="0"/>
     <col min="40" max="40" width="30" customWidth="true" style="0"/>
     <col min="41" max="41" width="30" customWidth="true" style="0"/>
     <col min="42" max="42" width="30" customWidth="true" style="0"/>
     <col min="43" max="43" width="30" customWidth="true" style="0"/>
     <col min="44" max="44" width="30" customWidth="true" style="0"/>
     <col min="45" max="45" width="30" customWidth="true" style="0"/>
     <col min="46" max="46" width="30" customWidth="true" style="0"/>
     <col min="47" max="47" width="30" customWidth="true" style="0"/>
     <col min="48" max="48" width="30" customWidth="true" style="0"/>
     <col min="49" max="49" width="30" customWidth="true" style="0"/>
     <col min="50" max="50" width="30" customWidth="true" style="0"/>
     <col min="51" max="51" width="30" customWidth="true" style="0"/>
     <col min="52" max="52" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:52">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>136</v>
+        <v>156</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>137</v>
+        <v>157</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>138</v>
+        <v>158</v>
       </c>
       <c r="E1" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="F1" s="2" t="s">
         <v>139</v>
       </c>
-      <c r="F1" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G1" s="2" t="s">
-        <v>140</v>
+        <v>160</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>143</v>
+        <v>163</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>144</v>
+        <v>164</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>145</v>
+        <v>165</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>146</v>
+        <v>166</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>147</v>
+        <v>167</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>148</v>
+        <v>168</v>
       </c>
       <c r="P1" s="2" t="s">
-        <v>149</v>
+        <v>169</v>
       </c>
       <c r="Q1" s="2" t="s">
-        <v>150</v>
+        <v>170</v>
       </c>
       <c r="R1" s="2" t="s">
-        <v>151</v>
+        <v>171</v>
       </c>
       <c r="S1" s="2" t="s">
-        <v>152</v>
+        <v>172</v>
       </c>
       <c r="T1" s="2" t="s">
-        <v>153</v>
+        <v>173</v>
       </c>
       <c r="U1" s="2" t="s">
-        <v>154</v>
+        <v>174</v>
       </c>
       <c r="V1" s="2" t="s">
-        <v>155</v>
+        <v>175</v>
       </c>
       <c r="W1" s="2" t="s">
-        <v>156</v>
+        <v>176</v>
       </c>
       <c r="X1" s="2" t="s">
-        <v>157</v>
+        <v>177</v>
       </c>
       <c r="Y1" s="2" t="s">
-        <v>158</v>
+        <v>178</v>
       </c>
       <c r="Z1" s="2" t="s">
-        <v>159</v>
+        <v>179</v>
       </c>
       <c r="AA1" s="2" t="s">
-        <v>160</v>
+        <v>180</v>
       </c>
       <c r="AB1" s="2" t="s">
-        <v>161</v>
+        <v>181</v>
       </c>
       <c r="AC1" s="2" t="s">
-        <v>162</v>
+        <v>182</v>
       </c>
       <c r="AD1" s="2" t="s">
-        <v>163</v>
+        <v>183</v>
       </c>
       <c r="AE1" s="2" t="s">
         <v>35</v>
       </c>
       <c r="AF1" s="2" t="s">
-        <v>164</v>
+        <v>184</v>
       </c>
       <c r="AG1" s="2" t="s">
-        <v>165</v>
+        <v>185</v>
       </c>
       <c r="AH1" s="2" t="s">
-        <v>166</v>
+        <v>186</v>
       </c>
       <c r="AI1" s="2" t="s">
-        <v>167</v>
+        <v>187</v>
       </c>
       <c r="AJ1" s="2" t="s">
-        <v>168</v>
+        <v>188</v>
       </c>
       <c r="AK1" s="2" t="s">
-        <v>169</v>
+        <v>189</v>
       </c>
       <c r="AL1" s="2" t="s">
-        <v>170</v>
+        <v>190</v>
       </c>
       <c r="AM1" s="2" t="s">
-        <v>171</v>
+        <v>191</v>
       </c>
       <c r="AN1" s="2" t="s">
-        <v>172</v>
+        <v>192</v>
       </c>
       <c r="AO1" s="2" t="s">
-        <v>173</v>
+        <v>193</v>
       </c>
       <c r="AP1" s="2" t="s">
-        <v>174</v>
+        <v>194</v>
       </c>
       <c r="AQ1" s="2" t="s">
-        <v>175</v>
+        <v>195</v>
       </c>
       <c r="AR1" s="2" t="s">
-        <v>176</v>
+        <v>196</v>
       </c>
       <c r="AS1" s="2" t="s">
-        <v>177</v>
+        <v>197</v>
       </c>
       <c r="AT1" s="2" t="s">
-        <v>178</v>
+        <v>198</v>
       </c>
       <c r="AU1" s="2" t="s">
-        <v>179</v>
+        <v>199</v>
       </c>
       <c r="AV1" s="2" t="s">
-        <v>180</v>
+        <v>200</v>
       </c>
       <c r="AW1" s="2" t="s">
         <v>33</v>
       </c>
       <c r="AX1" s="2" t="s">
-        <v>181</v>
+        <v>201</v>
       </c>
       <c r="AY1" s="2" t="s">
-        <v>182</v>
+        <v>202</v>
       </c>
       <c r="AZ1" s="2" t="s">
-        <v>183</v>
+        <v>203</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:E1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
-        <v>184</v>
+        <v>204</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>185</v>
+        <v>205</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>186</v>
+        <v>206</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>187</v>
+        <v>207</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>138</v>
+        <v>158</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O1"/>
+  <dimension ref="A1:P1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:O1"/>
+      <selection activeCell="A1" sqref="A1:P1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
+    <col min="16" max="16" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15">
+    <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>188</v>
+        <v>208</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>189</v>
+        <v>209</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>190</v>
+        <v>210</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>191</v>
+        <v>211</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>192</v>
+        <v>212</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>194</v>
+        <v>214</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>195</v>
+        <v>215</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-        <v>197</v>
+        <v>216</v>
+      </c>
+      <c r="K1" s="2" t="s">
+        <v>217</v>
       </c>
       <c r="L1" s="5" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-        <v>199</v>
+        <v>218</v>
+      </c>
+      <c r="M1" s="5" t="s">
+        <v>219</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>200</v>
+        <v>220</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>201</v>
+        <v>221</v>
+      </c>
+      <c r="P1" s="2" t="s">
+        <v>222</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D5"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B5" sqref="B5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>202</v>
+        <v>223</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>185</v>
+        <v>205</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>203</v>
+        <v>224</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" s="6" t="s">
-        <v>204</v>
+        <v>225</v>
       </c>
       <c r="C2" t="s">
-        <v>205</v>
+        <v>226</v>
       </c>
       <c r="D2" t="s">
-        <v>206</v>
+        <v>227</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" s="6" t="s">
-        <v>207</v>
+        <v>228</v>
       </c>
       <c r="C3" t="s">
-        <v>208</v>
+        <v>229</v>
       </c>
       <c r="D3" t="s">
-        <v>206</v>
+        <v>227</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" s="6" t="s">
-        <v>209</v>
+        <v>230</v>
       </c>
       <c r="C4" t="s">
-        <v>210</v>
+        <v>231</v>
       </c>
       <c r="D4" t="s">
-        <v>206</v>
+        <v>227</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" s="6" t="s">
-        <v>211</v>
+        <v>232</v>
       </c>
       <c r="C5" t="s">
-        <v>212</v>
+        <v>233</v>
       </c>
       <c r="D5" t="s">
-        <v>206</v>
+        <v>227</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E3"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:E1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>186</v>
+        <v>206</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>185</v>
+        <v>205</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>187</v>
+        <v>207</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>138</v>
+        <v>158</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>213</v>
+        <v>234</v>
       </c>
       <c r="C2" t="s">
-        <v>214</v>
+        <v>235</v>
       </c>
       <c r="D2" t="s">
-        <v>215</v>
+        <v>236</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>213</v>
+        <v>234</v>
       </c>
       <c r="C3" t="s">
-        <v>216</v>
+        <v>237</v>
       </c>
       <c r="D3" t="s">
-        <v>217</v>
+        <v>238</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">