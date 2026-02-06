--- v1 (2025-11-28)
+++ v2 (2026-02-06)
@@ -688,50 +688,53 @@
   <si>
     <t>Studied route(s) of administration</t>
   </si>
   <si>
     <t>Studied LA-formulation(s)</t>
   </si>
   <si>
     <t>Use case</t>
   </si>
   <si>
     <t>Clinical trial ID</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Company</t>
   </si>
   <si>
+    <t>Manufacturer</t>
+  </si>
+  <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
   </si>
   <si>
     <t>Country Name</t>
@@ -779,53 +782,50 @@
     <t>Geometric complex structure of intravaginal ring (Trident Type)</t>
   </si>
   <si>
     <t>https://lapal.medicinespatentpool.org/storage/illustrations/GuuL9aXjfJg4FdAszbJ2L4z06lA8pjjI5ibdy6vO.png</t>
   </si>
   <si>
     <t>Geometric complex structure of intravaginal ring (Honey Comb Type)</t>
   </si>
   <si>
     <t>Publication</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;Young, I. C., Srinivasan, P., Shrivastava, R., Janusziewicz, R., Thorson, A., Cottrell, M. L., Sellers, R. S., Sykes, C., Schauer, A., Little, D., Kelley, K., Kashuba, A. D. M., Katz, D., Pyles, R. B., García-Lerma, J. G., Vincent, K. L., Smith, J., &amp;amp; Benhabbour, S. R. (2023). Next generation 3D-printed intravaginal ring for prevention of HIV and unintended pregnancy.&amp;nbsp;&lt;/span&gt;&lt;em style="color: rgb(33, 33, 33);"&gt;Biomaterials&lt;/em&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;,&amp;nbsp;&lt;/span&gt;&lt;em style="color: rgb(33, 33, 33);"&gt;301&lt;/em&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;, 122260. &lt;/span&gt;&lt;a href="https://doi.org/10.1016/j.biomaterials.2023.122260" rel="noopener noreferrer" target="_blank" style="color: rgb(33, 33, 33);"&gt;https://doi.org/10.1016/j.biomaterials.2023.122260&lt;/a&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;Here we report the first 3D-printed multipurpose prevention technology (MPT) intravaginal ring (IVR) for HIV prevention and contraception. We utilized continuous liquid interface production (CLIP™) to fabricate MPT IVRs in a biocompatible silicone-based resin. Etonogestrel (ENG), ethinyl estradiol (EE), and islatravir (ISL) were loaded into the silicone poly(urethane) IVR in a controlled single step drug loading process driven by absorption. ENG/EE/ISL IVR promoted sustained release of drugs for 150 days in vitro and 14 days in sheep. There were no adverse MPT IVR-related findings of cervicovaginal toxicity or changes in vaginal biopsies or microbiome community profiles evaluated in sheep. ISL IVR in macaques promoted sustained release for 28 days with ISL-triphosphate levels above the established pharmacokinetic benchmark of 50-100 fmol/106&amp;nbsp;PBMCs. The ISL IVR was found to be safe and well tolerated in the macaques with no observed mucosal cytokine changes or alterations in peripheral CD4 T-cell populations. Collectively, the proposed MPT IVR has potential to expand preventative choices for young women and girls.&lt;/span&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;Janusziewicz, R., Mecham, S. J., Olson, K. R., &amp;amp; Benhabbour, S. R. (2020). Design and Characterization of a Novel Series of Geometrically Complex Intravaginal Rings with Digital Light Synthesis.&amp;nbsp;&lt;/span&gt;&lt;em style="color: rgb(33, 33, 33);"&gt;Advanced materials technologies&lt;/em&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;,&amp;nbsp;&lt;/span&gt;&lt;em style="color: rgb(33, 33, 33);"&gt;5&lt;/em&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;(8), 2000261. &lt;/span&gt;&lt;a href="https://doi.org/10.1002/admt.202000261" rel="noopener noreferrer" target="_blank" style="color: rgb(33, 33, 33);"&gt;https://doi.org/10.1002/admt.202000261&lt;/a&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;span style="color: rgb(0, 0, 0);"&gt;Intravaginal rings (IVRs) represent a sustained-release approach to drug delivery and have long been used and investigated for hormones and microbicides delivery. For decades, IVRs have been manufactured by injection molding and hot-melt extrusion with very limited design and material capabilities. Additive manufacturing (AM), specifically digital light synthesis (DLS), represents an opportunity to harness the freedom of design to expand control and tunability of drug release properties from IVRs. A novel approach to IVR design and manufacturing is reported that results in geometrically complex internal architectures through the incorporation of distinct unit cells using computationally aided design (CAD) software. A systematic approach is developed to design through the generation of an IVR library and the effects of these parameters are investigated on ring properties. The ability to precisely and predictably control the compressive properties of the IVR independent of the internal architecture with which control of drug release kinetics can be achieved is demonstrated, thus opening the door for a “plug-and-play” platform approach to IVR fabrication.&lt;/span&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>Company/University</t>
-  </si>
-[...1 lines deleted...]
-    <t>Manufacturer</t>
   </si>
   <si>
     <t>Link to website</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Short description</t>
   </si>
   <si>
     <t>AnnelleO, inc.</t>
   </si>
   <si>
     <t>originator</t>
   </si>
   <si>
     <t>https://anelleo.com/about-anelleo/</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>Anelleo, Inc. is located in Chapel Hill, North Carolina. Current support and funding is provided by NIH-NICHD (Phase I STTR) and strategic partners (Carbon, Inc. &amp; undisclosed pharma partnerships) to allow AnelleO to complete prototyping, preclinical studies, and IND-enabling studies.</t>
   </si>
@@ -1592,54 +1592,54 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>240</v>
+        <v>209</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>241</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>242</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
         <v>244</v>
       </c>
       <c r="C2" t="s">
         <v>245</v>
       </c>
       <c r="D2" t="s">
         <v>246</v>
       </c>
       <c r="E2" t="s">
@@ -2594,229 +2594,233 @@
       <c r="E1" s="2" t="s">
         <v>158</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P1"/>
+  <dimension ref="A1:Q1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:P1"/>
+      <selection activeCell="A1" sqref="A1:Q1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
+    <col min="17" max="17" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16">
+    <row r="1" spans="1:17">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>208</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>209</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>210</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>211</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>212</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>213</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>214</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>215</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>216</v>
       </c>
       <c r="K1" s="2" t="s">
         <v>217</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>218</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>219</v>
       </c>
       <c r="N1" s="2" t="s">
         <v>220</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>221</v>
       </c>
       <c r="P1" s="2" t="s">
         <v>222</v>
+      </c>
+      <c r="Q1" s="2" t="s">
+        <v>223</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D5"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B5" sqref="B5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>205</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" s="6" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C2" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D2" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" s="6" t="s">
+        <v>229</v>
+      </c>
+      <c r="C3" t="s">
+        <v>230</v>
+      </c>
+      <c r="D3" t="s">
         <v>228</v>
-      </c>
-[...4 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" s="6" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C4" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D4" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" s="6" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C5" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D5" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
@@ -2839,71 +2843,71 @@
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>206</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>205</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>207</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C2" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D2" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C3" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D3" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">