--- v0 (2025-10-18)
+++ v1 (2025-12-02)
@@ -34,51 +34,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Technologies" sheetId="1" r:id="rId4"/>
     <sheet name="Potential associated API" sheetId="2" r:id="rId5"/>
     <sheet name="Patent Medspal" sheetId="3" r:id="rId6"/>
     <sheet name="Patent curated by innovator" sheetId="4" r:id="rId7"/>
     <sheet name="Clinical trials" sheetId="5" r:id="rId8"/>
     <sheet name="Key resources" sheetId="6" r:id="rId9"/>
     <sheet name="Regulatory status" sheetId="7" r:id="rId10"/>
     <sheet name="Drug illustrations" sheetId="8" r:id="rId11"/>
     <sheet name="Publications" sheetId="9" r:id="rId12"/>
     <sheet name="Developers" sheetId="10" r:id="rId13"/>
     <sheet name="Partnerships" sheetId="11" r:id="rId14"/>
     <sheet name="Sponsors" sheetId="12" r:id="rId15"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="487">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="489">
   <si>
     <t>Technology</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Highlight</t>
   </si>
   <si>
     <t>Route(s) of administration</t>
   </si>
   <si>
     <t>Type(s) of technology</t>
   </si>
   <si>
     <t>Other feature(s) of the technology</t>
   </si>
   <si>
     <t>Release properties</t>
   </si>
   <si>
     <t>Injectability</t>
   </si>
   <si>
@@ -454,84 +454,81 @@
   <si>
     <t>Not in force: High income countries</t>
   </si>
   <si>
     <t>WO2012090070</t>
   </si>
   <si>
     <t>Biodegradable drug delivery composition covering BEPO® technology</t>
   </si>
   <si>
     <t>Composition</t>
   </si>
   <si>
     <t>Medincell</t>
   </si>
   <si>
     <t>2031-12-29</t>
   </si>
   <si>
     <t>A biodegradable drug delivery compositions comprising a triblock copolymer containing a polyester and a polyethylene glycol and a diblock copolymer containing a polyester and an end-capped polyethylene glycol, as well as a pharmaceutically active principle is disclosed.</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
-    <t>Company</t>
+    <t>MPP licence</t>
   </si>
   <si>
     <t>Brazil, China, Kazakhstan, Türkiye, Mexico, Malaysia, Ukraine, South Africa, India, Indonesia, Viet Nam</t>
   </si>
   <si>
     <t>Australia, Canada, Chile, Russian Federation, Liechtenstein, Italy, Norway, Denmark, Belgium, United Kingdom, Greece, Netherlands, Hungary, Croatia, Switzerland, Spain, Slovenia, Austria, Romania, Iceland, Cyprus, Finland, France, Bulgaria, Slovakia, Poland, Latvia, Ireland, Estonia, Germany, Luxembourg, Portugal, Czechia, Lithuania, Sweden, Israel, Japan, Korea, Republic of, New Zealand, Singapore, United States of America, Hong Kong</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>United States of America</t>
   </si>
   <si>
     <t>World Intellectual Property Organization (WIPO), Colombia, Cuba, Tajikistan, Belarus, Azerbaijan, Moldova, Republic of, Turkmenistan, Armenia, Kyrgyzstan, Albania, Serbia, Bosnia and Herzegovina, Montenegro, Türkiye, North Macedonia, Morocco, Tunisia, Algeria, Egypt, Nigeria</t>
   </si>
   <si>
     <t>World Intellectual Property Organization (WIPO), Liechtenstein, Norway, Malta, Denmark, Belgium, Greece, Hungary, Croatia, Switzerland, San Marino, Slovenia, Austria, Romania, Iceland, Cyprus, Finland, Bulgaria, Slovakia, Latvia, Ireland, Estonia, Luxembourg, Portugal, Czechia, Lithuania, Monaco, Sweden, United States of America, Costa Rica, United Arab Emirates, Qatar, Brunei Darussalam</t>
   </si>
   <si>
     <t>WO2014001904</t>
   </si>
   <si>
     <t xml:space="preserve">Biodegradable drug delivery composition comprising triblock polymer and diblock polymer </t>
   </si>
   <si>
     <t>2033-06-27</t>
   </si>
   <si>
     <t>A biodegradable drug delivery compositions comprising a triblock copolymer containing a polyester and a polyethylene glycol and a diblock copolymer containing a polyester and an end-capped polyethylene glycol, as well as at least one pharmaceutically active principle or hydrophobic active principle such as medroxyprogesterone acetate, levonorgestrel, cyclosporine, progesterone or bupivacaine is disclosed.</t>
-  </si>
-[...1 lines deleted...]
-    <t>MPP source</t>
   </si>
   <si>
     <t>Brazil, China, Kazakhstan, Montenegro, India, Mexico, Tunisia, Ukraine, South Africa, Indonesia, Malaysia, Viet Nam</t>
   </si>
   <si>
     <t>Australia, Canada, Chile, Russian Federation, Liechtenstein, Italy, United Kingdom, Hungary, Switzerland, Spain, Cyprus, France, Germany, Hong Kong, Israel, Japan, Korea, Republic of, Singapore, Brunei Darussalam</t>
   </si>
   <si>
     <t>Algeria, Nigeria</t>
   </si>
   <si>
     <t>United Arab Emirates, Qatar</t>
   </si>
   <si>
     <t>World Intellectual Property Organization (WIPO), Colombia, Cuba, Tajikistan, Belarus, Azerbaijan, Turkmenistan, Armenia, Kyrgyzstan, Albania, Serbia, Bosnia and Herzegovina, Türkiye, North Macedonia, Morocco, Egypt, Thailand</t>
   </si>
   <si>
     <t>World Intellectual Property Organization (WIPO), Costa Rica, Norway, Malta, Denmark, Belgium, Greece, Netherlands, Croatia, San Marino, Slovenia, Austria, Romania, Iceland, Finland, Bulgaria, Slovakia, Poland, Latvia, Ireland, Estonia, Luxembourg, Portugal, Czechia, Lithuania, Monaco, Sweden, United States of America, New Zealand</t>
   </si>
   <si>
     <t>WO2017085561</t>
   </si>
   <si>
     <t>Method for morselizing and/or targeting pharmaceutically active principles to synovial tissue</t>
   </si>
@@ -1162,100 +1159,100 @@
     <t>patients with schizophrenia</t>
   </si>
   <si>
     <t>Olanzapine:SOLARIS: A Randomized, Double-Blind, Placebo-Controlled Study With an Open-Label, Long-Term Safety Phase to Evaluate the Efficacy and Safety of TV-44749 in Adults With Schizophrenia</t>
   </si>
   <si>
     <t>https://clinicaltrials.gov/study/NCT05693935</t>
   </si>
   <si>
     <t>The primary objective of this study is to evaluate the efficacy of TV-44749 in adult participants with schizophrenia.
 A key secondary objective is to further evaluate the efficacy of TV-44749 based on additional parameters in adult participants with schizophrenia.
 A secondary objective is to evaluate the safety and tolerability of TV-44749 in adult participants with schizophrenia
 Another secondary objective of this study is to evaluate the efficacy of TV-44749 from baseline to endpoint in Period 1 in adult participants with schizophrenia.
 Total study duration is up to 61 weeks, and treatment duration is up to 56 weeks, with weekly visits during the first 8 weeks and then monthly in-clinic visits with weekly calls during the remainder of the treatment period.</t>
   </si>
   <si>
     <t>A Randomized, Double-Blind, Placebo-Controlled Study With an Open-Label, Long-Term Safety Phase to Evaluate the Efficacy and Safety of TV-44749 in Adults With Schizophrenia</t>
   </si>
   <si>
     <t>Bulgaria, Romania, United States of America, China, Türkiye</t>
   </si>
   <si>
     <t>2023-01-24</t>
   </si>
   <si>
-    <t>2025-05-14</t>
+    <t>2025-06-05</t>
   </si>
   <si>
     <t>2025-01-13</t>
   </si>
   <si>
     <t>2024-03-19</t>
   </si>
   <si>
     <t>2025-01-27</t>
   </si>
   <si>
     <t>Inclusion Criteria:
 * The participant has a current confirmed diagnosis of schizophrenia according to the DSM-5, for \&gt;1 year
 * The participant has exacerbation of schizophrenia that started ≤8 weeks prior to screening and would benefit from psychiatric hospitalization or continued hospitalization for symptoms of schizophrenia.
 * Participants who have received an antipsychotic treatment (other than clozapine) in the past year must have been responsive based on the investigator's judgment (and based on discussions with family members, caregivers, or healthcare professionals, as applicable).
 * Body mass index between 18.0 and 40.0 kg/m2, inclusive, at the time of screening
 * Women may be included only if they have a negative beta-human chorionic gonadotropin (β-HCG) test at screening and ba</t>
   </si>
   <si>
     <t>Olanzapine: TV44749-PK-10188 :  Safety, Tolerability, and Pharmacokinetic Study of TV-44749 in Chinese Patients With Schizophrenia</t>
   </si>
   <si>
     <t>NCT06253546</t>
   </si>
   <si>
     <t>https://clinicaltrials.gov/study/NCT06253546</t>
   </si>
   <si>
-    <t>Active, not recruiting</t>
-[...1 lines deleted...]
-  <si>
     <t>Primary Objective:
 To evaluate the safety and tolerability of single doses of TV-44749 for subcutaneous (sc) use in Chinese participants with schizophrenia.
 Secondary Objectives:
 * To evaluate the pharmacokinetics (PK) of single doses of TV-44749 administered sc.
 * To evaluate the pharmacokinetics of oral olanzapine tablets following multiple dose administration.
 * To monitor the safety and tolerability of multiple doses of oral olanzapine tablets given in the study.</t>
   </si>
   <si>
     <t>Safety, Tolerability, and Pharmacokinetic Study of TV-44749 in Chinese Patients With Schizophrenia</t>
   </si>
   <si>
     <t>Oral Olanzapine</t>
   </si>
   <si>
-    <t>2025-05-07</t>
+    <t>2025-07-31</t>
   </si>
   <si>
     <t>2025-06-10</t>
+  </si>
+  <si>
+    <t>2025-06-12</t>
   </si>
   <si>
     <t>Inclusion Criteria:
 * Body weight \&gt;50 kg and body mass index (BMI) between 18.5 to 38.0 kg/m2, inclusive, at the time of screening.
 * A current confirmed diagnosis of schizophrenia according to an evaluation by the investigator, using the Diagnostic and Statistical Manual of Mental Disorders, Fifth Edition (DSM-5)
 * Are clinically stable, on oral olanzapine (i.e., dose has not changed in the last 4 weeks), and not currently on other antipsychotic treatment at the time of screening.
 * No hospitalization for worsening of schizophrenic symptoms and no significant exacerbation of schizophrenic symptoms, as judged by the investigator, within the 3 months prior to screening.
 * Female participants must have a negative serum pregnancy test at screening, are sterile or postmenopausal, and not pla</t>
   </si>
   <si>
     <t>Olanzapine: TV44749-NPC-10205</t>
   </si>
   <si>
     <t>NCT06319170</t>
   </si>
   <si>
     <t>https://clinicaltrials.gov/study/NCT06319170</t>
   </si>
   <si>
     <t>The primary objective of the study is to characterize the pharmacokinetics of 3 formulations of olanzapine.
 A secondary objective is to evaluate the safety and tolerability of 3 formulations of olanzapine.
 Another secondary objective is to characterize the pharmacokinetics of ZYPREXA.
 The planned duration of the study for each participant is 19 weeks.</t>
   </si>
   <si>
@@ -1385,126 +1382,135 @@
 1. Pregnant or breast-feeding.
 2. Participants who have been administered COVID-19 vaccine prior to the inclusion</t>
   </si>
   <si>
     <t>Daily</t>
   </si>
   <si>
     <t>Oral</t>
   </si>
   <si>
     <t>Tablet</t>
   </si>
   <si>
     <t>Clinical trial ID</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
+    <t>Company</t>
+  </si>
+  <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
   </si>
   <si>
+    <t>Country Name</t>
+  </si>
+  <si>
     <t>Reg Status</t>
   </si>
   <si>
     <t>Reg Submission Date</t>
   </si>
   <si>
     <t>Reg Approval Date</t>
   </si>
   <si>
     <t>Links</t>
   </si>
   <si>
     <t>Comments</t>
   </si>
   <si>
     <t>MEDINCELL / TEVA</t>
   </si>
   <si>
     <t>UZEDY</t>
   </si>
   <si>
     <t>50 mg/0.14 mL, 75 mg/0.21 mL, 100 mg/0.28 mL, 125 mg/0.35 mL, 150 mg/0.42 mL, 200 mg/0.56 mL, and 250 mg/0.7 mL single-dose prefilled syringes</t>
   </si>
   <si>
-    <t>FDA (United States)</t>
+    <t>FDA</t>
   </si>
   <si>
     <t>U.S. Food and Drug Administration</t>
   </si>
   <si>
     <t>USA</t>
   </si>
   <si>
     <t>Approved</t>
   </si>
   <si>
     <t>https://www.accessdata.fda.gov/drugsatfda_docs/label/2023/213586s000lbl.pdf</t>
   </si>
   <si>
     <t>LAI risperidone for Schizophrenia management, once a month or once every 2 months</t>
   </si>
   <si>
     <t>Medincell / Teva Handok</t>
   </si>
   <si>
-    <t>KMFDS (Korea)</t>
+    <t>KMFDS</t>
   </si>
   <si>
     <t>Korean Ministry of Food and Drug Safety</t>
   </si>
   <si>
     <t>KOR</t>
+  </si>
+  <si>
+    <t>Korea, Republic of</t>
   </si>
   <si>
     <t>Illustration URL</t>
   </si>
   <si>
     <t>Credit</t>
   </si>
   <si>
     <t>https://lapal.medicinespatentpool.org/storage/illustrations/cTH2l0pNWn8eDWegrxuhgU8QEP7SGt3YhL00THl2.png</t>
   </si>
   <si>
     <t>To be determined</t>
   </si>
   <si>
     <t>Publication</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;a href="https://www.sciencedirect.com/science/article/pii/S0168365920300304" rel="noopener noreferrer" target="_blank"&gt;BEPO®: Bioresorbable diblock mPEG-PDLLA and triblock PDLLA-PEG-PDLLA based in situ forming depots with flexible drug delivery kinetics modulation, Journal of Controlled Release, Volume 319, 2020, Pages 416-427&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Christophe Roberge, Jean-Manuel Cros, Juliette Serindoux, Marie-Emérentienne Cagnon, Rémi Samuel, Tjasa Vrlinic, Pierre Berto, Anthony Rech, Joël Richard, Adolfo Lopez-Noriega&lt;/p&gt;&lt;p&gt;&lt;br&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;This article presents BEPO®, an in situ forming depot (ISFD) technology mediated by a solvent-exchange mechanism. The matrix of the in situformed drug delivery depot is composed of the combination of a diblock (DB) and a triblock (TB) polyethylene glycol-polyester copolymer. This combination offers a broad capability to tune the release of a wide variety of drugs to the desired pharmacokinetics. The work described in the present article demonstrates that the delivery rate and profile can be adjusted by changing the composition of either TB or DB or the relative ratio between them, among other parameters. It has been shown that the polymeric composition of the formulation has a substantial impact on the solvent exchange rate between the organic solvent and the surrounding aqueous medium which subsequently determines the internal structure of the resulting depot and the delivery of the therapeutic cargo. This has been demonstrated studying the in vitro release of two model molecules: bupivacaine and ivermectin.&lt;/p&gt;&lt;p&gt;Formulations releasing these drugs have been administered to animal models to show the possibility of delivering therapeutics from weeks to months by using BEPO® technology.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Video presenting BEPO technology</t>
   </si>
@@ -2355,239 +2361,239 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="C2" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="D2" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="E2" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="F2" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C7"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="C2" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="C3" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="C4" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="C5" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
         <v>44</v>
       </c>
       <c r="B6" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="C6" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>44</v>
       </c>
       <c r="B7" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="C7" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I8"/>
   <sheetViews>
@@ -2984,116 +2990,116 @@
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" s="6" t="s">
         <v>142</v>
       </c>
       <c r="C3" t="s">
         <v>143</v>
       </c>
       <c r="D3" t="s">
         <v>130</v>
       </c>
       <c r="E3" t="s">
         <v>131</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>144</v>
       </c>
       <c r="G3" t="s">
         <v>145</v>
       </c>
       <c r="H3" t="s">
         <v>134</v>
       </c>
       <c r="I3" t="s">
+        <v>135</v>
+      </c>
+      <c r="J3" t="s">
         <v>146</v>
       </c>
-      <c r="J3" t="s">
+      <c r="K3" t="s">
         <v>147</v>
       </c>
-      <c r="K3" t="s">
+      <c r="L3" t="s">
         <v>148</v>
       </c>
-      <c r="L3" t="s">
+      <c r="M3" t="s">
         <v>149</v>
       </c>
-      <c r="M3" t="s">
+      <c r="N3" t="s">
         <v>150</v>
       </c>
-      <c r="N3" t="s">
+      <c r="O3" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="C4" t="s">
         <v>153</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="E4" t="s">
         <v>131</v>
       </c>
       <c r="F4" s="4" t="s">
+        <v>155</v>
+      </c>
+      <c r="G4" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
       <c r="H4" t="s">
         <v>134</v>
       </c>
       <c r="I4" t="s">
+        <v>157</v>
+      </c>
+      <c r="J4" t="s">
         <v>158</v>
       </c>
-      <c r="J4" t="s">
+      <c r="K4" t="s">
         <v>159</v>
       </c>
-      <c r="K4" t="s">
+      <c r="L4" t="s">
         <v>160</v>
       </c>
-      <c r="L4" t="s">
+      <c r="M4" t="s">
         <v>161</v>
       </c>
-      <c r="M4" t="s">
+      <c r="N4" t="s">
         <v>162</v>
       </c>
-      <c r="N4" t="s">
+      <c r="O4" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
@@ -3105,93 +3111,93 @@
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>114</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>117</v>
       </c>
       <c r="G1" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="H1" s="5" t="s">
         <v>167</v>
       </c>
-      <c r="H1" s="5" t="s">
+      <c r="I1" s="2" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
+        <v>169</v>
+      </c>
+      <c r="C2" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="D2" t="s">
         <v>128</v>
       </c>
       <c r="E2" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="F2" t="s">
         <v>131</v>
       </c>
       <c r="H2" s="4"/>
       <c r="I2" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AZ13"/>
   <sheetViews>
@@ -3238,1386 +3244,1392 @@
     <col min="35" max="35" width="30" customWidth="true" style="0"/>
     <col min="36" max="36" width="30" customWidth="true" style="0"/>
     <col min="37" max="37" width="30" customWidth="true" style="0"/>
     <col min="38" max="38" width="30" customWidth="true" style="0"/>
     <col min="39" max="39" width="30" customWidth="true" style="0"/>
     <col min="40" max="40" width="30" customWidth="true" style="0"/>
     <col min="41" max="41" width="30" customWidth="true" style="0"/>
     <col min="42" max="42" width="30" customWidth="true" style="0"/>
     <col min="43" max="43" width="30" customWidth="true" style="0"/>
     <col min="44" max="44" width="30" customWidth="true" style="0"/>
     <col min="45" max="45" width="30" customWidth="true" style="0"/>
     <col min="46" max="46" width="30" customWidth="true" style="0"/>
     <col min="47" max="47" width="30" customWidth="true" style="0"/>
     <col min="48" max="48" width="30" customWidth="true" style="0"/>
     <col min="49" max="49" width="30" customWidth="true" style="0"/>
     <col min="50" max="50" width="30" customWidth="true" style="0"/>
     <col min="51" max="51" width="30" customWidth="true" style="0"/>
     <col min="52" max="52" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:52">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="C1" s="2" t="s">
         <v>174</v>
       </c>
-      <c r="C1" s="2" t="s">
+      <c r="D1" s="2" t="s">
         <v>175</v>
       </c>
-      <c r="D1" s="2" t="s">
+      <c r="E1" s="2" t="s">
         <v>176</v>
       </c>
-      <c r="E1" s="2" t="s">
+      <c r="F1" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="G1" s="2" t="s">
         <v>177</v>
       </c>
-      <c r="F1" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G1" s="2" t="s">
+      <c r="H1" s="2" t="s">
         <v>178</v>
       </c>
-      <c r="H1" s="2" t="s">
+      <c r="I1" s="2" t="s">
         <v>179</v>
       </c>
-      <c r="I1" s="2" t="s">
+      <c r="J1" s="2" t="s">
         <v>180</v>
       </c>
-      <c r="J1" s="2" t="s">
+      <c r="K1" s="2" t="s">
         <v>181</v>
       </c>
-      <c r="K1" s="2" t="s">
+      <c r="L1" s="2" t="s">
         <v>182</v>
       </c>
-      <c r="L1" s="2" t="s">
+      <c r="M1" s="2" t="s">
         <v>183</v>
       </c>
-      <c r="M1" s="2" t="s">
+      <c r="N1" s="2" t="s">
         <v>184</v>
       </c>
-      <c r="N1" s="2" t="s">
+      <c r="O1" s="2" t="s">
         <v>185</v>
       </c>
-      <c r="O1" s="2" t="s">
+      <c r="P1" s="2" t="s">
         <v>186</v>
       </c>
-      <c r="P1" s="2" t="s">
+      <c r="Q1" s="2" t="s">
         <v>187</v>
       </c>
-      <c r="Q1" s="2" t="s">
+      <c r="R1" s="2" t="s">
         <v>188</v>
       </c>
-      <c r="R1" s="2" t="s">
+      <c r="S1" s="2" t="s">
         <v>189</v>
       </c>
-      <c r="S1" s="2" t="s">
+      <c r="T1" s="2" t="s">
         <v>190</v>
       </c>
-      <c r="T1" s="2" t="s">
+      <c r="U1" s="2" t="s">
         <v>191</v>
       </c>
-      <c r="U1" s="2" t="s">
+      <c r="V1" s="2" t="s">
         <v>192</v>
       </c>
-      <c r="V1" s="2" t="s">
+      <c r="W1" s="2" t="s">
         <v>193</v>
       </c>
-      <c r="W1" s="2" t="s">
+      <c r="X1" s="2" t="s">
         <v>194</v>
       </c>
-      <c r="X1" s="2" t="s">
+      <c r="Y1" s="2" t="s">
         <v>195</v>
       </c>
-      <c r="Y1" s="2" t="s">
+      <c r="Z1" s="2" t="s">
         <v>196</v>
       </c>
-      <c r="Z1" s="2" t="s">
+      <c r="AA1" s="2" t="s">
         <v>197</v>
       </c>
-      <c r="AA1" s="2" t="s">
+      <c r="AB1" s="2" t="s">
         <v>198</v>
       </c>
-      <c r="AB1" s="2" t="s">
+      <c r="AC1" s="2" t="s">
         <v>199</v>
       </c>
-      <c r="AC1" s="2" t="s">
+      <c r="AD1" s="2" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
       <c r="AE1" s="2" t="s">
         <v>35</v>
       </c>
       <c r="AF1" s="2" t="s">
+        <v>201</v>
+      </c>
+      <c r="AG1" s="2" t="s">
         <v>202</v>
       </c>
-      <c r="AG1" s="2" t="s">
+      <c r="AH1" s="2" t="s">
         <v>203</v>
       </c>
-      <c r="AH1" s="2" t="s">
+      <c r="AI1" s="2" t="s">
         <v>204</v>
       </c>
-      <c r="AI1" s="2" t="s">
+      <c r="AJ1" s="2" t="s">
         <v>205</v>
       </c>
-      <c r="AJ1" s="2" t="s">
+      <c r="AK1" s="2" t="s">
         <v>206</v>
       </c>
-      <c r="AK1" s="2" t="s">
+      <c r="AL1" s="2" t="s">
         <v>207</v>
       </c>
-      <c r="AL1" s="2" t="s">
+      <c r="AM1" s="2" t="s">
         <v>208</v>
       </c>
-      <c r="AM1" s="2" t="s">
+      <c r="AN1" s="2" t="s">
         <v>209</v>
       </c>
-      <c r="AN1" s="2" t="s">
+      <c r="AO1" s="2" t="s">
         <v>210</v>
       </c>
-      <c r="AO1" s="2" t="s">
+      <c r="AP1" s="2" t="s">
         <v>211</v>
       </c>
-      <c r="AP1" s="2" t="s">
+      <c r="AQ1" s="2" t="s">
         <v>212</v>
       </c>
-      <c r="AQ1" s="2" t="s">
+      <c r="AR1" s="2" t="s">
         <v>213</v>
       </c>
-      <c r="AR1" s="2" t="s">
+      <c r="AS1" s="2" t="s">
         <v>214</v>
       </c>
-      <c r="AS1" s="2" t="s">
+      <c r="AT1" s="2" t="s">
         <v>215</v>
       </c>
-      <c r="AT1" s="2" t="s">
+      <c r="AU1" s="2" t="s">
         <v>216</v>
       </c>
-      <c r="AU1" s="2" t="s">
+      <c r="AV1" s="2" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
       <c r="AW1" s="2" t="s">
         <v>33</v>
       </c>
       <c r="AX1" s="2" t="s">
+        <v>218</v>
+      </c>
+      <c r="AY1" s="2" t="s">
         <v>219</v>
       </c>
-      <c r="AY1" s="2" t="s">
+      <c r="AZ1" s="2" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
     </row>
     <row r="2" spans="1:52">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
+        <v>221</v>
+      </c>
+      <c r="C2" t="s">
         <v>222</v>
       </c>
-      <c r="C2" t="s">
+      <c r="D2" s="6" t="s">
         <v>223</v>
       </c>
-      <c r="D2" s="6" t="s">
+      <c r="E2" t="s">
         <v>224</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
         <v>225</v>
       </c>
-      <c r="F2" t="s">
+      <c r="G2" t="s">
         <v>226</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>227</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>228</v>
-      </c>
-[...1 lines deleted...]
-        <v>229</v>
       </c>
       <c r="J2" t="s">
         <v>139</v>
       </c>
       <c r="M2" t="s">
+        <v>229</v>
+      </c>
+      <c r="N2" t="s">
         <v>230</v>
       </c>
-      <c r="N2" t="s">
+      <c r="O2" t="s">
         <v>231</v>
       </c>
-      <c r="O2" t="s">
+      <c r="P2" t="s">
         <v>232</v>
       </c>
-      <c r="P2" t="s">
+      <c r="X2" t="s">
         <v>233</v>
       </c>
-      <c r="X2" t="s">
+      <c r="Y2" t="s">
         <v>234</v>
       </c>
-      <c r="Y2" t="s">
+      <c r="Z2" t="s">
         <v>235</v>
       </c>
-      <c r="Z2" t="s">
+      <c r="AA2" t="s">
+        <v>235</v>
+      </c>
+      <c r="AB2" t="s">
         <v>236</v>
       </c>
-      <c r="AA2" t="s">
-[...2 lines deleted...]
-      <c r="AB2" t="s">
+      <c r="AC2" t="s">
         <v>237</v>
       </c>
-      <c r="AC2" t="s">
+      <c r="AD2" t="s">
         <v>238</v>
-      </c>
-[...1 lines deleted...]
-        <v>239</v>
       </c>
       <c r="AE2" t="s">
         <v>68</v>
       </c>
       <c r="AF2" t="s">
+        <v>239</v>
+      </c>
+      <c r="AG2" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
       <c r="AH2" t="s">
         <v>70</v>
       </c>
       <c r="AI2" t="s">
         <v>134</v>
       </c>
       <c r="AJ2" t="s">
+        <v>241</v>
+      </c>
+      <c r="AP2" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>243</v>
       </c>
       <c r="AQ2">
         <v>20</v>
       </c>
       <c r="AR2" t="s">
+        <v>243</v>
+      </c>
+      <c r="AS2" t="s">
         <v>244</v>
       </c>
-      <c r="AS2" t="s">
+      <c r="AU2" t="s">
         <v>245</v>
       </c>
-      <c r="AU2" t="s">
+      <c r="AX2" t="s">
         <v>246</v>
       </c>
-      <c r="AX2" t="s">
+      <c r="AY2" t="s">
         <v>247</v>
       </c>
-      <c r="AY2" t="s">
+      <c r="AZ2" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="3" spans="1:52">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
+        <v>249</v>
+      </c>
+      <c r="C3" t="s">
         <v>250</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" s="6" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
       <c r="E3" t="s">
         <v>92</v>
       </c>
       <c r="F3" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="G3" t="s">
+        <v>252</v>
+      </c>
+      <c r="H3" t="s">
         <v>253</v>
       </c>
-      <c r="H3" t="s">
+      <c r="I3" t="s">
         <v>254</v>
       </c>
-      <c r="I3" t="s">
+      <c r="J3" t="s">
         <v>255</v>
       </c>
-      <c r="J3" t="s">
+      <c r="M3" t="s">
         <v>256</v>
       </c>
-      <c r="M3" t="s">
+      <c r="N3" t="s">
         <v>257</v>
       </c>
-      <c r="N3" t="s">
+      <c r="O3" t="s">
         <v>258</v>
       </c>
-      <c r="O3" t="s">
+      <c r="X3" t="s">
         <v>259</v>
       </c>
-      <c r="X3" t="s">
+      <c r="Y3" t="s">
         <v>260</v>
       </c>
-      <c r="Y3" t="s">
+      <c r="Z3" t="s">
         <v>261</v>
       </c>
-      <c r="Z3" t="s">
+      <c r="AA3" t="s">
+        <v>261</v>
+      </c>
+      <c r="AB3" t="s">
         <v>262</v>
       </c>
-      <c r="AA3" t="s">
-[...2 lines deleted...]
-      <c r="AB3" t="s">
+      <c r="AC3" t="s">
         <v>263</v>
       </c>
-      <c r="AC3" t="s">
+      <c r="AD3" t="s">
         <v>264</v>
       </c>
-      <c r="AD3" t="s">
+      <c r="AE3" t="s">
         <v>265</v>
       </c>
-      <c r="AE3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AF3" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="AG3" t="s">
         <v>70</v>
       </c>
       <c r="AH3" t="s">
         <v>70</v>
       </c>
       <c r="AI3" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="AJ3" t="s">
+        <v>266</v>
+      </c>
+      <c r="AO3" t="s">
         <v>267</v>
       </c>
-      <c r="AO3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AP3" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="AQ3">
         <v>544</v>
       </c>
       <c r="AR3" t="s">
+        <v>243</v>
+      </c>
+      <c r="AS3" t="s">
         <v>244</v>
       </c>
-      <c r="AS3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AT3" t="s">
+        <v>268</v>
+      </c>
+      <c r="AU3" t="s">
         <v>269</v>
       </c>
-      <c r="AU3" t="s">
+      <c r="AW3" t="s">
         <v>270</v>
       </c>
-      <c r="AW3" t="s">
+      <c r="AX3" t="s">
         <v>271</v>
       </c>
-      <c r="AX3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AY3" t="s">
+        <v>247</v>
+      </c>
+      <c r="AZ3" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="4" spans="1:52">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" t="s">
+        <v>272</v>
+      </c>
+      <c r="C4" t="s">
         <v>273</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" s="6" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
       <c r="E4" t="s">
         <v>92</v>
       </c>
       <c r="F4" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="G4" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="H4" t="s">
+        <v>275</v>
+      </c>
+      <c r="I4" t="s">
         <v>276</v>
       </c>
-      <c r="I4" t="s">
+      <c r="J4" t="s">
         <v>277</v>
       </c>
-      <c r="J4" t="s">
+      <c r="M4" t="s">
+        <v>256</v>
+      </c>
+      <c r="N4" t="s">
+        <v>257</v>
+      </c>
+      <c r="O4" t="s">
+        <v>258</v>
+      </c>
+      <c r="X4" t="s">
         <v>278</v>
       </c>
-      <c r="M4" t="s">
-[...8 lines deleted...]
-      <c r="X4" t="s">
+      <c r="Y4" t="s">
         <v>279</v>
       </c>
-      <c r="Y4" t="s">
+      <c r="AB4" t="s">
         <v>280</v>
       </c>
-      <c r="AB4" t="s">
+      <c r="AC4" t="s">
+        <v>280</v>
+      </c>
+      <c r="AD4" t="s">
         <v>281</v>
       </c>
-      <c r="AC4" t="s">
-[...2 lines deleted...]
-      <c r="AD4" t="s">
+      <c r="AE4" t="s">
         <v>282</v>
       </c>
-      <c r="AE4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AF4" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="AG4" t="s">
         <v>70</v>
       </c>
       <c r="AH4" t="s">
         <v>70</v>
       </c>
       <c r="AI4" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="AJ4" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="AO4" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="AP4" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="AQ4">
         <v>336</v>
       </c>
       <c r="AR4" t="s">
+        <v>243</v>
+      </c>
+      <c r="AS4" t="s">
         <v>244</v>
       </c>
-      <c r="AS4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AU4" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="AX4" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="AY4" t="s">
+        <v>247</v>
+      </c>
+      <c r="AZ4" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="5" spans="1:52">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" t="s">
+        <v>284</v>
+      </c>
+      <c r="C5" t="s">
         <v>285</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" s="6" t="s">
         <v>286</v>
       </c>
-      <c r="D5" s="6" t="s">
+      <c r="E5" t="s">
         <v>287</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
         <v>288</v>
       </c>
-      <c r="F5" t="s">
+      <c r="G5" t="s">
+        <v>226</v>
+      </c>
+      <c r="H5" t="s">
         <v>289</v>
       </c>
-      <c r="G5" t="s">
-[...2 lines deleted...]
-      <c r="H5" t="s">
+      <c r="I5" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
       <c r="J5" t="s">
         <v>139</v>
       </c>
       <c r="M5" t="s">
+        <v>291</v>
+      </c>
+      <c r="N5" t="s">
+        <v>232</v>
+      </c>
+      <c r="W5" t="s">
         <v>292</v>
       </c>
-      <c r="N5" t="s">
-[...2 lines deleted...]
-      <c r="W5" t="s">
+      <c r="Y5" t="s">
         <v>293</v>
       </c>
-      <c r="Y5" t="s">
+      <c r="Z5" t="s">
         <v>294</v>
       </c>
-      <c r="Z5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA5" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="AD5" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="AE5" t="s">
         <v>68</v>
       </c>
       <c r="AF5" t="s">
+        <v>239</v>
+      </c>
+      <c r="AG5" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
       <c r="AH5" t="s">
         <v>70</v>
       </c>
       <c r="AI5" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="AJ5" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="AP5" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="AQ5">
         <v>100</v>
       </c>
       <c r="AR5" t="s">
+        <v>296</v>
+      </c>
+      <c r="AS5" t="s">
         <v>297</v>
       </c>
-      <c r="AS5" t="s">
+      <c r="AU5" t="s">
         <v>298</v>
       </c>
-      <c r="AU5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AX5" t="s">
+        <v>246</v>
+      </c>
+      <c r="AY5" t="s">
         <v>247</v>
       </c>
-      <c r="AY5" t="s">
+      <c r="AZ5" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="6" spans="1:52">
       <c r="A6" t="s">
         <v>44</v>
       </c>
       <c r="B6" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="C6" t="s">
         <v>93</v>
       </c>
       <c r="D6" s="6" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="E6" t="s">
         <v>92</v>
       </c>
       <c r="F6" t="s">
+        <v>225</v>
+      </c>
+      <c r="G6" t="s">
         <v>226</v>
       </c>
-      <c r="G6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H6" t="s">
+        <v>301</v>
+      </c>
+      <c r="I6" t="s">
         <v>302</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
       <c r="J6" t="s">
         <v>139</v>
       </c>
       <c r="M6" t="s">
+        <v>303</v>
+      </c>
+      <c r="N6" t="s">
         <v>304</v>
       </c>
-      <c r="N6" t="s">
+      <c r="O6" t="s">
         <v>305</v>
       </c>
-      <c r="O6" t="s">
+      <c r="P6" t="s">
+        <v>230</v>
+      </c>
+      <c r="Q6" t="s">
         <v>306</v>
       </c>
-      <c r="P6" t="s">
-[...2 lines deleted...]
-      <c r="Q6" t="s">
+      <c r="R6" t="s">
+        <v>306</v>
+      </c>
+      <c r="S6" t="s">
         <v>307</v>
       </c>
-      <c r="R6" t="s">
+      <c r="T6" t="s">
         <v>307</v>
       </c>
-      <c r="S6" t="s">
+      <c r="X6" t="s">
         <v>308</v>
       </c>
-      <c r="T6" t="s">
-[...2 lines deleted...]
-      <c r="X6" t="s">
+      <c r="Y6" t="s">
         <v>309</v>
       </c>
-      <c r="Y6" t="s">
+      <c r="AA6" t="s">
         <v>310</v>
       </c>
-      <c r="AA6" t="s">
+      <c r="AB6" t="s">
         <v>311</v>
       </c>
-      <c r="AB6" t="s">
+      <c r="AD6" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
       <c r="AE6" t="s">
         <v>68</v>
       </c>
       <c r="AF6" t="s">
+        <v>239</v>
+      </c>
+      <c r="AG6" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
       <c r="AH6" t="s">
         <v>70</v>
       </c>
       <c r="AI6" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="AJ6" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="AP6" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="AQ6">
         <v>151</v>
       </c>
       <c r="AR6" t="s">
+        <v>243</v>
+      </c>
+      <c r="AS6" t="s">
         <v>244</v>
       </c>
-      <c r="AS6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AU6" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="AY6" t="s">
+        <v>247</v>
+      </c>
+      <c r="AZ6" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="7" spans="1:52">
       <c r="A7" t="s">
         <v>44</v>
       </c>
       <c r="B7" t="s">
+        <v>315</v>
+      </c>
+      <c r="C7" t="s">
         <v>316</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" s="6" t="s">
         <v>317</v>
       </c>
-      <c r="D7" s="6" t="s">
+      <c r="E7" t="s">
         <v>318</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
         <v>319</v>
       </c>
-      <c r="F7" t="s">
+      <c r="G7" t="s">
+        <v>252</v>
+      </c>
+      <c r="H7" t="s">
         <v>320</v>
       </c>
-      <c r="G7" t="s">
-[...2 lines deleted...]
-      <c r="H7" t="s">
+      <c r="I7" t="s">
         <v>321</v>
       </c>
-      <c r="I7" t="s">
+      <c r="J7" t="s">
         <v>322</v>
       </c>
-      <c r="J7" t="s">
+      <c r="M7" t="s">
         <v>323</v>
       </c>
-      <c r="M7" t="s">
+      <c r="N7" t="s">
         <v>324</v>
       </c>
-      <c r="N7" t="s">
+      <c r="O7" t="s">
         <v>325</v>
       </c>
-      <c r="O7" t="s">
+      <c r="P7" t="s">
         <v>326</v>
       </c>
-      <c r="P7" t="s">
+      <c r="X7" t="s">
         <v>327</v>
       </c>
-      <c r="X7" t="s">
+      <c r="Y7" t="s">
         <v>328</v>
       </c>
-      <c r="Y7" t="s">
+      <c r="Z7" t="s">
         <v>329</v>
       </c>
-      <c r="Z7" t="s">
+      <c r="AA7" t="s">
+        <v>329</v>
+      </c>
+      <c r="AD7" t="s">
         <v>330</v>
       </c>
-      <c r="AA7" t="s">
+      <c r="AE7" t="s">
         <v>330</v>
       </c>
-      <c r="AD7" t="s">
+      <c r="AF7" t="s">
+        <v>239</v>
+      </c>
+      <c r="AG7" t="s">
+        <v>240</v>
+      </c>
+      <c r="AH7" t="s">
+        <v>240</v>
+      </c>
+      <c r="AI7" t="s">
+        <v>240</v>
+      </c>
+      <c r="AJ7" t="s">
         <v>331</v>
       </c>
-      <c r="AE7" t="s">
-[...14 lines deleted...]
-      <c r="AJ7" t="s">
+      <c r="AO7" t="s">
         <v>332</v>
       </c>
-      <c r="AO7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AP7" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="AQ7">
         <v>116</v>
       </c>
       <c r="AR7" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="AS7" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="AU7" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="AX7" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="AY7" t="s">
+        <v>247</v>
+      </c>
+      <c r="AZ7" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="8" spans="1:52">
       <c r="A8" t="s">
         <v>44</v>
       </c>
       <c r="B8" t="s">
+        <v>334</v>
+      </c>
+      <c r="C8" t="s">
         <v>335</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" s="6" t="s">
         <v>336</v>
       </c>
-      <c r="D8" s="6" t="s">
+      <c r="E8" t="s">
+        <v>318</v>
+      </c>
+      <c r="F8" t="s">
+        <v>319</v>
+      </c>
+      <c r="G8" t="s">
         <v>337</v>
       </c>
-      <c r="E8" t="s">
-[...5 lines deleted...]
-      <c r="G8" t="s">
+      <c r="I8" t="s">
         <v>338</v>
       </c>
-      <c r="I8" t="s">
+      <c r="J8" t="s">
         <v>339</v>
       </c>
-      <c r="J8" t="s">
+      <c r="M8" t="s">
         <v>340</v>
       </c>
-      <c r="M8" t="s">
+      <c r="N8" t="s">
         <v>341</v>
       </c>
-      <c r="N8" t="s">
+      <c r="O8" t="s">
         <v>342</v>
       </c>
-      <c r="O8" t="s">
+      <c r="P8" t="s">
         <v>343</v>
       </c>
-      <c r="P8" t="s">
+      <c r="X8" t="s">
         <v>344</v>
       </c>
-      <c r="X8" t="s">
+      <c r="AA8" t="s">
         <v>345</v>
       </c>
-      <c r="AA8" t="s">
+      <c r="AE8" t="s">
+        <v>330</v>
+      </c>
+      <c r="AF8" t="s">
         <v>346</v>
       </c>
-      <c r="AE8" t="s">
-[...2 lines deleted...]
-      <c r="AF8" t="s">
+      <c r="AG8" t="s">
+        <v>240</v>
+      </c>
+      <c r="AH8" t="s">
+        <v>240</v>
+      </c>
+      <c r="AI8" t="s">
+        <v>240</v>
+      </c>
+      <c r="AO8" t="s">
         <v>347</v>
       </c>
-      <c r="AG8" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AP8" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="AQ8">
         <v>36</v>
       </c>
       <c r="AR8" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="AS8" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="AU8" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="AW8" t="s">
+        <v>270</v>
+      </c>
+      <c r="AX8" t="s">
         <v>271</v>
       </c>
-      <c r="AX8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AY8" t="s">
+        <v>247</v>
+      </c>
+      <c r="AZ8" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="9" spans="1:52">
       <c r="A9" t="s">
         <v>44</v>
       </c>
       <c r="B9" t="s">
-        <v>349</v>
+        <v>348</v>
       </c>
       <c r="C9" t="s">
         <v>106</v>
       </c>
       <c r="D9" s="6" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="E9" t="s">
         <v>92</v>
       </c>
       <c r="F9" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="G9" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="H9" t="s">
+        <v>350</v>
+      </c>
+      <c r="I9" t="s">
         <v>351</v>
       </c>
-      <c r="I9" t="s">
+      <c r="J9" t="s">
         <v>352</v>
-      </c>
-[...1 lines deleted...]
-        <v>353</v>
       </c>
       <c r="N9" t="s">
         <v>105</v>
       </c>
       <c r="X9" t="s">
+        <v>353</v>
+      </c>
+      <c r="Y9" t="s">
         <v>354</v>
       </c>
-      <c r="Y9" t="s">
+      <c r="AA9" t="s">
         <v>355</v>
       </c>
-      <c r="AA9" t="s">
+      <c r="AB9" t="s">
         <v>356</v>
       </c>
-      <c r="AB9" t="s">
+      <c r="AC9" t="s">
         <v>357</v>
       </c>
-      <c r="AC9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE9" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="AF9" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="AG9" t="s">
         <v>70</v>
       </c>
       <c r="AH9" t="s">
         <v>70</v>
       </c>
       <c r="AI9" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="AJ9" t="s">
-        <v>359</v>
+        <v>358</v>
       </c>
       <c r="AP9" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="AQ9">
         <v>675</v>
       </c>
       <c r="AR9" t="s">
+        <v>243</v>
+      </c>
+      <c r="AS9" t="s">
         <v>244</v>
       </c>
-      <c r="AS9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AU9" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="AY9" t="s">
+        <v>247</v>
+      </c>
+      <c r="AZ9" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="10" spans="1:52">
       <c r="A10" t="s">
         <v>44</v>
       </c>
       <c r="B10" t="s">
+        <v>359</v>
+      </c>
+      <c r="C10" t="s">
         <v>360</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" s="6" t="s">
         <v>361</v>
       </c>
-      <c r="D10" s="6" t="s">
+      <c r="E10" t="s">
+        <v>318</v>
+      </c>
+      <c r="F10" t="s">
+        <v>225</v>
+      </c>
+      <c r="G10" t="s">
+        <v>252</v>
+      </c>
+      <c r="H10" t="s">
         <v>362</v>
       </c>
-      <c r="E10" t="s">
-[...2 lines deleted...]
-      <c r="F10" t="s">
+      <c r="I10" t="s">
         <v>363</v>
       </c>
-      <c r="G10" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J10" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="M10" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="N10" t="s">
         <v>105</v>
       </c>
       <c r="O10" t="s">
+        <v>364</v>
+      </c>
+      <c r="X10" t="s">
+        <v>344</v>
+      </c>
+      <c r="Y10" t="s">
+        <v>365</v>
+      </c>
+      <c r="Z10" t="s">
         <v>366</v>
       </c>
-      <c r="X10" t="s">
-[...2 lines deleted...]
-      <c r="Y10" t="s">
+      <c r="AA10" t="s">
+        <v>366</v>
+      </c>
+      <c r="AB10" t="s">
         <v>367</v>
       </c>
-      <c r="Z10" t="s">
-[...3 lines deleted...]
-        <v>368</v>
+      <c r="AC10" t="s">
+        <v>367</v>
       </c>
       <c r="AE10" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="AF10" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="AG10" t="s">
         <v>70</v>
       </c>
       <c r="AH10" t="s">
         <v>70</v>
       </c>
       <c r="AI10" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="AJ10" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="AP10" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="AQ10">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="AS10" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="AU10" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="AY10" t="s">
+        <v>247</v>
+      </c>
+      <c r="AZ10" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="11" spans="1:52">
       <c r="A11" t="s">
         <v>44</v>
       </c>
       <c r="B11" t="s">
+        <v>369</v>
+      </c>
+      <c r="C11" t="s">
         <v>370</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" s="6" t="s">
         <v>371</v>
       </c>
-      <c r="D11" s="6" t="s">
+      <c r="E11" t="s">
+        <v>318</v>
+      </c>
+      <c r="F11" t="s">
+        <v>225</v>
+      </c>
+      <c r="G11" t="s">
+        <v>252</v>
+      </c>
+      <c r="H11" t="s">
         <v>372</v>
       </c>
-      <c r="E11" t="s">
-[...8 lines deleted...]
-      <c r="H11" t="s">
+      <c r="I11" t="s">
         <v>373</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
       <c r="J11" t="s">
         <v>139</v>
       </c>
       <c r="M11" t="s">
-        <v>375</v>
+        <v>374</v>
       </c>
       <c r="N11" t="s">
         <v>105</v>
       </c>
       <c r="O11" t="s">
         <v>105</v>
       </c>
       <c r="X11" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
       <c r="Y11" t="s">
+        <v>375</v>
+      </c>
+      <c r="Z11" t="s">
         <v>376</v>
       </c>
-      <c r="Z11" t="s">
+      <c r="AA11" t="s">
+        <v>376</v>
+      </c>
+      <c r="AB11" t="s">
         <v>377</v>
       </c>
-      <c r="AA11" t="s">
+      <c r="AC11" t="s">
         <v>377</v>
       </c>
-      <c r="AB11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AE11" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="AF11" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="AG11" t="s">
         <v>70</v>
       </c>
       <c r="AH11" t="s">
         <v>70</v>
       </c>
       <c r="AI11" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="AJ11" t="s">
-        <v>379</v>
+        <v>378</v>
       </c>
       <c r="AP11" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="AQ11">
         <v>91</v>
       </c>
       <c r="AR11" t="s">
+        <v>243</v>
+      </c>
+      <c r="AS11" t="s">
         <v>244</v>
       </c>
-      <c r="AS11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AU11" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="AY11" t="s">
+        <v>247</v>
+      </c>
+      <c r="AZ11" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="12" spans="1:52">
       <c r="A12" t="s">
         <v>44</v>
       </c>
       <c r="B12" t="s">
+        <v>379</v>
+      </c>
+      <c r="C12" t="s">
         <v>380</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" s="6" t="s">
         <v>381</v>
       </c>
-      <c r="D12" s="6" t="s">
+      <c r="E12" t="s">
+        <v>318</v>
+      </c>
+      <c r="F12" t="s">
+        <v>225</v>
+      </c>
+      <c r="G12" t="s">
         <v>382</v>
       </c>
-      <c r="E12" t="s">
-[...5 lines deleted...]
-      <c r="G12" t="s">
+      <c r="H12" t="s">
         <v>383</v>
       </c>
-      <c r="H12" t="s">
+      <c r="I12" t="s">
         <v>384</v>
       </c>
-      <c r="I12" t="s">
+      <c r="J12" t="s">
         <v>385</v>
-      </c>
-[...1 lines deleted...]
-        <v>386</v>
       </c>
       <c r="M12" t="s">
         <v>96</v>
       </c>
       <c r="O12" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="X12" t="s">
+        <v>386</v>
+      </c>
+      <c r="Y12" t="s">
         <v>387</v>
       </c>
-      <c r="Y12" t="s">
+      <c r="AB12" t="s">
         <v>388</v>
       </c>
-      <c r="AB12" t="s">
+      <c r="AC12" t="s">
+        <v>388</v>
+      </c>
+      <c r="AE12" t="s">
+        <v>330</v>
+      </c>
+      <c r="AF12" t="s">
         <v>389</v>
-      </c>
-[...7 lines deleted...]
-        <v>390</v>
       </c>
       <c r="AG12" t="s">
         <v>70</v>
       </c>
       <c r="AH12" t="s">
         <v>70</v>
       </c>
       <c r="AI12" t="s">
         <v>134</v>
       </c>
       <c r="AJ12" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="AP12" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="AQ12">
         <v>24</v>
       </c>
       <c r="AR12" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="AS12" t="s">
+        <v>391</v>
+      </c>
+      <c r="AU12" t="s">
+        <v>314</v>
+      </c>
+      <c r="AX12" t="s">
         <v>392</v>
       </c>
-      <c r="AU12" t="s">
-[...2 lines deleted...]
-      <c r="AX12" t="s">
+      <c r="AY12" t="s">
         <v>393</v>
       </c>
-      <c r="AY12" t="s">
+      <c r="AZ12" t="s">
         <v>394</v>
-      </c>
-[...1 lines deleted...]
-        <v>395</v>
       </c>
     </row>
     <row r="13" spans="1:52">
       <c r="A13" t="s">
         <v>44</v>
       </c>
       <c r="B13" t="s">
+        <v>395</v>
+      </c>
+      <c r="C13" t="s">
         <v>396</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" s="6" t="s">
         <v>397</v>
       </c>
-      <c r="D13" s="6" t="s">
+      <c r="E13" t="s">
+        <v>224</v>
+      </c>
+      <c r="F13" t="s">
+        <v>225</v>
+      </c>
+      <c r="G13" t="s">
+        <v>382</v>
+      </c>
+      <c r="H13" t="s">
         <v>398</v>
       </c>
-      <c r="E13" t="s">
-[...8 lines deleted...]
-      <c r="H13" t="s">
+      <c r="I13" t="s">
         <v>399</v>
       </c>
-      <c r="I13" t="s">
+      <c r="J13" t="s">
         <v>400</v>
       </c>
-      <c r="J13" t="s">
+      <c r="M13" t="s">
         <v>401</v>
       </c>
-      <c r="M13" t="s">
+      <c r="O13" t="s">
         <v>402</v>
       </c>
-      <c r="O13" t="s">
+      <c r="X13" t="s">
         <v>403</v>
       </c>
-      <c r="X13" t="s">
+      <c r="Y13" t="s">
         <v>404</v>
       </c>
-      <c r="Y13" t="s">
+      <c r="AB13" t="s">
         <v>405</v>
       </c>
-      <c r="AB13" t="s">
+      <c r="AC13" t="s">
         <v>406</v>
-      </c>
-[...1 lines deleted...]
-        <v>407</v>
       </c>
       <c r="AE13" t="s">
         <v>68</v>
       </c>
       <c r="AF13" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="AG13" t="s">
         <v>70</v>
       </c>
       <c r="AH13" t="s">
         <v>70</v>
       </c>
       <c r="AI13" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="AJ13" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="AP13" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="AQ13">
         <v>400</v>
       </c>
       <c r="AR13" t="s">
+        <v>243</v>
+      </c>
+      <c r="AS13" t="s">
         <v>244</v>
       </c>
-      <c r="AS13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AU13" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="AW13" t="s">
+        <v>408</v>
+      </c>
+      <c r="AX13" t="s">
         <v>409</v>
       </c>
-      <c r="AX13" t="s">
+      <c r="AY13" t="s">
         <v>410</v>
       </c>
-      <c r="AY13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AZ13" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="D2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="D3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="D4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="D5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="D6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="D7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="D8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="D9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="D10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="D11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="D12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="D13" r:id="rId_hyperlink_12"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
@@ -4628,474 +4640,484 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:E1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
+        <v>411</v>
+      </c>
+      <c r="B1" s="2" t="s">
         <v>412</v>
       </c>
-      <c r="B1" s="2" t="s">
+      <c r="C1" s="2" t="s">
         <v>413</v>
       </c>
-      <c r="C1" s="2" t="s">
+      <c r="D1" s="2" t="s">
         <v>414</v>
       </c>
-      <c r="D1" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E1" s="2" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O3"/>
+  <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:O1"/>
+      <selection activeCell="A1" sqref="A1:P1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
+    <col min="16" max="16" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15">
+    <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>135</v>
+        <v>415</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>416</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>417</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>418</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>419</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>420</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>421</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>422</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>423</v>
       </c>
-      <c r="K1" s="5" t="s">
+      <c r="K1" s="2" t="s">
         <v>424</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>425</v>
       </c>
-      <c r="M1" s="2" t="s">
+      <c r="M1" s="5" t="s">
         <v>426</v>
       </c>
       <c r="N1" s="2" t="s">
         <v>427</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>428</v>
       </c>
-    </row>
-    <row r="2" spans="1:15">
+      <c r="P1" s="2" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="C2" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="D2" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="E2" t="s">
         <v>85</v>
       </c>
       <c r="F2" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="G2" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="H2" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="I2" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="J2" t="s">
-        <v>434</v>
-[...1 lines deleted...]
-      <c r="K2" s="4" t="s">
         <v>435</v>
       </c>
-      <c r="L2" s="4"/>
-      <c r="M2">
+      <c r="K2" t="s">
+        <v>139</v>
+      </c>
+      <c r="L2" s="4" t="s">
+        <v>436</v>
+      </c>
+      <c r="M2" s="4"/>
+      <c r="N2">
         <v>45046.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>436</v>
       </c>
       <c r="O2" t="s">
         <v>437</v>
       </c>
-    </row>
-    <row r="3" spans="1:15">
+      <c r="P2" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="C3" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="D3" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="E3" t="s">
         <v>85</v>
       </c>
       <c r="F3" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="G3" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="H3" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="I3" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="J3" t="s">
-        <v>441</v>
-[...5 lines deleted...]
-      <c r="M3">
+        <v>442</v>
+      </c>
+      <c r="K3" t="s">
+        <v>443</v>
+      </c>
+      <c r="L3" s="4" t="s">
+        <v>436</v>
+      </c>
+      <c r="M3" s="4"/>
+      <c r="N3">
         <v>45910.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" s="6" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="C2" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="D2" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E9"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E9" sqref="E9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
+        <v>413</v>
+      </c>
+      <c r="C1" s="2" t="s">
+        <v>412</v>
+      </c>
+      <c r="D1" s="2" t="s">
         <v>414</v>
       </c>
-      <c r="C1" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E1" s="2" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="C2" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="D2" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="C3" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="E3" s="6" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="C4" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="D4" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="C5" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="D5" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
         <v>44</v>
       </c>
       <c r="B6" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="C6" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="E6" s="6" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>44</v>
       </c>
       <c r="B7" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="C7" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>44</v>
       </c>
       <c r="B8" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="C8" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
         <v>44</v>
       </c>
       <c r="B9" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="C9" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="D9" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="E9" s="6" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="E6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="E7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="E8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="E9" r:id="rId_hyperlink_5"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 