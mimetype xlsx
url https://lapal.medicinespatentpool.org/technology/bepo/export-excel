--- v1 (2025-12-02)
+++ v2 (2026-01-07)
@@ -1436,54 +1436,54 @@
   <si>
     <t>Reg Status</t>
   </si>
   <si>
     <t>Reg Submission Date</t>
   </si>
   <si>
     <t>Reg Approval Date</t>
   </si>
   <si>
     <t>Links</t>
   </si>
   <si>
     <t>Comments</t>
   </si>
   <si>
     <t>MEDINCELL / TEVA</t>
   </si>
   <si>
     <t>UZEDY</t>
   </si>
   <si>
     <t>50 mg/0.14 mL, 75 mg/0.21 mL, 100 mg/0.28 mL, 125 mg/0.35 mL, 150 mg/0.42 mL, 200 mg/0.56 mL, and 250 mg/0.7 mL single-dose prefilled syringes</t>
   </si>
   <si>
-    <t>FDA</t>
-[...2 lines deleted...]
-    <t>U.S. Food and Drug Administration</t>
+    <t>USFDA-r</t>
+  </si>
+  <si>
+    <t>United States Food and Drug Administration</t>
   </si>
   <si>
     <t>USA</t>
   </si>
   <si>
     <t>Approved</t>
   </si>
   <si>
     <t>https://www.accessdata.fda.gov/drugsatfda_docs/label/2023/213586s000lbl.pdf</t>
   </si>
   <si>
     <t>LAI risperidone for Schizophrenia management, once a month or once every 2 months</t>
   </si>
   <si>
     <t>Medincell / Teva Handok</t>
   </si>
   <si>
     <t>KMFDS</t>
   </si>
   <si>
     <t>Korean Ministry of Food and Drug Safety</t>
   </si>
   <si>
     <t>KOR</t>
   </si>