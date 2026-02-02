--- v2 (2026-01-07)
+++ v3 (2026-02-02)
@@ -1385,123 +1385,129 @@
   <si>
     <t>Daily</t>
   </si>
   <si>
     <t>Oral</t>
   </si>
   <si>
     <t>Tablet</t>
   </si>
   <si>
     <t>Clinical trial ID</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Company</t>
   </si>
   <si>
+    <t>Manufacturer</t>
+  </si>
+  <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
   </si>
   <si>
     <t>Country Name</t>
   </si>
   <si>
     <t>Reg Status</t>
   </si>
   <si>
     <t>Reg Submission Date</t>
   </si>
   <si>
     <t>Reg Approval Date</t>
   </si>
   <si>
     <t>Links</t>
   </si>
   <si>
     <t>Comments</t>
   </si>
   <si>
     <t>MEDINCELL / TEVA</t>
   </si>
   <si>
+    <t>originator</t>
+  </si>
+  <si>
     <t>UZEDY</t>
   </si>
   <si>
     <t>50 mg/0.14 mL, 75 mg/0.21 mL, 100 mg/0.28 mL, 125 mg/0.35 mL, 150 mg/0.42 mL, 200 mg/0.56 mL, and 250 mg/0.7 mL single-dose prefilled syringes</t>
   </si>
   <si>
     <t>USFDA-r</t>
   </si>
   <si>
     <t>United States Food and Drug Administration</t>
   </si>
   <si>
     <t>USA</t>
   </si>
   <si>
     <t>Approved</t>
   </si>
   <si>
     <t>https://www.accessdata.fda.gov/drugsatfda_docs/label/2023/213586s000lbl.pdf</t>
   </si>
   <si>
     <t>LAI risperidone for Schizophrenia management, once a month or once every 2 months</t>
   </si>
   <si>
     <t>Medincell / Teva Handok</t>
   </si>
   <si>
-    <t>KMFDS</t>
+    <t>KMFDS-r</t>
   </si>
   <si>
     <t>Korean Ministry of Food and Drug Safety</t>
   </si>
   <si>
     <t>KOR</t>
   </si>
   <si>
     <t>Korea, Republic of</t>
   </si>
   <si>
     <t>Illustration URL</t>
   </si>
   <si>
     <t>Credit</t>
   </si>
   <si>
     <t>https://lapal.medicinespatentpool.org/storage/illustrations/cTH2l0pNWn8eDWegrxuhgU8QEP7SGt3YhL00THl2.png</t>
   </si>
   <si>
     <t>To be determined</t>
   </si>
   <si>
     <t>Publication</t>
   </si>
@@ -1541,66 +1547,60 @@
   <si>
     <t>https://www.medincell.com/wp-content/uploads/2024/05/PR_Solaris_08052024_EN_Final.pdf</t>
   </si>
   <si>
     <t>Teva &amp; MedinCell Announce FDA Acceptance of New Drug Application for TV-46000/mdc-IRM as treatment</t>
   </si>
   <si>
     <t>https://www.medincell.com/wp-content/uploads/2024/02/FINAL-TV46000-NDA-Filing-Acceptance-Press-Release_EN_8.31.21.pdf</t>
   </si>
   <si>
     <t>Document</t>
   </si>
   <si>
     <t>MedinCell corporate presentation March 2025</t>
   </si>
   <si>
     <t>March2025-Corporate_Presentation-MedinCell-V3.pdf</t>
   </si>
   <si>
     <t>resources/wHLT4J8tF0Cb_March2025-Corporate_Presentation-MedinCell-V3.pdf</t>
   </si>
   <si>
     <t>Company/University</t>
   </si>
   <si>
-    <t>Manufacturer</t>
-[...1 lines deleted...]
-  <si>
     <t>Link to website</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Short description</t>
   </si>
   <si>
     <t>MEDINCELL</t>
-  </si>
-[...1 lines deleted...]
-    <t>originator</t>
   </si>
   <si>
     <t>www.medincell.com</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>MedinCell® is a pharmaceutical company at premarketing stage that develops innovative long-acting injectable medicines in many therapeutic areas. Products of our portfolio are based on our BEPO® technology and aim to ensure patient compliance, improve the effectiveness and accessibility of treatments, and reduce their environmental footprint.</t>
   </si>
   <si>
     <t>TEVA Pharmaceuticals</t>
   </si>
   <si>
     <t>www.tevapharm.com</t>
   </si>
   <si>
     <t>Arthritis Innovation Corporation (AIC)</t>
   </si>
   <si>
     <t>www.aic.com/about-us</t>
   </si>
   <si>
     <t>UNITAID</t>
   </si>
@@ -2361,74 +2361,74 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>468</v>
+        <v>416</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C2" t="s">
-        <v>473</v>
+        <v>432</v>
       </c>
       <c r="D2" t="s">
         <v>474</v>
       </c>
       <c r="E2" t="s">
         <v>475</v>
       </c>
       <c r="F2" t="s">
         <v>476</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
@@ -2438,51 +2438,51 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C7"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>173</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
         <v>477</v>
       </c>
       <c r="C2" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
         <v>479</v>
       </c>
       <c r="C3" t="s">
         <v>480</v>
       </c>
     </row>
     <row r="4" spans="1:3">
@@ -2549,51 +2549,51 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>173</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I8"/>
   <sheetViews>
@@ -4676,277 +4676,285 @@
       <c r="E1" s="2" t="s">
         <v>175</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P3"/>
+  <dimension ref="A1:Q3"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:P1"/>
+      <selection activeCell="A1" sqref="A1:Q1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
+    <col min="17" max="17" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16">
+    <row r="1" spans="1:17">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>415</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>416</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>417</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>418</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>419</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>420</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>421</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>422</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>423</v>
       </c>
       <c r="K1" s="2" t="s">
         <v>424</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>425</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>426</v>
       </c>
       <c r="N1" s="2" t="s">
         <v>427</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>428</v>
       </c>
       <c r="P1" s="2" t="s">
         <v>429</v>
       </c>
-    </row>
-    <row r="2" spans="1:16">
+      <c r="Q1" s="2" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="2" spans="1:17">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="C2" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="D2" t="s">
+        <v>433</v>
+      </c>
+      <c r="E2" t="s">
         <v>248</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
         <v>85</v>
       </c>
-      <c r="F2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G2" t="s">
+        <v>434</v>
+      </c>
+      <c r="H2" t="s">
         <v>271</v>
       </c>
-      <c r="H2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I2" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="J2" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="K2" t="s">
+        <v>437</v>
+      </c>
+      <c r="L2" s="4" t="s">
         <v>139</v>
       </c>
-      <c r="L2" s="4" t="s">
-[...3 lines deleted...]
-      <c r="N2">
+      <c r="M2" s="4" t="s">
+        <v>438</v>
+      </c>
+      <c r="O2">
         <v>45046.0</v>
       </c>
-      <c r="O2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P2" t="s">
-        <v>438</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:16">
+        <v>439</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="3" spans="1:17">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="C3" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="D3" t="s">
+        <v>433</v>
+      </c>
+      <c r="E3" t="s">
         <v>248</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
         <v>85</v>
       </c>
-      <c r="F3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G3" t="s">
+        <v>434</v>
+      </c>
+      <c r="H3" t="s">
         <v>271</v>
       </c>
-      <c r="H3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I3" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="J3" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="K3" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="L3" s="4" t="s">
-        <v>436</v>
-[...2 lines deleted...]
-      <c r="N3">
+        <v>445</v>
+      </c>
+      <c r="M3" s="4" t="s">
+        <v>438</v>
+      </c>
+      <c r="O3">
         <v>45910.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>412</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" s="6" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="C2" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="D2" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -4966,158 +4974,158 @@
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>413</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>412</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>414</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="C2" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="D2" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
         <v>175</v>
       </c>
       <c r="C3" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="E3" s="6" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="C4" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="D4" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="C5" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="D5" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
         <v>44</v>
       </c>
       <c r="B6" t="s">
         <v>175</v>
       </c>
       <c r="C6" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="E6" s="6" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>44</v>
       </c>
       <c r="B7" t="s">
         <v>175</v>
       </c>
       <c r="C7" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>44</v>
       </c>
       <c r="B8" t="s">
         <v>175</v>
       </c>
       <c r="C8" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
         <v>44</v>
       </c>
       <c r="B9" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="C9" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="D9" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="E9" s="6" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="E6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="E7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="E8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="E9" r:id="rId_hyperlink_5"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 