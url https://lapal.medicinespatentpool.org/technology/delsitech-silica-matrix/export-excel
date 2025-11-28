--- v0 (2025-10-01)
+++ v1 (2025-11-28)
@@ -34,51 +34,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Technologies" sheetId="1" r:id="rId4"/>
     <sheet name="Potential associated API" sheetId="2" r:id="rId5"/>
     <sheet name="Patent Medspal" sheetId="3" r:id="rId6"/>
     <sheet name="Patent curated by innovator" sheetId="4" r:id="rId7"/>
     <sheet name="Clinical trials" sheetId="5" r:id="rId8"/>
     <sheet name="Key resources" sheetId="6" r:id="rId9"/>
     <sheet name="Regulatory status" sheetId="7" r:id="rId10"/>
     <sheet name="Drug illustrations" sheetId="8" r:id="rId11"/>
     <sheet name="Publications" sheetId="9" r:id="rId12"/>
     <sheet name="Developers" sheetId="10" r:id="rId13"/>
     <sheet name="Partnerships" sheetId="11" r:id="rId14"/>
     <sheet name="Sponsors" sheetId="12" r:id="rId15"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="284">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="285">
   <si>
     <t>Technology</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Highlight</t>
   </si>
   <si>
     <t>Route(s) of administration</t>
   </si>
   <si>
     <t>Type(s) of technology</t>
   </si>
   <si>
     <t>Other feature(s) of the technology</t>
   </si>
   <si>
     <t>Release properties</t>
   </si>
   <si>
     <t>Injectability</t>
   </si>
   <si>
@@ -756,50 +756,53 @@
     <t>Content</t>
   </si>
   <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
+  </si>
+  <si>
+    <t>Country Name</t>
   </si>
   <si>
     <t>Reg Status</t>
   </si>
   <si>
     <t>Reg Submission Date</t>
   </si>
   <si>
     <t>Reg Approval Date</t>
   </si>
   <si>
     <t>Links</t>
   </si>
   <si>
     <t>Comments</t>
   </si>
   <si>
     <t>Illustration URL</t>
   </si>
   <si>
     <t>Credit</t>
   </si>
   <si>
     <t>https://lapal.medicinespatentpool.org/storage/illustrations/0lBH0vC9LJZl4sI8aemF1RxXbVRVNutY7pUykq0H.png</t>
   </si>
@@ -1658,236 +1661,236 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D2" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="E2" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="F2" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C7"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>180</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C2" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C3" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C4" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C5" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
         <v>44</v>
       </c>
       <c r="B6" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C6" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>44</v>
       </c>
       <c r="B7" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C7" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>180</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
         <v>98</v>
       </c>
       <c r="C2" t="s">
         <v>98</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
@@ -2864,197 +2867,201 @@
       <c r="E1" s="2" t="s">
         <v>182</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O1"/>
+  <dimension ref="A1:P1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:O1"/>
+      <selection activeCell="A1" sqref="A1:P1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
+    <col min="16" max="16" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15">
+    <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>150</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>232</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>233</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>234</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>235</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>236</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>237</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>238</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>239</v>
       </c>
-      <c r="K1" s="5" t="s">
+      <c r="K1" s="2" t="s">
         <v>240</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>241</v>
       </c>
-      <c r="M1" s="2" t="s">
+      <c r="M1" s="5" t="s">
         <v>242</v>
       </c>
       <c r="N1" s="2" t="s">
         <v>243</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>244</v>
+      </c>
+      <c r="P1" s="2" t="s">
+        <v>245</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D3"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>229</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" s="6" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C2" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D2" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" s="6" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C3" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D3" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
@@ -3078,99 +3085,99 @@
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>230</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>229</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>231</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
         <v>182</v>
       </c>
       <c r="C2" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="E2" s="6" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C3" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D3" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C4" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D4" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="E4" s="6" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C5" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D5" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="E4" r:id="rId_hyperlink_2"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>