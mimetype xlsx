--- v1 (2025-11-28)
+++ v2 (2026-02-06)
@@ -272,51 +272,51 @@
   <si>
     <t>Pre-Exposure Prophylaxis (PrEP), Treatment</t>
   </si>
   <si>
     <t>Administered by a community health worker, Administered by a nurse, Administered by a specialty health worker, To be determined, Self-administered</t>
   </si>
   <si>
     <t>Daily, Weekly, Monthly, Every 6 months, Yearly, Every 2 months</t>
   </si>
   <si>
     <t>Adults</t>
   </si>
   <si>
     <t>All, Male, Female, Cisgender female, Cisgender male, Transgender female, Transgender male, Intersex, Gender non-binary</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>Those who would benefit from longer dosing intervals or for whom adherence to current treatment might be challenging.</t>
   </si>
   <si>
     <t>More information available at https://www.delsitech.com/</t>
   </si>
   <si>
-    <t>2021-05-19 10:55:31</t>
+    <t>2022-03-31 15:45:16</t>
   </si>
   <si>
     <t>2022-04-25 16:23:52</t>
   </si>
   <si>
     <t>Active ingredients</t>
   </si>
   <si>
     <t>Classe(s)</t>
   </si>
   <si>
     <t>Development stage</t>
   </si>
   <si>
     <t>Clinical trial number(s)</t>
   </si>
   <si>
     <t>Foreseen approved indication(s)</t>
   </si>
   <si>
     <t>Foreseen user group</t>
   </si>
   <si>
     <t>Foreseen duration between application(s)</t>
   </si>
@@ -734,50 +734,53 @@
   <si>
     <t>Masking description</t>
   </si>
   <si>
     <t>Studied route(s) of administration</t>
   </si>
   <si>
     <t>Studied LA-formulation(s)</t>
   </si>
   <si>
     <t>Use case</t>
   </si>
   <si>
     <t>Clinical trial ID</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
+    <t>Manufacturer</t>
+  </si>
+  <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
   </si>
   <si>
     <t>Country Name</t>
@@ -834,53 +837,50 @@
     <t>&lt;p&gt;&lt;a href="https://pubmed.ncbi.nlm.nih.gov/28752299/" rel="noopener noreferrer" target="_blank"&gt;Silica microparticles for sustained zero-order release of an anti-CD40L antibody. &lt;/a&gt;&lt;/p&gt;&lt;p&gt;Tyagi P, Koskinen M, Mikkola J, Leino L, Schwarz A. &lt;/p&gt;&lt;p&gt;Drug Deliv Transl Res. &lt;/p&gt;&lt;p&gt;2018 Apr;8(2):368-374. doi: 10.1007/s13346-017-0408-1. PMID: 28752299.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Silica microparticle hydrogel depot (HG) formulation was prepared using spray drying of silica-based sol-gels for the sustained delivery of MR1 antibody which binds to CD40 ligand (CD40L). The formulation was tested in vitro for antibody release, surface morphology, particle size, rheology, and injectability. In vivo pharmacokinetic evaluation was performed for the microparticle formulation and free MR1 antibody in BALB/c female mice. Serum samples up to day 62 were assessed using an enzyme-linked immunosorbent assay. In vitro release indicated that the MR1 antibody was uniformly encapsulated in silica microparticles, and less than 5% burst release of the antibody was observed. In vivo pharmacokinetics showed a zero-order release up to 62 days from the MR1 silica microparticle HG-controlled release composition.&lt;/p&gt;&lt;p&gt;&lt;br&gt;&lt;/p&gt;&lt;p&gt;&lt;br&gt;&lt;/p&gt;&lt;p&gt;Keywords: Antibody; Biologics; Silica microparticles; Sustained release.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Document</t>
   </si>
   <si>
     <t>Parenteral delivery of therapeutic proteins using biodegradable silica matrix - LAII2020 conference</t>
   </si>
   <si>
     <t>LAII-2020-Frederic-Dargelas-DelSiTech-6FEB2020.pdf</t>
   </si>
   <si>
     <t>resources/JWKtUvyhJ6wF_LAII-2020-Frederic-Dargelas-DelSiTech-6FEB2020.pdf</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;a href="https://www.ncbi.nlm.nih.gov/pmc/articles/PMC8233906/#:~:text=In%20vivo%20pharmacokinetics%20showed%20that,as%20the%20Pamorelin%C2%AE%20injections." rel="noopener noreferrer" target="_blank"&gt;Sustained In-Vivo Release of Triptorelin Acetate from a Biodegradable Silica Depot: Comparison to Pamorelin® LA&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Nanomedicines, June 2021&lt;/p&gt;&lt;p&gt;Ari-Pekka Forsback, Panu Noppari, Jesse Viljanen, Jari Mikkola, Mika Jokinen, Lasse Leino, Simon Bjerregaard, Camilla Borglin and Janet Halliday &lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Triptorelin acetate was encapsulated into silica microparticles by spray-drying a mixture of colloidal silica sol and triptorelin acetate solution. The resulting microparticles were then combined with another silica sol containing silica nanoparticles, which together formed an injectable silica-triptorelin acetate depot. The particle size and surface morphology of the silica-triptorelin acetate microparticles were characterized together with the in vitro release of triptorelin, injectability and rheology of the final injectable silica-triptorelin acetate depot. In vivo pharmacokinetics and pharmacodynamics of the silica-triptorelin acetate depot and Pamorelin&lt;sup&gt;®&lt;/sup&gt; were evaluated and compared in Sprague-Dawley male rats after subcutaneous administration. Serum samples up to 91 days were collected and the plasma concentrations of triptorelin and testosterone were analyzed with ultraperformance liquid chromatography-tandem mass spectrometry (UPLC-MS/MS). In vivo pharmacokinetics showed that injections of the silica-triptorelin acetate depot gave 5-fold lower Cmax values than the corresponding Pamorelin&lt;sup&gt;®&lt;/sup&gt; injections. The depot also showed a comparable sustained triptorelin release and equivalent pharmacodynamic effect as the Pamorelin&lt;sup&gt;®&lt;/sup&gt; injections. Detectable triptorelin plasma concentrations were seen with the depot after the 91-day study period and testosterone plasma concentrations remained below the human castration limit for the same period.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Company/University</t>
-  </si>
-[...1 lines deleted...]
-    <t>Manufacturer</t>
   </si>
   <si>
     <t>Link to website</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Short description</t>
   </si>
   <si>
     <t>https://www.delsitech.com/</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
     <t>DelSiTech is the world technology leader in advanced biodegradable silica based controlled release materials</t>
   </si>
   <si>
     <t>Innovare r&amp;d</t>
   </si>
   <si>
     <t>http://www.innovare-rd.com.mx/</t>
   </si>
@@ -1661,71 +1661,71 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>266</v>
+        <v>232</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>267</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>268</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D2" t="s">
         <v>270</v>
       </c>
       <c r="E2" t="s">
         <v>271</v>
       </c>
       <c r="F2" t="s">
         <v>272</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
@@ -2867,201 +2867,205 @@
       <c r="E1" s="2" t="s">
         <v>182</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P1"/>
+  <dimension ref="A1:Q1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:P1"/>
+      <selection activeCell="A1" sqref="A1:Q1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
+    <col min="17" max="17" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16">
+    <row r="1" spans="1:17">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>150</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>232</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>233</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>234</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>235</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>236</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>237</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>238</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>239</v>
       </c>
       <c r="K1" s="2" t="s">
         <v>240</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>241</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>242</v>
       </c>
       <c r="N1" s="2" t="s">
         <v>243</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>244</v>
       </c>
       <c r="P1" s="2" t="s">
         <v>245</v>
+      </c>
+      <c r="Q1" s="2" t="s">
+        <v>246</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D3"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>229</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" s="6" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C2" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D2" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" s="6" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C3" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D3" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
@@ -3085,99 +3089,99 @@
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>230</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>229</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>231</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
         <v>182</v>
       </c>
       <c r="C2" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="E2" s="6" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C3" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D3" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C4" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D4" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="E4" s="6" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C5" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D5" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="E4" r:id="rId_hyperlink_2"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>