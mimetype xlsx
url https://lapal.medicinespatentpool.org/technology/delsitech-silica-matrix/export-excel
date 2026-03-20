--- v2 (2026-02-06)
+++ v3 (2026-03-20)
@@ -34,51 +34,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Technologies" sheetId="1" r:id="rId4"/>
     <sheet name="Potential associated API" sheetId="2" r:id="rId5"/>
     <sheet name="Patent Medspal" sheetId="3" r:id="rId6"/>
     <sheet name="Patent curated by innovator" sheetId="4" r:id="rId7"/>
     <sheet name="Clinical trials" sheetId="5" r:id="rId8"/>
     <sheet name="Key resources" sheetId="6" r:id="rId9"/>
     <sheet name="Regulatory status" sheetId="7" r:id="rId10"/>
     <sheet name="Drug illustrations" sheetId="8" r:id="rId11"/>
     <sheet name="Publications" sheetId="9" r:id="rId12"/>
     <sheet name="Developers" sheetId="10" r:id="rId13"/>
     <sheet name="Partnerships" sheetId="11" r:id="rId14"/>
     <sheet name="Sponsors" sheetId="12" r:id="rId15"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="285">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="286">
   <si>
     <t>Technology</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Highlight</t>
   </si>
   <si>
     <t>Route(s) of administration</t>
   </si>
   <si>
     <t>Type(s) of technology</t>
   </si>
   <si>
     <t>Other feature(s) of the technology</t>
   </si>
   <si>
     <t>Release properties</t>
   </si>
   <si>
     <t>Injectability</t>
   </si>
   <si>
@@ -447,50 +447,53 @@
     <t>Patent source</t>
   </si>
   <si>
     <t>Granted: Low, low-middle and upper-middle countries</t>
   </si>
   <si>
     <t>Granted: High income countries</t>
   </si>
   <si>
     <t>Filed: Low, low-middle and upper-middle countries</t>
   </si>
   <si>
     <t>Filed: High income countries</t>
   </si>
   <si>
     <t>Not in force: Low, low-middle and upper-middle countries</t>
   </si>
   <si>
     <t>Not in force: High income countries</t>
   </si>
   <si>
     <t>WO2017068245</t>
   </si>
   <si>
     <t>Hydrogel composite depot formulation</t>
+  </si>
+  <si>
+    <t>Composition</t>
   </si>
   <si>
     <t>DELSITECH OY</t>
   </si>
   <si>
     <t>2036-10-21</t>
   </si>
   <si>
     <t>This invention relates to a depot formulation comprising a biodegradable silica hydrogel composite incorporating a nucleotide or nucleoside analogue reverse transcriptase inhibitor, wherein the silica hydrogel composite is obtainable by mixing silica particles comprising said nucleotide or nucleoside analogue reverse transcriptase inhibitor and having a maximum diameter of ≤ 1 000 μm, as such or as a suspension, with silica sol wherein the hydrogel composite is non-flowing and structurally stable when stored at rest and shear-thinning when shear stress is applied by injection. The present invention also relates to use of the depot formulation for treatment of chronic viral infections and prevention of chronic viral reinfection. The present invention further relates to a prefilled syringes comprising said depot formulation.</t>
   </si>
   <si>
     <t>MPP search</t>
   </si>
   <si>
     <t>China, Türkiye, Moldova, Republic of, Mexico, South Africa, India, Brazil</t>
   </si>
   <si>
     <t>Australia, Liechtenstein, Italy, Norway, Denmark, Belgium, United Kingdom, Greece, Netherlands, Hungary, Croatia, Switzerland, Spain, Austria, Romania, Finland, France, Bulgaria, Poland, Latvia, Ireland, Germany, Portugal, Czechia, Lithuania, Sweden, Japan, Korea, Republic of, United States of America</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>World Intellectual Property Organization (WIPO), Morocco, Albania, Serbia, Bosnia and Herzegovina, Montenegro, North Macedonia</t>
   </si>
@@ -1661,236 +1664,236 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D2" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="E2" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="F2" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C7"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C2" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C3" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C4" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C5" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
         <v>44</v>
       </c>
       <c r="B6" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C6" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>44</v>
       </c>
       <c r="B7" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C7" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
         <v>98</v>
       </c>
       <c r="C2" t="s">
         <v>98</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
@@ -2293,155 +2296,158 @@
         <v>130</v>
       </c>
       <c r="L1" s="2" t="s">
         <v>131</v>
       </c>
       <c r="M1" s="2" t="s">
         <v>132</v>
       </c>
       <c r="N1" s="2" t="s">
         <v>133</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" s="6" t="s">
         <v>135</v>
       </c>
       <c r="C2" t="s">
         <v>136</v>
       </c>
+      <c r="D2" t="s">
+        <v>137</v>
+      </c>
       <c r="E2" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="F2" s="4" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="G2" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="H2" t="s">
         <v>95</v>
       </c>
       <c r="I2" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="J2" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="K2" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="M2" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="N2" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="O2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" s="6" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C3" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E3" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="F3" s="4" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G3" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="H3" t="s">
         <v>95</v>
       </c>
       <c r="I3" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="J3" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="K3" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="N3" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="O3" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" s="6" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C4" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E4" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="F4" s="4" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="G4" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="H4" t="s">
         <v>95</v>
       </c>
       <c r="I4" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="J4" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="K4" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="N4" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="O4" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
@@ -2453,147 +2459,147 @@
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>121</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>124</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="H1" s="5" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
         <v>136</v>
       </c>
       <c r="C2" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D2" t="s">
         <v>135</v>
       </c>
       <c r="E2" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="F2" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="H2" s="4" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="I2" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C3" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D3" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="E3" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="F3" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="H3" s="4" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="I3" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" t="s">
+        <v>156</v>
+      </c>
+      <c r="C4" t="s">
+        <v>177</v>
+      </c>
+      <c r="D4" t="s">
         <v>155</v>
       </c>
-      <c r="C4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="F4" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="H4" s="4" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="I4" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AZ1"/>
   <sheetViews>
@@ -2640,254 +2646,254 @@
     <col min="35" max="35" width="30" customWidth="true" style="0"/>
     <col min="36" max="36" width="30" customWidth="true" style="0"/>
     <col min="37" max="37" width="30" customWidth="true" style="0"/>
     <col min="38" max="38" width="30" customWidth="true" style="0"/>
     <col min="39" max="39" width="30" customWidth="true" style="0"/>
     <col min="40" max="40" width="30" customWidth="true" style="0"/>
     <col min="41" max="41" width="30" customWidth="true" style="0"/>
     <col min="42" max="42" width="30" customWidth="true" style="0"/>
     <col min="43" max="43" width="30" customWidth="true" style="0"/>
     <col min="44" max="44" width="30" customWidth="true" style="0"/>
     <col min="45" max="45" width="30" customWidth="true" style="0"/>
     <col min="46" max="46" width="30" customWidth="true" style="0"/>
     <col min="47" max="47" width="30" customWidth="true" style="0"/>
     <col min="48" max="48" width="30" customWidth="true" style="0"/>
     <col min="49" max="49" width="30" customWidth="true" style="0"/>
     <col min="50" max="50" width="30" customWidth="true" style="0"/>
     <col min="51" max="51" width="30" customWidth="true" style="0"/>
     <col min="52" max="52" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:52">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="P1" s="2" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="Q1" s="2" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="R1" s="2" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="S1" s="2" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="T1" s="2" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="U1" s="2" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="V1" s="2" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="W1" s="2" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="X1" s="2" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="Y1" s="2" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="Z1" s="2" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="AA1" s="2" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="AB1" s="2" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="AC1" s="2" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="AD1" s="2" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="AE1" s="2" t="s">
         <v>35</v>
       </c>
       <c r="AF1" s="2" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="AG1" s="2" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="AH1" s="2" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="AI1" s="2" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="AJ1" s="2" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="AK1" s="2" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="AL1" s="2" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="AM1" s="2" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="AN1" s="2" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="AO1" s="2" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="AP1" s="2" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="AQ1" s="2" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="AR1" s="2" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="AS1" s="2" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="AT1" s="2" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="AU1" s="2" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="AV1" s="2" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="AW1" s="2" t="s">
         <v>33</v>
       </c>
       <c r="AX1" s="2" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="AY1" s="2" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="AZ1" s="2" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:E1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Q1"/>
   <sheetViews>
@@ -2899,289 +2905,289 @@
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
     <col min="17" max="17" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="L1" s="5" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="M1" s="5" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="P1" s="2" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="Q1" s="2" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D3"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" s="6" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C2" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D2" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" s="6" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C3" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D3" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E5"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E4" sqref="E4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
+        <v>231</v>
+      </c>
+      <c r="C1" s="2" t="s">
         <v>230</v>
       </c>
-      <c r="C1" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1" s="2" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C2" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="E2" s="6" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C3" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D3" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C4" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D4" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="E4" s="6" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C5" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D5" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="E4" r:id="rId_hyperlink_2"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>