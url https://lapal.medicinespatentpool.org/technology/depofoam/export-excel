--- v0 (2025-10-29)
+++ v1 (2025-12-09)
@@ -34,51 +34,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Technologies" sheetId="1" r:id="rId4"/>
     <sheet name="Potential associated API" sheetId="2" r:id="rId5"/>
     <sheet name="Patent Medspal" sheetId="3" r:id="rId6"/>
     <sheet name="Patent curated by innovator" sheetId="4" r:id="rId7"/>
     <sheet name="Clinical trials" sheetId="5" r:id="rId8"/>
     <sheet name="Key resources" sheetId="6" r:id="rId9"/>
     <sheet name="Regulatory status" sheetId="7" r:id="rId10"/>
     <sheet name="Drug illustrations" sheetId="8" r:id="rId11"/>
     <sheet name="Publications" sheetId="9" r:id="rId12"/>
     <sheet name="Developers" sheetId="10" r:id="rId13"/>
     <sheet name="Partnerships" sheetId="11" r:id="rId14"/>
     <sheet name="Sponsors" sheetId="12" r:id="rId15"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="722">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="723">
   <si>
     <t>Technology</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Highlight</t>
   </si>
   <si>
     <t>Route(s) of administration</t>
   </si>
   <si>
     <t>Type(s) of technology</t>
   </si>
   <si>
     <t>Other feature(s) of the technology</t>
   </si>
   <si>
     <t>Release properties</t>
   </si>
   <si>
     <t>Injectability</t>
   </si>
   <si>
@@ -2509,50 +2509,53 @@
     <t>Company</t>
   </si>
   <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
+  </si>
+  <si>
+    <t>Country Name</t>
   </si>
   <si>
     <t>Reg Status</t>
   </si>
   <si>
     <t>Reg Submission Date</t>
   </si>
   <si>
     <t>Reg Approval Date</t>
   </si>
   <si>
     <t>Links</t>
   </si>
   <si>
     <t>Comments</t>
   </si>
   <si>
     <t>Illustration URL</t>
   </si>
   <si>
     <t>Credit</t>
   </si>
   <si>
     <t>https://lapal.medicinespatentpool.org/storage/illustrations/cMu7yk9CxVVEaKvkNbvc5c8KQHfKIARms8U4XiH9.png</t>
   </si>
@@ -3346,192 +3349,192 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="D2" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="E2" t="s">
         <v>184</v>
       </c>
       <c r="F2" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C3"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>129</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="C2" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="C3" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>129</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I3"/>
   <sheetViews>
@@ -8635,183 +8638,187 @@
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O1"/>
+  <dimension ref="A1:P1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:O1"/>
+      <selection activeCell="A1" sqref="A1:P1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
+    <col min="16" max="16" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15">
+    <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>688</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>689</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>690</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>691</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>692</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>693</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>694</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>695</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>696</v>
       </c>
-      <c r="K1" s="5" t="s">
+      <c r="K1" s="2" t="s">
         <v>697</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>698</v>
       </c>
-      <c r="M1" s="2" t="s">
+      <c r="M1" s="5" t="s">
         <v>699</v>
       </c>
       <c r="N1" s="2" t="s">
         <v>700</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>701</v>
+      </c>
+      <c r="P1" s="2" t="s">
+        <v>702</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>685</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" s="6" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C2" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="D2" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -8831,57 +8838,57 @@
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>686</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>685</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>687</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="C2" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="D2" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
         <v>131</v>
       </c>
       <c r="C3" t="s">
         <v>183</v>
       </c>
       <c r="E3" s="6" t="s">
         <v>179</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E3" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>