--- v1 (2025-12-09)
+++ v2 (2026-02-12)
@@ -275,51 +275,51 @@
   <si>
     <t>Pain management, Lymphomatous meningitis</t>
   </si>
   <si>
     <t>Treatment</t>
   </si>
   <si>
     <t>Administered by a community health worker, Administered by a nurse, Administered by a specialty health worker</t>
   </si>
   <si>
     <t>Single Dose administration lasting for 72 hours, Weekly</t>
   </si>
   <si>
     <t>Adults, Older Adults</t>
   </si>
   <si>
     <t>All</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>Unspecified</t>
   </si>
   <si>
-    <t>2024-05-08 08:24:05</t>
+    <t>2024-06-26 09:11:22</t>
   </si>
   <si>
     <t>2024-06-27 16:17:24</t>
   </si>
   <si>
     <t>Active ingredients</t>
   </si>
   <si>
     <t>Classe(s)</t>
   </si>
   <si>
     <t>Development stage</t>
   </si>
   <si>
     <t>Clinical trial number(s)</t>
   </si>
   <si>
     <t>Foreseen approved indication(s)</t>
   </si>
   <si>
     <t>Foreseen user group</t>
   </si>
   <si>
     <t>Foreseen duration between application(s)</t>
   </si>
@@ -2487,50 +2487,53 @@
 * male subjects, aged 18-75.
 * American Society of Anesthesiology (ASA) physical status 1-3.
 * Undergoing robot-assisted laparoscopic prostatectomy performed by a single surgeon (Ingolf Tuerk, MD).
 * Subjects must be physically and mentally able to participate in the study and complete all study assessments.
 * Subjects must be able to give fully informed consent to participate in this study after demonstrating a good understanding of the risks and benefits of the TAP infiltration.
 Exclusion Criteria:
 * Demonstrated hypersensitivity or idiosyncratic reactions to amide-type local anesthetics.
 * Inability to tolerate oxycodone with acetaminophen (e.g. Percocet).</t>
   </si>
   <si>
     <t>Clinical trial ID</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Company</t>
   </si>
   <si>
+    <t>Manufacturer</t>
+  </si>
+  <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
   </si>
   <si>
     <t>Country Name</t>
@@ -2554,53 +2557,50 @@
     <t>Illustration URL</t>
   </si>
   <si>
     <t>Credit</t>
   </si>
   <si>
     <t>https://lapal.medicinespatentpool.org/storage/illustrations/cMu7yk9CxVVEaKvkNbvc5c8KQHfKIARms8U4XiH9.png</t>
   </si>
   <si>
     <t>Release of the API molecules from the pMVL matrix</t>
   </si>
   <si>
     <t>PMVL (no date) Pacira. Available at: https://www.pacira.com/products/pmvl (Accessed: 14 May 2024).</t>
   </si>
   <si>
     <t>Publication</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;Angst, M. S., &amp;amp; Drover, D. R. (2006). Pharmacology of drugs formulated with DepoFoam: a sustained release drug delivery system for parenteral administration using multivesicular liposome technology.&amp;nbsp;&lt;/span&gt;&lt;em style="color: rgb(33, 33, 33);"&gt;Clinical pharmacokinetics&lt;/em&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;,&amp;nbsp;&lt;/span&gt;&lt;em style="color: rgb(33, 33, 33);"&gt;45&lt;/em&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;(12), 1153–1176. https://doi.org/10.2165/00003088-200645120-00002&lt;/span&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;span style="color: rgb(34, 34, 34);"&gt;Multivesicular liposomes are structurally distinct from lamellar liposomes and consist of an aggregation of hundreds of water-filled polyhedral compartments separated by bi-layered lipid septa. The unique architecture of multivesicular liposomes allows encapsulating drug with greater efficiency, provides robust structural stability and ensures reliable, steady and prolonged drug release. The favourable characteristics of multivesicular liposomes have resulted in many drug formulations exploiting this technology, which is proprietary and referred to as DepoFoam™.&lt;/span&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>Company/University</t>
-  </si>
-[...1 lines deleted...]
-    <t>Manufacturer</t>
   </si>
   <si>
     <t>Link to website</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Short description</t>
   </si>
   <si>
     <t>Pacira Bioscience (formerly Skype Pharma Ltd)</t>
   </si>
   <si>
     <t>https://www.pacira.com</t>
   </si>
   <si>
     <t>Established in 2007, Pacira Biosciences has surfaced with a mission to furnish non-opioid therapy alternatives for individuals undergoing surgical procedures and experiencing acute pain. Their array of non-opioid injectables derives from their innovative liposomal technology. To amplify their pipeline, Pacira acquired Myoscience Ltd in 2019, fortifying their position in the pain management.</t>
   </si>
   <si>
     <t>CrossLink Bioscience, LLC</t>
   </si>
   <si>
     <t>https://www.crosslinklifesciences.com/</t>
   </si>
@@ -3349,54 +3349,54 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>712</v>
+        <v>689</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>713</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>714</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>715</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
         <v>716</v>
       </c>
       <c r="D2" t="s">
         <v>717</v>
       </c>
       <c r="E2" t="s">
         <v>184</v>
       </c>
       <c r="F2" t="s">
@@ -8638,187 +8638,191 @@
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P1"/>
+  <dimension ref="A1:Q1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:P1"/>
+      <selection activeCell="A1" sqref="A1:Q1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
+    <col min="17" max="17" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16">
+    <row r="1" spans="1:17">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>688</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>689</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>690</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>691</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>692</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>693</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>694</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>695</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>696</v>
       </c>
       <c r="K1" s="2" t="s">
         <v>697</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>698</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>699</v>
       </c>
       <c r="N1" s="2" t="s">
         <v>700</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>701</v>
       </c>
       <c r="P1" s="2" t="s">
         <v>702</v>
+      </c>
+      <c r="Q1" s="2" t="s">
+        <v>703</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>685</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" s="6" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="C2" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="D2" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -8838,57 +8842,57 @@
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>686</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>685</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>687</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="C2" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="D2" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
         <v>131</v>
       </c>
       <c r="C3" t="s">
         <v>183</v>
       </c>
       <c r="E3" s="6" t="s">
         <v>179</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E3" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>