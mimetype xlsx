--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -34,51 +34,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Technologies" sheetId="1" r:id="rId4"/>
     <sheet name="Potential associated API" sheetId="2" r:id="rId5"/>
     <sheet name="Patent Medspal" sheetId="3" r:id="rId6"/>
     <sheet name="Patent curated by innovator" sheetId="4" r:id="rId7"/>
     <sheet name="Clinical trials" sheetId="5" r:id="rId8"/>
     <sheet name="Key resources" sheetId="6" r:id="rId9"/>
     <sheet name="Regulatory status" sheetId="7" r:id="rId10"/>
     <sheet name="Drug illustrations" sheetId="8" r:id="rId11"/>
     <sheet name="Publications" sheetId="9" r:id="rId12"/>
     <sheet name="Developers" sheetId="10" r:id="rId13"/>
     <sheet name="Partnerships" sheetId="11" r:id="rId14"/>
     <sheet name="Sponsors" sheetId="12" r:id="rId15"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="283">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="284">
   <si>
     <t>Technology</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Highlight</t>
   </si>
   <si>
     <t>Route(s) of administration</t>
   </si>
   <si>
     <t>Type(s) of technology</t>
   </si>
   <si>
     <t>Other feature(s) of the technology</t>
   </si>
   <si>
     <t>Release properties</t>
   </si>
   <si>
     <t>Injectability</t>
   </si>
   <si>
@@ -825,50 +825,53 @@
     <t>Company</t>
   </si>
   <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
+  </si>
+  <si>
+    <t>Country Name</t>
   </si>
   <si>
     <t>Reg Status</t>
   </si>
   <si>
     <t>Reg Submission Date</t>
   </si>
   <si>
     <t>Reg Approval Date</t>
   </si>
   <si>
     <t>Links</t>
   </si>
   <si>
     <t>Comments</t>
   </si>
   <si>
     <t>Illustration URL</t>
   </si>
   <si>
     <t>Credit</t>
   </si>
   <si>
     <t>https://lapal.medicinespatentpool.org/storage/illustrations/iNUqz5otW5nhMI3io0WvFuomqXzKJutAbJ372BgD.png</t>
   </si>
@@ -1716,173 +1719,173 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C2" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D2" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="E2" t="s">
         <v>186</v>
       </c>
       <c r="F2" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>130</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>130</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I5"/>
   <sheetViews>
@@ -2831,225 +2834,229 @@
       <c r="E1" s="2" t="s">
         <v>132</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O1"/>
+  <dimension ref="A1:P1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:O1"/>
+      <selection activeCell="A1" sqref="A1:P1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
+    <col min="16" max="16" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15">
+    <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>236</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>237</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>238</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>239</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>240</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>241</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>242</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>243</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>244</v>
       </c>
-      <c r="K1" s="5" t="s">
+      <c r="K1" s="2" t="s">
         <v>245</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>246</v>
       </c>
-      <c r="M1" s="2" t="s">
+      <c r="M1" s="5" t="s">
         <v>247</v>
       </c>
       <c r="N1" s="2" t="s">
         <v>248</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>249</v>
+      </c>
+      <c r="P1" s="2" t="s">
+        <v>250</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D5"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B5" sqref="B5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>233</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" s="6" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C2" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D2" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" s="6" t="s">
+        <v>256</v>
+      </c>
+      <c r="C3" t="s">
+        <v>257</v>
+      </c>
+      <c r="D3" t="s">
         <v>255</v>
-      </c>
-[...4 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" s="6" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C4" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D4" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" s="6" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C5" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D5" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
@@ -3072,102 +3079,102 @@
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>234</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>233</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>235</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C2" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D2" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="E2" s="6" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C3" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D3" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C4" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D4" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C5" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D5" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>