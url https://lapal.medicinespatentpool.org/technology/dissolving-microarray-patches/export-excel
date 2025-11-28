--- v0 (2025-10-27)
+++ v1 (2025-11-28)
@@ -34,51 +34,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Technologies" sheetId="1" r:id="rId4"/>
     <sheet name="Potential associated API" sheetId="2" r:id="rId5"/>
     <sheet name="Patent Medspal" sheetId="3" r:id="rId6"/>
     <sheet name="Patent curated by innovator" sheetId="4" r:id="rId7"/>
     <sheet name="Clinical trials" sheetId="5" r:id="rId8"/>
     <sheet name="Key resources" sheetId="6" r:id="rId9"/>
     <sheet name="Regulatory status" sheetId="7" r:id="rId10"/>
     <sheet name="Drug illustrations" sheetId="8" r:id="rId11"/>
     <sheet name="Publications" sheetId="9" r:id="rId12"/>
     <sheet name="Developers" sheetId="10" r:id="rId13"/>
     <sheet name="Partnerships" sheetId="11" r:id="rId14"/>
     <sheet name="Sponsors" sheetId="12" r:id="rId15"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="207">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="220">
   <si>
     <t>Technology</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Highlight</t>
   </si>
   <si>
     <t>Route(s) of administration</t>
   </si>
   <si>
     <t>Type(s) of technology</t>
   </si>
   <si>
     <t>Other feature(s) of the technology</t>
   </si>
   <si>
     <t>Release properties</t>
   </si>
   <si>
     <t>Injectability</t>
   </si>
   <si>
@@ -405,50 +405,86 @@
   <si>
     <t>Filed: High income countries</t>
   </si>
   <si>
     <t>Not in force: Low, low-middle and upper-middle countries</t>
   </si>
   <si>
     <t>Not in force: High income countries</t>
   </si>
   <si>
     <t>Brief description</t>
   </si>
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Exclusivity</t>
   </si>
   <si>
     <t>Expiration date</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
+    <t>Microprotrusion array for drug delivery</t>
+  </si>
+  <si>
+    <t>A microprotrusion array for use in transport of a material across a biological barrier, wherein said array comprises a plurality of microprotusions composed of a swellable polymer composition.</t>
+  </si>
+  <si>
+    <t>WO2009040548</t>
+  </si>
+  <si>
+    <t>Device</t>
+  </si>
+  <si>
+    <t>THE QUEEN'S UNIVERSITY OF BELFAST</t>
+  </si>
+  <si>
+    <t>2029-09-29</t>
+  </si>
+  <si>
+    <t>Granted: CN, EP  (AT, CH, DE, DK, ES, FR, GB, IE, IT, NL, NO, SE), IN, JP, US</t>
+  </si>
+  <si>
+    <t>Microarray patch comprising a baseplate and an array of dissolvable microneedles</t>
+  </si>
+  <si>
+    <t>A microarray patch (1) comprising a baseplate (2) and an array of microneedles (3) arranged on the baseplate (2) is disclosed. The baseplate is (2) configured to indicate the detection of moisture. The baseplate (2) may comprise a dye that changes colour on contact with moisture. The colour change of the baseplate is configured to align with the delivery of a substance through or from the microneedle, or the capture of a substance into the microneedle. The dye may be configured to yield gradual colour change according to the degree of moisturisation. The baseplate (2) may be insoluble with water and hydrophobic. Also disclosed is a method of manufacturing the microarray patch (1).</t>
+  </si>
+  <si>
+    <t>WO2025008262</t>
+  </si>
+  <si>
+    <t>2044-06-27</t>
+  </si>
+  <si>
+    <t>Not yet entered in National Phase, deadline for entry 06.01.2026</t>
+  </si>
+  <si>
     <t>Name</t>
   </si>
   <si>
     <t>Identifier</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
     <t>Phase</t>
   </si>
   <si>
     <t>Sponsor</t>
   </si>
   <si>
     <t>More details</t>
   </si>
   <si>
     <t>Purpose</t>
   </si>
   <si>
     <t>Countries</t>
   </si>
   <si>
     <t>Sites / Institutions</t>
@@ -586,50 +622,53 @@
     <t>Company</t>
   </si>
   <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
+  </si>
+  <si>
+    <t>Country Name</t>
   </si>
   <si>
     <t>Reg Status</t>
   </si>
   <si>
     <t>Reg Submission Date</t>
   </si>
   <si>
     <t>Reg Approval Date</t>
   </si>
   <si>
     <t>Links</t>
   </si>
   <si>
     <t>Comments</t>
   </si>
   <si>
     <t>Illustration URL</t>
   </si>
   <si>
     <t>Credit</t>
   </si>
   <si>
     <t>https://lapal.medicinespatentpool.org/storage/illustrations/vUxCYT0PUi37lEBxFuksVfGCE7NoGwYFE6mhThX5.png</t>
   </si>
@@ -732,55 +771,56 @@
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="6">
+  <cellXfs count="7">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="164" fillId="2" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="0"/>
+    <xf xfId="0" fontId="0" numFmtId="165" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="165" fillId="2" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1442,206 +1482,206 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>192</v>
+        <v>205</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>193</v>
+        <v>206</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>194</v>
+        <v>207</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>195</v>
+        <v>208</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>196</v>
+        <v>209</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>189</v>
+        <v>202</v>
       </c>
       <c r="C2" t="s">
-        <v>197</v>
+        <v>210</v>
       </c>
       <c r="D2" t="s">
-        <v>198</v>
+        <v>211</v>
       </c>
       <c r="E2" t="s">
-        <v>199</v>
+        <v>212</v>
       </c>
       <c r="F2" t="s">
-        <v>200</v>
+        <v>213</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>119</v>
+        <v>131</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>194</v>
+        <v>207</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="C2" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C3"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>119</v>
+        <v>131</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>194</v>
+        <v>207</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>203</v>
+        <v>216</v>
       </c>
       <c r="C2" t="s">
-        <v>204</v>
+        <v>217</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>205</v>
+        <v>218</v>
       </c>
       <c r="C3" t="s">
-        <v>206</v>
+        <v>219</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I4"/>
   <sheetViews>
@@ -1818,51 +1858,51 @@
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>100</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>101</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>102</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>103</v>
       </c>
-      <c r="F1" s="4" t="s">
+      <c r="F1" s="5" t="s">
         <v>104</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>105</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>106</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>107</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>108</v>
       </c>
       <c r="K1" s="2" t="s">
         <v>109</v>
       </c>
       <c r="L1" s="2" t="s">
         <v>110</v>
       </c>
       <c r="M1" s="2" t="s">
         <v>111</v>
       </c>
       <c r="N1" s="2" t="s">
         <v>112</v>
@@ -1870,96 +1910,148 @@
       <c r="O1" s="2" t="s">
         <v>113</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I1"/>
+  <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>114</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>100</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>115</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>103</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>116</v>
       </c>
-      <c r="H1" s="4" t="s">
+      <c r="H1" s="5" t="s">
         <v>117</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>118</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9">
+      <c r="A2" t="s">
+        <v>44</v>
+      </c>
+      <c r="B2" t="s">
+        <v>119</v>
+      </c>
+      <c r="C2" t="s">
+        <v>120</v>
+      </c>
+      <c r="D2" t="s">
+        <v>121</v>
+      </c>
+      <c r="E2" t="s">
+        <v>122</v>
+      </c>
+      <c r="F2" t="s">
+        <v>123</v>
+      </c>
+      <c r="H2" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="I2" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9">
+      <c r="A3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B3" t="s">
+        <v>126</v>
+      </c>
+      <c r="C3" t="s">
+        <v>127</v>
+      </c>
+      <c r="D3" t="s">
+        <v>128</v>
+      </c>
+      <c r="E3" t="s">
+        <v>122</v>
+      </c>
+      <c r="F3" t="s">
+        <v>123</v>
+      </c>
+      <c r="H3" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="I3" t="s">
+        <v>130</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AZ1"/>
   <sheetViews>
@@ -2006,480 +2098,484 @@
     <col min="35" max="35" width="30" customWidth="true" style="0"/>
     <col min="36" max="36" width="30" customWidth="true" style="0"/>
     <col min="37" max="37" width="30" customWidth="true" style="0"/>
     <col min="38" max="38" width="30" customWidth="true" style="0"/>
     <col min="39" max="39" width="30" customWidth="true" style="0"/>
     <col min="40" max="40" width="30" customWidth="true" style="0"/>
     <col min="41" max="41" width="30" customWidth="true" style="0"/>
     <col min="42" max="42" width="30" customWidth="true" style="0"/>
     <col min="43" max="43" width="30" customWidth="true" style="0"/>
     <col min="44" max="44" width="30" customWidth="true" style="0"/>
     <col min="45" max="45" width="30" customWidth="true" style="0"/>
     <col min="46" max="46" width="30" customWidth="true" style="0"/>
     <col min="47" max="47" width="30" customWidth="true" style="0"/>
     <col min="48" max="48" width="30" customWidth="true" style="0"/>
     <col min="49" max="49" width="30" customWidth="true" style="0"/>
     <col min="50" max="50" width="30" customWidth="true" style="0"/>
     <col min="51" max="51" width="30" customWidth="true" style="0"/>
     <col min="52" max="52" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:52">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>119</v>
+        <v>131</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>120</v>
+        <v>132</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>121</v>
+        <v>133</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>122</v>
+        <v>134</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>118</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>123</v>
+        <v>135</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>124</v>
+        <v>136</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>125</v>
+        <v>137</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>126</v>
+        <v>138</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>127</v>
+        <v>139</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>128</v>
+        <v>140</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>129</v>
+        <v>141</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>130</v>
+        <v>142</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>131</v>
+        <v>143</v>
       </c>
       <c r="P1" s="2" t="s">
-        <v>132</v>
+        <v>144</v>
       </c>
       <c r="Q1" s="2" t="s">
-        <v>133</v>
+        <v>145</v>
       </c>
       <c r="R1" s="2" t="s">
-        <v>134</v>
+        <v>146</v>
       </c>
       <c r="S1" s="2" t="s">
-        <v>135</v>
+        <v>147</v>
       </c>
       <c r="T1" s="2" t="s">
-        <v>136</v>
+        <v>148</v>
       </c>
       <c r="U1" s="2" t="s">
-        <v>137</v>
+        <v>149</v>
       </c>
       <c r="V1" s="2" t="s">
-        <v>138</v>
+        <v>150</v>
       </c>
       <c r="W1" s="2" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="X1" s="2" t="s">
-        <v>140</v>
+        <v>152</v>
       </c>
       <c r="Y1" s="2" t="s">
-        <v>141</v>
+        <v>153</v>
       </c>
       <c r="Z1" s="2" t="s">
-        <v>142</v>
+        <v>154</v>
       </c>
       <c r="AA1" s="2" t="s">
-        <v>143</v>
+        <v>155</v>
       </c>
       <c r="AB1" s="2" t="s">
-        <v>144</v>
+        <v>156</v>
       </c>
       <c r="AC1" s="2" t="s">
-        <v>145</v>
+        <v>157</v>
       </c>
       <c r="AD1" s="2" t="s">
-        <v>146</v>
+        <v>158</v>
       </c>
       <c r="AE1" s="2" t="s">
         <v>35</v>
       </c>
       <c r="AF1" s="2" t="s">
-        <v>147</v>
+        <v>159</v>
       </c>
       <c r="AG1" s="2" t="s">
-        <v>148</v>
+        <v>160</v>
       </c>
       <c r="AH1" s="2" t="s">
-        <v>149</v>
+        <v>161</v>
       </c>
       <c r="AI1" s="2" t="s">
-        <v>150</v>
+        <v>162</v>
       </c>
       <c r="AJ1" s="2" t="s">
-        <v>151</v>
+        <v>163</v>
       </c>
       <c r="AK1" s="2" t="s">
-        <v>152</v>
+        <v>164</v>
       </c>
       <c r="AL1" s="2" t="s">
-        <v>153</v>
+        <v>165</v>
       </c>
       <c r="AM1" s="2" t="s">
-        <v>154</v>
+        <v>166</v>
       </c>
       <c r="AN1" s="2" t="s">
-        <v>155</v>
+        <v>167</v>
       </c>
       <c r="AO1" s="2" t="s">
-        <v>156</v>
+        <v>168</v>
       </c>
       <c r="AP1" s="2" t="s">
-        <v>157</v>
+        <v>169</v>
       </c>
       <c r="AQ1" s="2" t="s">
-        <v>158</v>
+        <v>170</v>
       </c>
       <c r="AR1" s="2" t="s">
-        <v>159</v>
+        <v>171</v>
       </c>
       <c r="AS1" s="2" t="s">
-        <v>160</v>
+        <v>172</v>
       </c>
       <c r="AT1" s="2" t="s">
-        <v>161</v>
+        <v>173</v>
       </c>
       <c r="AU1" s="2" t="s">
-        <v>162</v>
+        <v>174</v>
       </c>
       <c r="AV1" s="2" t="s">
-        <v>163</v>
+        <v>175</v>
       </c>
       <c r="AW1" s="2" t="s">
         <v>33</v>
       </c>
       <c r="AX1" s="2" t="s">
-        <v>164</v>
+        <v>176</v>
       </c>
       <c r="AY1" s="2" t="s">
-        <v>165</v>
+        <v>177</v>
       </c>
       <c r="AZ1" s="2" t="s">
-        <v>166</v>
+        <v>178</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:E1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
-        <v>167</v>
+        <v>179</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>168</v>
+        <v>180</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>169</v>
+        <v>181</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>170</v>
+        <v>182</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>121</v>
+        <v>133</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O1"/>
+  <dimension ref="A1:P1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:O1"/>
+      <selection activeCell="A1" sqref="A1:P1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
+    <col min="16" max="16" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15">
+    <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>171</v>
+        <v>183</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>172</v>
+        <v>184</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>173</v>
+        <v>185</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>174</v>
+        <v>186</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>175</v>
+        <v>187</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>176</v>
+        <v>188</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>177</v>
+        <v>189</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>178</v>
+        <v>190</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>179</v>
-[...8 lines deleted...]
-        <v>182</v>
+        <v>191</v>
+      </c>
+      <c r="K1" s="2" t="s">
+        <v>192</v>
+      </c>
+      <c r="L1" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="M1" s="5" t="s">
+        <v>194</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>183</v>
+        <v>195</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>184</v>
+        <v>196</v>
+      </c>
+      <c r="P1" s="2" t="s">
+        <v>197</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>185</v>
+        <v>198</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>168</v>
+        <v>180</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>186</v>
+        <v>199</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>44</v>
       </c>
-      <c r="B2" s="5" t="s">
-        <v>187</v>
+      <c r="B2" s="6" t="s">
+        <v>200</v>
       </c>
       <c r="C2" t="s">
-        <v>188</v>
+        <v>201</v>
       </c>
       <c r="D2" t="s">
-        <v>189</v>
+        <v>202</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E2" sqref="E2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>169</v>
+        <v>181</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>168</v>
+        <v>180</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>170</v>
+        <v>182</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>121</v>
+        <v>133</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>121</v>
+        <v>133</v>
       </c>
       <c r="C2" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-        <v>191</v>
+        <v>203</v>
+      </c>
+      <c r="E2" s="6" t="s">
+        <v>204</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>