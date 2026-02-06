--- v1 (2025-11-28)
+++ v2 (2026-02-06)
@@ -600,50 +600,53 @@
   <si>
     <t>Studied route(s) of administration</t>
   </si>
   <si>
     <t>Studied LA-formulation(s)</t>
   </si>
   <si>
     <t>Use case</t>
   </si>
   <si>
     <t>Clinical trial ID</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Company</t>
   </si>
   <si>
+    <t>Manufacturer</t>
+  </si>
+  <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
   </si>
   <si>
     <t>Country Name</t>
@@ -664,53 +667,50 @@
     <t>Comments</t>
   </si>
   <si>
     <t>Illustration URL</t>
   </si>
   <si>
     <t>Credit</t>
   </si>
   <si>
     <t>https://lapal.medicinespatentpool.org/storage/illustrations/vUxCYT0PUi37lEBxFuksVfGCE7NoGwYFE6mhThX5.png</t>
   </si>
   <si>
     <t>Microneedles</t>
   </si>
   <si>
     <t>Queen's University Belfast</t>
   </si>
   <si>
     <t>Link to QUB Microneedles publications</t>
   </si>
   <si>
     <t>https://scholar.google.co.uk/citations?user=1OWKoYcAAAAJ&amp;hl=en</t>
   </si>
   <si>
     <t>Company/University</t>
-  </si>
-[...1 lines deleted...]
-    <t>Manufacturer</t>
   </si>
   <si>
     <t>Link to website</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Short description</t>
   </si>
   <si>
     <t>originator</t>
   </si>
   <si>
     <t>https://www.qub.ac.uk/schools/SchoolofPharmacy/</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
     <t>Currently focusing on research in the field of microneedles/microarray patches, minimally-invasive patient monitoring/diagnosis, transdermal drug delivery, including biomolecules, vaccine delivery, photodynamic therapy, nanomedicine delivery, HIV treatment and prevention, delivery of therapeutics for tropical diseases and rare conditions.</t>
   </si>
   <si>
     <t>PATH</t>
   </si>
@@ -1482,71 +1482,71 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>206</v>
+        <v>184</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>207</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>208</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C2" t="s">
         <v>210</v>
       </c>
       <c r="D2" t="s">
         <v>211</v>
       </c>
       <c r="E2" t="s">
         <v>212</v>
       </c>
       <c r="F2" t="s">
         <v>213</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
@@ -2325,187 +2325,191 @@
       <c r="E1" s="2" t="s">
         <v>133</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P1"/>
+  <dimension ref="A1:Q1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:P1"/>
+      <selection activeCell="A1" sqref="A1:Q1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
+    <col min="17" max="17" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16">
+    <row r="1" spans="1:17">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>183</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>184</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>185</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>186</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>187</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>188</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>189</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>190</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>191</v>
       </c>
       <c r="K1" s="2" t="s">
         <v>192</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>193</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>194</v>
       </c>
       <c r="N1" s="2" t="s">
         <v>195</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>196</v>
       </c>
       <c r="P1" s="2" t="s">
         <v>197</v>
+      </c>
+      <c r="Q1" s="2" t="s">
+        <v>198</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>180</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" s="6" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C2" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D2" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -2528,54 +2532,54 @@
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>181</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>180</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>182</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
         <v>133</v>
       </c>
       <c r="C2" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="E2" s="6" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>