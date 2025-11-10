--- v0 (2025-10-08)
+++ v1 (2025-11-10)
@@ -34,51 +34,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Technologies" sheetId="1" r:id="rId4"/>
     <sheet name="Potential associated API" sheetId="2" r:id="rId5"/>
     <sheet name="Patent Medspal" sheetId="3" r:id="rId6"/>
     <sheet name="Patent curated by innovator" sheetId="4" r:id="rId7"/>
     <sheet name="Clinical trials" sheetId="5" r:id="rId8"/>
     <sheet name="Key resources" sheetId="6" r:id="rId9"/>
     <sheet name="Regulatory status" sheetId="7" r:id="rId10"/>
     <sheet name="Drug illustrations" sheetId="8" r:id="rId11"/>
     <sheet name="Publications" sheetId="9" r:id="rId12"/>
     <sheet name="Developers" sheetId="10" r:id="rId13"/>
     <sheet name="Partnerships" sheetId="11" r:id="rId14"/>
     <sheet name="Sponsors" sheetId="12" r:id="rId15"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="439">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="440">
   <si>
     <t>Technology</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Highlight</t>
   </si>
   <si>
     <t>Route(s) of administration</t>
   </si>
   <si>
     <t>Type(s) of technology</t>
   </si>
   <si>
     <t>Other feature(s) of the technology</t>
   </si>
   <si>
     <t>Release properties</t>
   </si>
   <si>
     <t>Injectability</t>
   </si>
   <si>
@@ -559,63 +559,63 @@
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Brazil, China, India, Mexico, Indonesia, World Intellectual Property Organization (WIPO), Albania</t>
   </si>
   <si>
     <t>Canada, United States of America, Austria, Australia, Germany, Denmark, Spain, Hong Kong, Japan, Korea, Republic of, New Zealand, Portugal, Singapore, Slovenia, Taiwan, Province of China, Belgium, Switzerland, Cyprus, Finland, France, United Kingdom, Greece, Ireland, Italy, Liechtenstein, Luxembourg, Monaco, Netherlands, Sweden, World Intellectual Property Organization (WIPO), Lithuania, Latvia, Romania</t>
   </si>
   <si>
     <t>WO0208241</t>
   </si>
   <si>
     <t>Tenofovir alafenamide fumarate (TAF)</t>
   </si>
   <si>
     <t>2021-07-20</t>
   </si>
   <si>
     <t>A novel method is provided for screening prodrugs of methoxyphosphonate nucleotide analogues to identify prodrugs selectively targeting desired tissues with antiviral or antitumor activity. This method has led to the identification of novel mixed ester-amidates of PMPA for retroviral or hepadnaviral therapy, including compounds of structure (5a) having substituent groups as defined herein. Compositions of these novel compounds in pharmaceutically acceptable excipients and their use in therapy and prophylaxis are provided. Also provided is an improved method for the use of magnesium alkoxide for the preparation of starting materials and compounds for use herein.</t>
   </si>
   <si>
     <t>Ukraine, Albania, Ethiopia, Fiji, Grenada, Kiribati, Solomon Islands, Saint Lucia</t>
   </si>
   <si>
-    <t>Australia, Bulgaria, Denmark, Estonia, Hong Kong, Croatia, Hungary, Israel, Iceland, Japan, Korea, Republic of, Poland, Slovenia, United States of America, Russian Federation, Belgium, Switzerland, Cyprus, Germany, Finland, France, United Kingdom, Greece, Italy, Liechtenstein, Luxembourg, Netherlands, Sweden, Lithuania, Romania, Latvia, Brunei Darussalam, Czechia, Anguilla, Bermuda, Falkland Islands (Malvinas), Montserrat, Turks and Caicos Islands, Virgin Islands (British), Saint Helena, Ascension and Tristan da Cunha, Singapore, Cayman Islands, Gibraltar, Guernsey</t>
+    <t>Australia, Bulgaria, Croatia, Israel, Iceland, Japan, Korea, Republic of, Norway, Poland, Russian Federation, Austria, Belgium, Switzerland, Cyprus, Germany, Denmark, Spain, Finland, France, United Kingdom, Greece, Ireland, Italy, Liechtenstein, Luxembourg, Netherlands, Sweden, Lithuania, Romania, Latvia, Slovenia, Estonia, Brunei Darussalam, Czechia, Anguilla, Bermuda, Falkland Islands (Malvinas), Montserrat, Turks and Caicos Islands, Virgin Islands (British), Cayman Islands, Gibraltar, Guernsey, Hungary</t>
   </si>
   <si>
     <t>Jamaica</t>
   </si>
   <si>
-    <t>Australia, Denmark, Spain, Norway, Portugal, Slovenia, Cyprus, Finland, France, Lithuania</t>
+    <t>Norway</t>
   </si>
   <si>
     <t>China, Mexico, Türkiye, South Africa, Ghana, Gambia (the), Kenya, Lesotho, Malawi, Mozambique, Sudan, Sierra Leone, Eswatini, Tanzania, United Republic of, Uganda, Zimbabwe, Armenia, Azerbaijan, Belarus, Kyrgyzstan, Kazakhstan, Moldova, Republic of, Tajikistan, Turkmenistan, Burkina Faso, Benin, Central African Republic, Congo, Côte d'Ivoire, Cameroon, Gabon, Guinea, Equatorial Guinea, Guinea-Bissau, Mali, Mauritania, Niger, Senegal, Chad, Togo, India, Indonesia, Viet Nam, World Intellectual Property Organization (WIPO), North Macedonia, Albania, Congo, democratic Republic of the, Haiti, Nepal, Tuvalu, Brazil</t>
   </si>
   <si>
-    <t>Canada, Australia, Denmark, Spain, Hong Kong, Croatia, Japan, Norway, New Zealand, Portugal, Slovenia, United States of America, Austria, Belgium, Switzerland, Cyprus, Germany, Finland, France, United Kingdom, Greece, Ireland, Italy, Liechtenstein, Luxembourg, Monaco, Netherlands, Sweden, World Intellectual Property Organization (WIPO), Lithuania, Romania, Latvia, Czechia, Guyana, Seychelles, Jersey</t>
+    <t>Canada, Australia, Hong Kong, Croatia, Japan, Korea, Republic of, Norway, New Zealand, United States of America, Austria, Belgium, Switzerland, Cyprus, Germany, Denmark, Spain, Finland, France, United Kingdom, Greece, Ireland, Italy, Liechtenstein, Luxembourg, Monaco, Netherlands, Portugal, Sweden, World Intellectual Property Organization (WIPO), Lithuania, Romania, Latvia, Slovenia, Czechia, Guyana, Seychelles, Saint Helena, Ascension and Tristan da Cunha, Singapore, Jersey</t>
   </si>
   <si>
     <t>WO2006116764</t>
   </si>
   <si>
     <t>Dolutegravir and Cabotegravir compounds</t>
   </si>
   <si>
     <t>Glaxosmithkline Llc</t>
   </si>
   <si>
     <t>2026-04-28</t>
   </si>
   <si>
     <t>The present invention is to provide a novel compound (I), having the anti-virus activity, particularly the HIV integrase inhibitory activity, and a drug containing the same, particularly an anti-HIV drug, as well as a process and an intermediate thereof. Compound (I) wherein Z&lt;1&gt; is NR&lt;4&gt;; R&lt;1&gt; is hydrogen or lower alkyl; X is a single bond, a hetero atom group selected from O, S, SO, SO2 and NH, or lower alkylene or lower alkenylene in which the hetero atom group may intervene; R&lt;2&gt; is optionally substituted aryl; R&lt;3&gt; is hydrogen, a halogen, hydroxy, optionally substituted lower alkyl etc; and R&lt;4&gt; and Z&lt;2&gt; part taken together forms a ring, to form a polycyclic compound, including e.g., a tricyclic or tetracyclic compound.</t>
   </si>
   <si>
     <t>US FDA, Health Canada</t>
   </si>
   <si>
     <t>Brazil, China, Morocco, Mexico, Philippines, Ukraine, Viet Nam, South Africa, Türkiye, Armenia, Azerbaijan, Belarus, Kyrgyzstan, Kazakhstan, Moldova, Republic of, Tajikistan, Turkmenistan, Nigeria, Colombia, Indonesia, Malaysia, Algeria</t>
   </si>
   <si>
     <t>United States of America, Australia, Canada, Cyprus, Hong Kong, Israel, Japan, Korea, Republic of, Luxembourg, Norway, New Zealand, Taiwan, Province of China, Austria, Belgium, Bulgaria, Switzerland, Czechia, Germany, Denmark, Estonia, Spain, Finland, France, United Kingdom, Greece, Hungary, Ireland, Iceland, Italy, Liechtenstein, Lithuania, Latvia, Monaco, Netherlands, Poland, Portugal, Romania, Sweden, Slovenia, Slovakia, Russian Federation, Trinidad and Tobago, Singapore</t>
   </si>
@@ -631,96 +631,96 @@
   <si>
     <t>United States of America, Cyprus, Hong Kong, Israel, Japan, Luxembourg, Austria, Belgium, Bulgaria, Switzerland, Czechia, Germany, Denmark, Estonia, Spain, Finland, France, United Kingdom, Greece, Hungary, Ireland, Iceland, Italy, Liechtenstein, Lithuania, Latvia, Monaco, Netherlands, Poland, Portugal, Romania, Sweden, Slovenia, Slovakia, World Intellectual Property Organization (WIPO)</t>
   </si>
   <si>
     <t>WO2013025788</t>
   </si>
   <si>
     <t>Tenofovir alafenamide hemifumarate (TAF)</t>
   </si>
   <si>
     <t>Salt</t>
   </si>
   <si>
     <t>2032-08-15</t>
   </si>
   <si>
     <t xml:space="preserve">A hemifumarate form of tenofovir alafenamide, and antiviral therapy using tenofovir alafenamide hemifurnarate (e.g., anti-HTV and anti-HBV therapies). </t>
   </si>
   <si>
     <t>US FDA</t>
   </si>
   <si>
     <t>Morocco, Moldova, Republic of, Mexico, Peru, Botswana, Ghana, Gambia (the), Kenya, Liberia, Lesotho, Malawi, Mozambique, Namibia, Rwanda, Sudan, Sierra Leone, Eswatini, Tanzania, United Republic of, Uganda, Zambia, Zimbabwe, Armenia, Azerbaijan, Belarus, Kyrgyzstan, Kazakhstan, Tajikistan, Turkmenistan, Viet Nam, Benin, Cameroon, Burkina Faso, Chad, Guinea-Bissau, Mali, Senegal, Congo, Guinea, Gabon, Niger, Equatorial Guinea, Mauritania, Togo, Côte d'Ivoire, Central African Republic, Bolivia (Plurinational State of), Philippines, South Africa, Ukraine, Brazil, El Salvador, Montenegro, Türkiye, North Macedonia, Albania, Bosnia and Herzegovina, Serbia</t>
   </si>
   <si>
-    <t>United States of America, Australia, Canada, Chile, Costa Rica, Hong Kong, Israel, Japan, Korea, Republic of, New Zealand, Singapore, Taiwan, Province of China, Uruguay, Russian Federation, Denmark, Slovenia, Panama, Croatia, San Marino, Cyprus, Bahamas, Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Spain, Monaco, Portugal, Ireland, Finland, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, Romania, Latvia, Lithuania</t>
+    <t>United States of America, Australia, Canada, Chile, Costa Rica, Hong Kong, Israel, Japan, Korea, Republic of, New Zealand, Singapore, Taiwan, Province of China, Uruguay, Russian Federation, Denmark, Panama, Croatia, Cyprus, Bahamas, Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Spain, Monaco, Portugal, Ireland, Finland, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, San Marino, Romania, Latvia, Lithuania, Slovenia</t>
   </si>
   <si>
     <t>China, Ecuador, India, Paraguay, Thailand, Venezuela (Bolivarian Republic of), Türkiye, North Macedonia, Albania, Serbia, Egypt</t>
   </si>
   <si>
-    <t>Hong Kong, Denmark, Slovenia, Bahrain, Kuwait, Qatar, Saudi Arabia, Oman, United Arab Emirates, Croatia, San Marino, Cyprus, Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Spain, Monaco, Portugal, Ireland, Finland, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, Romania, Latvia, Lithuania</t>
+    <t>Hong Kong, Denmark, Bahrain, Kuwait, Qatar, Saudi Arabia, Oman, United Arab Emirates, Croatia, Cyprus, Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Spain, Monaco, Portugal, Ireland, Finland, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, San Marino, Romania, Latvia, Lithuania, Slovenia</t>
   </si>
   <si>
     <t>World Intellectual Property Organization (WIPO), Argentina, China, Colombia, Indonesia, Pakistan, Brazil, Montenegro, Türkiye, North Macedonia, Albania, Bosnia and Herzegovina, Serbia</t>
   </si>
   <si>
-    <t>World Intellectual Property Organization (WIPO), Hong Kong, Israel, Japan, New Zealand, Denmark, Slovenia, Croatia, San Marino, Cyprus, Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Spain, Monaco, Portugal, Ireland, Finland, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, Romania, Latvia, Lithuania</t>
+    <t>World Intellectual Property Organization (WIPO), Hong Kong, Israel, Japan, New Zealand, Denmark, Croatia, Cyprus, Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Spain, Monaco, Portugal, Ireland, Finland, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, San Marino, Romania, Latvia, Lithuania, Slovenia</t>
   </si>
   <si>
     <t>WO2013052094</t>
   </si>
   <si>
     <t>TAF manufacturing process</t>
   </si>
   <si>
     <t>2032-10-03</t>
   </si>
   <si>
     <t>Methods for isolating 9-{(R)-2-[((S)-{[(S)-l - (isopropoxycarbonyl)ethyl]amino}phenoxyphosphinyl)methoxy]propyl}adenine:'' (compound 16): a method for preparing, in high diastereomeric purity, intermediate compounds 13 and 15: method for preparing intermediate compound 12: 9-{(R)-2-[((S)-{[(S)-l - (isopropoxycarbonyl)ethyl]amino}phenoxyphosphinyl)methoxy]propyl}adenine has anti-viral properties.</t>
   </si>
   <si>
     <t>MPP licence</t>
   </si>
   <si>
-    <t>China, Colombia, Mexico, Armenia, Azerbaijan, Belarus, Kyrgyzstan, Kazakhstan, Tajikistan, Turkmenistan, Türkiye, Bosnia and Herzegovina, Montenegro</t>
-[...2 lines deleted...]
-    <t>Australia, Canada, Hong Kong, Japan, Korea, Republic of, Taiwan, Province of China, United States of America, Russian Federation, Austria, Belgium, Switzerland, Czechia, Germany, Spain, France, United Kingdom, Greece, Hungary, Ireland, Italy, Liechtenstein, Netherlands, Norway, Poland, Portugal, Sweden, Slovenia, Slovakia, New Zealand, Israel</t>
+    <t>China, Colombia, Mexico, Armenia, Azerbaijan, Belarus, Kyrgyzstan, Kazakhstan, Tajikistan, Turkmenistan, Türkiye, Brazil, Montenegro, India, Bolivia (Plurinational State of)</t>
+  </si>
+  <si>
+    <t>Australia, Canada, Hong Kong, Japan, Korea, Republic of, Taiwan, Province of China, United States of America, Russian Federation, Austria, Belgium, Switzerland, Czechia, Germany, Spain, France, United Kingdom, Greece, Ireland, Italy, Liechtenstein, Netherlands, Norway, Poland, Portugal, Sweden, Slovenia, Slovakia, New Zealand, Israel, Bahamas, Macao</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Hong Kong, Korea, Republic of</t>
   </si>
   <si>
-    <t>Argentina, Peru, Albania, North Macedonia, Serbia, Türkiye, World Intellectual Property Organization (WIPO), Brazil, Bosnia and Herzegovina, Montenegro, Ecuador</t>
-[...2 lines deleted...]
-    <t>Chile, Costa Rica, Japan, Uruguay, Bulgaria, Cyprus, Czechia, Denmark, Estonia, Finland, Greece, Croatia, Hungary, Iceland, Lithuania, Luxembourg, Latvia, Monaco, Malta, Norway, Poland, Romania, Slovenia, Slovakia, San Marino, World Intellectual Property Organization (WIPO)</t>
+    <t>Argentina, Peru, Albania, North Macedonia, Serbia, Türkiye, World Intellectual Property Organization (WIPO), Brazil, Bosnia and Herzegovina, Montenegro, Ecuador, El Salvador, Pakistan, Egypt, Paraguay, Venezuela (Bolivarian Republic of)</t>
+  </si>
+  <si>
+    <t>Chile, Costa Rica, Japan, Uruguay, Bulgaria, Cyprus, Czechia, Denmark, Estonia, Finland, Greece, Croatia, Hungary, Iceland, Lithuania, Luxembourg, Latvia, Monaco, Malta, Norway, Poland, Romania, Slovenia, Slovakia, San Marino, World Intellectual Property Organization (WIPO), Kuwait, United Arab Emirates, Bahrain, Saudi Arabia, Oman, Qatar, Panama</t>
   </si>
   <si>
     <t>WO2010068262</t>
   </si>
   <si>
     <t>Dolutegravir/Cabotegravir intermediates production processes &amp; Intermediates</t>
   </si>
   <si>
     <t>Intermediate(s); Process</t>
   </si>
   <si>
     <t>Sionogi &amp; Co., Ltd</t>
   </si>
   <si>
     <t>2029-12-09</t>
   </si>
   <si>
     <t>Processes are provided which create an aldehyde methylene, or hydrated or hemiacetal methylene attached to a heteroatom of a 6 membered ring without going through an olefinic group and without the necessity of using an osmium reagent. In particular, a compound of formula (I) can be produced from (II) and avoid the use of an allyl amine: (formulae I and II) where R, P 1 P3, R3 and Rx are as described herein.</t>
   </si>
   <si>
     <t>MPP Licence</t>
   </si>
   <si>
     <t>China, India</t>
   </si>
@@ -1184,50 +1184,53 @@
     <t>Content</t>
   </si>
   <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
+  </si>
+  <si>
+    <t>Country Name</t>
   </si>
   <si>
     <t>Reg Status</t>
   </si>
   <si>
     <t>Reg Submission Date</t>
   </si>
   <si>
     <t>Reg Approval Date</t>
   </si>
   <si>
     <t>Links</t>
   </si>
   <si>
     <t>Comments</t>
   </si>
   <si>
     <t>Illustration URL</t>
   </si>
   <si>
     <t>Credit</t>
   </si>
   <si>
     <t>https://lapal.medicinespatentpool.org/storage/illustrations/XUGIBkcuhjbP1UlJJqNfr9l4XuT0iKv7xXywV3xx.png</t>
   </si>
@@ -2108,206 +2111,206 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="C2" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="D2" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="E2" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="F2" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C3"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>300</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="C2" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="C3" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>300</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="C2" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I4"/>
   <sheetViews>
@@ -3854,183 +3857,187 @@
       <c r="E1" s="2" t="s">
         <v>302</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O1"/>
+  <dimension ref="A1:P1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:O1"/>
+      <selection activeCell="A1" sqref="A1:P1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
+    <col min="16" max="16" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15">
+    <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>266</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>374</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>375</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>376</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>377</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>378</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>379</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>380</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>381</v>
       </c>
-      <c r="K1" s="5" t="s">
+      <c r="K1" s="2" t="s">
         <v>382</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>383</v>
       </c>
-      <c r="M1" s="2" t="s">
+      <c r="M1" s="5" t="s">
         <v>384</v>
       </c>
       <c r="N1" s="2" t="s">
         <v>385</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>386</v>
+      </c>
+      <c r="P1" s="2" t="s">
+        <v>387</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>371</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" s="6" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C2" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D2" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -4050,256 +4057,256 @@
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>372</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>371</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>373</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>302</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C2" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="D2" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="E2" s="6" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C3" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D3" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C4" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D4" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C5" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="D5" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
         <v>44</v>
       </c>
       <c r="B6" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C6" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D6" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>44</v>
       </c>
       <c r="B7" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C7" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="D7" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>44</v>
       </c>
       <c r="B8" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C8" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D8" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
         <v>44</v>
       </c>
       <c r="B9" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C9" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="D9" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
         <v>44</v>
       </c>
       <c r="B10" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C10" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="D10" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
         <v>44</v>
       </c>
       <c r="B11" t="s">
         <v>302</v>
       </c>
       <c r="C11" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="E11" s="6" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
         <v>44</v>
       </c>
       <c r="B12" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C12" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D12" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
         <v>44</v>
       </c>
       <c r="B13" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C13" t="s">
+        <v>418</v>
+      </c>
+      <c r="D13" t="s">
         <v>417</v>
-      </c>
-[...1 lines deleted...]
-        <v>416</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
         <v>44</v>
       </c>
       <c r="B14" t="s">
         <v>302</v>
       </c>
       <c r="C14" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="E14" s="6" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
         <v>44</v>
       </c>
       <c r="B15" t="s">
         <v>302</v>
       </c>
       <c r="C15" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
         <v>44</v>
       </c>
       <c r="B16" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C16" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="D16" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="E11" r:id="rId_hyperlink_2"/>
     <hyperlink ref="E14" r:id="rId_hyperlink_3"/>
     <hyperlink ref="E15" r:id="rId_hyperlink_4"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>