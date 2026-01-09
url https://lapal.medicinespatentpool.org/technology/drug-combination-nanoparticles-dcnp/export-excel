--- v2 (2025-12-06)
+++ v3 (2026-01-09)
@@ -601,51 +601,51 @@
   <si>
     <t>Dolutegravir and Cabotegravir compounds</t>
   </si>
   <si>
     <t>Glaxosmithkline Llc</t>
   </si>
   <si>
     <t>2026-04-28</t>
   </si>
   <si>
     <t>The present invention is to provide a novel compound (I), having the anti-virus activity, particularly the HIV integrase inhibitory activity, and a drug containing the same, particularly an anti-HIV drug, as well as a process and an intermediate thereof. Compound (I) wherein Z&lt;1&gt; is NR&lt;4&gt;; R&lt;1&gt; is hydrogen or lower alkyl; X is a single bond, a hetero atom group selected from O, S, SO, SO2 and NH, or lower alkylene or lower alkenylene in which the hetero atom group may intervene; R&lt;2&gt; is optionally substituted aryl; R&lt;3&gt; is hydrogen, a halogen, hydroxy, optionally substituted lower alkyl etc; and R&lt;4&gt; and Z&lt;2&gt; part taken together forms a ring, to form a polycyclic compound, including e.g., a tricyclic or tetracyclic compound.</t>
   </si>
   <si>
     <t>US FDA, Health Canada</t>
   </si>
   <si>
     <t>Brazil, China, Morocco, Mexico, Philippines, Ukraine, Viet Nam, South Africa, Türkiye, Armenia, Azerbaijan, Belarus, Kyrgyzstan, Kazakhstan, Moldova, Republic of, Tajikistan, Turkmenistan, Nigeria, Colombia, Indonesia, Malaysia, Algeria</t>
   </si>
   <si>
     <t>United States of America, Australia, Canada, Cyprus, Hong Kong, Israel, Japan, Korea, Republic of, Luxembourg, Norway, New Zealand, Taiwan, Province of China, Austria, Belgium, Bulgaria, Switzerland, Czechia, Germany, Denmark, Estonia, Spain, Finland, France, United Kingdom, Greece, Hungary, Ireland, Iceland, Italy, Liechtenstein, Lithuania, Latvia, Monaco, Netherlands, Poland, Portugal, Romania, Sweden, Slovenia, Slovakia, Russian Federation, Trinidad and Tobago, Singapore</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
-    <t>United States of America, Cyprus, Luxembourg, Norway, Finland, France, Hungary, Lithuania, Netherlands, Slovenia</t>
+    <t>United States of America, Cyprus, Luxembourg, Norway, Belgium, Finland, France, Hungary, Lithuania, Netherlands, Slovenia</t>
   </si>
   <si>
     <t>Türkiye, India, World Intellectual Property Organization (WIPO)</t>
   </si>
   <si>
     <t>United States of America, Cyprus, Hong Kong, Israel, Japan, Luxembourg, Austria, Belgium, Bulgaria, Switzerland, Czechia, Germany, Denmark, Estonia, Spain, Finland, France, United Kingdom, Greece, Hungary, Ireland, Iceland, Italy, Liechtenstein, Lithuania, Latvia, Monaco, Netherlands, Poland, Portugal, Romania, Sweden, Slovenia, Slovakia, World Intellectual Property Organization (WIPO)</t>
   </si>
   <si>
     <t>WO2013025788</t>
   </si>
   <si>
     <t>Tenofovir alafenamide hemifumarate (TAF)</t>
   </si>
   <si>
     <t>Salt</t>
   </si>
   <si>
     <t>2032-08-15</t>
   </si>
   <si>
     <t xml:space="preserve">A hemifumarate form of tenofovir alafenamide, and antiviral therapy using tenofovir alafenamide hemifurnarate (e.g., anti-HTV and anti-HBV therapies). </t>
   </si>
   <si>
     <t>US FDA</t>
   </si>
@@ -3194,50 +3194,53 @@
       </c>
       <c r="E17" t="s">
         <v>263</v>
       </c>
       <c r="F17" s="4" t="s">
         <v>264</v>
       </c>
       <c r="G17" t="s">
         <v>265</v>
       </c>
       <c r="H17" t="s">
         <v>117</v>
       </c>
       <c r="I17" t="s">
         <v>266</v>
       </c>
       <c r="K17" t="s">
         <v>137</v>
       </c>
       <c r="L17" t="s">
         <v>267</v>
       </c>
       <c r="M17" t="s">
         <v>130</v>
       </c>
+      <c r="N17" t="s">
+        <v>209</v>
+      </c>
     </row>
     <row r="18" spans="1:15">
       <c r="A18" t="s">
         <v>44</v>
       </c>
       <c r="B18" s="6" t="s">
         <v>268</v>
       </c>
       <c r="C18" t="s">
         <v>269</v>
       </c>
       <c r="E18" t="s">
         <v>270</v>
       </c>
       <c r="F18" s="4" t="s">
         <v>271</v>
       </c>
       <c r="G18" t="s">
         <v>272</v>
       </c>
       <c r="H18" t="s">
         <v>117</v>
       </c>
       <c r="I18" t="s">
         <v>266</v>