--- v3 (2026-01-09)
+++ v4 (2026-02-04)
@@ -1162,50 +1162,53 @@
   <si>
     <t>Non-randomized</t>
   </si>
   <si>
     <t>Single group assignment</t>
   </si>
   <si>
     <t>Open label</t>
   </si>
   <si>
     <t>Injectable</t>
   </si>
   <si>
     <t>Clinical trial ID</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
+    <t>Manufacturer</t>
+  </si>
+  <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
   </si>
   <si>
     <t>Country Name</t>
@@ -1316,53 +1319,50 @@
     <t>&lt;p&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;Drug-combination nanoparticles (DcNP) is a nano-formulation of multiple HIV drugs in one injectable. DcNP demonstrated long-acting pharmacokinetics (PK) for all drugs in the blood and lymphatic system of nonhuman primates (NHP). Long-acting is due to stably circulating DcNP and a depot in the lymphatic system during subcutaneous absorption. Because the PK of each drug in DcNP evolves through two species, i.e., drugs that dissociate from DcNP and drugs retained in DcNP (Part 2, presented separately), we describe here a physiologically based PK model of the nanoparticle-free drugs featuring the role of the lymphatic system. The free drug model was built using subcutaneous injections of suspended lopinavir-ritonavir-tenofovir in NHP and validated by external experiments. The model, for the first time, introduces the lymphatic network as part of a whole-body PBPK system and singles out major lymphatic regions: cervical, axillary, hilar, mesenteric, and inguinal nodes. Although the scope of the free-drug modeling was to support the construction of the nanoparticle model (Part 2), such a detailed/regionalized description of the lymphatic system and mononuclear cells represent an unprecedented level of prediction that renders the free drug model extendible to other small-drug molecules targeting the lymphatic system at both the regional and cellular level.&lt;/span&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;a href="https://pubmed.ncbi.nlm.nih.gov/34673093/" rel="noopener noreferrer" target="_blank"&gt;Perazzolo S, Shen DD, Ho RJY. Physiologically Based Pharmacokinetic Modeling of 3 HIV Drugs in Combination and the Role of Lymphatic System after Subcutaneous Dosing. Part 2: Model for the Drug-combination Nanoparticles. J Pharm Sci. 2021 Oct 18:S0022-3549(21)00552-9. doi: 10.1016/j.xphs.2021.10.009. Epub ahead of print. PMID: 34673094.&lt;/a&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>MPP and UW sign a licence for an investigational LA injectable drug combination candidate for HIV</t>
   </si>
   <si>
     <t>https://medicinespatentpool.org/news-publications-post/the-medicines-patent-pool-and-the-university-of-washington-sign-a-licence-agreement-for-an-investigational-long-acting-injectable-drug-combination-candidate-for-hiv</t>
   </si>
   <si>
     <t>TLC-ART update on HIV Therapies at 2022 LEAP Conference</t>
   </si>
   <si>
     <t>https://longactinghiv.org/files/inline-files/RodneyHo-LEAP2022.mp4</t>
   </si>
   <si>
     <t>&lt;p&gt;A novel formulation enabled transformation of 3-HIV drugs tenofovir–lamivudine–dolutegravir from short-acting to long-acting all-in-one injectable. Perazzolo, Simonea; Stephen, Zachary R.a; Eguchi, Masaa; Xu, Xiaolina; Delle Fratte, Rachelea; Collier, Ann C.b; Melvin, Ann J.c; Ho, Rodney J.Y.a,d. &lt;/p&gt;&lt;p&gt;AIDS 37(14):p 2131-2136, November 15, 2023. | DOI: 10.1097/QAD.0000000000003706&amp;nbsp;&lt;/p&gt;&lt;p&gt;&lt;br&gt;&lt;/p&gt;&lt;p&gt;https://journals.lww.com/aidsonline/abstract/2023/11150/a_novel_formulation_enabled_transformation_of.6.aspx&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;h3&gt;&lt;strong&gt;Objective:&amp;nbsp;&lt;/strong&gt;&lt;/h3&gt;&lt;p&gt;To develop an injectable dosage form of the daily oral HIV drugs, tenofovir (T), lamivudine (L), and dolutegravir (D), creating a single, complete, all-in-one TLD 3-drug-combination that demonstrates long-acting pharmacokinetics.&lt;/p&gt;&lt;h3&gt;&lt;strong&gt;Design:&amp;nbsp;&lt;/strong&gt;&lt;/h3&gt;&lt;p&gt;Using drug-combination-nanoparticle (DcNP) technology to stabilize multiple HIV drugs, the 3-HIV drugs TLD, with disparate physical-chemical properties, are stabilized and assembled with lipid-excipients to form&amp;nbsp;&lt;em&gt;TLD-in-DcNP&lt;/em&gt;.&amp;nbsp;&lt;em&gt;TLD-in-DcNP&lt;/em&gt;&amp;nbsp;is verified to be stable and suitable for subcutaneous administration. To characterize the plasma time-courses and PBMC concentrations for all 3 drugs, single subcutaneous injections of&amp;nbsp;&lt;em&gt;TLD-in-DcNP&lt;/em&gt;&amp;nbsp;were given to nonhuman primates (NHP,&amp;nbsp;&lt;em&gt;M. nemestrina&lt;/em&gt;).&lt;/p&gt;&lt;h3&gt;&lt;strong&gt;Results:&amp;nbsp;&lt;/strong&gt;&lt;/h3&gt;&lt;p&gt;Following single-dose&amp;nbsp;&lt;em&gt;TLD-in-DcNP&lt;/em&gt;, all drugs exhibited long-acting profiles in NHP plasma with levels that persisted for 4 weeks above predicted viral-effective concentrations for TLD in combination. Times-to-peak were within 24 hr in all NHP for all drugs. Compared to a free-soluble TLD,&amp;nbsp;&lt;em&gt;TLD-in-DcNP&lt;/em&gt;&amp;nbsp;provided exposure enhancement and extended duration 7.0-, 2.1-, and 20-fold as&amp;nbsp;&lt;em&gt;AUC&lt;/em&gt;&amp;nbsp;boost and 10-, 8.3-, and 5.9-fold as half-life extension. Additionally, DcNP may provide more drug exposure in cells than plasma with PBMC-to-plasma drug ratios exceeding one, suggesting cell-targeted drug-combination delivery.&lt;/p&gt;&lt;h3&gt;&lt;strong&gt;Conclusions:&amp;nbsp;&lt;/strong&gt;&lt;/h3&gt;&lt;p&gt;This study confirms that TLD with disparate properties can be made stable by DcNP to enable TLD concentrations of 4 weeks in NHP. Study results highlighted the potential of&amp;nbsp;&lt;em&gt;TLD-in-DcNP&lt;/em&gt;&amp;nbsp;as a convenient all-in-one, complete HIV long-acting product for clinical development.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Company/University</t>
-  </si>
-[...1 lines deleted...]
-    <t>Manufacturer</t>
   </si>
   <si>
     <t>Link to website</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Short description</t>
   </si>
   <si>
     <t>Targeted &amp; Long-acting drug Combination (TLC) Program, University of Washington</t>
   </si>
   <si>
     <t>originator</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>The purpose of the Targeted Long-acting Combination AntiRetroviral Therapy (TLC-ART) program is to develop one or more safe, stable, scalable and tolerable long acting antiretroviral combinations for treatment of HIV infection.</t>
   </si>
   <si>
     <t>Clinton Health Access Initiative</t>
   </si>
@@ -2111,77 +2111,77 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>426</v>
+        <v>374</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>427</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>428</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
         <v>430</v>
       </c>
       <c r="C2" t="s">
         <v>431</v>
       </c>
       <c r="D2" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="E2" t="s">
         <v>432</v>
       </c>
       <c r="F2" t="s">
         <v>433</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
@@ -3860,187 +3860,191 @@
       <c r="E1" s="2" t="s">
         <v>302</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P1"/>
+  <dimension ref="A1:Q1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:P1"/>
+      <selection activeCell="A1" sqref="A1:Q1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
+    <col min="17" max="17" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16">
+    <row r="1" spans="1:17">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>266</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>374</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>375</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>376</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>377</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>378</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>379</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>380</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>381</v>
       </c>
       <c r="K1" s="2" t="s">
         <v>382</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>383</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>384</v>
       </c>
       <c r="N1" s="2" t="s">
         <v>385</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>386</v>
       </c>
       <c r="P1" s="2" t="s">
         <v>387</v>
+      </c>
+      <c r="Q1" s="2" t="s">
+        <v>388</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>371</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" s="6" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C2" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="D2" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -4060,256 +4064,256 @@
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>372</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>371</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>373</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>302</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="C2" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="D2" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="E2" s="6" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C3" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="D3" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C4" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="D4" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C5" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="D5" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
         <v>44</v>
       </c>
       <c r="B6" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C6" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="D6" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>44</v>
       </c>
       <c r="B7" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C7" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D7" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>44</v>
       </c>
       <c r="B8" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C8" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="D8" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
         <v>44</v>
       </c>
       <c r="B9" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C9" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="D9" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
         <v>44</v>
       </c>
       <c r="B10" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C10" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D10" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
         <v>44</v>
       </c>
       <c r="B11" t="s">
         <v>302</v>
       </c>
       <c r="C11" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="E11" s="6" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
         <v>44</v>
       </c>
       <c r="B12" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C12" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="D12" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
         <v>44</v>
       </c>
       <c r="B13" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C13" t="s">
+        <v>419</v>
+      </c>
+      <c r="D13" t="s">
         <v>418</v>
-      </c>
-[...1 lines deleted...]
-        <v>417</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
         <v>44</v>
       </c>
       <c r="B14" t="s">
         <v>302</v>
       </c>
       <c r="C14" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="E14" s="6" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
         <v>44</v>
       </c>
       <c r="B15" t="s">
         <v>302</v>
       </c>
       <c r="C15" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
         <v>44</v>
       </c>
       <c r="B16" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C16" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="D16" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="E11" r:id="rId_hyperlink_2"/>
     <hyperlink ref="E14" r:id="rId_hyperlink_3"/>
     <hyperlink ref="E15" r:id="rId_hyperlink_4"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>