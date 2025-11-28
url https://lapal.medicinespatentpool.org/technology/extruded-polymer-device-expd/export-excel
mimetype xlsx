--- v0 (2025-10-27)
+++ v1 (2025-11-28)
@@ -34,51 +34,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Technologies" sheetId="1" r:id="rId4"/>
     <sheet name="Potential associated API" sheetId="2" r:id="rId5"/>
     <sheet name="Patent Medspal" sheetId="3" r:id="rId6"/>
     <sheet name="Patent curated by innovator" sheetId="4" r:id="rId7"/>
     <sheet name="Clinical trials" sheetId="5" r:id="rId8"/>
     <sheet name="Key resources" sheetId="6" r:id="rId9"/>
     <sheet name="Regulatory status" sheetId="7" r:id="rId10"/>
     <sheet name="Drug illustrations" sheetId="8" r:id="rId11"/>
     <sheet name="Publications" sheetId="9" r:id="rId12"/>
     <sheet name="Developers" sheetId="10" r:id="rId13"/>
     <sheet name="Partnerships" sheetId="11" r:id="rId14"/>
     <sheet name="Sponsors" sheetId="12" r:id="rId15"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="273">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="274">
   <si>
     <t>Technology</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Highlight</t>
   </si>
   <si>
     <t>Route(s) of administration</t>
   </si>
   <si>
     <t>Type(s) of technology</t>
   </si>
   <si>
     <t>Other feature(s) of the technology</t>
   </si>
   <si>
     <t>Release properties</t>
   </si>
   <si>
     <t>Injectability</t>
   </si>
   <si>
@@ -633,50 +633,53 @@
     <t>Company</t>
   </si>
   <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
+  </si>
+  <si>
+    <t>Country Name</t>
   </si>
   <si>
     <t>Reg Status</t>
   </si>
   <si>
     <t>Reg Submission Date</t>
   </si>
   <si>
     <t>Reg Approval Date</t>
   </si>
   <si>
     <t>Links</t>
   </si>
   <si>
     <t>Comments</t>
   </si>
   <si>
     <t>Illustration URL</t>
   </si>
   <si>
     <t>Credit</t>
   </si>
   <si>
     <t>https://lapal.medicinespatentpool.org/storage/illustrations/QwtKJRMGT3VS5eaDDNKK9cpjm6I4iPmEtPtXupsF.png</t>
   </si>
@@ -1595,310 +1598,310 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C2" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D2" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C10"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>138</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C2" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C3" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C4" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C5" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
         <v>44</v>
       </c>
       <c r="B6" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C6" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>44</v>
       </c>
       <c r="B7" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C7" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
         <v>44</v>
       </c>
       <c r="B8" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C8" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
         <v>44</v>
       </c>
       <c r="B9" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C9" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
         <v>44</v>
       </c>
       <c r="B10" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C10" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C5"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>138</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C2" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C3" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C4" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C5" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I9"/>
   <sheetViews>
@@ -2711,188 +2714,192 @@
       <c r="E1" s="2" t="s">
         <v>140</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O1"/>
+  <dimension ref="A1:P1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:O1"/>
+      <selection activeCell="A1" sqref="A1:P1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
+    <col min="16" max="16" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15">
+    <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>190</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>191</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>192</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>193</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>194</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>195</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>196</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>197</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>198</v>
       </c>
-      <c r="K1" s="5" t="s">
+      <c r="K1" s="2" t="s">
         <v>199</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>200</v>
       </c>
-      <c r="M1" s="2" t="s">
+      <c r="M1" s="5" t="s">
         <v>201</v>
       </c>
       <c r="N1" s="2" t="s">
         <v>202</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>203</v>
+      </c>
+      <c r="P1" s="2" t="s">
+        <v>204</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D3"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>187</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" s="6" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C2" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" s="6" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
@@ -2913,231 +2920,231 @@
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>188</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>187</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>189</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C2" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D2" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C3" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D3" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C4" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D4" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C5" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D5" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
         <v>44</v>
       </c>
       <c r="B6" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C6" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D6" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>44</v>
       </c>
       <c r="B7" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C7" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D7" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>44</v>
       </c>
       <c r="B8" t="s">
         <v>140</v>
       </c>
       <c r="C8" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
         <v>44</v>
       </c>
       <c r="B9" t="s">
         <v>140</v>
       </c>
       <c r="C9" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="E9" s="6" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
         <v>44</v>
       </c>
       <c r="B10" t="s">
         <v>140</v>
       </c>
       <c r="C10" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="E10" s="6" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
         <v>44</v>
       </c>
       <c r="B11" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C11" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D11" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="E11" s="6" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
         <v>44</v>
       </c>
       <c r="B12" t="s">
         <v>140</v>
       </c>
       <c r="C12" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="E12" s="6" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
         <v>44</v>
       </c>
       <c r="B13" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C13" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D13" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="E13" s="6" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
         <v>44</v>
       </c>
       <c r="B14" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C14" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D14" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E8" r:id="rId_hyperlink_1"/>
     <hyperlink ref="E9" r:id="rId_hyperlink_2"/>
     <hyperlink ref="E10" r:id="rId_hyperlink_3"/>
     <hyperlink ref="E11" r:id="rId_hyperlink_4"/>
     <hyperlink ref="E12" r:id="rId_hyperlink_5"/>
     <hyperlink ref="E13" r:id="rId_hyperlink_6"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>