--- v1 (2025-11-28)
+++ v2 (2025-12-25)
@@ -34,51 +34,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Technologies" sheetId="1" r:id="rId4"/>
     <sheet name="Potential associated API" sheetId="2" r:id="rId5"/>
     <sheet name="Patent Medspal" sheetId="3" r:id="rId6"/>
     <sheet name="Patent curated by innovator" sheetId="4" r:id="rId7"/>
     <sheet name="Clinical trials" sheetId="5" r:id="rId8"/>
     <sheet name="Key resources" sheetId="6" r:id="rId9"/>
     <sheet name="Regulatory status" sheetId="7" r:id="rId10"/>
     <sheet name="Drug illustrations" sheetId="8" r:id="rId11"/>
     <sheet name="Publications" sheetId="9" r:id="rId12"/>
     <sheet name="Developers" sheetId="10" r:id="rId13"/>
     <sheet name="Partnerships" sheetId="11" r:id="rId14"/>
     <sheet name="Sponsors" sheetId="12" r:id="rId15"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="274">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="275">
   <si>
     <t>Technology</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Highlight</t>
   </si>
   <si>
     <t>Route(s) of administration</t>
   </si>
   <si>
     <t>Type(s) of technology</t>
   </si>
   <si>
     <t>Other feature(s) of the technology</t>
   </si>
   <si>
     <t>Release properties</t>
   </si>
   <si>
     <t>Injectability</t>
   </si>
   <si>
@@ -406,60 +406,63 @@
   <si>
     <t>Subcutaneous biodegradable reservoir device</t>
   </si>
   <si>
     <t>Device</t>
   </si>
   <si>
     <t>RES TRIANGLE INST</t>
   </si>
   <si>
     <t>2039-10-16</t>
   </si>
   <si>
     <t>A reservoir device comprising an active agent formulation contained within a reservoir is described. The reservoir is defined by a biodegradable, permeable polymer membrane having a thickness of at least 45 um. The membrane allows for diffusion of an active agent of the formulation there through when positioned subcutaneously in a body of a subject.</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>MPP search</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
-    <t>Japan</t>
+    <t>Australia, Japan</t>
   </si>
   <si>
     <t>China, Albania, Serbia, North Macedonia, Türkiye</t>
   </si>
   <si>
-    <t>Australia, Canada, Israel, Korea, Republic of, United States of America, Austria, Belgium, Bulgaria, Switzerland, Cyprus, Czechia, Germany, Denmark, Estonia, Spain, Finland, France, United Kingdom, Greece, Croatia, Hungary, Ireland, Iceland, Italy, Liechtenstein, Lithuania, Luxembourg, Latvia, Monaco, Malta, Netherlands, Norway, Poland, Portugal, Romania, Sweden, Slovenia, Slovakia, San Marino</t>
+    <t>Australia, Canada, Israel, United States of America, Austria, Belgium, Bulgaria, Switzerland, Cyprus, Czechia, Germany, Denmark, Estonia, Spain, Finland, France, United Kingdom, Greece, Croatia, Hungary, Ireland, Iceland, Italy, Liechtenstein, Lithuania, Luxembourg, Latvia, Monaco, Malta, Netherlands, Norway, Poland, Portugal, Romania, Sweden, Slovenia, Slovakia, San Marino</t>
   </si>
   <si>
     <t>World Intellectual Property Organization (WIPO)</t>
+  </si>
+  <si>
+    <t>World Intellectual Property Organization (WIPO), Korea, Republic of</t>
   </si>
   <si>
     <t>Brief description</t>
   </si>
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Exclusivity</t>
   </si>
   <si>
     <t>Expiration date</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>A reservoir device comprising an active agent formulation contained within a reservoir is described. The reservoir is defined by a biodegradable, permeable polymer membrane having a thickness of at least 45 µm. The membrane allows for diffusion of an active agent of the formulation there through when positioned subcutaneously in a body of a subject.</t>
   </si>
   <si>
     <t>Description of the reservoir device, list of active agents (including TAF, TDF, tenofovir, emtricitabine, islatravir, naltrexone, tamoxifen citrate, levonorgestrel and etonogestrel and their combinations), list of excipients.</t>
   </si>
   <si>
     <t>WO/2020/081622</t>
   </si>
@@ -1598,310 +1601,310 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C2" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D2" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C10"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C2" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C3" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C4" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C5" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
         <v>44</v>
       </c>
       <c r="B6" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C6" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>44</v>
       </c>
       <c r="B7" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C7" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
         <v>44</v>
       </c>
       <c r="B8" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C8" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
         <v>44</v>
       </c>
       <c r="B9" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C9" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
         <v>44</v>
       </c>
       <c r="B10" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C10" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C5"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C2" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C3" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C4" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C5" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I9"/>
   <sheetViews>
@@ -2298,51 +2301,51 @@
       <c r="G2" t="s">
         <v>119</v>
       </c>
       <c r="H2" t="s">
         <v>120</v>
       </c>
       <c r="I2" t="s">
         <v>121</v>
       </c>
       <c r="J2" t="s">
         <v>122</v>
       </c>
       <c r="K2" t="s">
         <v>123</v>
       </c>
       <c r="L2" t="s">
         <v>124</v>
       </c>
       <c r="M2" t="s">
         <v>125</v>
       </c>
       <c r="N2" t="s">
         <v>126</v>
       </c>
       <c r="O2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -2352,95 +2355,95 @@
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>100</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>103</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="H1" s="5" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C2" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D2" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="E2" t="s">
         <v>116</v>
       </c>
       <c r="F2" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="H2" s="4" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="I2" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AZ1"/>
   <sheetViews>
@@ -2487,254 +2490,254 @@
     <col min="35" max="35" width="30" customWidth="true" style="0"/>
     <col min="36" max="36" width="30" customWidth="true" style="0"/>
     <col min="37" max="37" width="30" customWidth="true" style="0"/>
     <col min="38" max="38" width="30" customWidth="true" style="0"/>
     <col min="39" max="39" width="30" customWidth="true" style="0"/>
     <col min="40" max="40" width="30" customWidth="true" style="0"/>
     <col min="41" max="41" width="30" customWidth="true" style="0"/>
     <col min="42" max="42" width="30" customWidth="true" style="0"/>
     <col min="43" max="43" width="30" customWidth="true" style="0"/>
     <col min="44" max="44" width="30" customWidth="true" style="0"/>
     <col min="45" max="45" width="30" customWidth="true" style="0"/>
     <col min="46" max="46" width="30" customWidth="true" style="0"/>
     <col min="47" max="47" width="30" customWidth="true" style="0"/>
     <col min="48" max="48" width="30" customWidth="true" style="0"/>
     <col min="49" max="49" width="30" customWidth="true" style="0"/>
     <col min="50" max="50" width="30" customWidth="true" style="0"/>
     <col min="51" max="51" width="30" customWidth="true" style="0"/>
     <col min="52" max="52" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:52">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="P1" s="2" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="Q1" s="2" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="R1" s="2" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="S1" s="2" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="T1" s="2" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="U1" s="2" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="V1" s="2" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="W1" s="2" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="X1" s="2" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="Y1" s="2" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="Z1" s="2" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="AA1" s="2" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="AB1" s="2" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="AC1" s="2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="AD1" s="2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="AE1" s="2" t="s">
         <v>35</v>
       </c>
       <c r="AF1" s="2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="AG1" s="2" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="AH1" s="2" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="AI1" s="2" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="AJ1" s="2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="AK1" s="2" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="AL1" s="2" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="AM1" s="2" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="AN1" s="2" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="AO1" s="2" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="AP1" s="2" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="AQ1" s="2" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="AR1" s="2" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="AS1" s="2" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="AT1" s="2" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="AU1" s="2" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="AV1" s="2" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="AW1" s="2" t="s">
         <v>33</v>
       </c>
       <c r="AX1" s="2" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="AY1" s="2" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="AZ1" s="2" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:E1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P1"/>
   <sheetViews>
@@ -2745,406 +2748,406 @@
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="L1" s="5" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="M1" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="P1" s="2" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D3"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" s="6" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C2" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" s="6" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E14"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E13" sqref="E13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="C1" s="2" t="s">
         <v>188</v>
       </c>
-      <c r="C1" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1" s="2" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C2" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D2" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C3" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C4" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D4" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C5" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D5" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
         <v>44</v>
       </c>
       <c r="B6" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C6" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D6" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>44</v>
       </c>
       <c r="B7" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C7" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D7" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>44</v>
       </c>
       <c r="B8" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C8" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
         <v>44</v>
       </c>
       <c r="B9" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C9" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="E9" s="6" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
         <v>44</v>
       </c>
       <c r="B10" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C10" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="E10" s="6" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
         <v>44</v>
       </c>
       <c r="B11" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C11" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D11" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="E11" s="6" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
         <v>44</v>
       </c>
       <c r="B12" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C12" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="E12" s="6" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
         <v>44</v>
       </c>
       <c r="B13" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C13" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D13" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="E13" s="6" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
         <v>44</v>
       </c>
       <c r="B14" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C14" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D14" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E8" r:id="rId_hyperlink_1"/>
     <hyperlink ref="E9" r:id="rId_hyperlink_2"/>
     <hyperlink ref="E10" r:id="rId_hyperlink_3"/>
     <hyperlink ref="E11" r:id="rId_hyperlink_4"/>
     <hyperlink ref="E12" r:id="rId_hyperlink_5"/>
     <hyperlink ref="E13" r:id="rId_hyperlink_6"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>