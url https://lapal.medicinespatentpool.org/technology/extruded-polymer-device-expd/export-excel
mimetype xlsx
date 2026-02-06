--- v2 (2025-12-25)
+++ v3 (2026-02-06)
@@ -295,51 +295,51 @@
   <si>
     <t>Non-nucleoside reverse transcriptase inhibitors, Unspecified NNRTI</t>
   </si>
   <si>
     <t>Antiviral</t>
   </si>
   <si>
     <t>Pre-clinical</t>
   </si>
   <si>
     <t>Not provided</t>
   </si>
   <si>
     <t>Tenofovir alafenamide</t>
   </si>
   <si>
     <t>NRTI ; Antiviral</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>None</t>
   </si>
   <si>
-    <t>Integrase inhibitors</t>
+    <t>Integrase inhibitors (INSTIs)</t>
   </si>
   <si>
     <t>INSTIs, Antiretroviral</t>
   </si>
   <si>
     <t>Etonogestrel</t>
   </si>
   <si>
     <t>Hormones</t>
   </si>
   <si>
     <t>1 year</t>
   </si>
   <si>
     <t>Selective estrogen receptor modulators</t>
   </si>
   <si>
     <t>Estrogen receptor</t>
   </si>
   <si>
     <t>Islatravir</t>
   </si>
   <si>
     <t>NRTI; Antiviral</t>
   </si>
@@ -614,50 +614,53 @@
   <si>
     <t>Studied route(s) of administration</t>
   </si>
   <si>
     <t>Studied LA-formulation(s)</t>
   </si>
   <si>
     <t>Use case</t>
   </si>
   <si>
     <t>Clinical trial ID</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Company</t>
   </si>
   <si>
+    <t>Manufacturer</t>
+  </si>
+  <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
   </si>
   <si>
     <t>Country Name</t>
@@ -762,53 +765,50 @@
     <t>resources/hMcC62BmIxMc_2020_11_25_tip_program_fact_sheet_final3.pdf</t>
   </si>
   <si>
     <t>SCHIELD implant</t>
   </si>
   <si>
     <t>https://www.rti.org/impact/schield-implant-preventing-unintended-pregnancy-and-hiv-one-product</t>
   </si>
   <si>
     <t>DAISY Project</t>
   </si>
   <si>
     <t>210414_DAISY.pdf</t>
   </si>
   <si>
     <t>resources/veIRuqX9FCOe_210414_DAISY.pdf</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;Li L, Gatto GJ, Brand RM, Krovi SA, Cottrell ML, Norton C, van der Straten A, Johnson LM. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;br&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://pubmed.ncbi.nlm.nih.gov/34678316/" rel="noopener noreferrer" target="_blank" style="color: rgb(33, 33, 33);"&gt;Long-acting biodegradable implant for sustained delivery of antiretrovirals (ARVs) and hormones. &lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br&gt;&lt;/p&gt;&lt;p&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;&lt;span class="ql-cursor"&gt;﻿&lt;/span&gt;J Control Release. 2021 Oct 20;340:188-199. doi: 10.1016/j.jconrel.2021.10.021. Epub ahead of print. PMID: 34678316.&lt;/span&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;Women worldwide confront two major reproductive health challenges: the need for contraception and protection from sexually transmitted infections, including Human Immunodeficiency Virus (HIV). Multipurpose Prevention Technologies (MPTs) that simultaneously prevent unintended pregnancy and HIV could address these challenges with a single product. Here, we developed a long-acting (LA) subcutaneously administered and biodegradable implant system that provides sustained delivery of contraceptive and antiretroviral (ARV) with zero-order release kinetics. The MPT system involves two implants comprising an extruded tube of a biodegradable polymer, poly(ε-caprolactone) (PCL). Each implant is filled with a formulation of progestin [levonorgestrel (LNG) or etonogestrel (ENG)], or a formulation of a potent ARV [tenofovir alafenamide (TAF), or 4'-Ethynyl-2-fluoro-2'-deoxyadenosine (EFdA)]. We demonstrated sustained in-vitro release of LNG, ENG, and EFdA from the implant system for 13-17 months, while maintaining high stability of the drugs (&amp;gt;99%) within the implant reservoirs. We further elucidated the controlled release mechanism of the implant and leveraged several tunable parameters (e.g., type and quantity of the excipient, PCL properties, and implant wall thickness) to tailor the release kinetics and enhance the mechanical integrity of the MPT implant. The optimized MPT showed sustained in-vitro release of ENG and EFdA over 1 year while maintaining a high level of formulation stability and structural integrity. The MPT implant system was further evaluated in a preclinical study using a rodent model and demonstrated sustained release of EFdA (6 months) and ENG (12 months) with high stability of the drug formulation (&amp;gt;95%). This manuscript supports the continued advancement of LA delivery systems for MPTs.&lt;/span&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>Company/University</t>
-  </si>
-[...1 lines deleted...]
-    <t>Manufacturer</t>
   </si>
   <si>
     <t>Link to website</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Short description</t>
   </si>
   <si>
     <t>RTI International</t>
   </si>
   <si>
     <t>originator</t>
   </si>
   <si>
     <t>https://www.rti.org/</t>
   </si>
   <si>
     <t>Foster Delivery Science</t>
   </si>
   <si>
     <t>https://www.fosterdeliveryscience.com/</t>
   </si>
@@ -1601,54 +1601,54 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>242</v>
+        <v>192</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>243</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>244</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
         <v>246</v>
       </c>
       <c r="C2" t="s">
         <v>247</v>
       </c>
       <c r="D2" t="s">
         <v>248</v>
       </c>
     </row>
@@ -2717,192 +2717,196 @@
       <c r="E1" s="2" t="s">
         <v>141</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P1"/>
+  <dimension ref="A1:Q1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:P1"/>
+      <selection activeCell="A1" sqref="A1:Q1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
+    <col min="17" max="17" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16">
+    <row r="1" spans="1:17">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>191</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>192</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>193</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>194</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>195</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>196</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>197</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>198</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>199</v>
       </c>
       <c r="K1" s="2" t="s">
         <v>200</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>201</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>202</v>
       </c>
       <c r="N1" s="2" t="s">
         <v>203</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>204</v>
       </c>
       <c r="P1" s="2" t="s">
         <v>205</v>
+      </c>
+      <c r="Q1" s="2" t="s">
+        <v>206</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D3"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>188</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" s="6" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C2" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" s="6" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
@@ -2923,231 +2927,231 @@
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>189</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>188</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>190</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C2" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D2" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D3" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C4" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D4" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C5" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D5" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
         <v>44</v>
       </c>
       <c r="B6" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C6" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D6" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>44</v>
       </c>
       <c r="B7" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C7" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D7" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>44</v>
       </c>
       <c r="B8" t="s">
         <v>141</v>
       </c>
       <c r="C8" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
         <v>44</v>
       </c>
       <c r="B9" t="s">
         <v>141</v>
       </c>
       <c r="C9" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="E9" s="6" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
         <v>44</v>
       </c>
       <c r="B10" t="s">
         <v>141</v>
       </c>
       <c r="C10" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="E10" s="6" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
         <v>44</v>
       </c>
       <c r="B11" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C11" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D11" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="E11" s="6" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
         <v>44</v>
       </c>
       <c r="B12" t="s">
         <v>141</v>
       </c>
       <c r="C12" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="E12" s="6" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
         <v>44</v>
       </c>
       <c r="B13" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C13" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D13" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E13" s="6" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
         <v>44</v>
       </c>
       <c r="B14" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C14" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D14" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E8" r:id="rId_hyperlink_1"/>
     <hyperlink ref="E9" r:id="rId_hyperlink_2"/>
     <hyperlink ref="E10" r:id="rId_hyperlink_3"/>
     <hyperlink ref="E11" r:id="rId_hyperlink_4"/>
     <hyperlink ref="E12" r:id="rId_hyperlink_5"/>
     <hyperlink ref="E13" r:id="rId_hyperlink_6"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>