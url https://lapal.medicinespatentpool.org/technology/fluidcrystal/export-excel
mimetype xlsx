--- v0 (2025-12-05)
+++ v1 (2026-02-07)
@@ -999,50 +999,53 @@
 * Adequate and stable hepatic function
 Exclusion Criteria:
 * Evidence of brain metastasis, spinal cord compression, or urinary tract obstruction
 * Serum Testosterone levels below 150 ng/dL at Screening visit
 * Medical or radiological prostate cancer treatments within 2 months prior to the Screening visit
 * Surgical treatment of prostate cancer within 2 weeks prior to the Screening visit
 * Prior orchiectomy, hypophysectomy, or adrenalectomy
 * Prior use of LHRH agonist</t>
   </si>
   <si>
     <t>Clinical trial ID</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Company</t>
   </si>
   <si>
+    <t>Manufacturer</t>
+  </si>
+  <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
   </si>
   <si>
     <t>Country Name</t>
@@ -1099,53 +1102,50 @@
     <t>&lt;p&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;Albayaty, M., Linden, M., Olsson, H., Johnsson, M., Strandgården, K., &amp;amp; Tiberg, F. (2017). Pharmacokinetic Evaluation of Once-Weekly and Once-Monthly Buprenorphine Subcutaneous Injection Depots (CAM2038) Versus Intravenous and Sublingual Buprenorphine in Healthy Volunteers Under Naltrexone Blockade: An Open-Label Phase 1 Study.&amp;nbsp;&lt;/span&gt;&lt;em style="color: rgb(33, 33, 33);"&gt;Advances in therapy&lt;/em&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;,&amp;nbsp;&lt;/span&gt;&lt;em style="color: rgb(33, 33, 33);"&gt;34&lt;/em&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;(2), 560–575.&lt;/span&gt;&lt;a href=" https://doi.org/10.1007/s12325-016-0472-9" rel="noopener noreferrer" target="_blank" style="color: rgb(33, 33, 33);"&gt; https://doi.org/10.1007/s12325-016-0472-9&lt;/a&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;A study involving 89 healthy volunteers was conducted to evaluate the effectiveness of a new treatment for buprenorphine. The participants were divided into five groups: intravenous buprenorphine 600 µg, sublingual buprenorphine 8, 16, or 24 mg daily for 7 days, or four repeated weekly doses of CAM2038 q1w 16 mg. All subjects received daily naltrexone. The mean duration of buprenorphine release after CAM2038 q4w was 4-10 hours, with a mean terminal half-life of 19-25 days. Both CAM2038 formulations showed complete absolute bioavailability of buprenorphine, with 5.7- to 7.7-fold greater bioavailability compared to sublingual buprenorphine. Both CAM2038 q1w and q4w were well tolerated, with higher acceptance rates for CAM2038 than sublingual buprenorphine 1 hour post-dose.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;span style="color: rgb(34, 34, 34);"&gt;Chang, D. P., Barauskas, J., Dabkowska, A. P., Wadsäter, M., Tiberg, F., &amp;amp; Nylander, T. (2015). Non-lamellar lipid liquid crystalline structures at interfaces.&amp;nbsp;&lt;/span&gt;&lt;em style="color: rgb(34, 34, 34);"&gt;Advances in colloid and interface science&lt;/em&gt;&lt;span style="color: rgb(34, 34, 34);"&gt;,&amp;nbsp;&lt;/span&gt;&lt;em style="color: rgb(34, 34, 34);"&gt;222&lt;/em&gt;&lt;span style="color: rgb(34, 34, 34);"&gt;, 135-147.&lt;/span&gt;&lt;a href=" https://doi.org/10.1016/j.cis.2014.11.003" rel="noopener noreferrer" target="_blank" style="color: rgb(34, 34, 34);"&gt; &lt;/a&gt;&lt;a href="https://doi.org/10.1016/j.cis.2014.11.003" rel="noopener noreferrer" target="_blank" style="color: rgb(31, 31, 31);"&gt;https://doi.org/10.1016/j.cis.2014.11.003&lt;/a&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Non-lamellar interfacial layer: from the organization of the adsorbed layer to the characterization of the internal structure. The self-assembly of lipids results in the formation of various nano-structures, including non-lamellar liquid crystalline structures like cubic, hexagonal, and sponge phases. These non-lamellar phases are crucial for living systems, providing compartmentalization and acting as biological activity regulators. They are of interest for pharmaceutical, food, and cosmetic applications due to their compartmentalizing nature. Understanding how these structures interact with different interfaces is essential for their use in biomedical devices for drug delivery and analysis. These non-lamellar interfacial layers can entrap functional biomolecules that respond to lipid curvature and confinement. &lt;/p&gt;</t>
   </si>
   <si>
     <t>Document</t>
   </si>
   <si>
     <t>Corporate Presentation</t>
   </si>
   <si>
     <t>Session 2 FluidCrystal - a new lipid liquid crystal based LAI technology platform validated by recent product approvals -Fredrik Joabsson.pdf</t>
   </si>
   <si>
     <t>resources/CBpbuR355xc5_Session 2 FluidCrystal - a new lipid liquid crystal based LAI technology platform validated by recent product approvals -Fredrik Joabsson.pdf</t>
   </si>
   <si>
     <t>Company/University</t>
-  </si>
-[...1 lines deleted...]
-    <t>Manufacturer</t>
   </si>
   <si>
     <t>Link to website</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Short description</t>
   </si>
   <si>
     <t>originator</t>
   </si>
   <si>
     <t>https://www.camurus.com</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Camurus AB is a biopharmaceutical company that creates long-acting treatments for serious and chronic diseases. This company originated in 1991. Camurus, based on scientific understanding, aims to enhance patient outcomes through innovative therapies. They specialise in pharmaceutical commercialization and have a portfolio that includes clinical trial products as well as two FDA-approved drugs.</t>
   </si>
   <si>
     <t>https://braeburnrx.com/</t>
   </si>
@@ -1912,54 +1912,54 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>325</v>
+        <v>291</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>326</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>327</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>328</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
         <v>121</v>
       </c>
       <c r="C2" t="s">
         <v>329</v>
       </c>
       <c r="D2" t="s">
         <v>330</v>
       </c>
       <c r="E2" t="s">
@@ -3443,215 +3443,219 @@
       <c r="E1" s="2" t="s">
         <v>135</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P1"/>
+  <dimension ref="A1:Q1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:P1"/>
+      <selection activeCell="A1" sqref="A1:Q1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
+    <col min="17" max="17" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16">
+    <row r="1" spans="1:17">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>290</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>291</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>292</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>293</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>294</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>295</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>296</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>297</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>298</v>
       </c>
       <c r="K1" s="2" t="s">
         <v>299</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>300</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>301</v>
       </c>
       <c r="N1" s="2" t="s">
         <v>302</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>303</v>
       </c>
       <c r="P1" s="2" t="s">
         <v>304</v>
+      </c>
+      <c r="Q1" s="2" t="s">
+        <v>305</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D4"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B4" sqref="B4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>287</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" s="6" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="C2" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D2" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" s="6" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C3" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D3" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" s="6" t="s">
+        <v>314</v>
+      </c>
+      <c r="C4" t="s">
+        <v>315</v>
+      </c>
+      <c r="D4" t="s">
         <v>313</v>
-      </c>
-[...4 lines deleted...]
-        <v>312</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
@@ -3673,88 +3677,88 @@
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>288</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>287</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>289</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C2" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D2" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C3" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="D3" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C4" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D4" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="E4" s="6" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E4" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>