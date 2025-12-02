--- v0 (2025-10-11)
+++ v1 (2025-12-02)
@@ -34,51 +34,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Technologies" sheetId="1" r:id="rId4"/>
     <sheet name="Potential associated API" sheetId="2" r:id="rId5"/>
     <sheet name="Patent Medspal" sheetId="3" r:id="rId6"/>
     <sheet name="Patent curated by innovator" sheetId="4" r:id="rId7"/>
     <sheet name="Clinical trials" sheetId="5" r:id="rId8"/>
     <sheet name="Key resources" sheetId="6" r:id="rId9"/>
     <sheet name="Regulatory status" sheetId="7" r:id="rId10"/>
     <sheet name="Drug illustrations" sheetId="8" r:id="rId11"/>
     <sheet name="Publications" sheetId="9" r:id="rId12"/>
     <sheet name="Developers" sheetId="10" r:id="rId13"/>
     <sheet name="Partnerships" sheetId="11" r:id="rId14"/>
     <sheet name="Sponsors" sheetId="12" r:id="rId15"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="393">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="394">
   <si>
     <t>Technology</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Highlight</t>
   </si>
   <si>
     <t>Route(s) of administration</t>
   </si>
   <si>
     <t>Type(s) of technology</t>
   </si>
   <si>
     <t>Other feature(s) of the technology</t>
   </si>
   <si>
     <t>Release properties</t>
   </si>
   <si>
     <t>Injectability</t>
   </si>
   <si>
@@ -1182,50 +1182,53 @@
     <t>Company</t>
   </si>
   <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
+  </si>
+  <si>
+    <t>Country Name</t>
   </si>
   <si>
     <t>Reg Status</t>
   </si>
   <si>
     <t>Reg Submission Date</t>
   </si>
   <si>
     <t>Reg Approval Date</t>
   </si>
   <si>
     <t>Links</t>
   </si>
   <si>
     <t>Comments</t>
   </si>
   <si>
     <t>Illustration URL</t>
   </si>
   <si>
     <t>Credit</t>
   </si>
   <si>
     <t>https://lapal.medicinespatentpool.org/storage/illustrations/qLcgFAIU0rpVx3HtdDliwUFxe9Ank90r6bIKmFZE.png</t>
   </si>
@@ -2082,206 +2085,206 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C2" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="D2" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="E2" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="F2" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C4"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>145</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C2" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C3" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="C4" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>145</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I4"/>
   <sheetViews>
@@ -4157,225 +4160,229 @@
       <c r="E1" s="2" t="s">
         <v>147</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O1"/>
+  <dimension ref="A1:P1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:O1"/>
+      <selection activeCell="A1" sqref="A1:P1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
+    <col min="16" max="16" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15">
+    <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>342</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>344</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>345</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>346</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>347</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>348</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>349</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>350</v>
       </c>
-      <c r="K1" s="5" t="s">
+      <c r="K1" s="2" t="s">
         <v>351</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>352</v>
       </c>
-      <c r="M1" s="2" t="s">
+      <c r="M1" s="5" t="s">
         <v>353</v>
       </c>
       <c r="N1" s="2" t="s">
         <v>354</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>355</v>
+      </c>
+      <c r="P1" s="2" t="s">
+        <v>356</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D5"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B5" sqref="B5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>339</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" s="6" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C2" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="D2" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" s="6" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="C3" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="D3" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" s="6" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="C4" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="D4" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" s="6" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C5" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D5" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
@@ -4398,85 +4405,85 @@
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>340</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>339</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>341</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C2" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="D2" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C3" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="D3" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C4" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D4" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">