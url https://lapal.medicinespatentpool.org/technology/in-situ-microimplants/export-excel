--- v1 (2025-12-02)
+++ v2 (2026-02-02)
@@ -1160,50 +1160,53 @@
   <si>
     <t>2024-05-01</t>
   </si>
   <si>
     <t>Inclusion Criteria:
 1. Healthy post-menopausal women, ≥ 18 and ≤ 75 years of age, who have achieved complete menopause, either natural or surgical, and amenorrhea, and have not been on hormone replacement therapy in the last 3 months.
 2. Post-menopausal subjects should have absence of menses for 1 year, and oophorectomized subjects should have absence of menses for at least 6 weeks. For oophorectomized subjects and subjects who have had a hysterectomy, a surgical pathology report documenting the absence of malignant disease is required. In addition, for oophorectomized subjects an operative report documenting bilateral oophorectomy is required.
 3. Baseline follicle-stimulating hormone (FSH) and 17β-estradiol plasma levels should be consistent with the post-menopausal status of the subject</t>
   </si>
   <si>
     <t>Clinical trial ID</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Company</t>
   </si>
   <si>
+    <t>Manufacturer</t>
+  </si>
+  <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
   </si>
   <si>
     <t>Country Name</t>
@@ -1266,53 +1269,50 @@
     <t>https://patentimages.storage.googleapis.com/0f/c9/bc/7d836740c18f54/US11987410.pdf</t>
   </si>
   <si>
     <t>Publication</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;Messer, T., Bernardo, M., Anta, L., &amp;amp; Martínez-González, J. (2024). Risperidone ISM®: review and update of its usefulness in all phases of schizophrenia.&amp;nbsp;&lt;/span&gt;&lt;em style="color: rgb(33, 33, 33);"&gt;Therapeutic advances in psychopharmacology&lt;/em&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;,&amp;nbsp;&lt;/span&gt;&lt;em style="color: rgb(33, 33, 33);"&gt;14&lt;/em&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;, 20451253241280046. &lt;/span&gt;&lt;a href="https://doi.org/10.1177/20451253241280046" rel="noopener noreferrer" target="_blank" style="color: rgb(33, 33, 33);"&gt;https://doi.org/10.1177/20451253241280046&lt;/a&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;One of the most important challenges in the management of patients with schizophrenia is to ensure adherence to antipsychotic treatment. The contribution of long-acting injectables (LAI) is undeniable in this matter, but there are still some unmet medical needs not covered by these drugs (e.g. quick onset of action for patients with acute exacerbation of schizophrenia). This article summarises the pharmacokinetics, efficacy and safety of Risperidone ISM (&lt;/span&gt;&lt;em style="color: rgb(33, 33, 33);"&gt;in situ&lt;/em&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;&amp;nbsp;microparticles). The aim of this review is to provide information about the potential uses of this new LAI formulation of risperidone for the treatment of schizophrenia, contextualising and diving into the published evidence. Risperidone ISM shows a rapid release which allows achieving within 12 h risperidone active moiety levels similar to those observed in the steady-state for oral risperidone treatment, achieving a mean average concentration of 38.63 ng/mL. The plasma concentration of active moiety achieved by Risperidone ISM comes with a predictable dopamine D2 receptor occupancy above 65% throughout the 28-day dosing period, which is accepted as a threshold for the efficacy of the antipsychotic treatment. This can be associated with the positive efficacy findings throughout its clinical development. In the short term, it provides an early and progressive reduction of symptoms in adult patients with acute exacerbation of schizophrenia without the need for loading doses or oral risperidone supplementation, which could contribute to reinforcing the therapeutic alliance between the patient and the psychiatrist. In addition, long-term treatment was effective, safe and well tolerated regardless of the initial disease severity or whether patients were previously treated with Risperidone ISM during an acute exacerbation or switched from stable doses of oral risperidone. Improvement and maintenance of personal and social functioning and health-related quality of life were observed in each setting, respectively. All these findings endorse Risperidone ISM as a useful and valuable treatment for the acute and maintenance management of patients with schizophrenia.&lt;/span&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;Laveille, C., Snoeck, E., Ochoa Díaz de Monasterioguren, L., Martínez-González, J., Llaudó, J., Anta, L., &amp;amp; Gutierro, I. (2024). Development of a population pharmacokinetic model for the novel long-acting injectable antipsychotic risperidone ISM®.&amp;nbsp;&lt;/span&gt;&lt;em style="color: rgb(33, 33, 33);"&gt;British journal of clinical pharmacology&lt;/em&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;,&amp;nbsp;&lt;/span&gt;&lt;em style="color: rgb(33, 33, 33);"&gt;90&lt;/em&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;(9), 2256–2270. &lt;/span&gt;&lt;a href="https://doi.org/10.1111/bcp.16115" rel="noopener noreferrer" target="_blank" style="color: rgb(33, 33, 33);"&gt;https://doi.org/10.1111/bcp.16115&lt;/a&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;The final model adequately described the pharmacokinetics of 6288 active moiety concentrations in 17 healthy volunteers and 430 patients with schizophrenia. This one-compartment disposition model had a complex absorption process, combining a small amount immediately entering the central active moiety compartment, two first-order absorption processes and a combined zero-order and first order process, with first-order elimination from the central compartment. Significant covariates on CL40&amp;nbsp;were BMI and sex. Goodness-of-fit (GOF) plots and visual predictive checks (VPC) confirmed acceptable description of the data.&lt;/span&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;Anta, L., Llaudó, J., Ayani, I., Martínez, J., Litman, R. E., &amp;amp; Gutierro, I. (2018). A phase II study to evaluate the pharmacokinetics, safety, and tolerability of Risperidone ISM multiple intramuscular injections once every 4 weeks in patients with schizophrenia.&amp;nbsp;&lt;/span&gt;&lt;em style="color: rgb(33, 33, 33);"&gt;International clinical psychopharmacology&lt;/em&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;,&amp;nbsp;&lt;/span&gt;&lt;em style="color: rgb(33, 33, 33);"&gt;33&lt;/em&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;(2), 79–87. &lt;/span&gt;&lt;a href="https://doi.org/10.1097/YIC.0000000000000203" rel="noopener noreferrer" target="_blank" style="color: rgb(33, 33, 33);"&gt;https://doi.org/10.1097/YIC.0000000000000203&lt;/a&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;This study characterized the pharmacokinetics, safety, and tolerability of Risperidone ISM, a new long-acting intramuscular formulation, for monthly administration without oral supplementation. Patients with schizophrenia received multiple intramuscular injections of 75 mg in the gluteal or deltoid muscle at 28-day intervals. Of the 70 randomized patients, 67 received at least one dose of study medication. The mean Cmax of the active moiety was achieved 24-48 h (tmax) after each administration, regardless of injection site. They ranged over four consecutive doses from 39.6 to 53.2 and 54.1 to 61 ng/ml, when given in gluteal or deltoid muscle, respectively. Active moiety achieved therapeutic levels by 2 h after dose, and the levels were maintained throughout the 4-week dosing period. No significant changes across the study were observed on either Positive and Negative Syndrome Scale or Extrapyramidal Symptoms Scale. Overall, 63 (94%) patients experienced at least one treatment-emergent adverse event (TEAE). One serious TEAE (dystonia) was related to study treatment. The most frequently reported TEAEs were hyperprolactinaemia (57.7%) and injection site pain (32.8%). Risperidone ISM achieved therapeutic levels from the first hours after drug administration and provided a sustained release throughout the 4-week dosing period over multiple intramuscular injections and was found to be safe and well tolerated.&lt;/span&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>Company/University</t>
-  </si>
-[...1 lines deleted...]
-    <t>Manufacturer</t>
   </si>
   <si>
     <t>Link to website</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Short description</t>
   </si>
   <si>
     <t>ROVI</t>
   </si>
   <si>
     <t>originator</t>
   </si>
   <si>
     <t>https://www.rovi.es/</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>Laboratorios Farmacéuticos ROVI, founded in 1946 in Madrid, Spain, is a prominent global player in the pharmaceutical industry. Initially established as a domestic company, ROVI has evolved into an international leader in the research, development, manufacturing, and commercialization of both small molecules and biologics using in situ microimplants.</t>
   </si>
@@ -2085,54 +2085,54 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>379</v>
+        <v>343</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>380</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>381</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
         <v>383</v>
       </c>
       <c r="C2" t="s">
         <v>384</v>
       </c>
       <c r="D2" t="s">
         <v>385</v>
       </c>
       <c r="E2" t="s">
@@ -4160,229 +4160,233 @@
       <c r="E1" s="2" t="s">
         <v>147</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P1"/>
+  <dimension ref="A1:Q1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:P1"/>
+      <selection activeCell="A1" sqref="A1:Q1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
+    <col min="17" max="17" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16">
+    <row r="1" spans="1:17">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>342</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>344</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>345</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>346</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>347</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>348</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>349</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>350</v>
       </c>
       <c r="K1" s="2" t="s">
         <v>351</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>352</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>353</v>
       </c>
       <c r="N1" s="2" t="s">
         <v>354</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>355</v>
       </c>
       <c r="P1" s="2" t="s">
         <v>356</v>
+      </c>
+      <c r="Q1" s="2" t="s">
+        <v>357</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D5"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B5" sqref="B5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>339</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" s="6" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="C2" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="D2" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" s="6" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C3" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="D3" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" s="6" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="C4" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="D4" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" s="6" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C5" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="D5" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
@@ -4405,85 +4409,85 @@
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>340</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>339</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>341</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="C2" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="D2" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="C3" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="D3" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="C4" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="D4" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">