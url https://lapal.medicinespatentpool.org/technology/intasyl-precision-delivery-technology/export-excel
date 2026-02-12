--- v0 (2026-01-02)
+++ v1 (2026-02-12)
@@ -707,50 +707,53 @@
   <si>
     <t>Advanced neovascular age-related macular degeneration</t>
   </si>
   <si>
     <t>Monthly</t>
   </si>
   <si>
     <t>Intravitreal</t>
   </si>
   <si>
     <t>Clinical trial ID</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Company</t>
   </si>
   <si>
+    <t>Manufacturer</t>
+  </si>
+  <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
   </si>
   <si>
     <t>Country Name</t>
@@ -789,53 +792,50 @@
     <t>https://lapal.medicinespatentpool.org/storage/illustrations/GdhTPJi1xeHT9ii2dLztkXAxwLWra96bEUM0p3iS.png</t>
   </si>
   <si>
     <t>Example of RNAi model and its mechanism of action</t>
   </si>
   <si>
     <t>Ehrlich, G., &amp; Fenster, M. (2021). Methods and systems for anonymously selecting subjects for treatment against an infectious disease caused by a pathogen. U.S. Patent No. US20210147849A1.</t>
   </si>
   <si>
     <t>Publication</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;Maxwell, M., Holton, K., Looby, R. J., Byrne, M., &amp;amp; Cardia, J. (2024). Self-Delivering RNAi Compounds for Reduction of Hyperpigmentation.&amp;nbsp;&lt;/span&gt;&lt;em style="color: rgb(33, 33, 33);"&gt;Clinical, cosmetic and investigational dermatology&lt;/em&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;,&amp;nbsp;&lt;/span&gt;&lt;em style="color: rgb(33, 33, 33);"&gt;17&lt;/em&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;, 3033–3044. &lt;/span&gt;&lt;a href="https://doi.org/10.2147/CCID.S498987" rel="noopener noreferrer" target="_blank" style="color: rgb(33, 33, 33);"&gt;https://doi.org/10.2147/CCID.S498987&lt;/a&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;strong&gt;Purpose:&amp;nbsp;&lt;/strong&gt;Abnormal melanin synthesis causes hyperpigmentation disorders like melasma and lentigines, impacting psychological well-being. RNA interference (RNAi) uses small RNA molecules to inhibit gene expression by targeting specific mRNA, silencing genes involved in undesirable cellular functions. This study assessed INTASYL compounds, self-delivering RNAi molecules, designed to target and reduce tyrosinase gene expression to decrease pigmentation.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Methods:&amp;nbsp;&lt;/strong&gt;36 INTASYL compounds were designed to target and reduce TYR gene expression and tested in a screening assay. RXI-231, the lead compound, was tested in normal human epithelial melanocytes and the MelanoDerm™ model, a 3D reconstituted human epidermal culture. RXI-231 was evaluated for its ability to reduce tyrosinase mRNA expression, in vitro dopachrome formation, and melanin content. Penetration of fluorescently labeled INTASYL compounds through the stratum corneum into the epidermis was tested in cultured porcine skin explants using a DermaPen®&amp;nbsp;microneedle device and a proprietary mixture of penetration enhancers. RXI-231 was also tested for skin irritation in the MatTek EpiDerm™ model to determine its non-irritant profile.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Results:&amp;nbsp;&lt;/strong&gt;RXI-231 significantly reduced tyrosinase mRNA expression, dopachrome formation, and melanin content in both normal human melanocytes and the MelanoDerm model. Application of INTASYL compounds every other day visibly reduced pigmentation in the 3D epidermal cultures. Penetration studies showed efficient delivery into the epidermis, overcoming the stratum corneum barrier. RXI-231 showed no irritation, with viability above 50% in the MatTek EpiDerm model, confirming its non-irritant profile.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;Cuiffo, B., Maxwell, M., Yan, D., Guemiri, R., Boone, A., Bellet, D., Rivest, B., Cardia, J., Robert, C., &amp;amp; Fricker, S. P. (2024). Self-delivering RNAi immunotherapeutic PH-762 silences PD-1 to generate local and abscopal antitumor efficacy.&amp;nbsp;&lt;/span&gt;&lt;em style="color: rgb(33, 33, 33);"&gt;Frontiers in immunology&lt;/em&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;,&amp;nbsp;&lt;/span&gt;&lt;em style="color: rgb(33, 33, 33);"&gt;15&lt;/em&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;, 1501679. &lt;/span&gt;&lt;a href="https://doi.org/10.3389/fimmu.2024.1501679" rel="noopener noreferrer" target="_blank" style="color: rgb(33, 33, 33);"&gt;https://doi.org/10.3389/fimmu.2024.1501679&lt;/a&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;strong&gt;Objective:&amp;nbsp;&lt;/strong&gt;Immunotherapeutic inhibition of PD-1 by systemically administered monoclonal antibodies is widely used in cancer treatment, but it may cause severe immune-related adverse events (irSAEs). Neoadjuvant PD-1 inhibition before surgery has shown promise in reducing recurrence by stimulating durable antitumor immunity. Local intratumoral (IT) immunotherapy is a potential strategy to minimize irSAEs, but antibodies have limited tumor penetration, making them less suitable for this approach. Therapeutic self-delivering RNAi (INTASYL) is an emerging modality well-suited for neoadjuvant immunotherapy. This study presents preclinical proof-of-concept for PH-762, an INTASYL designed to silence PD-1, currently in clinical development for advanced cutaneous malignancies (ClinicalTrials.gov&lt;a href="http://clinicaltrials.gov/show/NCT06014086" rel="noopener noreferrer" target="_blank" style="color: rgb(0, 113, 188);"&gt;#NCT06014086&lt;/a&gt;).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Methods and analysis:&amp;nbsp;&lt;/strong&gt;PH-762 pharmacology was characterized&amp;nbsp;&lt;em&gt;in vitro&lt;/em&gt;, and&amp;nbsp;&lt;em&gt;in vivo&lt;/em&gt;&amp;nbsp;antitumor efficacy was evaluated using a murine analogue (mPH-762) in syngeneic tumor models with varying PD-1 responsiveness. Bilateral Hepa1-6 models assessed abscopal effects of local treatment. Ex vivo analyses explored mechanisms of direct and abscopal efficacy.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Results:&amp;nbsp;&lt;/strong&gt;PH-762 was rapidly internalized by human T cells, silencing PD-1 mRNA and decreasing PD-1 surface protein, enhancing TCR-stimulated IFN-γ and CXCL10 secretion.&amp;nbsp;&lt;em&gt;In vivo&lt;/em&gt;, IT mPH-762 provided robust antitumor efficacy, local and lymphatic biodistribution, and was well tolerated. Ex vivo analyses revealed that IT mPH-762 depleted PD-1 protein, promoted leukocyte and T cell infiltration, and correlated with tumor control. IT mPH-762 also demonstrated efficacy against untreated distal tumors (abscopal effect) by priming systemic antitumor immunity.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Company/University</t>
-  </si>
-[...1 lines deleted...]
-    <t>Manufacturer</t>
   </si>
   <si>
     <t>Link to website</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Short description</t>
   </si>
   <si>
     <t>Phio Pharmaceuticals, Ltd.</t>
   </si>
   <si>
     <t>originator</t>
   </si>
   <si>
     <t>https://phiopharma.com/</t>
   </si>
   <si>
     <t>Phio Pharmaceuticals, founded in 2011 and headquartered in Marlborough, Massachusetts, is a biotechnology company specializing in RNA-based immuno-oncology therapies. Initially named RXi Pharmaceuticals, it rebranded in 2018 to reflect its focus on self-delivering RNAi technology. The company develops tumor-targeting therapeutics, leveraging cutting-edge RNAi platforms.</t>
   </si>
   <si>
     <t>Glycostem Ltd.</t>
   </si>
@@ -1602,54 +1602,54 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>243</v>
+        <v>215</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>244</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>245</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
         <v>247</v>
       </c>
       <c r="C2" t="s">
         <v>248</v>
       </c>
       <c r="D2" t="s">
         <v>249</v>
       </c>
       <c r="E2" t="s">
@@ -2635,201 +2635,205 @@
       <c r="E1" s="2" t="s">
         <v>127</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P1"/>
+  <dimension ref="A1:Q1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:P1"/>
+      <selection activeCell="A1" sqref="A1:Q1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
+    <col min="17" max="17" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16">
+    <row r="1" spans="1:17">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>214</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>215</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>216</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>217</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>218</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>219</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>220</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>221</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>222</v>
       </c>
       <c r="K1" s="2" t="s">
         <v>223</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>224</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>225</v>
       </c>
       <c r="N1" s="2" t="s">
         <v>226</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>227</v>
       </c>
       <c r="P1" s="2" t="s">
         <v>228</v>
+      </c>
+      <c r="Q1" s="2" t="s">
+        <v>229</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D3"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>211</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" s="6" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C2" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D2" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" s="6" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C3" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D3" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
@@ -2850,71 +2854,71 @@
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>212</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>211</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>213</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C2" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D2" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C3" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D3" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">