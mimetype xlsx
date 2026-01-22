--- v0 (2025-12-10)
+++ v1 (2026-01-22)
@@ -389,51 +389,51 @@
   <si>
     <t>Enanta Pharmaceuticals, Inc</t>
   </si>
   <si>
     <t>2031-09-20</t>
   </si>
   <si>
     <t>The present invention discloses compounds of Formula (I) or pharmaceutically acceptable salts, esters, or prodrugs thereof: Formula (I) which inhibit serine protease activity, particularly the activity of hepatitis C virus (HCV) NS3-NS4A protease. Consequently, the compounds of the present invention interfere with the life cycle of the hepatitis C virus and are also useful as antiviral agents. The present invention further relates to pharmaceutical compositions comprising the aforementioned compounds for administration to a subject suffering from HCV infection. The invention also relates to methods of treating an HCV infection in a subject by administering a pharmaceutical composition comprising the compounds of the present invention.</t>
   </si>
   <si>
     <t>UNITAID 2017 patent landscape, MPP Licence, Health Canada, US FDA</t>
   </si>
   <si>
     <t>Argentina, Brazil, China, Colombia, Dominican Republic, Turkmenistan, Belarus, Tajikistan, Kazakhstan, Azerbaijan, Kyrgyzstan, Armenia, Moldova, Republic of, Ecuador, Türkiye, North Macedonia, Albania, Bosnia and Herzegovina, Montenegro, Serbia, Guatemala, Mexico, Peru, South Africa, India, Bolivia (Plurinational State of), Paraguay, Mongolia, Philippines, Malaysia, Pakistan, Indonesia, Ukraine</t>
   </si>
   <si>
     <t>Canada, Australia, Cyprus, Denmark, Spain, Hong Kong, Croatia, Israel, Japan, Korea, Republic of, New Zealand, Portugal, Singapore, Slovenia, San Marino, United States of America, Chile, Costa Rica, Russian Federation, Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Monaco, Ireland, Finland, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, Romania, Latvia, Lithuania, Uruguay, Panama, Bahrain, Kuwait, Qatar, Saudi Arabia, Oman, United Arab Emirates, Macao</t>
   </si>
   <si>
     <t>Argentina, Viet Nam, Venezuela (Bolivarian Republic of), Thailand</t>
   </si>
   <si>
     <t>Cyprus, Denmark, Spain, Croatia, Portugal, Slovenia, San Marino, Taiwan, Province of China, Luxembourg, Netherlands, Hungary, Poland, Norway, Lithuania, Bahrain, Kuwait, Qatar, Saudi Arabia, Oman, United Arab Emirates</t>
   </si>
   <si>
-    <t>World Intellectual Property Organization (WIPO), Colombia, Dominican Republic, Ecuador, Türkiye, North Macedonia, Albania, Bosnia and Herzegovina, Montenegro, Serbia, Guatemala, India, Egypt, Malaysia, Indonesia</t>
+    <t>World Intellectual Property Organization (WIPO), Argentina, Colombia, Dominican Republic, Ecuador, Türkiye, North Macedonia, Albania, Bosnia and Herzegovina, Montenegro, Serbia, Guatemala, India, Egypt, Malaysia, Indonesia</t>
   </si>
   <si>
     <t>Australia, Cyprus, Denmark, Spain, Croatia, Japan, Korea, Republic of, Portugal, Slovenia, San Marino, United States of America, World Intellectual Property Organization (WIPO), Costa Rica, Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Monaco, Ireland, Finland, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, Romania, Latvia, Lithuania, Uruguay, Bahrain, Kuwait, Qatar, Saudi Arabia, Oman, United Arab Emirates</t>
   </si>
   <si>
     <t>WO2014047039</t>
   </si>
   <si>
     <t>Pibrentasvir use in HCV</t>
   </si>
   <si>
     <t>Use</t>
   </si>
   <si>
     <t>2033-09-17</t>
   </si>
   <si>
     <t>Pan-genotypic HCV inhibitors are described. This invention also relates to methods of using these inhibitors to treat HCV infection.</t>
   </si>
   <si>
     <t>MPP Licence</t>
   </si>
   <si>
     <t>Brazil, Mexico, South Africa, Türkiye, North Macedonia, Albania, Bosnia and Herzegovina, Montenegro, Serbia</t>
   </si>
@@ -599,270 +599,270 @@
   <si>
     <t>Australia, Israel, Japan, Korea, Republic of, United States of America, Panama, New Zealand</t>
   </si>
   <si>
     <t>Brazil, Türkiye, India, Ecuador, Guatemala, Thailand, Albania, North Macedonia, Serbia, Bosnia and Herzegovina, Montenegro</t>
   </si>
   <si>
     <t>Canada, Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Spain, Denmark, Monaco, Portugal, Ireland, Finland, Cyprus, Bulgaria, Czechia, Estonia, Slovakia, Hungary, New Zealand, Singapore, Hong Kong, Iceland, Norway, Poland, Romania, San Marino, Croatia, Latvia, Lithuania, Malta, Slovenia</t>
   </si>
   <si>
     <t>World Intellectual Property Organization (WIPO), Philippines, China, Dominican Republic, Peru, Turkmenistan, Belarus, Tajikistan, Kazakhstan, Azerbaijan, Kyrgyzstan, Armenia, Egypt, Indonesia, Viet Nam, Ukraine</t>
   </si>
   <si>
     <t>Japan, United States of America, World Intellectual Property Organization (WIPO), Chile, Costa Rica, Russian Federation</t>
   </si>
   <si>
     <t>WO2017015211</t>
   </si>
   <si>
     <t>Glecaprevir/Pibrentasvir solid compositions II</t>
   </si>
   <si>
     <t>2036-07-18</t>
   </si>
   <si>
+    <t>South Africa, Mongolia</t>
+  </si>
+  <si>
+    <t>Australia, Canada, Japan, Korea, Republic of, Israel, New Zealand, Panama</t>
+  </si>
+  <si>
+    <t>Türkiye, North Macedonia, Albania, Bosnia and Herzegovina, Montenegro, Serbia, Ecuador, Guatemala, Thailand</t>
+  </si>
+  <si>
+    <t>Korea, Republic of, Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Spain, Denmark, Monaco, Portugal, Ireland, Finland, Cyprus, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, San Marino, Croatia, Romania, Latvia, Lithuania, Slovenia, New Zealand, Singapore, Hong Kong</t>
+  </si>
+  <si>
+    <t>World Intellectual Property Organization (WIPO), Brazil, China, Colombia, Philippines, Peru, Dominican Republic, Turkmenistan, Belarus, Tajikistan, Kazakhstan, Egypt, Indonesia, Viet Nam, India, Mexico, Moldova, Republic of, Malaysia, Ukraine</t>
+  </si>
+  <si>
+    <t>United States of America, World Intellectual Property Organization (WIPO), Costa Rica, Chile, Russian Federation</t>
+  </si>
+  <si>
+    <t>WO2012051361</t>
+  </si>
+  <si>
+    <t>Pibrentasvir compound</t>
+  </si>
+  <si>
+    <t>Abbott Laboratories</t>
+  </si>
+  <si>
+    <t>2031-10-12</t>
+  </si>
+  <si>
+    <t>Compounds effective in inhibiting replication of Hepatitis C virus (HCV) are described. This invention also relates to processes of making such compounds, compositions comprising such compounds, and methods of using such compounds to treat HCV infection.</t>
+  </si>
+  <si>
+    <t>Health Canada, US FDA, MPP Licence</t>
+  </si>
+  <si>
+    <t>Colombia, Argentina, China, Dominican Republic, Turkmenistan, Belarus, Tajikistan, Kazakhstan, Azerbaijan, Kyrgyzstan, Armenia, Moldova, Republic of, Ecuador, Türkiye, North Macedonia, Albania, Bosnia and Herzegovina, Montenegro, Serbia, Mexico, Peru, Ukraine, Bolivia (Plurinational State of), Indonesia, Malaysia, Paraguay, Philippines, Viet Nam, South Africa, Brazil</t>
+  </si>
+  <si>
+    <t>United States of America, Australia, Chile, Japan, Korea, Republic of, New Zealand, Singapore, Taiwan, Province of China, Uruguay, Denmark, Spain, Portugal, Slovenia, Canada, Israel, Hong Kong, Russian Federation, Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Monaco, Ireland, Finland, Cyprus, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, Croatia, Romania, Latvia, Lithuania, Panama</t>
+  </si>
+  <si>
+    <t>Ecuador, Türkiye, North Macedonia, Albania, Bosnia and Herzegovina, Montenegro, Serbia, India, Pakistan, Paraguay, Thailand, Venezuela (Bolivarian Republic of), Guatemala</t>
+  </si>
+  <si>
+    <t>Denmark, Spain, Portugal, Slovenia, Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Monaco, Ireland, Finland, Cyprus, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, San Marino, Croatia, Romania, Latvia, Lithuania, Bahrain, Kuwait, Qatar, Saudi Arabia, Oman, United Arab Emirates</t>
+  </si>
+  <si>
+    <t>World Intellectual Property Organization (WIPO), Argentina, China, Turkmenistan, Belarus, Tajikistan, Kazakhstan, Azerbaijan, Kyrgyzstan, Armenia, Moldova, Republic of, Türkiye, North Macedonia, Albania, Bosnia and Herzegovina, Montenegro, Serbia, Mexico, Peru, Egypt, Mongolia, Viet Nam</t>
+  </si>
+  <si>
+    <t>United States of America, World Intellectual Property Organization (WIPO), Chile, Costa Rica, New Zealand, Uruguay, Denmark, Spain, Portugal, Slovenia, Canada, Russian Federation, Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Monaco, Ireland, Finland, Cyprus, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, San Marino, Croatia, Romania, Latvia, Lithuania</t>
+  </si>
+  <si>
+    <t>WO2015188045</t>
+  </si>
+  <si>
+    <t>Glecaprevir crystal forms</t>
+  </si>
+  <si>
+    <t>Polymorphs</t>
+  </si>
+  <si>
+    <t>2035-06-05</t>
+  </si>
+  <si>
+    <t>The present invention features crystalline forms of Compound I. In one embodiment, a crystalline form of Compound I has characteristic peaks in the PXRD pattern as shown in any one of Figures 1-4.</t>
+  </si>
+  <si>
+    <t>US FDA</t>
+  </si>
+  <si>
+    <t>United States of America, Australia</t>
+  </si>
+  <si>
+    <t>Canada, Japan, Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Spain, Denmark, Monaco, Portugal, Ireland, Finland, Cyprus, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, San Marino, Croatia, Romania, Latvia, Lithuania, Slovenia</t>
+  </si>
+  <si>
+    <t>World Intellectual Property Organization (WIPO), Türkiye, North Macedonia, Albania, Bosnia and Herzegovina, Montenegro, Serbia, Morocco, China</t>
+  </si>
+  <si>
+    <t>Australia, Japan, World Intellectual Property Organization (WIPO), Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Spain, Denmark, Monaco, Portugal, Ireland, Finland, Cyprus, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, San Marino, Croatia, Romania, Latvia, Lithuania, Slovenia</t>
+  </si>
+  <si>
+    <t>WO2013030535</t>
+  </si>
+  <si>
+    <t>Carrier liquids and methods of producing such liquids</t>
+  </si>
+  <si>
+    <t>Process</t>
+  </si>
+  <si>
+    <t>IOTA NANOSOLUTIONS LIMITED</t>
+  </si>
+  <si>
+    <t>2032-08-20</t>
+  </si>
+  <si>
+    <t>The invention provides a method for the preparation of a carrier liquid which comprises the steps of: (I) preparing a single phase solution comprising: (a) a solvent or a mixture of miscible solvents, (b) a liquid carrier material, which is soluble in solvent (a), and (c) a dopant material which is also soluble in solvent (a); (II) cooling (preferably freezing) the single phase solution produced in step (I) to a temperature at which at least both the solvent (a) and carrier material (b) become solid; and (III) removing solid solvent (a) from the cooled (frozen) single phase solution in vapour form, such that the remaining cooled (frozen) carrier material (b) and dopant material (c) are returned to ambient temperature thus providing a product of liquid carrier material (b) having dopant material (c) dispersed therein.</t>
+  </si>
+  <si>
+    <t>Hungary</t>
+  </si>
+  <si>
+    <t>World Intellectual Property Organization (WIPO), Albania, Serbia, Bosnia and Herzegovina, Montenegro, Türkiye, North Macedonia, India</t>
+  </si>
+  <si>
+    <t>World Intellectual Property Organization (WIPO), Liechtenstein, Italy, Norway, Malta, Denmark, Belgium, United Kingdom, Greece, Netherlands, Croatia, Switzerland, Spain, San Marino, Slovenia, Austria, Romania, Iceland, Cyprus, Finland, France, Bulgaria, Slovakia, Poland, Latvia, Ireland, Estonia, Germany, Luxembourg, Portugal, Czechia, Lithuania, Monaco, Sweden, United States of America</t>
+  </si>
+  <si>
+    <t>WO2011128623</t>
+  </si>
+  <si>
+    <t>Nanodispersions of anti-viral drugs</t>
+  </si>
+  <si>
+    <t>Composition; Process</t>
+  </si>
+  <si>
+    <t>Duncalf, David John</t>
+  </si>
+  <si>
+    <t>2031-04-08</t>
+  </si>
+  <si>
+    <t>The invention provides a composition and an antiviral drug preparation, each comprising at least one water-insoluble antiviral drug and at least one water-soluble carrier material, wherein the water-insoluble antiviral drug is dispersed through the water-soluble carrier material in nano-disperse form. The present invention further provides processes for preparing the compositions and drug preparations, and also aqueous nano-dispersions obtained by combining water and the compositions.</t>
+  </si>
+  <si>
+    <t>India</t>
+  </si>
+  <si>
+    <t>Liechtenstein, United Kingdom, Cyprus, France, Germany, Israel, United States of America</t>
+  </si>
+  <si>
+    <t>World Intellectual Property Organization (WIPO), China, Albania, Serbia, Bosnia and Herzegovina, Montenegro, Türkiye, North Macedonia</t>
+  </si>
+  <si>
+    <t>World Intellectual Property Organization (WIPO), Canada, Italy, Norway, Malta, Denmark, Belgium, United Kingdom, Greece, Netherlands, Hungary, Croatia, Switzerland, Spain, San Marino, Slovenia, Austria, Romania, Iceland, Finland, Bulgaria, Slovakia, Poland, Latvia, Ireland, Estonia, Luxembourg, Portugal, Czechia, Lithuania, Monaco, Sweden, Japan</t>
+  </si>
+  <si>
+    <t>WO2017216564</t>
+  </si>
+  <si>
+    <t>Solid composition comprising dispersed atovaquone nanoparticles</t>
+  </si>
+  <si>
+    <t>The Johns Hopkins University</t>
+  </si>
+  <si>
+    <t>2037-06-15</t>
+  </si>
+  <si>
+    <t>A solid composition comprising nanoparticles of atovaquone dispersed within one or more carrier materials, wherein the atovaquone is present in an amount of at least 10 wt%. Also described is an intramuscularly- or subcutaneously-injectable formulation of nanoparticles of atovaquone</t>
+  </si>
+  <si>
+    <t>China, Albania, Serbia, Türkiye, North Macedonia, India, Sierra Leone, Eswatini, Liberia, Namibia, Sao Tome and Principe, Mozambique, Zambia, Zimbabwe, Tanzania, United Republic of, Malawi, Ghana, Rwanda, Sudan, Botswana, Lesotho, Kenya, Gambia (the)</t>
+  </si>
+  <si>
+    <t>Canada, Liechtenstein, Malta, Belgium, United Kingdom, Hungary, Switzerland, Slovenia, Cyprus, France, Ireland, Germany, Luxembourg, Monaco</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
-    <t>Australia, Canada, Japan, Israel, New Zealand, Panama</t>
-[...167 lines deleted...]
-    <t>World Intellectual Property Organization (WIPO), Chile, United States of America</t>
+    <t>Japan, United States of America</t>
+  </si>
+  <si>
+    <t>World Intellectual Property Organization (WIPO), Morocco, Bosnia and Herzegovina, Montenegro, Moldova, Republic of, Uganda, Brazil</t>
+  </si>
+  <si>
+    <t>World Intellectual Property Organization (WIPO), Australia, Chile, Italy, Norway, Denmark, Greece, Netherlands, Croatia, Spain, San Marino, Austria, Romania, Iceland, Finland, Bulgaria, Slovakia, Poland, Latvia, Estonia, Portugal, Czechia, Lithuania, Sweden, United States of America</t>
   </si>
   <si>
     <t>WO2015171993</t>
   </si>
   <si>
     <t>Pibrentasvir crystal forms</t>
   </si>
   <si>
     <t>2035-05-08</t>
   </si>
   <si>
     <t>The present invention features crystalline forms of Compound I. In one embodiment, a crystalline form of Compound I has characteristic peaks in the PXRD pattern as shown in one of Figures 1-10.</t>
   </si>
   <si>
     <t>UNITAID 2017 patent landscape, Pat-Informed</t>
   </si>
   <si>
-    <t>China, Albania, Serbia, Türkiye, North Macedonia</t>
+    <t>Albania, Serbia, Türkiye, North Macedonia</t>
   </si>
   <si>
     <t>Canada, Liechtenstein, Italy, Norway, Malta, Denmark, Belgium, United Kingdom, Greece, Netherlands, Hungary, Croatia, Switzerland, Spain, San Marino, Slovenia, Austria, Romania, Iceland, Cyprus, Finland, France, Bulgaria, Slovakia, Poland, Latvia, Ireland, Estonia, Germany, Luxembourg, Portugal, Czechia, Lithuania, Monaco, Sweden, United States of America</t>
   </si>
   <si>
     <t>World Intellectual Property Organization (WIPO), China, Morocco, Albania, Serbia, Bosnia and Herzegovina, Montenegro, Türkiye, North Macedonia, Mexico</t>
   </si>
   <si>
     <t>World Intellectual Property Organization (WIPO), Australia, Liechtenstein, Italy, Norway, Malta, Denmark, Belgium, United Kingdom, Greece, Netherlands, Hungary, Croatia, Switzerland, Spain, San Marino, Slovenia, Austria, Romania, Iceland, Cyprus, Finland, France, Bulgaria, Slovakia, Poland, Latvia, Ireland, Estonia, Germany, Luxembourg, Portugal, Czechia, Lithuania, Monaco, Sweden, Japan</t>
   </si>
   <si>
     <t>WO2008006713</t>
   </si>
   <si>
     <t>Anti-parasitic nano-dispersed compositions</t>
   </si>
   <si>
     <t>Duncalf, David, John</t>
   </si>
   <si>
     <t>2027-06-29</t>
   </si>
   <si>
     <t>The present invention relates to nanodisperse antiparasitcs and provides a composition comprising at least one water insoluble anti-parasitic drug and a water-soluble carrier material, wherein the water-insoluble anti-parasitic drug (preferably an Artemisinin-type drug or a quinine type drug) is dispersed through the carrier material in nano-disperse form having a peak diameter of the nano-disperse form below 1000nm</t>
   </si>
   <si>
     <t>South Africa, Congo, Mauritania, Guinea-Bissau, Niger, Senegal, Cameroon, Mali, Togo, Burkina Faso, Benin, Côte d'Ivoire, Central African Republic, Guinea, Gabon, Equatorial Guinea, Chad</t>
   </si>
   <si>
-    <t>Canada, Liechtenstein, Italy, Belgium, United Kingdom, Netherlands, Hungary, Croatia, Switzerland, Spain, Austria, France, Ireland, Germany, Sweden, United States of America</t>
+    <t>Canada, Liechtenstein, Hungary, Croatia, United States of America</t>
   </si>
   <si>
     <t>World Intellectual Property Organization (WIPO), Argentina, Brazil, China, Albania, Serbia, Bosnia and Herzegovina, Türkiye, North Macedonia, Mexico, South Africa, India, Sierra Leone, Eswatini, Namibia, Mozambique, Uganda, Zambia, Zimbabwe, Tanzania, United Republic of, Malawi, Ghana, Sudan, Botswana, Lesotho, Kenya, Gambia (the), Indonesia</t>
   </si>
   <si>
     <t>World Intellectual Property Organization (WIPO), Australia, Canada, Chile, Liechtenstein, Italy, Malta, Denmark, Belgium, United Kingdom, Greece, Netherlands, Hungary, Croatia, Switzerland, Spain, Slovenia, Austria, Romania, Iceland, Cyprus, Finland, France, Bulgaria, Slovakia, Poland, Latvia, Ireland, Estonia, Germany, Luxembourg, Portugal, Czechia, Lithuania, Monaco, Sweden, Japan, United States of America, Israel</t>
   </si>
   <si>
     <t>Brief description</t>
   </si>
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Exclusivity</t>
   </si>
   <si>
     <t>Expiration date</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Methods for producing carrier liquids</t>
   </si>