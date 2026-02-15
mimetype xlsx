--- v1 (2026-01-22)
+++ v2 (2026-02-15)
@@ -1052,50 +1052,53 @@
   <si>
     <t>Studied route(s) of administration</t>
   </si>
   <si>
     <t>Studied LA-formulation(s)</t>
   </si>
   <si>
     <t>Use case</t>
   </si>
   <si>
     <t>Clinical trial ID</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Company</t>
   </si>
   <si>
+    <t>Manufacturer</t>
+  </si>
+  <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
   </si>
   <si>
     <t>Country Name</t>
@@ -1134,53 +1137,50 @@
     <t>&lt;p&gt;&lt;a href="https://pubmed.ncbi.nlm.nih.gov/29777772/" rel="noopener noreferrer" target="_blank" style="color: rgb(33, 33, 33);"&gt;Improving maraviroc oral bioavailability by formation of solid drug nanoparticles. &lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;Savage AC, Tatham LM, Siccardi M, Scott T, Vourvahis M, Clark A, Rannard SP, Owen A. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;Eur J Pharm Biopharm. 2019 May;138:30-36. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;doi: 10.1016/j.ejpb.2018.05.015.&lt;/span&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Oral drug administration remains the preferred approach for treatment of HIV in most patients. Maraviroc (MVC) is the first in class co-receptor antagonist, which blocks HIV entry into host cells. MVC has an oral bioavailability of approximately 33%, which is limited by poor permeability as well as affinity for CYP3A and several drug transporters. While once-daily doses are now the favoured option for HIV therapy, dose-limiting postural hypotension has been of theoretical concern when administering doses high enough to achieve this for MVC (particularly during coadministration of enzyme inhibitors). To overcome low bioavailability and modify the pharmacokinetic profile, a series of 70 wt% MVC solid drug nanoparticle (SDN) formulations (containing 30 wt% of various polymer/surfactant excipients) were generated using emulsion templated freeze-drying. The lead formulation contained PVA and AOT excipients (MVCSDNPVA/AOT), and was demonstrated to be fully water-dispersible to release drug nanoparticles with z-average diameter of 728 nm and polydispersity index of 0.3. In vitro and in vivo studies of MVCSDNPVA/AOT showed increased apparent permeability of MVC, compared to a conventional MVC preparation, with in vivo studies in rats showing a 2.5-fold increase in AUC (145.33 vs. 58.71 ng h ml−1). MVC tissue distribution was similar or slightly increased in tissues examined compared to the conventional MVC preparation, with the exception of the liver, spleen and kidneys, which showed statistically significant increases in MVC for MVCSDNPVA/AOT. These data support a novel oral format with the potential for dose reduction while maintaining therapeutic MVC exposure and potentially enabling a once-daily fixed dose combination product.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;a href="https://pubmed.ncbi.nlm.nih.gov/23997027/" rel="noopener noreferrer" target="_blank" style="color: rgb(33, 33, 33);"&gt;Antiretroviral solid drug nanoparticles with enhanced oral bioavailability: production, characterization, and in vitro-in vivo correlation. &lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;McDonald TO, Giardiello M, Martin P, Siccardi M, Liptrott NJ, Smith D, Roberts P, Curley P, Schipani A, Khoo SH, Long J, Foster AJ, Rannard SP, Owen A. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;Adv Healthc Mater. 2014 Mar;3(3):400-11. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;doi: 10.1002/adhm.201300280. &lt;/span&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;span style="color: rgb(28, 29, 30);"&gt;Nanomedicine strategies have produced many commercial products. However, no orally dosed HIV nanomedicines are available clinically to patients. Although nanosuspensions of drug particles have demonstrated many benefits, experimentally achieving &amp;gt;25 wt% of drug relative to stabilizers is highly challenging. In this study, the emulsion-templated freeze-drying technique for nanoparticles formation is applied for the first time to optimize a nanodispersion of the leading non-nucleoside reverse transcriptase inhibitor efavirenz, using clinically acceptable polymers and surfactants. Dry monoliths containing solid drug nanoparticles with extremely high drug loading (70 wt% relative to polymer and surfactant stabilizers) are stable for several months and reconstitute in aqueous media to provide nanodispersions with&amp;nbsp;&lt;/span&gt;&lt;em style="color: rgb(28, 29, 30);"&gt;z&lt;/em&gt;&lt;span style="color: rgb(28, 29, 30);"&gt;-average diameters of 300 nm. The solid drug nanoparticles exhibit reduced cytoxicity and increased in vitro transport through model gut epithelium. In vivo studies confirm bioavailability benefits with an approximately four-fold higher pharmacokinetic exposure after oral administration to rodents, and predictive modeling suggests dose reduction with the new formulation may be possible.&lt;/span&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;a href="https://www.nature.com/articles/ncomms13184" rel="noopener noreferrer" target="_blank" style="color: rgb(33, 33, 33);"&gt;Accelerated oral nanomedicine discovery from miniaturized screening to clinical production exemplified by paediatric HIV nanotherapies. &lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;Giardiello M, Liptrott NJ, McDonald TO, Moss D, Siccardi M, Martin P, Smith D, Gurjar R, Rannard SP, Owen A. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;Nat Commun. 2016 Oct 21;7:13184. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;&lt;span class="ql-cursor"&gt;﻿&lt;/span&gt;doi: 10.1038/ncomms13184.&lt;/span&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;span style="color: rgb(34, 34, 34);"&gt;Considerable scope exists to vary the physical and chemical properties of nanoparticles, with subsequent impact on biological interactions; however, no accelerated process to access large nanoparticle material space is currently available, hampering the development of new nanomedicines. In particular, no clinically available nanotherapies exist for HIV populations and conventional paediatric HIV medicines are poorly available; one current paediatric formulation utilizes high ethanol concentrations to solubilize lopinavir, a poorly soluble antiretroviral. Here we apply accelerated nanomedicine discovery to generate a potential aqueous paediatric HIV nanotherapy, with clinical translation and regulatory approval for human evaluation. Our rapid small-scale screening approach yields large libraries of solid drug nanoparticles (160 individual components) targeting oral dose. Screening uses 1 mg of drug compound per library member and iterative pharmacological and chemical evaluation establishes potential candidates for progression through to clinical manufacture. The wide applicability of our strategy has implications for multiple therapy development programmes.&lt;/span&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;a href="https://www.nature.com/articles/s41467-017-02603-z" rel="noopener noreferrer" target="_blank" style="color: rgb(34, 34, 34);"&gt;Long-acting injectable atovaquone nanomedicines for malaria prophylaxis.&amp;nbsp;&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;span style="color: rgb(34, 34, 34);"&gt;Bakshi, R.P., Tatham, L., Savage, A.C.&amp;nbsp;&lt;/span&gt;&lt;em style="color: rgb(34, 34, 34);"&gt;et al.&lt;/em&gt;&lt;span style="color: rgb(34, 34, 34);"&gt;&amp;nbsp;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;em style="color: rgb(34, 34, 34);"&gt;Nat Commun&lt;/em&gt;&lt;span style="color: rgb(34, 34, 34);"&gt;&amp;nbsp;&lt;/span&gt;&lt;strong style="color: rgb(34, 34, 34);"&gt;9,&amp;nbsp;&lt;/strong&gt;&lt;span style="color: rgb(34, 34, 34);"&gt;315 (2018). &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span style="color: rgb(34, 34, 34);"&gt;&lt;span class="ql-cursor"&gt;﻿&lt;/span&gt;https://doi.org/10.1038/s41467-017-02603-z&lt;/span&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;span style="color: rgb(34, 34, 34);"&gt;Chemoprophylaxis is currently the best available prevention from malaria, but its efficacy is compromised by non-adherence to medication. Here we develop a long-acting injectable formulation of atovaquone solid drug nanoparticles that confers long-lived prophylaxis against&amp;nbsp;&lt;/span&gt;&lt;em style="color: rgb(34, 34, 34);"&gt;Plasmodium berghei&lt;/em&gt;&lt;span style="color: rgb(34, 34, 34);"&gt;&amp;nbsp;ANKA malaria in C57BL/6 mice. Protection is obtained at plasma concentrations above 200 ng&amp;nbsp;ml-1&amp;nbsp;and is causal, attributable to drug activity against liver stage parasites. Parasites that appear after subtherapeutic doses remain atovaquone-sensitive. Pharmacokinetic–pharmacodynamic analysis indicates protection can translate to humans at clinically achievable and safe drug concentrations, potentially offering protection for at least 1 month after a single administration. These findings support the use of long-acting injectable formulations as a new approach for malaria prophylaxis in travellers and for malaria control in the field.&lt;/span&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>Company/University</t>
-  </si>
-[...1 lines deleted...]
-    <t>Manufacturer</t>
   </si>
   <si>
     <t>Link to website</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Short description</t>
   </si>
   <si>
     <t>https://www.tandemnano.com/</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>A University of Liverpool based start-up company using proprietary technology for the generation of novel nanoparticle formulations to improve the delivery of poorly water soluble APIs.</t>
   </si>
   <si>
     <t>Unitaid</t>
   </si>
   <si>
     <t>https://unitaid.org</t>
   </si>
@@ -1923,54 +1923,54 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>364</v>
+        <v>336</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>365</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>366</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
         <v>270</v>
       </c>
       <c r="D2" t="s">
         <v>368</v>
       </c>
       <c r="E2" t="s">
         <v>369</v>
       </c>
       <c r="F2" t="s">
@@ -3549,184 +3549,188 @@
       <c r="E1" s="2" t="s">
         <v>285</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P1"/>
+  <dimension ref="A1:Q1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:P1"/>
+      <selection activeCell="A1" sqref="A1:Q1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
+    <col min="17" max="17" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16">
+    <row r="1" spans="1:17">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>335</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>336</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>337</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>338</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>339</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>340</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>341</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>342</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>343</v>
       </c>
       <c r="K1" s="2" t="s">
         <v>344</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>345</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>346</v>
       </c>
       <c r="N1" s="2" t="s">
         <v>347</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>348</v>
       </c>
       <c r="P1" s="2" t="s">
         <v>349</v>
+      </c>
+      <c r="Q1" s="2" t="s">
+        <v>350</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>332</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" s="6" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C2" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -3746,99 +3750,99 @@
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>333</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>332</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>334</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C2" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="D2" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C3" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D3" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C4" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="D4" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C5" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D5" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">