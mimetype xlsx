--- v2 (2026-02-15)
+++ v3 (2026-03-10)
@@ -377,51 +377,51 @@
   <si>
     <t>World Intellectual Property Organization (WIPO), Türkiye, North Macedonia, Albania, Bosnia and Herzegovina, Montenegro, Serbia</t>
   </si>
   <si>
     <t>Canada, Japan, United States of America, World Intellectual Property Organization (WIPO), Belgium, Luxembourg, Netherlands, Switzerland, Sweden, Austria, Liechtenstein, Greece, Denmark, Monaco, Portugal, Ireland, Finland, Cyprus, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, San Marino, Croatia, Romania, Latvia, Lithuania, Slovenia</t>
   </si>
   <si>
     <t>WO2012040167</t>
   </si>
   <si>
     <t>Glecaprevir compound</t>
   </si>
   <si>
     <t>Enanta Pharmaceuticals, Inc</t>
   </si>
   <si>
     <t>2031-09-20</t>
   </si>
   <si>
     <t>The present invention discloses compounds of Formula (I) or pharmaceutically acceptable salts, esters, or prodrugs thereof: Formula (I) which inhibit serine protease activity, particularly the activity of hepatitis C virus (HCV) NS3-NS4A protease. Consequently, the compounds of the present invention interfere with the life cycle of the hepatitis C virus and are also useful as antiviral agents. The present invention further relates to pharmaceutical compositions comprising the aforementioned compounds for administration to a subject suffering from HCV infection. The invention also relates to methods of treating an HCV infection in a subject by administering a pharmaceutical composition comprising the compounds of the present invention.</t>
   </si>
   <si>
     <t>UNITAID 2017 patent landscape, MPP Licence, Health Canada, US FDA</t>
   </si>
   <si>
-    <t>Argentina, Brazil, China, Colombia, Dominican Republic, Turkmenistan, Belarus, Tajikistan, Kazakhstan, Azerbaijan, Kyrgyzstan, Armenia, Moldova, Republic of, Ecuador, Türkiye, North Macedonia, Albania, Bosnia and Herzegovina, Montenegro, Serbia, Guatemala, Mexico, Peru, South Africa, India, Bolivia (Plurinational State of), Paraguay, Mongolia, Philippines, Malaysia, Pakistan, Indonesia, Ukraine</t>
+    <t>Argentina, Brazil, China, Colombia, Dominican Republic, Turkmenistan, Belarus, Tajikistan, Kazakhstan, Azerbaijan, Kyrgyzstan, Armenia, Moldova, Republic of, Ecuador, Türkiye, North Macedonia, Albania, Serbia, Guatemala, Mexico, Peru, South Africa, India, Bolivia (Plurinational State of), Paraguay, Mongolia, Philippines, Malaysia, Pakistan, Indonesia, Ukraine</t>
   </si>
   <si>
     <t>Canada, Australia, Cyprus, Denmark, Spain, Hong Kong, Croatia, Israel, Japan, Korea, Republic of, New Zealand, Portugal, Singapore, Slovenia, San Marino, United States of America, Chile, Costa Rica, Russian Federation, Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Monaco, Ireland, Finland, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, Romania, Latvia, Lithuania, Uruguay, Panama, Bahrain, Kuwait, Qatar, Saudi Arabia, Oman, United Arab Emirates, Macao</t>
   </si>
   <si>
     <t>Argentina, Viet Nam, Venezuela (Bolivarian Republic of), Thailand</t>
   </si>
   <si>
     <t>Cyprus, Denmark, Spain, Croatia, Portugal, Slovenia, San Marino, Taiwan, Province of China, Luxembourg, Netherlands, Hungary, Poland, Norway, Lithuania, Bahrain, Kuwait, Qatar, Saudi Arabia, Oman, United Arab Emirates</t>
   </si>
   <si>
     <t>World Intellectual Property Organization (WIPO), Argentina, Colombia, Dominican Republic, Ecuador, Türkiye, North Macedonia, Albania, Bosnia and Herzegovina, Montenegro, Serbia, Guatemala, India, Egypt, Malaysia, Indonesia</t>
   </si>
   <si>
     <t>Australia, Cyprus, Denmark, Spain, Croatia, Japan, Korea, Republic of, Portugal, Slovenia, San Marino, United States of America, World Intellectual Property Organization (WIPO), Costa Rica, Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Monaco, Ireland, Finland, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, Romania, Latvia, Lithuania, Uruguay, Bahrain, Kuwait, Qatar, Saudi Arabia, Oman, United Arab Emirates</t>
   </si>
   <si>
     <t>WO2014047039</t>
   </si>
   <si>
     <t>Pibrentasvir use in HCV</t>
   </si>
   <si>
     <t>Use</t>
   </si>
@@ -731,57 +731,57 @@
   <si>
     <t>World Intellectual Property Organization (WIPO), Liechtenstein, Italy, Norway, Malta, Denmark, Belgium, United Kingdom, Greece, Netherlands, Croatia, Switzerland, Spain, San Marino, Slovenia, Austria, Romania, Iceland, Cyprus, Finland, France, Bulgaria, Slovakia, Poland, Latvia, Ireland, Estonia, Germany, Luxembourg, Portugal, Czechia, Lithuania, Monaco, Sweden, United States of America</t>
   </si>
   <si>
     <t>WO2011128623</t>
   </si>
   <si>
     <t>Nanodispersions of anti-viral drugs</t>
   </si>
   <si>
     <t>Composition; Process</t>
   </si>
   <si>
     <t>Duncalf, David John</t>
   </si>
   <si>
     <t>2031-04-08</t>
   </si>
   <si>
     <t>The invention provides a composition and an antiviral drug preparation, each comprising at least one water-insoluble antiviral drug and at least one water-soluble carrier material, wherein the water-insoluble antiviral drug is dispersed through the water-soluble carrier material in nano-disperse form. The present invention further provides processes for preparing the compositions and drug preparations, and also aqueous nano-dispersions obtained by combining water and the compositions.</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
-    <t>Liechtenstein, United Kingdom, Cyprus, France, Germany, Israel, United States of America</t>
+    <t>Liechtenstein, Cyprus, Israel, United States of America</t>
   </si>
   <si>
     <t>World Intellectual Property Organization (WIPO), China, Albania, Serbia, Bosnia and Herzegovina, Montenegro, Türkiye, North Macedonia</t>
   </si>
   <si>
-    <t>World Intellectual Property Organization (WIPO), Canada, Italy, Norway, Malta, Denmark, Belgium, United Kingdom, Greece, Netherlands, Hungary, Croatia, Switzerland, Spain, San Marino, Slovenia, Austria, Romania, Iceland, Finland, Bulgaria, Slovakia, Poland, Latvia, Ireland, Estonia, Luxembourg, Portugal, Czechia, Lithuania, Monaco, Sweden, Japan</t>
+    <t>World Intellectual Property Organization (WIPO), Canada, Italy, Norway, Malta, Denmark, Belgium, United Kingdom, Greece, Netherlands, Hungary, Croatia, Switzerland, Spain, San Marino, Slovenia, Austria, Romania, Iceland, Finland, France, Bulgaria, Slovakia, Poland, Latvia, Ireland, Estonia, Germany, Luxembourg, Portugal, Czechia, Lithuania, Monaco, Sweden, Japan</t>
   </si>
   <si>
     <t>WO2017216564</t>
   </si>
   <si>
     <t>Solid composition comprising dispersed atovaquone nanoparticles</t>
   </si>
   <si>
     <t>The Johns Hopkins University</t>
   </si>
   <si>
     <t>2037-06-15</t>
   </si>
   <si>
     <t>A solid composition comprising nanoparticles of atovaquone dispersed within one or more carrier materials, wherein the atovaquone is present in an amount of at least 10 wt%. Also described is an intramuscularly- or subcutaneously-injectable formulation of nanoparticles of atovaquone</t>
   </si>
   <si>
     <t>China, Albania, Serbia, Türkiye, North Macedonia, India, Sierra Leone, Eswatini, Liberia, Namibia, Sao Tome and Principe, Mozambique, Zambia, Zimbabwe, Tanzania, United Republic of, Malawi, Ghana, Rwanda, Sudan, Botswana, Lesotho, Kenya, Gambia (the)</t>
   </si>
   <si>
     <t>Canada, Liechtenstein, Malta, Belgium, United Kingdom, Hungary, Switzerland, Slovenia, Cyprus, France, Ireland, Germany, Luxembourg, Monaco</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>