--- v0 (2025-10-12)
+++ v1 (2025-12-02)
@@ -34,51 +34,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Technologies" sheetId="1" r:id="rId4"/>
     <sheet name="Potential associated API" sheetId="2" r:id="rId5"/>
     <sheet name="Patent Medspal" sheetId="3" r:id="rId6"/>
     <sheet name="Patent curated by innovator" sheetId="4" r:id="rId7"/>
     <sheet name="Clinical trials" sheetId="5" r:id="rId8"/>
     <sheet name="Key resources" sheetId="6" r:id="rId9"/>
     <sheet name="Regulatory status" sheetId="7" r:id="rId10"/>
     <sheet name="Drug illustrations" sheetId="8" r:id="rId11"/>
     <sheet name="Publications" sheetId="9" r:id="rId12"/>
     <sheet name="Developers" sheetId="10" r:id="rId13"/>
     <sheet name="Partnerships" sheetId="11" r:id="rId14"/>
     <sheet name="Sponsors" sheetId="12" r:id="rId15"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="297">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="307">
   <si>
     <t>Technology</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Highlight</t>
   </si>
   <si>
     <t>Route(s) of administration</t>
   </si>
   <si>
     <t>Type(s) of technology</t>
   </si>
   <si>
     <t>Other feature(s) of the technology</t>
   </si>
   <si>
     <t>Release properties</t>
   </si>
   <si>
     <t>Injectability</t>
   </si>
   <si>
@@ -474,79 +474,108 @@
   <si>
     <t>Filed: High income countries</t>
   </si>
   <si>
     <t>Not in force: Low, low-middle and upper-middle countries</t>
   </si>
   <si>
     <t>Not in force: High income countries</t>
   </si>
   <si>
     <t>Brief description</t>
   </si>
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Exclusivity</t>
   </si>
   <si>
     <t>Expiration date</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
-    <t>Gastric Residence Systems for Sustained Release of Therapeutics Agents and Methods of use thereof</t>
+    <t>Gastric residence systems for sustained release of therapeutics agents and methods of use thereof</t>
   </si>
   <si>
     <t>Gastric residence systems comprise therapeutic agent formulations for sustained gastric release of therapeutic agents as well as methods for using such systems. The systems are 
 by using a dispersant in the formulations, which improves the burst release characteristics and long-term release rate characteristics of the systems. Milling of the therapeutic agent can be performed to prepare agent particles of the desired size.</t>
   </si>
   <si>
-    <t>US11576859</t>
-[...2 lines deleted...]
-    <t>formulation</t>
+    <t>WO2017070612</t>
+  </si>
+  <si>
+    <t>Device</t>
   </si>
   <si>
     <t>Lyndra Therapeutics</t>
   </si>
   <si>
     <t>2036-10-21</t>
   </si>
   <si>
-    <t>Gastric Residence Systems with Release rate-modulating Films</t>
-[...2 lines deleted...]
-    <t>The gastric resistance system relates to systems which remain in the stomach for extended period for sustained release of pharmaceutics and methods of use thereof.</t>
+    <t>Granted: AU, CA, JP, US
+Pending: EP, CN</t>
+  </si>
+  <si>
+    <t>Gastric residence systems with release rate-modulating films</t>
+  </si>
+  <si>
+    <t>he invention provides gastric residence systems, or components of gastric residence system such as segments or elongate members of gastric residence systems, with release rate- modulating films and methods for making and using such systems. The release rate-modulating films provide good control over release of agents (such as therapeutic, diagnostic, or nutritional agents) present in the gastric residence system. The films also permit higher drug loading in the gastric residence systems and components of gastric residence systems while maintaining good control over release of agents. Some embodiments of the films can provide resistance against burst release of agent upon exposure to alcohol.</t>
   </si>
   <si>
     <t>WO2018227147</t>
   </si>
   <si>
     <t>2038-06-08</t>
+  </si>
+  <si>
+    <t>Granted: AU, JP, US
+Pending: CA, EP, CN</t>
+  </si>
+  <si>
+    <t>A multi-armed star shaped gastric residence structure loaded with therapeutic agent</t>
+  </si>
+  <si>
+    <t>Residence structures, systems, and related methods are generally provided. Certain embodiments comprise administering (e.g., orally) a residence structure to a subject (e.g., a patient) such that the residence structure is retained at a location internal to the subject for a particular amount of time (e.g., at least about 24 hours) before being released. The residence structure may be, in some cases, a gastric residence structure. In some embodiments, the structures and systems described herein comprise one or more materials configured for high levels of active substances (e.g., a therapeutic agent) loading, high active substance and/or structure stability in acidic environments, mechanical flexibility and strength in an internal orifice (e.g., gastric cavity), easy passage through the GI.</t>
+  </si>
+  <si>
+    <t>WO2015191920</t>
+  </si>
+  <si>
+    <t>MIT; Brigham &amp; Women's Hospital;  Tokitae LLC</t>
+  </si>
+  <si>
+    <t>patents licensed exclusively to LYNDRA INC. from Massachusetts Institute of Technology and Brigham &amp; Women’s Hospital</t>
+  </si>
+  <si>
+    <t>2035-06-11</t>
+  </si>
+  <si>
+    <t>Granted: AU, BR, CA, CN, EP (BE, CH, DE, FR, GB, LI, LU), HK, IL, JP, KR, MX, NZ, RU, SG, US, ZA</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Identifier</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
     <t>Phase</t>
   </si>
   <si>
     <t>Sponsor</t>
   </si>
   <si>
     <t>More details</t>
   </si>
   <si>
     <t>Purpose</t>
   </si>
   <si>
     <t>Countries</t>
   </si>
@@ -854,50 +883,53 @@
     <t>Company</t>
   </si>
   <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
+  </si>
+  <si>
+    <t>Country Name</t>
   </si>
   <si>
     <t>Reg Status</t>
   </si>
   <si>
     <t>Reg Submission Date</t>
   </si>
   <si>
     <t>Reg Approval Date</t>
   </si>
   <si>
     <t>Links</t>
   </si>
   <si>
     <t>Comments</t>
   </si>
   <si>
     <t>Illustration URL</t>
   </si>
   <si>
     <t>Credit</t>
   </si>
   <si>
     <t>https://lapal.medicinespatentpool.org/storage/illustrations/f7gTAaXmTID3bTCqWPFYmPDN2tTHKk8l0rqTVZPR.png</t>
   </si>
@@ -1715,214 +1747,214 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>282</v>
+        <v>292</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>283</v>
+        <v>293</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>284</v>
+        <v>294</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>286</v>
+        <v>296</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
         <v>145</v>
       </c>
       <c r="D2" t="s">
-        <v>287</v>
+        <v>297</v>
       </c>
       <c r="E2" t="s">
-        <v>243</v>
+        <v>252</v>
       </c>
       <c r="F2" t="s">
-        <v>288</v>
+        <v>298</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C5"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>151</v>
+        <v>160</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>284</v>
+        <v>294</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>289</v>
+        <v>299</v>
       </c>
       <c r="C2" t="s">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>291</v>
+        <v>301</v>
       </c>
       <c r="C3" t="s">
-        <v>292</v>
+        <v>302</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>293</v>
+        <v>303</v>
       </c>
       <c r="C4" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>295</v>
+        <v>305</v>
       </c>
       <c r="C5" t="s">
-        <v>296</v>
+        <v>306</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>151</v>
+        <v>160</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>284</v>
+        <v>294</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I11"/>
   <sheetViews>
@@ -2354,51 +2386,51 @@
       <c r="O1" s="2" t="s">
         <v>135</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I3"/>
+  <dimension ref="A1:I4"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
@@ -2424,72 +2456,107 @@
         <v>140</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
         <v>141</v>
       </c>
       <c r="C2" t="s">
         <v>142</v>
       </c>
       <c r="D2" t="s">
         <v>143</v>
       </c>
       <c r="E2" t="s">
         <v>144</v>
       </c>
       <c r="F2" t="s">
         <v>145</v>
       </c>
       <c r="H2" s="4" t="s">
         <v>146</v>
       </c>
+      <c r="I2" t="s">
+        <v>147</v>
+      </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C3" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D3" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E3" t="s">
         <v>144</v>
       </c>
       <c r="F3" t="s">
         <v>145</v>
       </c>
       <c r="H3" s="4" t="s">
-        <v>150</v>
+        <v>151</v>
+      </c>
+      <c r="I3" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9">
+      <c r="A4" t="s">
+        <v>44</v>
+      </c>
+      <c r="B4" t="s">
+        <v>153</v>
+      </c>
+      <c r="C4" t="s">
+        <v>154</v>
+      </c>
+      <c r="D4" t="s">
+        <v>155</v>
+      </c>
+      <c r="E4" t="s">
+        <v>144</v>
+      </c>
+      <c r="F4" t="s">
+        <v>156</v>
+      </c>
+      <c r="G4" t="s">
+        <v>157</v>
+      </c>
+      <c r="H4" s="4" t="s">
+        <v>158</v>
+      </c>
+      <c r="I4" t="s">
+        <v>159</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AZ4"/>
   <sheetViews>
@@ -2536,792 +2603,796 @@
     <col min="35" max="35" width="30" customWidth="true" style="0"/>
     <col min="36" max="36" width="30" customWidth="true" style="0"/>
     <col min="37" max="37" width="30" customWidth="true" style="0"/>
     <col min="38" max="38" width="30" customWidth="true" style="0"/>
     <col min="39" max="39" width="30" customWidth="true" style="0"/>
     <col min="40" max="40" width="30" customWidth="true" style="0"/>
     <col min="41" max="41" width="30" customWidth="true" style="0"/>
     <col min="42" max="42" width="30" customWidth="true" style="0"/>
     <col min="43" max="43" width="30" customWidth="true" style="0"/>
     <col min="44" max="44" width="30" customWidth="true" style="0"/>
     <col min="45" max="45" width="30" customWidth="true" style="0"/>
     <col min="46" max="46" width="30" customWidth="true" style="0"/>
     <col min="47" max="47" width="30" customWidth="true" style="0"/>
     <col min="48" max="48" width="30" customWidth="true" style="0"/>
     <col min="49" max="49" width="30" customWidth="true" style="0"/>
     <col min="50" max="50" width="30" customWidth="true" style="0"/>
     <col min="51" max="51" width="30" customWidth="true" style="0"/>
     <col min="52" max="52" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:52">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>151</v>
+        <v>160</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>152</v>
+        <v>161</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>153</v>
+        <v>162</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>154</v>
+        <v>163</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>140</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>156</v>
+        <v>165</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>157</v>
+        <v>166</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>158</v>
+        <v>167</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>160</v>
+        <v>169</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>161</v>
+        <v>170</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>162</v>
+        <v>171</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>163</v>
+        <v>172</v>
       </c>
       <c r="P1" s="2" t="s">
-        <v>164</v>
+        <v>173</v>
       </c>
       <c r="Q1" s="2" t="s">
-        <v>165</v>
+        <v>174</v>
       </c>
       <c r="R1" s="2" t="s">
-        <v>166</v>
+        <v>175</v>
       </c>
       <c r="S1" s="2" t="s">
-        <v>167</v>
+        <v>176</v>
       </c>
       <c r="T1" s="2" t="s">
-        <v>168</v>
+        <v>177</v>
       </c>
       <c r="U1" s="2" t="s">
-        <v>169</v>
+        <v>178</v>
       </c>
       <c r="V1" s="2" t="s">
-        <v>170</v>
+        <v>179</v>
       </c>
       <c r="W1" s="2" t="s">
-        <v>171</v>
+        <v>180</v>
       </c>
       <c r="X1" s="2" t="s">
-        <v>172</v>
+        <v>181</v>
       </c>
       <c r="Y1" s="2" t="s">
-        <v>173</v>
+        <v>182</v>
       </c>
       <c r="Z1" s="2" t="s">
-        <v>174</v>
+        <v>183</v>
       </c>
       <c r="AA1" s="2" t="s">
-        <v>175</v>
+        <v>184</v>
       </c>
       <c r="AB1" s="2" t="s">
-        <v>176</v>
+        <v>185</v>
       </c>
       <c r="AC1" s="2" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="AD1" s="2" t="s">
-        <v>178</v>
+        <v>187</v>
       </c>
       <c r="AE1" s="2" t="s">
         <v>35</v>
       </c>
       <c r="AF1" s="2" t="s">
-        <v>179</v>
+        <v>188</v>
       </c>
       <c r="AG1" s="2" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="AH1" s="2" t="s">
-        <v>181</v>
+        <v>190</v>
       </c>
       <c r="AI1" s="2" t="s">
-        <v>182</v>
+        <v>191</v>
       </c>
       <c r="AJ1" s="2" t="s">
-        <v>183</v>
+        <v>192</v>
       </c>
       <c r="AK1" s="2" t="s">
-        <v>184</v>
+        <v>193</v>
       </c>
       <c r="AL1" s="2" t="s">
-        <v>185</v>
+        <v>194</v>
       </c>
       <c r="AM1" s="2" t="s">
-        <v>186</v>
+        <v>195</v>
       </c>
       <c r="AN1" s="2" t="s">
-        <v>187</v>
+        <v>196</v>
       </c>
       <c r="AO1" s="2" t="s">
-        <v>188</v>
+        <v>197</v>
       </c>
       <c r="AP1" s="2" t="s">
-        <v>189</v>
+        <v>198</v>
       </c>
       <c r="AQ1" s="2" t="s">
-        <v>190</v>
+        <v>199</v>
       </c>
       <c r="AR1" s="2" t="s">
-        <v>191</v>
+        <v>200</v>
       </c>
       <c r="AS1" s="2" t="s">
-        <v>192</v>
+        <v>201</v>
       </c>
       <c r="AT1" s="2" t="s">
-        <v>193</v>
+        <v>202</v>
       </c>
       <c r="AU1" s="2" t="s">
-        <v>194</v>
+        <v>203</v>
       </c>
       <c r="AV1" s="2" t="s">
-        <v>195</v>
+        <v>204</v>
       </c>
       <c r="AW1" s="2" t="s">
         <v>33</v>
       </c>
       <c r="AX1" s="2" t="s">
-        <v>196</v>
+        <v>205</v>
       </c>
       <c r="AY1" s="2" t="s">
-        <v>197</v>
+        <v>206</v>
       </c>
       <c r="AZ1" s="2" t="s">
-        <v>198</v>
+        <v>207</v>
       </c>
     </row>
     <row r="2" spans="1:52">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>199</v>
+        <v>208</v>
       </c>
       <c r="C2" t="s">
         <v>97</v>
       </c>
       <c r="D2" s="6" t="s">
-        <v>200</v>
+        <v>209</v>
       </c>
       <c r="E2" t="s">
         <v>92</v>
       </c>
       <c r="F2" t="s">
-        <v>201</v>
+        <v>210</v>
       </c>
       <c r="G2" t="s">
-        <v>202</v>
+        <v>211</v>
       </c>
       <c r="H2" t="s">
-        <v>203</v>
+        <v>212</v>
       </c>
       <c r="I2" t="s">
-        <v>204</v>
+        <v>213</v>
       </c>
       <c r="M2" t="s">
-        <v>205</v>
+        <v>214</v>
       </c>
       <c r="O2" t="s">
-        <v>206</v>
+        <v>215</v>
       </c>
       <c r="Q2" t="s">
-        <v>207</v>
+        <v>216</v>
       </c>
       <c r="S2" t="s">
-        <v>208</v>
+        <v>217</v>
       </c>
       <c r="U2" t="s">
-        <v>209</v>
+        <v>218</v>
       </c>
       <c r="X2" t="s">
-        <v>210</v>
+        <v>219</v>
       </c>
       <c r="Y2" t="s">
-        <v>211</v>
+        <v>220</v>
       </c>
       <c r="AB2" t="s">
-        <v>212</v>
+        <v>221</v>
       </c>
       <c r="AC2" t="s">
-        <v>212</v>
+        <v>221</v>
       </c>
       <c r="AE2" t="s">
-        <v>213</v>
+        <v>222</v>
       </c>
       <c r="AF2" t="s">
         <v>71</v>
       </c>
       <c r="AG2" t="s">
         <v>72</v>
       </c>
       <c r="AH2" t="s">
         <v>72</v>
       </c>
       <c r="AI2" t="s">
-        <v>214</v>
+        <v>223</v>
       </c>
       <c r="AJ2" t="s">
-        <v>215</v>
+        <v>224</v>
       </c>
       <c r="AP2" t="s">
-        <v>216</v>
+        <v>225</v>
       </c>
       <c r="AS2" t="s">
-        <v>217</v>
+        <v>226</v>
       </c>
       <c r="AU2" t="s">
-        <v>218</v>
+        <v>227</v>
       </c>
       <c r="AW2" t="s">
-        <v>219</v>
+        <v>228</v>
       </c>
       <c r="AX2" t="s">
         <v>47</v>
       </c>
       <c r="AY2" t="s">
-        <v>220</v>
+        <v>229</v>
       </c>
       <c r="AZ2" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="3" spans="1:52">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>221</v>
+        <v>230</v>
       </c>
       <c r="C3" t="s">
         <v>102</v>
       </c>
       <c r="D3" s="6" t="s">
-        <v>222</v>
+        <v>231</v>
       </c>
       <c r="E3" t="s">
         <v>92</v>
       </c>
       <c r="G3" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="H3" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="I3" t="s">
-        <v>225</v>
+        <v>234</v>
       </c>
       <c r="J3" t="s">
-        <v>226</v>
+        <v>235</v>
       </c>
       <c r="M3" t="s">
-        <v>227</v>
+        <v>236</v>
       </c>
       <c r="O3" t="s">
-        <v>228</v>
+        <v>237</v>
       </c>
       <c r="W3" t="s">
-        <v>229</v>
+        <v>238</v>
       </c>
       <c r="X3" t="s">
-        <v>230</v>
+        <v>239</v>
       </c>
       <c r="Y3" t="s">
-        <v>231</v>
+        <v>240</v>
       </c>
       <c r="AA3" t="s">
-        <v>232</v>
+        <v>241</v>
       </c>
       <c r="AB3" t="s">
-        <v>233</v>
+        <v>242</v>
       </c>
       <c r="AD3" t="s">
-        <v>213</v>
+        <v>222</v>
       </c>
       <c r="AE3" t="s">
-        <v>234</v>
+        <v>243</v>
       </c>
       <c r="AF3" t="s">
         <v>71</v>
       </c>
       <c r="AG3" t="s">
         <v>72</v>
       </c>
       <c r="AH3" t="s">
-        <v>214</v>
+        <v>223</v>
       </c>
       <c r="AI3" t="s">
         <v>73</v>
       </c>
       <c r="AO3" t="s">
-        <v>235</v>
+        <v>244</v>
       </c>
       <c r="AP3" t="s">
-        <v>216</v>
+        <v>225</v>
       </c>
       <c r="AQ3">
         <v>15</v>
       </c>
       <c r="AS3" t="s">
-        <v>236</v>
+        <v>245</v>
       </c>
       <c r="AU3" t="s">
-        <v>218</v>
+        <v>227</v>
       </c>
       <c r="AW3" t="s">
-        <v>219</v>
+        <v>228</v>
       </c>
       <c r="AY3" t="s">
-        <v>220</v>
+        <v>229</v>
       </c>
       <c r="AZ3" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="4" spans="1:52">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>237</v>
+        <v>246</v>
       </c>
       <c r="C4" t="s">
-        <v>238</v>
+        <v>247</v>
       </c>
       <c r="D4" s="6" t="s">
-        <v>239</v>
+        <v>248</v>
       </c>
       <c r="E4" t="s">
         <v>86</v>
       </c>
       <c r="F4" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="G4" t="s">
-        <v>202</v>
+        <v>211</v>
       </c>
       <c r="H4" t="s">
-        <v>241</v>
+        <v>250</v>
       </c>
       <c r="I4" t="s">
-        <v>242</v>
+        <v>251</v>
       </c>
       <c r="J4" t="s">
-        <v>243</v>
+        <v>252</v>
       </c>
       <c r="M4" t="s">
-        <v>244</v>
+        <v>253</v>
       </c>
       <c r="O4" t="s">
-        <v>245</v>
+        <v>254</v>
       </c>
       <c r="X4" t="s">
-        <v>246</v>
+        <v>255</v>
       </c>
       <c r="Y4" t="s">
-        <v>247</v>
+        <v>256</v>
       </c>
       <c r="AB4" t="s">
-        <v>248</v>
+        <v>257</v>
       </c>
       <c r="AC4" t="s">
-        <v>249</v>
+        <v>258</v>
       </c>
       <c r="AE4" t="s">
-        <v>213</v>
+        <v>222</v>
       </c>
       <c r="AF4" t="s">
         <v>71</v>
       </c>
       <c r="AG4" t="s">
         <v>72</v>
       </c>
       <c r="AH4" t="s">
         <v>72</v>
       </c>
       <c r="AI4" t="s">
-        <v>214</v>
+        <v>223</v>
       </c>
       <c r="AJ4" t="s">
-        <v>250</v>
+        <v>259</v>
       </c>
       <c r="AP4" t="s">
-        <v>216</v>
+        <v>225</v>
       </c>
       <c r="AQ4">
         <v>83</v>
       </c>
       <c r="AR4" t="s">
-        <v>251</v>
+        <v>260</v>
       </c>
       <c r="AS4" t="s">
-        <v>236</v>
+        <v>245</v>
       </c>
       <c r="AU4" t="s">
-        <v>218</v>
+        <v>227</v>
       </c>
       <c r="AW4" t="s">
-        <v>219</v>
+        <v>228</v>
       </c>
       <c r="AY4" t="s">
-        <v>220</v>
+        <v>229</v>
       </c>
       <c r="AZ4" t="s">
         <v>67</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="D2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="D3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="D4" r:id="rId_hyperlink_3"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:E1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
-        <v>252</v>
+        <v>261</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>253</v>
+        <v>262</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>254</v>
+        <v>263</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>255</v>
+        <v>264</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>153</v>
+        <v>162</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O1"/>
+  <dimension ref="A1:P1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:O1"/>
+      <selection activeCell="A1" sqref="A1:P1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
+    <col min="16" max="16" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15">
+    <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>256</v>
+        <v>265</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>257</v>
+        <v>266</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>258</v>
+        <v>267</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>259</v>
+        <v>268</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>260</v>
+        <v>269</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>261</v>
+        <v>270</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>262</v>
+        <v>271</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>263</v>
+        <v>272</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>264</v>
-[...2 lines deleted...]
-        <v>265</v>
+        <v>273</v>
+      </c>
+      <c r="K1" s="2" t="s">
+        <v>274</v>
       </c>
       <c r="L1" s="5" t="s">
-        <v>266</v>
-[...2 lines deleted...]
-        <v>267</v>
+        <v>275</v>
+      </c>
+      <c r="M1" s="5" t="s">
+        <v>276</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>268</v>
+        <v>277</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>269</v>
+        <v>278</v>
+      </c>
+      <c r="P1" s="2" t="s">
+        <v>279</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>270</v>
+        <v>280</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>253</v>
+        <v>262</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>271</v>
+        <v>281</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" s="6" t="s">
-        <v>272</v>
+        <v>282</v>
       </c>
       <c r="C2" t="s">
-        <v>273</v>
+        <v>283</v>
       </c>
       <c r="D2" t="s">
-        <v>274</v>
+        <v>284</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E4"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:E1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>254</v>
+        <v>263</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>253</v>
+        <v>262</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>255</v>
+        <v>264</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>153</v>
+        <v>162</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>275</v>
+        <v>285</v>
       </c>
       <c r="C2" t="s">
-        <v>276</v>
+        <v>286</v>
       </c>
       <c r="D2" t="s">
-        <v>277</v>
+        <v>287</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>275</v>
+        <v>285</v>
       </c>
       <c r="C3" t="s">
-        <v>278</v>
+        <v>288</v>
       </c>
       <c r="D3" t="s">
-        <v>279</v>
+        <v>289</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>275</v>
+        <v>285</v>
       </c>
       <c r="C4" t="s">
-        <v>280</v>
+        <v>290</v>
       </c>
       <c r="D4" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">