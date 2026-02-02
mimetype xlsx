--- v1 (2025-12-02)
+++ v2 (2026-02-02)
@@ -273,51 +273,51 @@
   <si>
     <t xml:space="preserve">Malaria, Contraception, Hyperlipidaemia and Pain Management, HIV, Substance use disorders, </t>
   </si>
   <si>
     <t>Treatment</t>
   </si>
   <si>
     <t>Self-administered</t>
   </si>
   <si>
     <t>Weekly, Monthly</t>
   </si>
   <si>
     <t>Adults, Older Adults</t>
   </si>
   <si>
     <t>All</t>
   </si>
   <si>
     <t>Unspecified</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
-    <t>2024-05-28 14:26:26</t>
+    <t>2024-06-19 09:16:17</t>
   </si>
   <si>
     <t>2024-06-19 14:25:22</t>
   </si>
   <si>
     <t>Active ingredients</t>
   </si>
   <si>
     <t>Classe(s)</t>
   </si>
   <si>
     <t>Development stage</t>
   </si>
   <si>
     <t>Clinical trial number(s)</t>
   </si>
   <si>
     <t>Foreseen approved indication(s)</t>
   </si>
   <si>
     <t>Foreseen user group</t>
   </si>
   <si>
     <t>Foreseen duration between application(s)</t>
   </si>
@@ -861,50 +861,53 @@
 2. Current diagnosis of schizophrenia or schizoaffective disorder according to Diagnostic and Statistical Manual of Mental Disorders (DSM-5) criteria as confirmed by the Mini International Neuropsychiatric Interview for Psychotic Disorder Studies (MINI) version 7.0.2.
 3. The following psychiatric criteria are to be used to determine participant eligibility:
    1. Duration of diagnosis of schizophrenia or schizoaffective disorder of ≥2 years.
    2. Outpatient; not hospitalized for worsening of schizophrenia within the last 6 months (partial hospitalization for social management within this time period is acceptable).
    3. Medically stable over the last month and psychiatrically stable without significant symptom exacerbation o</t>
   </si>
   <si>
     <t>Non-randomized</t>
   </si>
   <si>
     <t>Clinical trial ID</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Company</t>
   </si>
   <si>
+    <t>Manufacturer</t>
+  </si>
+  <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
   </si>
   <si>
     <t>Country Name</t>
@@ -940,53 +943,50 @@
     <t>Kanasty, R., Low, S., Bhise, N., Yang, J., Peeke, E., Schwarz, M., ... &amp; Bellinger, A. M. (2019). A pharmaceutical answer to nonadherence: Once weekly oral memantine for Alzheimer's disease.</t>
   </si>
   <si>
     <t>Publication</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;span style="color: rgb(34, 34, 34);"&gt;Kanasty, R., Low, S., Bhise, N., Yang, J., Peeke, E., Schwarz, M., ... &amp;amp; Bellinger, A. M. (2019). A pharmaceutical answer to nonadherence: Once weekly oral memantine for Alzheimer's disease.&amp;nbsp;&lt;/span&gt;&lt;em style="color: rgb(34, 34, 34);"&gt;Journal of controlled release&lt;/em&gt;&lt;span style="color: rgb(34, 34, 34);"&gt;,&amp;nbsp;&lt;/span&gt;&lt;em style="color: rgb(34, 34, 34);"&gt;303&lt;/em&gt;&lt;span style="color: rgb(34, 34, 34);"&gt;, 34-41. &lt;/span&gt;&lt;a href="https://doi.org/10.1016/j.jconrel.2019.03.022" rel="noopener noreferrer" target="_blank" style="color: rgb(2, 114, 177);"&gt;https://doi.org/10.1016/j.jconrel.2019.03.022&lt;/a&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;The formulation of memantine hydrochloride is the first oral dosage form to achieve sustained drug release for a week with near zero-order kinetics and efficient delivery. In the dog model, relative memantine bioavailability approaches 100%, with sustained plasma levels over seven days. A single gastric resistant dosage form achieves an AUC equivalent to seven daily treatments with the marketed daily capsule, with a Cmax no higher than the daily product. This formulation methodology is applicable to many water-soluble drugs and may enable the development of long-acting oral therapies for various conditions.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;Kirtane AR, Abouzid O, Minahan D, Bensel T, Hill AL, Selinger C, Bershteyn A, Craig M, Mo SS, Mazdiyasni H, Cleveland C, Rogner J, Lee YL, Booth L, Javid F, Wu SJ, Grant T, Bellinger AM, Nikolic B, Hayward A, Wood L, Eckhoff PA, Nowak MA, Langer R, Traverso G. Development of an oral once-weekly drug delivery system for HIV antiretroviral therapy. Nat Commun. 2018 Jan 9;9(1):2. doi: &lt;/span&gt;&lt;a href="https://www.nature.com/articles/s41467-017-02294-6" rel="noopener noreferrer" target="_blank" style="color: rgb(33, 33, 33);"&gt;10.1038/s41467-017-02294-6&lt;/a&gt;.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;The efficacy of antiretroviral therapy is significantly compromised by medication non-adherence. Long-acting enteral systems that can ease the burden of daily adherence have not yet been developed. Here we describe an oral dosage form composed of distinct drug-polymer matrices which achieved week-long systemic drug levels of the antiretrovirals dolutegravir, rilpivirine and cabotegravir in a pig. Simulations of viral dynamics and patient adherence patterns indicate that such systems would significantly reduce therapeutic failures and epidemiological modelling suggests that using such an intervention prophylactically could avert hundreds of thousands of new HIV cases. In sum, weekly administration of long-acting antiretrovirals via a novel oral dosage form is a promising intervention to help control the HIV epidemic worldwide.&lt;/span&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;Foltin, R. W., Zale, S., Sykes, K. A., Nagaraj, N., Scranton, R. E., &amp;amp; Comer, S. D. (2022). A novel long-acting formulation of oral buprenorphine/naloxone produces prolonged decreases in fentanyl self-administration by rhesus monkeys.&amp;nbsp;&lt;/span&gt;&lt;em style="color: rgb(33, 33, 33);"&gt;Drug and alcohol dependence&lt;/em&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;,&amp;nbsp;&lt;/span&gt;&lt;em style="color: rgb(33, 33, 33);"&gt;239&lt;/em&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;, 109599. https://doi.org/10.1016/j.drugalcdep.2022.109599&lt;/span&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;We evaluated the efficacy of this formulation in reducing intravenous (i.v.) fentanyl self-administration by three male and three female rhesus monkeys. Buprenorphine HCl and naloxone HCl were co-formulated using an 11:1 ratio of buprenorphine:naloxone in a controlled-release gastric residence formulation administered in an oral capsule (LYN-013). Naloxone was included to determine the feasibility of combining naloxone with buprenorphine in the formulation as an abuse deterrent. Complete fentanyl dose-response functions were determined during each session. The efficacy of single doses of 56/5, 112/10 and 168/15 mg buprenorphine/naloxone in reducing fentanyl self-administration was examined over 13 days. LYN-013 significantly decreased the rate of responding for fentanyl for 3 days and significantly reduced total intake of fentanyl for 8 days. Time to maximal buprenorphine levels (Tmax) ranged between 56 and 68 h for all 3 doses. The maximal buprenorphine level (Cmax) following 168 mg was 2.3 ng/ml which was significantly greater that those observed for 56 mg (1.22 ng/ml) and 112 mg (1.35 ng/ml). Finally, the area-under-curves (AUCtau) were buprenorphine dose-dependently increased from 88 to 127-265 h*ng/ml. There were no signs of non-specific changes in behavior.&lt;/p&gt;&lt;p&gt;&lt;br&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>Company/University</t>
-  </si>
-[...1 lines deleted...]
-    <t>Manufacturer</t>
   </si>
   <si>
     <t>Link to website</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Short description</t>
   </si>
   <si>
     <t>https://lyndra.com/</t>
   </si>
   <si>
     <t>In 2015, Lyndra Therapeutics was founded by Robert Langer to create a pipeline of long-acting drugs. Since its creation, Lyndra has made significant progress, developing 25 medicines in the lab, finishing 12 clinical studies, and establishing a proof of concept for weekly oral dosing in 5 therapeutic areas, all of which validate the viability of its platform with various APIs.</t>
   </si>
   <si>
     <t>National Institute of Health</t>
   </si>
   <si>
     <t>https://www.nih.gov</t>
   </si>
   <si>
     <t>Bill &amp; Melinda Gates Foundation</t>
   </si>
@@ -1747,54 +1747,54 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>293</v>
+        <v>266</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>294</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>295</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
         <v>145</v>
       </c>
       <c r="D2" t="s">
         <v>297</v>
       </c>
       <c r="E2" t="s">
         <v>252</v>
       </c>
       <c r="F2" t="s">
@@ -3114,187 +3114,191 @@
       <c r="E1" s="2" t="s">
         <v>162</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P1"/>
+  <dimension ref="A1:Q1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:P1"/>
+      <selection activeCell="A1" sqref="A1:Q1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
+    <col min="17" max="17" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16">
+    <row r="1" spans="1:17">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>265</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>266</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>267</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>268</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>269</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>270</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>271</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>272</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>273</v>
       </c>
       <c r="K1" s="2" t="s">
         <v>274</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>275</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>276</v>
       </c>
       <c r="N1" s="2" t="s">
         <v>277</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>278</v>
       </c>
       <c r="P1" s="2" t="s">
         <v>279</v>
+      </c>
+      <c r="Q1" s="2" t="s">
+        <v>280</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>262</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" s="6" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C2" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="D2" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -3314,85 +3318,85 @@
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>263</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>262</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>264</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C2" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D2" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C3" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D3" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C4" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D4" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">