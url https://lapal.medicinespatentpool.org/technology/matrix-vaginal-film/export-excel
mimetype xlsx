--- v0 (2025-10-01)
+++ v1 (2025-11-28)
@@ -34,51 +34,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Technologies" sheetId="1" r:id="rId4"/>
     <sheet name="Potential associated API" sheetId="2" r:id="rId5"/>
     <sheet name="Patent Medspal" sheetId="3" r:id="rId6"/>
     <sheet name="Patent curated by innovator" sheetId="4" r:id="rId7"/>
     <sheet name="Clinical trials" sheetId="5" r:id="rId8"/>
     <sheet name="Key resources" sheetId="6" r:id="rId9"/>
     <sheet name="Regulatory status" sheetId="7" r:id="rId10"/>
     <sheet name="Drug illustrations" sheetId="8" r:id="rId11"/>
     <sheet name="Publications" sheetId="9" r:id="rId12"/>
     <sheet name="Developers" sheetId="10" r:id="rId13"/>
     <sheet name="Partnerships" sheetId="11" r:id="rId14"/>
     <sheet name="Sponsors" sheetId="12" r:id="rId15"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="403">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="404">
   <si>
     <t>Technology</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Highlight</t>
   </si>
   <si>
     <t>Route(s) of administration</t>
   </si>
   <si>
     <t>Type(s) of technology</t>
   </si>
   <si>
     <t>Other feature(s) of the technology</t>
   </si>
   <si>
     <t>Release properties</t>
   </si>
   <si>
     <t>Injectability</t>
   </si>
   <si>
@@ -1210,50 +1210,53 @@
     <t>Company</t>
   </si>
   <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
+  </si>
+  <si>
+    <t>Country Name</t>
   </si>
   <si>
     <t>Reg Status</t>
   </si>
   <si>
     <t>Reg Submission Date</t>
   </si>
   <si>
     <t>Reg Approval Date</t>
   </si>
   <si>
     <t>Links</t>
   </si>
   <si>
     <t>Comments</t>
   </si>
   <si>
     <t>Illustration URL</t>
   </si>
   <si>
     <t>Credit</t>
   </si>
   <si>
     <t>https://lapal.medicinespatentpool.org/storage/illustrations/2mqnARsyWaQedVE67m1gLUnxONVLpbILQWBmD2b4.png</t>
   </si>
@@ -2122,292 +2125,292 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F3"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
         <v>118</v>
       </c>
       <c r="C2" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="D2" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="E2" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="F2" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C3" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="D3" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="E3" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="F3" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C9"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>126</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="C2" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C3" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C4" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="C5" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
         <v>44</v>
       </c>
       <c r="B6" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="C6" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>44</v>
       </c>
       <c r="B7" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C7" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
         <v>44</v>
       </c>
       <c r="B8" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C8" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
         <v>44</v>
       </c>
       <c r="B9" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="C9" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>126</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="C2" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I3"/>
   <sheetViews>
@@ -4245,183 +4248,187 @@
       <c r="E1" s="2" t="s">
         <v>128</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O1"/>
+  <dimension ref="A1:P1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:O1"/>
+      <selection activeCell="A1" sqref="A1:P1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
+    <col min="16" max="16" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15">
+    <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>347</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>348</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>349</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>350</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>351</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>352</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>353</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>354</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>355</v>
       </c>
-      <c r="K1" s="5" t="s">
+      <c r="K1" s="2" t="s">
         <v>356</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>357</v>
       </c>
-      <c r="M1" s="2" t="s">
+      <c r="M1" s="5" t="s">
         <v>358</v>
       </c>
       <c r="N1" s="2" t="s">
         <v>359</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>360</v>
+      </c>
+      <c r="P1" s="2" t="s">
+        <v>361</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>344</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" s="6" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="C2" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="D2" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -4441,85 +4448,85 @@
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>345</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>344</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>346</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C2" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="D2" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C3" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="D3" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C4" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="D4" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">