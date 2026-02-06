--- v1 (2025-11-28)
+++ v2 (2026-02-06)
@@ -1188,50 +1188,53 @@
   </si>
   <si>
     <t>Inclusion Criteria:
 * General good health (by volunteer history and per investigator judgment) without any clinically significant systemic disease (including, but not limited to significant liver disease/hepatitis, gastrointestinal disease, kidney disease, thyroid disease, osteoporosis or bone disease, and diabetes) and with an intact gastrointestinal tract, uterus and cervix
 * Currently have regular menstrual cycles of 21-35 days by participant record
 * Willing to abstain from vaginal intercourse and any other vaginal activity including use of vaginal products (tampons, spermicides, lubricants, and douches) other than study products:
   * 48 hours before Visit 2 until six days after Visit 2
   * 48 hours before Visit 3 until six days after Visit 4</t>
   </si>
   <si>
     <t>Clinical trial ID</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Company</t>
   </si>
   <si>
+    <t>Manufacturer</t>
+  </si>
+  <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
   </si>
   <si>
     <t>Country Name</t>
@@ -1267,53 +1270,50 @@
     <t>Matrix4prevention. (n.d.). Monthly dapivirine and levonorgestrel dual-purpose vaginal film. Matrix4prevention. https://www.matrix4prevention.org/products/monthly-dapivirine-and-levonorgestrel-dual-pur</t>
   </si>
   <si>
     <t>Publication</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;Bunge, K. E., Dezzutti, C. S., Hendrix, C. W., Marzinke, M. A., Spiegel, H. M. L., Moncla, B. J., Schwartz, J. L., Meyn, L. A., Richardson-Harman, N., Rohan, L. C., &amp;amp; Hillier, S. L. (2018). FAME-04: A Phase 1 trial to assess the safety, acceptability, pharmacokinetics and pharmacodynamics of film and gel formulations of tenofovir.&amp;nbsp;&lt;/span&gt;&lt;em style="color: rgb(33, 33, 33);"&gt;Journal of the International AIDS Society&lt;/em&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;,&amp;nbsp;&lt;/span&gt;&lt;em style="color: rgb(33, 33, 33);"&gt;21&lt;/em&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;(8), e25156. &lt;/span&gt;&lt;a href="https://doi.org/10.1002/jia2.25156" rel="noopener noreferrer" target="_blank" style="color: rgb(33, 33, 33);"&gt;https://doi.org/10.1002/jia2.25156&lt;/a&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;strong&gt;Introduction:&amp;nbsp;&lt;/strong&gt;Fast-dissolving vaginal film formulations release antiretroviral drugs directly into vaginal fluid and may be as efficient at drug delivery yet more acceptable to women than gels. In this Phase 1 vaginal film study, the safety, acceptability, pharmacokinetics and pharmacodynamics of two doses of tenofovir (TFV) film and TFV 1% gel were compared to corresponding placebo formulations.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Methods:&amp;nbsp;&lt;/strong&gt;Seventy-eight healthy HIV negative women were randomized to self-insert daily vaginal film (10 mg TFV, 40 mg TFV or placebo) or 4 mL of vaginal gel (TFV 1% [40 mg] or placebo) for seven days. Grade 2 and higher adverse events (AEs) related to study product were compared across study arms using Fisher's exact test. Plasma TFV concentrations were measured before and 2 hours after last product use. Paired cervical and vaginal tissue biopsies obtained 2 hours after the last dose were measured to determine tenofovir diphosphate (TFV-DP) concentrations and exposed to HIV in an ex vivo challenge assay. Acceptability was assessed through questionnaire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Results:&amp;nbsp;&lt;/strong&gt;There was only one grade 2 or higher related AE, the primary endpoint; it occurred in the placebo gel arm. AEs occurred in 90% of participants; the majority (91%) were grade 1. AEs were similar across study arms. TFV concentrations in plasma and TFV-DP concentrations in cervical and vaginal tissues were comparable between 40 mg TFV film and the TFV gel groups. There was a significant relationship between reduced viral replication and TFV-DP concentrations in cervical tissues. Film users were less likely to report product leakage than gel users (66% vs. 100%, p &amp;lt; 0.001).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Conclusions:&amp;nbsp;&lt;/strong&gt;Films were safe and well tolerated. Furthermore, films delivered TFV to mucosal tissues at concentrations similar to gel and were sufficient to block HIV infection of genital tissue ex vivo.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;Fan, M. D., Kramzer, L. F., Hillier, S. L., Chang, J. C., Meyn, L. A., &amp;amp; Rohan, L. C. (2017). Preferred Physical Characteristics of Vaginal Film Microbicides for HIV Prevention in Pittsburgh Women.&amp;nbsp;&lt;/span&gt;&lt;em style="color: rgb(33, 33, 33);"&gt;Archives of sexual behavior&lt;/em&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;,&amp;nbsp;&lt;/span&gt;&lt;em style="color: rgb(33, 33, 33);"&gt;46&lt;/em&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;(4), 1111–1119. &lt;/span&gt;&lt;a href="https://doi.org/10.1007/s10508-016-0816-1" rel="noopener noreferrer" target="_blank" style="color: rgb(33, 33, 33);"&gt;https://doi.org/10.1007/s10508-016-0816-1&lt;/a&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;Unprotected heterosexual intercourse is the leading cause of HIV acquisition in women. Due to the complex nature of correct and consistent condom use by both men and women, developing alternative female-controlled HIV prevention options is a global health priority. Vaginal films containing antiretroviral drugs are a potential delivery system for the prevention of HIV acquisition through sexual contact. In this study, we explored women's preferences regarding physical characteristics of microbicide vaginal films through questionnaires and focus groups. Eighty-four sexually active, ethnically diverse women 18-30 years of age from Pittsburgh, Pennsylvania, participated in the study. Women visually and manually examined a variety of vaginal films, as well as three other vaginal products undergoing evaluation for HIV prevention: tablet, ring, and gel. Means and standard deviations or frequencies and 95 % confidence intervals were calculated for questionnaire data. Focus groups were audio-recorded, transcribed verbatim, and coded for content analysis. Women most frequently preferred vaginal films to be smooth and thin (63 %), translucent (48 %), and 2″ × 2″ square size (36 %). Driving these preferences were five major themes: ease and accuracy of use, desire for efficacy, discretion, intravaginal comfort and minimal impact, and minimizing disruption of sexual mood/activities. Women's preferences for various microbicide vaginal film physical attributes represented a balance of multiple values. In general, women desired a comfortable, efficacious, easy to use, and minimally intrusive product.&lt;/span&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;Robinson JA, Marzinke MA, Fuchs EJ, Bakshi RP, Spiegel HML, Coleman JS, Rohan LC, Hendrix CW. Comparison of the Pharmacokinetics and Pharmacodynamics of Single-Dose Tenofovir Vaginal Film and Gel Formulation (FAME 05). J Acquir Immune Defic Syndr. 2018 Feb 1;77(2):175-182. doi: &lt;/span&gt;&lt;a href="10.1097/QAI.0000000000001587" rel="noopener noreferrer" target="_blank" style="color: rgb(33, 33, 33);"&gt;10.1097/QAI.0000000000001587&lt;/a&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;. PMID: 29135651; PMCID: PMC5821271.&lt;/span&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;While pre-exposure prophylaxis with oral tenofovir (TFV) disoproxil fumarate/emtricitabine reduces HIV acquisition rates, poor adherence to and acceptability of daily vaginal gels has led to development of vaginal film formulations to improve adherence and, potentially, enable episodic use&lt;/p&gt;&lt;p&gt;In this two-arm, cross-over study of a fast-dissolving tenofovir film (40 mg) compared to a previously studied semisolid tenofovir 1% gel (40 mg), 10 healthy women received a single vaginal dose of each study product. Clinical, pharmacokinetic, and antiviral assessments were performed over one week post-dose. Nine of 10 participants experienced mild to moderate adverse effects, similar between products, with no severe adverse events or events attributed to study products. TFV concentrations after film dosing exceeded concentrations after gel dosing in plasma between 8 and 24 hours (p≤0.02). TFV concentrations in cervicovaginal fluid and both TFV and TFV diphosphate concentrations in cervical tissue homogenates were higher following film dosing (all p values &amp;lt; 0.04). The differences ranged from median (interquartile range) 2.9-fold (1.1, 9.0; midvaginal cervicovaginal fluid) to 4.4-fold (2.9, 7.7; plasma). Neither film nor gel demonstrated reduced cervical tissue biopsy infectivity after ex vivo HIV challenge. Single dose tenofovir film demonstrated consistently higher concentrations in plasma and cervicovaginal samples when compared to gel during the first day following dosing. Single dose cervical tissue TFV-DP concentrations at 5 hours exceeded steady-state concentrations previously reported with daily oral Truvada®&amp;nbsp;dosing. Tenofovir film may provide an alternative to tenofovir oral and gel formulations. Clinical efficacy remains to be tested.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Company/University</t>
-  </si>
-[...1 lines deleted...]
-    <t>Manufacturer</t>
   </si>
   <si>
     <t>Link to website</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Short description</t>
   </si>
   <si>
     <t>originator</t>
   </si>
   <si>
     <t>https://www.pitt.edu</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>The University of Pittsburgh, founded in 1787, is one of the oldest universities in the United States. It has a notable research profile, particularly in biomedical research, engineering advancements, and public health initiatives. As a member of the prestigious Association of American Universities (AAU), it reflects a high level of research activity.</t>
   </si>
   <si>
     <t>Magee-Womens Research Institute &amp; Foundation</t>
   </si>
@@ -2125,54 +2125,54 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F3"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>375</v>
+        <v>348</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>376</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>377</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>378</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
         <v>118</v>
       </c>
       <c r="C2" t="s">
         <v>379</v>
       </c>
       <c r="D2" t="s">
         <v>380</v>
       </c>
       <c r="E2" t="s">
@@ -4248,187 +4248,191 @@
       <c r="E1" s="2" t="s">
         <v>128</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P1"/>
+  <dimension ref="A1:Q1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:P1"/>
+      <selection activeCell="A1" sqref="A1:Q1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
+    <col min="17" max="17" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16">
+    <row r="1" spans="1:17">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>347</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>348</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>349</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>350</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>351</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>352</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>353</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>354</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>355</v>
       </c>
       <c r="K1" s="2" t="s">
         <v>356</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>357</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>358</v>
       </c>
       <c r="N1" s="2" t="s">
         <v>359</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>360</v>
       </c>
       <c r="P1" s="2" t="s">
         <v>361</v>
+      </c>
+      <c r="Q1" s="2" t="s">
+        <v>362</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>344</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" s="6" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="C2" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="D2" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -4448,85 +4452,85 @@
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>345</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>344</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>346</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C2" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D2" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C3" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="D3" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C4" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="D4" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">