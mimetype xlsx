--- v0 (2025-10-17)
+++ v1 (2025-11-06)
@@ -34,51 +34,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Technologies" sheetId="1" r:id="rId4"/>
     <sheet name="Potential associated API" sheetId="2" r:id="rId5"/>
     <sheet name="Patent Medspal" sheetId="3" r:id="rId6"/>
     <sheet name="Patent curated by innovator" sheetId="4" r:id="rId7"/>
     <sheet name="Clinical trials" sheetId="5" r:id="rId8"/>
     <sheet name="Key resources" sheetId="6" r:id="rId9"/>
     <sheet name="Regulatory status" sheetId="7" r:id="rId10"/>
     <sheet name="Drug illustrations" sheetId="8" r:id="rId11"/>
     <sheet name="Publications" sheetId="9" r:id="rId12"/>
     <sheet name="Developers" sheetId="10" r:id="rId13"/>
     <sheet name="Partnerships" sheetId="11" r:id="rId14"/>
     <sheet name="Sponsors" sheetId="12" r:id="rId15"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="214">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="215">
   <si>
     <t>Technology</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Highlight</t>
   </si>
   <si>
     <t>Route(s) of administration</t>
   </si>
   <si>
     <t>Type(s) of technology</t>
   </si>
   <si>
     <t>Other feature(s) of the technology</t>
   </si>
   <si>
     <t>Release properties</t>
   </si>
   <si>
     <t>Injectability</t>
   </si>
   <si>
@@ -574,50 +574,53 @@
     <t>Company</t>
   </si>
   <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
+  </si>
+  <si>
+    <t>Country Name</t>
   </si>
   <si>
     <t>Reg Status</t>
   </si>
   <si>
     <t>Reg Submission Date</t>
   </si>
   <si>
     <t>Reg Approval Date</t>
   </si>
   <si>
     <t>Links</t>
   </si>
   <si>
     <t>Comments</t>
   </si>
   <si>
     <t>Illustration URL</t>
   </si>
   <si>
     <t>Credit</t>
   </si>
   <si>
     <t>https://lapal.medicinespatentpool.org/storage/illustrations/eCknmoVJn7nSco2RGCbRhpMf8DTfyCvZPuvqXJD1.png</t>
   </si>
@@ -1473,184 +1476,184 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C2" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D2" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="E2" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="F2" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>113</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>113</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C2" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I4"/>
   <sheetViews>
@@ -2242,239 +2245,243 @@
       <c r="E1" s="2" t="s">
         <v>115</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O1"/>
+  <dimension ref="A1:P1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:O1"/>
+      <selection activeCell="A1" sqref="A1:P1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
+    <col min="16" max="16" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15">
+    <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>165</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>166</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>167</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>168</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>169</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>170</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>171</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>172</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>173</v>
       </c>
-      <c r="K1" s="4" t="s">
+      <c r="K1" s="2" t="s">
         <v>174</v>
       </c>
       <c r="L1" s="4" t="s">
         <v>175</v>
       </c>
-      <c r="M1" s="2" t="s">
+      <c r="M1" s="4" t="s">
         <v>176</v>
       </c>
       <c r="N1" s="2" t="s">
         <v>177</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>178</v>
+      </c>
+      <c r="P1" s="2" t="s">
+        <v>179</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D6"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B6" sqref="B6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>162</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C2" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D2" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="C3" t="s">
+        <v>186</v>
+      </c>
+      <c r="D3" t="s">
         <v>184</v>
-      </c>
-[...4 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C4" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D4" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="C5" t="s">
+        <v>191</v>
+      </c>
+      <c r="D5" t="s">
         <v>189</v>
-      </c>
-[...4 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>44</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C6" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D6" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
@@ -2498,99 +2505,99 @@
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>163</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>162</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>164</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C2" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D2" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C3" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D3" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C4" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D4" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" t="s">
         <v>115</v>
       </c>
       <c r="C5" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>