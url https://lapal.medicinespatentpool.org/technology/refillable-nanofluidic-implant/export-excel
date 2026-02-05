--- v1 (2025-11-06)
+++ v2 (2026-02-05)
@@ -552,50 +552,53 @@
   <si>
     <t>Studied route(s) of administration</t>
   </si>
   <si>
     <t>Studied LA-formulation(s)</t>
   </si>
   <si>
     <t>Use case</t>
   </si>
   <si>
     <t>Clinical trial ID</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Company</t>
   </si>
   <si>
+    <t>Manufacturer</t>
+  </si>
+  <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
   </si>
   <si>
     <t>Country Name</t>
@@ -664,53 +667,50 @@
     <t>&lt;p&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;Chua CYX, Jain P, Ballerini A, et al. Transcutaneously refillable nanofluidic implant achieves sustained level of tenofovir diphosphate for HIV pre-exposure prophylaxis.&amp;nbsp;&lt;/span&gt;&lt;em style="color: rgb(33, 33, 33);"&gt;J Control Release&lt;/em&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;. 2018;286:315-325. doi:&lt;/span&gt;&lt;a href="10.1016/j.jconrel.2018.08.010" rel="noopener noreferrer" target="_blank" style="color: rgb(33, 33, 33);"&gt;10.1016/j.jconrel.2018.08.010&lt;/a&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;Pre-exposure prophylaxis (PrEP) with antiretroviral (ARV) drugs are effective at preventing human immunodeficiency virus (HIV) transmission. However, implementation of PrEP presents significant challenges due to poor user adherence, low accessibility to ARVs and multiple routes of HIV exposure. To address these challenges, we developed the nanochannel delivery implant (NDI), a subcutaneously implantable device for sustained and constant delivery of tenofovir alafenamide (TAF) and emtricitabine (FTC) for HIV PrEP. Unlike existing drug delivery platforms with finite depots, the NDI incorporates ports allowing for transcutaneous refilling upon drug exhaustion. NDI-mediated drug delivery in rhesus macaques resulted in sustained release of both TAF and FTC for 83 days, as indicated by concentrations of TAF, FTC and their respectively metabolites in plasma, PBMCs, rectal mononuclear cells and tissues associated with HIV transmission. Notably, clinically relevant preventative levels of tenofovir diphosphate were achieved as early as 3 days after NDI implantation. We also demonstrated the feasibility of transcutaneous drug refilling to extend the duration of PrEP drug delivery in NHPs. Overall, the NDI represents an innovative strategy for long-term HIV PrEP administration in both developed and developing countries.&lt;/span&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;Pons-Faudoa FP, Di Trani N, Capuani S, et al. Long-acting refillable nanofluidic implant confers protection against SHIV infection in nonhuman primates.&amp;nbsp;&lt;/span&gt;&lt;em style="color: rgb(33, 33, 33);"&gt;Sci Transl Med&lt;/em&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;. 2023;15(702):eadg2887. doi:&lt;/span&gt;&lt;a href="10.1126/scitranslmed.adg2887" rel="noopener noreferrer" target="_blank" style="color: rgb(33, 33, 33);"&gt;10.1126/scitranslmed.adg2887&lt;/a&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;The impact of pre-exposure prophylaxis (PrEP) on slowing the global HIV epidemic hinges on effective drugs and delivery platforms. Oral drug regimens are the pillar of HIV PrEP, but variable adherence has spurred development of long-acting delivery systems with the aim of increasing PrEP access, uptake, and persistence. We have developed a long-acting subcutaneous nanofluidic implant that can be refilled transcutaneously for sustained release of the HIV drug islatravir, a nucleoside reverse transcriptase translocation inhibitor that is used for HIV PrEP. In rhesus macaques, the islatravir-eluting implants achieved constant concentrations of islatravir in plasma (median 3.14 nM) and islatravir triphosphate in peripheral blood mononuclear cells (median 0.16 picomole per 106&amp;nbsp;cells) for more than 20 months. These drug concentrations were above the established PrEP protection threshold. In two unblinded, placebo-controlled studies, islatravir-eluting implants conferred 100% protection against infection with SHIVSF162P3&amp;nbsp;after repeated low-dose rectal or vaginal challenge in male or female rhesus macaques, respectively, compared to placebo control groups. The islatravir-eluting implants were well tolerated with mild local tissue inflammation and no signs of systemic toxicity over the 20-month study period. This refillable islatravir-eluting implant has potential as a long-acting drug delivery system for HIV PrEP.&lt;/span&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;Di Trani N, Pons-Faudoa FP, Sizovs A, et al. Extending drug release from implants via transcutaneous refilling with solid therapeutics.&amp;nbsp;&lt;/span&gt;&lt;em style="color: rgb(33, 33, 33);"&gt;Adv Ther (Weinh)&lt;/em&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;. 2022;5(2):2100214. doi:&lt;/span&gt;&lt;a href="10.1002/adtp.202100214" rel="noopener noreferrer" target="_blank" style="color: rgb(33, 33, 33);"&gt;10.1002/adtp.202100214&lt;/a&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;Long-acting (LA) implantable drug delivery systems (IDDS) offer an effective approach for the management or prevention of chronic conditions by sustained parenteral therapeutic administration. LA IDDS can and improve adherence to treatment regimens by minimizing dosing frequency. However, their clinical deployment is challenged by factors such as poor drug loading capacity, which limit their lifespan and require repeated surgical replacement for continued therapy. To address these challenges, and by leveraging previous work on nanofluidic systems, a reservoir-based IDDS that enables transcutaneous refilling of solid drug formulations through minimally invasive needle injection is presented. With thousand-fold higher drug loading efficiency, the implant affords minimal volume and aspect ratio suitable for discrete subcutaneous deployment. Key parameters for clinical acceptability, namely implant safety, access port robustness, and refilling method were systematically evaluated. The implant and refilling procedure are studied in rats and nonhuman primates with therapeutics used clinically for type 2 diabetes and human immunodeficiency virus (HIV) pre-exposure prophylaxis (PrEP). The ability to extend drug release and maintain equivalent pharmacokinetics (PK) profiles pre- and post-drug refilling is demonstrated. This technology presents a clinically viable LA approach to prolong drug release for lifelong prevention or management of chronic conditions.&lt;/span&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>Details of the Principle Investigator and his projects related to refillable implant</t>
   </si>
   <si>
     <t>https://reporter.nih.gov/search/Eue6JjX0YEyVP9c-5C9xgQ/projects</t>
   </si>
   <si>
     <t>Company/University</t>
-  </si>
-[...1 lines deleted...]
-    <t>Manufacturer</t>
   </si>
   <si>
     <t>Link to website</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Short description</t>
   </si>
   <si>
     <t>Houston Methodist Research Institute</t>
   </si>
   <si>
     <t>originator</t>
   </si>
   <si>
     <t>https://www.houstonmethodist.org/</t>
   </si>
   <si>
     <t>United States of America</t>
   </si>
   <si>
     <t>Houston Methodist Research Institute (HMRI), founded in 2004, is the academic arm of Houston Methodist Hospital in Texas. It focuses on translational research, bridging lab discoveries to clinical applications. HMRI specializes in areas like regenerative medicine, nanomedicine, oncology, and artificial intelligence in healthcare. Its state-of-the-art facilities include a dedicated nanomedicine lab</t>
   </si>
@@ -1476,54 +1476,54 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>204</v>
+        <v>166</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>205</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>206</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
         <v>208</v>
       </c>
       <c r="C2" t="s">
         <v>209</v>
       </c>
       <c r="D2" t="s">
         <v>210</v>
       </c>
       <c r="E2" t="s">
@@ -2245,243 +2245,247 @@
       <c r="E1" s="2" t="s">
         <v>115</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P1"/>
+  <dimension ref="A1:Q1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:P1"/>
+      <selection activeCell="A1" sqref="A1:Q1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
+    <col min="17" max="17" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16">
+    <row r="1" spans="1:17">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>165</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>166</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>167</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>168</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>169</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>170</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>171</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>172</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>173</v>
       </c>
       <c r="K1" s="2" t="s">
         <v>174</v>
       </c>
       <c r="L1" s="4" t="s">
         <v>175</v>
       </c>
       <c r="M1" s="4" t="s">
         <v>176</v>
       </c>
       <c r="N1" s="2" t="s">
         <v>177</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>178</v>
       </c>
       <c r="P1" s="2" t="s">
         <v>179</v>
+      </c>
+      <c r="Q1" s="2" t="s">
+        <v>180</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D6"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B6" sqref="B6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>162</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C2" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D2" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="C3" t="s">
+        <v>187</v>
+      </c>
+      <c r="D3" t="s">
         <v>185</v>
-      </c>
-[...4 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C4" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D4" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" s="5" t="s">
+        <v>191</v>
+      </c>
+      <c r="C5" t="s">
+        <v>192</v>
+      </c>
+      <c r="D5" t="s">
         <v>190</v>
-      </c>
-[...4 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>44</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C6" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D6" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
@@ -2505,99 +2509,99 @@
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>163</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>162</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>164</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C2" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D2" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C3" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D3" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C4" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D4" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" t="s">
         <v>115</v>
       </c>
       <c r="C5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>