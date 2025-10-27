--- v0 (2025-10-01)
+++ v1 (2025-10-27)
@@ -1211,104 +1211,104 @@
   <si>
     <t>NAM</t>
   </si>
   <si>
     <t>Approved</t>
   </si>
   <si>
     <t>https://www.healio.com/news/infectious-disease/20231204/vagil-ring-for-hiv-prevention-authorized-in-11-african-countries
 chrome-extension://mhnlakgilnojmhinhkckjpncpbhabphi/pages/pdf/web/viewer.html?file=https%3A%2F%2Favac.org%2Fwp-content%2Fuploads%2F2023%2F04%2FRINGingTheBellForChoice.pdf
 chrome-extension://mhnlakgilnojmhinhkckjpncpbhabphi/pages/pdf/web/viewer.html?file=https%3A%2F%2Favac.org%2Fwp-content%2Fuploads%2F2024%2F03%2FpxWire-February2024.pdf</t>
   </si>
   <si>
     <t>BoMRA (Botswana)</t>
   </si>
   <si>
     <t>Botswana Medicines Regulatory Authority</t>
   </si>
   <si>
     <t>BWA</t>
   </si>
   <si>
     <t>https://www.healio.com/news/infectious-disease/20231204/vagil-ring-for-hiv-prevention-authorized-in-11-african-countries
 chrome-extension://mhnlakgilnojmhinhkckjpncpbhabphi/pages/pdf/web/viewer.html?file=https%3A%2F%2Favac.org%2Fwp-content%2Fuploads%2F2023%2F04%2FRINGingTheBellForChoice.pdf</t>
   </si>
   <si>
-    <t>PMRA</t>
-[...2 lines deleted...]
-    <t>Pharmacy and Medicines Regulatory Authority</t>
+    <t>PMRA (Malawi)</t>
+  </si>
+  <si>
+    <t>Pharmacy and Medicines Regulatory Authority Malawi</t>
   </si>
   <si>
     <t>SWZ</t>
   </si>
   <si>
     <t>https://www.healio.com/news/infectious-disease/20231204/vagil-ring-for-hiv-prevention-authorized-in-11-african-countries
 chrome-extension://mhnlakgilnojmhinhkckjpncpbhabphi/pages/pdf/web/viewer.html?file=https%3A%2F%2Favac.org%2Fwp-content%2Fuploads%2F2023%2F04%2FRINGingTheBellForChoice.pdf
 https://popcouncil.org/media/innovative-hiv-prevention-product-for-women-that-promotes-choice-dapivirine-vagil-ring-dvr-gains-momentum-across-africa/</t>
   </si>
   <si>
     <t>MMDCA</t>
   </si>
   <si>
     <t>The Medicines and Medical Devices Control Authority</t>
   </si>
   <si>
     <t>LSO</t>
   </si>
   <si>
-    <t>SAHPRA</t>
+    <t>SAHPRA (South Africa)</t>
   </si>
   <si>
     <t>South African Health Products Regulatory Authority</t>
   </si>
   <si>
     <t>ZAF</t>
   </si>
   <si>
     <t>https://www.healio.com/news/infectious-disease/20231204/vagil-ring-for-hiv-prevention-authorized-in-11-african-countries</t>
   </si>
   <si>
-    <t>US FDA (United States)</t>
+    <t>USFDA (United States)</t>
   </si>
   <si>
     <t>United States Food and Drug Administration</t>
   </si>
   <si>
     <t>USA</t>
   </si>
   <si>
     <t>Withdrawn</t>
   </si>
   <si>
     <t>Awaiting approval</t>
   </si>
   <si>
     <t>https://www.ipmglobal.org/content/ipm-statement-us-food-and-drug-administration-review-dapivirine-vagil-ring</t>
   </si>
   <si>
-    <t>EMA</t>
+    <t>EMA (Europe)</t>
   </si>
   <si>
     <t>European Medicines Agency</t>
   </si>
   <si>
     <t>NLD</t>
   </si>
   <si>
     <t>Positive_opinion</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/opinion-medicine-use-outside-EU/human/dapivirine-vagil-ring-25-mg#ema-inpage-item-assessment-history</t>
   </si>
   <si>
     <t>AUT</t>
   </si>
   <si>
     <t>BEL</t>
   </si>
   <si>
     <t>BGR</t>
   </si>
   <si>
     <t>HRV</t>
   </si>
@@ -1380,151 +1380,151 @@
   </si>
   <si>
     <t>SVN</t>
   </si>
   <si>
     <t>ESP</t>
   </si>
   <si>
     <t>SWE</t>
   </si>
   <si>
     <t>MCAZ (Zimbabwe)</t>
   </si>
   <si>
     <t>Medicines Control Authority of Zimbabwe</t>
   </si>
   <si>
     <t>ZWE</t>
   </si>
   <si>
     <t>https://www.healio.com/news/infectious-disease/20231204/vaginal-ring-for-hiv-prevention-authorized-in-11-african-countries
 https://healthtimes.co.zw/2021/07/14/breaking-dapivirine-vagil-ring-approved-for-use-in-zimbabwe/
 https://www.aidsmap.com/news/may-2023/dapivirine-vagil-ring-shows-comparable-hiv-risk-rate-oral-prep</t>
   </si>
   <si>
-    <t>Rwanda FDA (Rwanda)</t>
+    <t>RFDA (Rwanda)</t>
   </si>
   <si>
     <t>Rwanda Food and Drugs Authority</t>
   </si>
   <si>
     <t>RWA</t>
   </si>
   <si>
     <t>https://rwandafda.gov.rw/human-medicinal-products-register/</t>
   </si>
   <si>
-    <t>NDA</t>
+    <t>NDA (Uganda)</t>
   </si>
   <si>
     <t>National Drug Authority</t>
   </si>
   <si>
     <t>UGA</t>
   </si>
   <si>
     <t>MWI</t>
   </si>
   <si>
     <t>TMDA (Tanzania)</t>
   </si>
   <si>
     <t>Tanzania Medicines and Medical Devices Authority</t>
   </si>
   <si>
     <t>TZA</t>
   </si>
   <si>
     <t>Under appeal</t>
   </si>
   <si>
     <t>https://www.ncbi.nlm.nih.gov/pmc/articles/PMC8074434/#:~:text=Currently%2C%20Gilead's%20oral%20PrEP%20pill,pending%20regulatory%20approval%20%5B28%5D.
 https://avac.org/resource/infographic/access-to-the-dapivirine-vagil-ring-a-timeline-on-progress-2/
 chrome-extension://mhnlakgilnojmhinhkckjpncpbhabphi/pages/pdf/web/viewer.html?file=https%3A%2F%2Ffrontlineaids.org%2Fwp-content%2Fuploads%2F2023%2F11%2FTanzania-Shadow-Report_DIGITALMASTER.pdf
 https://www.prepwatch.org/countries/tanzania/
 chrome-extension://mhnlakgilnojmhinhkckjpncpbhabphi/pages/pdf/web/viewer.html?file=https%3A%2F%2Favac.org%2Fwp-content%2Fuploads%2F2023%2F04%2FRINGingTheBellForChoice.pdf</t>
   </si>
   <si>
-    <t>PPB</t>
+    <t>PPB (Kenya)</t>
   </si>
   <si>
     <t>Pharmacy and Poisons Board</t>
   </si>
   <si>
     <t>KEN</t>
   </si>
   <si>
-    <t>NAFDAC</t>
+    <t>NAFDAC (Nigeria)</t>
   </si>
   <si>
     <t>National Agency for Food and Drug Administration and Control</t>
   </si>
   <si>
     <t>NGA</t>
   </si>
   <si>
     <t>Submitted</t>
   </si>
   <si>
     <t>https://www.prepwatch.org/countries/nigeria/</t>
   </si>
   <si>
     <t>ZAMRA (Zambia)</t>
   </si>
   <si>
     <t>Zambia Medicines Regulatory Authority</t>
   </si>
   <si>
     <t>ZMB</t>
   </si>
   <si>
     <t>EFDA (Ethiopia)</t>
   </si>
   <si>
     <t>Ethiopian Food and Drug Authority</t>
   </si>
   <si>
     <t>ETH</t>
   </si>
   <si>
     <t>https://www.prepwatch.org/wp-content/uploads/2024/11/PrEP-Ring-EMAV-Launch_October-30-2024.pdf</t>
   </si>
   <si>
     <t>ANARME (Mozambique)</t>
   </si>
   <si>
     <t>Autoridade Nacional Reguladora de Medicamento</t>
   </si>
   <si>
     <t>MOZ</t>
   </si>
   <si>
-    <t>FDA Ghana</t>
-[...2 lines deleted...]
-    <t>Food and Drugs Authority</t>
+    <t>FDA Ghana (Ghana)</t>
+  </si>
+  <si>
+    <t>Food and Drugs Authority Ghana</t>
   </si>
   <si>
     <t>GHA</t>
   </si>
   <si>
     <t>Illustration URL</t>
   </si>
   <si>
     <t>Credit</t>
   </si>
   <si>
     <t>https://lapal.medicinespatentpool.org/storage/illustrations/DUpg232P2JndcOgYTUcc0599rtNFOALNhIX3FbPB.png</t>
   </si>
   <si>
     <t>Dapivirine Vaginal Ring (DapiRing) - (1)</t>
   </si>
   <si>
     <t>https://lapal.medicinespatentpool.org/storage/illustrations/aP6tBh9mgSWtc9Z6FPwR1gKz7paTDSsLg9NJA9FH.png</t>
   </si>
   <si>
     <t>Dapivirine Vaginal Ring (DapiRing) - (2)</t>
   </si>
   <si>
     <t>Document</t>
   </si>