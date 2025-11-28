--- v1 (2025-10-27)
+++ v2 (2025-11-28)
@@ -34,51 +34,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Technologies" sheetId="1" r:id="rId4"/>
     <sheet name="Potential associated API" sheetId="2" r:id="rId5"/>
     <sheet name="Patent Medspal" sheetId="3" r:id="rId6"/>
     <sheet name="Patent curated by innovator" sheetId="4" r:id="rId7"/>
     <sheet name="Clinical trials" sheetId="5" r:id="rId8"/>
     <sheet name="Key resources" sheetId="6" r:id="rId9"/>
     <sheet name="Regulatory status" sheetId="7" r:id="rId10"/>
     <sheet name="Drug illustrations" sheetId="8" r:id="rId11"/>
     <sheet name="Publications" sheetId="9" r:id="rId12"/>
     <sheet name="Developers" sheetId="10" r:id="rId13"/>
     <sheet name="Partnerships" sheetId="11" r:id="rId14"/>
     <sheet name="Sponsors" sheetId="12" r:id="rId15"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="505">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="550">
   <si>
     <t>Technology</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Highlight</t>
   </si>
   <si>
     <t>Route(s) of administration</t>
   </si>
   <si>
     <t>Type(s) of technology</t>
   </si>
   <si>
     <t>Other feature(s) of the technology</t>
   </si>
   <si>
     <t>Release properties</t>
   </si>
   <si>
     <t>Injectability</t>
   </si>
   <si>
@@ -1157,377 +1157,512 @@
   <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
   </si>
   <si>
+    <t>Country Name</t>
+  </si>
+  <si>
     <t>Reg Status</t>
   </si>
   <si>
     <t>Reg Submission Date</t>
   </si>
   <si>
     <t>Reg Approval Date</t>
   </si>
   <si>
     <t>Links</t>
   </si>
   <si>
     <t>Comments</t>
   </si>
   <si>
     <t>Janssen Pharmaceuticals</t>
   </si>
   <si>
     <t>DapiRing</t>
   </si>
   <si>
     <t>25mg (4mg release over a month)</t>
   </si>
   <si>
-    <t>NMRC (Namibia)</t>
+    <t>NMRC</t>
   </si>
   <si>
     <t>Namibia Medicines Regulatory Council</t>
   </si>
   <si>
     <t>NAM</t>
+  </si>
+  <si>
+    <t>Namibia</t>
   </si>
   <si>
     <t>Approved</t>
   </si>
   <si>
     <t>https://www.healio.com/news/infectious-disease/20231204/vagil-ring-for-hiv-prevention-authorized-in-11-african-countries
 chrome-extension://mhnlakgilnojmhinhkckjpncpbhabphi/pages/pdf/web/viewer.html?file=https%3A%2F%2Favac.org%2Fwp-content%2Fuploads%2F2023%2F04%2FRINGingTheBellForChoice.pdf
 chrome-extension://mhnlakgilnojmhinhkckjpncpbhabphi/pages/pdf/web/viewer.html?file=https%3A%2F%2Favac.org%2Fwp-content%2Fuploads%2F2024%2F03%2FpxWire-February2024.pdf</t>
   </si>
   <si>
-    <t>BoMRA (Botswana)</t>
+    <t>BoMRA</t>
   </si>
   <si>
     <t>Botswana Medicines Regulatory Authority</t>
   </si>
   <si>
     <t>BWA</t>
+  </si>
+  <si>
+    <t>Botswana</t>
   </si>
   <si>
     <t>https://www.healio.com/news/infectious-disease/20231204/vagil-ring-for-hiv-prevention-authorized-in-11-african-countries
 chrome-extension://mhnlakgilnojmhinhkckjpncpbhabphi/pages/pdf/web/viewer.html?file=https%3A%2F%2Favac.org%2Fwp-content%2Fuploads%2F2023%2F04%2FRINGingTheBellForChoice.pdf</t>
   </si>
   <si>
-    <t>PMRA (Malawi)</t>
+    <t>PMRA</t>
   </si>
   <si>
     <t>Pharmacy and Medicines Regulatory Authority Malawi</t>
   </si>
   <si>
     <t>SWZ</t>
+  </si>
+  <si>
+    <t>Eswatini</t>
   </si>
   <si>
     <t>https://www.healio.com/news/infectious-disease/20231204/vagil-ring-for-hiv-prevention-authorized-in-11-african-countries
 chrome-extension://mhnlakgilnojmhinhkckjpncpbhabphi/pages/pdf/web/viewer.html?file=https%3A%2F%2Favac.org%2Fwp-content%2Fuploads%2F2023%2F04%2FRINGingTheBellForChoice.pdf
 https://popcouncil.org/media/innovative-hiv-prevention-product-for-women-that-promotes-choice-dapivirine-vagil-ring-dvr-gains-momentum-across-africa/</t>
   </si>
   <si>
     <t>MMDCA</t>
   </si>
   <si>
     <t>The Medicines and Medical Devices Control Authority</t>
   </si>
   <si>
     <t>LSO</t>
   </si>
   <si>
-    <t>SAHPRA (South Africa)</t>
+    <t>Lesotho</t>
+  </si>
+  <si>
+    <t>SAHPRA</t>
   </si>
   <si>
     <t>South African Health Products Regulatory Authority</t>
   </si>
   <si>
     <t>ZAF</t>
   </si>
   <si>
+    <t>South Africa</t>
+  </si>
+  <si>
     <t>https://www.healio.com/news/infectious-disease/20231204/vagil-ring-for-hiv-prevention-authorized-in-11-african-countries</t>
   </si>
   <si>
-    <t>USFDA (United States)</t>
+    <t>USFDA</t>
   </si>
   <si>
     <t>United States Food and Drug Administration</t>
   </si>
   <si>
     <t>USA</t>
   </si>
   <si>
     <t>Withdrawn</t>
   </si>
   <si>
     <t>Awaiting approval</t>
   </si>
   <si>
     <t>https://www.ipmglobal.org/content/ipm-statement-us-food-and-drug-administration-review-dapivirine-vagil-ring</t>
   </si>
   <si>
     <t>EMA (Europe)</t>
   </si>
   <si>
     <t>European Medicines Agency</t>
   </si>
   <si>
     <t>NLD</t>
   </si>
   <si>
+    <t>Netherlands</t>
+  </si>
+  <si>
     <t>Positive_opinion</t>
   </si>
   <si>
     <t>https://www.ema.europa.eu/en/opinion-medicine-use-outside-EU/human/dapivirine-vagil-ring-25-mg#ema-inpage-item-assessment-history</t>
   </si>
   <si>
     <t>AUT</t>
   </si>
   <si>
+    <t>Austria</t>
+  </si>
+  <si>
     <t>BEL</t>
   </si>
   <si>
+    <t>Belgium</t>
+  </si>
+  <si>
     <t>BGR</t>
   </si>
   <si>
+    <t>Bulgaria</t>
+  </si>
+  <si>
     <t>HRV</t>
   </si>
   <si>
+    <t>Croatia</t>
+  </si>
+  <si>
     <t>CZE</t>
   </si>
   <si>
+    <t>Czechia</t>
+  </si>
+  <si>
     <t>DNK</t>
   </si>
   <si>
+    <t>Denmark</t>
+  </si>
+  <si>
     <t>EST</t>
   </si>
   <si>
+    <t>Estonia</t>
+  </si>
+  <si>
     <t>FIN</t>
   </si>
   <si>
+    <t>Finland</t>
+  </si>
+  <si>
     <t>FRA</t>
   </si>
   <si>
+    <t>France</t>
+  </si>
+  <si>
     <t>DEU</t>
   </si>
   <si>
+    <t>Germany</t>
+  </si>
+  <si>
     <t>GRC</t>
   </si>
   <si>
+    <t>Greece</t>
+  </si>
+  <si>
     <t>HUN</t>
   </si>
   <si>
     <t>ISL</t>
   </si>
   <si>
+    <t>Iceland</t>
+  </si>
+  <si>
     <t>IRL</t>
   </si>
   <si>
+    <t>Ireland</t>
+  </si>
+  <si>
     <t>ITA</t>
   </si>
   <si>
+    <t>Italy</t>
+  </si>
+  <si>
     <t>LVA</t>
   </si>
   <si>
+    <t>Latvia</t>
+  </si>
+  <si>
     <t>LIE</t>
   </si>
   <si>
+    <t>Liechtenstein</t>
+  </si>
+  <si>
     <t>LTU</t>
   </si>
   <si>
+    <t>Lithuania</t>
+  </si>
+  <si>
     <t>LUX</t>
   </si>
   <si>
+    <t>Luxembourg</t>
+  </si>
+  <si>
     <t>MLT</t>
   </si>
   <si>
+    <t>Malta</t>
+  </si>
+  <si>
     <t>NOR</t>
   </si>
   <si>
+    <t>Norway</t>
+  </si>
+  <si>
     <t>POL</t>
   </si>
   <si>
+    <t>Poland</t>
+  </si>
+  <si>
     <t>PRT</t>
   </si>
   <si>
+    <t>Portugal</t>
+  </si>
+  <si>
     <t>CYP</t>
   </si>
   <si>
     <t>ROU</t>
   </si>
   <si>
+    <t>Romania</t>
+  </si>
+  <si>
     <t>SVK</t>
   </si>
   <si>
+    <t>Slovakia</t>
+  </si>
+  <si>
     <t>SVN</t>
   </si>
   <si>
+    <t>Slovenia</t>
+  </si>
+  <si>
     <t>ESP</t>
   </si>
   <si>
+    <t>Spain</t>
+  </si>
+  <si>
     <t>SWE</t>
   </si>
   <si>
-    <t>MCAZ (Zimbabwe)</t>
+    <t>Sweden</t>
+  </si>
+  <si>
+    <t>MCAZ</t>
   </si>
   <si>
     <t>Medicines Control Authority of Zimbabwe</t>
   </si>
   <si>
     <t>ZWE</t>
+  </si>
+  <si>
+    <t>Zimbabwe</t>
   </si>
   <si>
     <t>https://www.healio.com/news/infectious-disease/20231204/vaginal-ring-for-hiv-prevention-authorized-in-11-african-countries
 https://healthtimes.co.zw/2021/07/14/breaking-dapivirine-vagil-ring-approved-for-use-in-zimbabwe/
 https://www.aidsmap.com/news/may-2023/dapivirine-vagil-ring-shows-comparable-hiv-risk-rate-oral-prep</t>
   </si>
   <si>
-    <t>RFDA (Rwanda)</t>
+    <t>RFDA</t>
   </si>
   <si>
     <t>Rwanda Food and Drugs Authority</t>
   </si>
   <si>
     <t>RWA</t>
   </si>
   <si>
+    <t>Rwanda</t>
+  </si>
+  <si>
     <t>https://rwandafda.gov.rw/human-medicinal-products-register/</t>
   </si>
   <si>
-    <t>NDA (Uganda)</t>
+    <t>NDA</t>
   </si>
   <si>
     <t>National Drug Authority</t>
   </si>
   <si>
     <t>UGA</t>
   </si>
   <si>
+    <t>Uganda</t>
+  </si>
+  <si>
     <t>MWI</t>
   </si>
   <si>
-    <t>TMDA (Tanzania)</t>
+    <t>Malawi</t>
+  </si>
+  <si>
+    <t>TMDA</t>
   </si>
   <si>
     <t>Tanzania Medicines and Medical Devices Authority</t>
   </si>
   <si>
     <t>TZA</t>
+  </si>
+  <si>
+    <t>Tanzania, United Republic of</t>
   </si>
   <si>
     <t>Under appeal</t>
   </si>
   <si>
     <t>https://www.ncbi.nlm.nih.gov/pmc/articles/PMC8074434/#:~:text=Currently%2C%20Gilead's%20oral%20PrEP%20pill,pending%20regulatory%20approval%20%5B28%5D.
 https://avac.org/resource/infographic/access-to-the-dapivirine-vagil-ring-a-timeline-on-progress-2/
 chrome-extension://mhnlakgilnojmhinhkckjpncpbhabphi/pages/pdf/web/viewer.html?file=https%3A%2F%2Ffrontlineaids.org%2Fwp-content%2Fuploads%2F2023%2F11%2FTanzania-Shadow-Report_DIGITALMASTER.pdf
 https://www.prepwatch.org/countries/tanzania/
 chrome-extension://mhnlakgilnojmhinhkckjpncpbhabphi/pages/pdf/web/viewer.html?file=https%3A%2F%2Favac.org%2Fwp-content%2Fuploads%2F2023%2F04%2FRINGingTheBellForChoice.pdf</t>
   </si>
   <si>
-    <t>PPB (Kenya)</t>
+    <t>PPB</t>
   </si>
   <si>
     <t>Pharmacy and Poisons Board</t>
   </si>
   <si>
     <t>KEN</t>
   </si>
   <si>
-    <t>NAFDAC (Nigeria)</t>
+    <t>Kenya</t>
+  </si>
+  <si>
+    <t>NAFDAC</t>
   </si>
   <si>
     <t>National Agency for Food and Drug Administration and Control</t>
   </si>
   <si>
     <t>NGA</t>
   </si>
   <si>
+    <t>Nigeria</t>
+  </si>
+  <si>
     <t>Submitted</t>
   </si>
   <si>
     <t>https://www.prepwatch.org/countries/nigeria/</t>
   </si>
   <si>
-    <t>ZAMRA (Zambia)</t>
+    <t>ZAMRA</t>
   </si>
   <si>
     <t>Zambia Medicines Regulatory Authority</t>
   </si>
   <si>
     <t>ZMB</t>
   </si>
   <si>
-    <t>EFDA (Ethiopia)</t>
+    <t>Zambia</t>
+  </si>
+  <si>
+    <t>EFDA</t>
   </si>
   <si>
     <t>Ethiopian Food and Drug Authority</t>
   </si>
   <si>
     <t>ETH</t>
   </si>
   <si>
+    <t>Ethiopia</t>
+  </si>
+  <si>
     <t>https://www.prepwatch.org/wp-content/uploads/2024/11/PrEP-Ring-EMAV-Launch_October-30-2024.pdf</t>
   </si>
   <si>
-    <t>ANARME (Mozambique)</t>
+    <t>ANARME</t>
   </si>
   <si>
     <t>Autoridade Nacional Reguladora de Medicamento</t>
   </si>
   <si>
     <t>MOZ</t>
   </si>
   <si>
-    <t>FDA Ghana (Ghana)</t>
+    <t>Mozambique</t>
+  </si>
+  <si>
+    <t>FDA Ghana</t>
   </si>
   <si>
     <t>Food and Drugs Authority Ghana</t>
   </si>
   <si>
     <t>GHA</t>
+  </si>
+  <si>
+    <t>Ghana</t>
   </si>
   <si>
     <t>Illustration URL</t>
   </si>
   <si>
     <t>Credit</t>
   </si>
   <si>
     <t>https://lapal.medicinespatentpool.org/storage/illustrations/DUpg232P2JndcOgYTUcc0599rtNFOALNhIX3FbPB.png</t>
   </si>
   <si>
     <t>Dapivirine Vaginal Ring (DapiRing) - (1)</t>
   </si>
   <si>
     <t>https://lapal.medicinespatentpool.org/storage/illustrations/aP6tBh9mgSWtc9Z6FPwR1gKz7paTDSsLg9NJA9FH.png</t>
   </si>
   <si>
     <t>Dapivirine Vaginal Ring (DapiRing) - (2)</t>
   </si>
   <si>
     <t>Document</t>
   </si>
   <si>
     <t>Ring resources</t>
   </si>
@@ -2407,245 +2542,245 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F4"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>483</v>
+        <v>528</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>484</v>
+        <v>529</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>485</v>
+        <v>530</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>486</v>
+        <v>531</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>487</v>
+        <v>532</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>488</v>
+        <v>533</v>
       </c>
       <c r="C2" t="s">
-        <v>489</v>
+        <v>534</v>
       </c>
       <c r="D2" t="s">
-        <v>490</v>
+        <v>535</v>
       </c>
       <c r="E2" t="s">
-        <v>491</v>
+        <v>536</v>
       </c>
       <c r="F2" t="s">
-        <v>492</v>
+        <v>537</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>493</v>
+        <v>538</v>
       </c>
       <c r="C3" t="s">
-        <v>489</v>
+        <v>534</v>
       </c>
       <c r="D3" t="s">
-        <v>494</v>
+        <v>539</v>
       </c>
       <c r="E3" t="s">
-        <v>495</v>
+        <v>540</v>
       </c>
       <c r="F3" t="s">
-        <v>496</v>
+        <v>541</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C4"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>151</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>485</v>
+        <v>530</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>497</v>
+        <v>542</v>
       </c>
       <c r="C2" t="s">
-        <v>498</v>
+        <v>543</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>499</v>
+        <v>544</v>
       </c>
       <c r="C3" t="s">
-        <v>500</v>
+        <v>545</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>501</v>
+        <v>546</v>
       </c>
       <c r="C4" t="s">
-        <v>502</v>
+        <v>547</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>151</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>485</v>
+        <v>530</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>503</v>
+        <v>548</v>
       </c>
       <c r="C2" t="s">
-        <v>504</v>
+        <v>549</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I2"/>
   <sheetViews>
@@ -4263,2250 +4398,2395 @@
     <hyperlink ref="E3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="E4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="E5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="E6" r:id="rId_hyperlink_5"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O48"/>
+  <dimension ref="A1:P48"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:O1"/>
+      <selection activeCell="A1" sqref="A1:P1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
+    <col min="16" max="16" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15">
+    <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>342</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>344</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>345</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>346</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>347</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>348</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>349</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>350</v>
       </c>
-      <c r="K1" s="5" t="s">
+      <c r="K1" s="2" t="s">
         <v>351</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>352</v>
       </c>
-      <c r="M1" s="2" t="s">
+      <c r="M1" s="5" t="s">
         <v>353</v>
       </c>
       <c r="N1" s="2" t="s">
         <v>354</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>355</v>
       </c>
-    </row>
-    <row r="2" spans="1:15">
+      <c r="P1" s="2" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C2" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D2" t="s">
         <v>222</v>
       </c>
       <c r="E2" t="s">
         <v>62</v>
       </c>
       <c r="F2" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G2" t="s">
         <v>47</v>
       </c>
       <c r="H2" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="I2" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="J2" t="s">
-        <v>361</v>
-[...1 lines deleted...]
-      <c r="K2" s="4" t="s">
         <v>362</v>
       </c>
-      <c r="L2" s="4">
+      <c r="K2" t="s">
+        <v>363</v>
+      </c>
+      <c r="L2" s="4" t="s">
+        <v>364</v>
+      </c>
+      <c r="M2" s="4">
         <v>44440.0</v>
       </c>
-      <c r="M2">
+      <c r="N2">
         <v>45170.0</v>
       </c>
-      <c r="N2" t="s">
-[...3 lines deleted...]
-    <row r="3" spans="1:15">
+      <c r="O2" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C3" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D3" t="s">
         <v>222</v>
       </c>
       <c r="E3" t="s">
         <v>62</v>
       </c>
       <c r="F3" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G3" t="s">
         <v>47</v>
       </c>
       <c r="H3" t="s">
+        <v>366</v>
+      </c>
+      <c r="I3" t="s">
+        <v>367</v>
+      </c>
+      <c r="J3" t="s">
+        <v>368</v>
+      </c>
+      <c r="K3" t="s">
+        <v>369</v>
+      </c>
+      <c r="L3" s="4" t="s">
         <v>364</v>
       </c>
-      <c r="I3" t="s">
-[...8 lines deleted...]
-      <c r="L3" s="4">
+      <c r="M3" s="4">
         <v>44447.0</v>
       </c>
-      <c r="M3">
+      <c r="N3">
         <v>44903.0</v>
       </c>
-      <c r="N3" t="s">
-[...3 lines deleted...]
-    <row r="4" spans="1:15">
+      <c r="O3" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C4" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D4" t="s">
         <v>222</v>
       </c>
       <c r="E4" t="s">
         <v>62</v>
       </c>
       <c r="F4" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G4" t="s">
         <v>47</v>
       </c>
       <c r="H4" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="I4" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="J4" t="s">
-        <v>370</v>
-[...5 lines deleted...]
-      <c r="M4">
+        <v>373</v>
+      </c>
+      <c r="K4" t="s">
+        <v>374</v>
+      </c>
+      <c r="L4" s="4" t="s">
+        <v>364</v>
+      </c>
+      <c r="M4" s="4"/>
+      <c r="N4">
         <v>44562.0</v>
       </c>
-      <c r="N4" t="s">
-[...3 lines deleted...]
-    <row r="5" spans="1:15">
+      <c r="O4" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C5" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D5" t="s">
         <v>222</v>
       </c>
       <c r="E5" t="s">
         <v>62</v>
       </c>
       <c r="F5" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G5" t="s">
         <v>47</v>
       </c>
       <c r="H5" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="I5" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="J5" t="s">
-        <v>374</v>
-[...5 lines deleted...]
-      <c r="M5">
+        <v>378</v>
+      </c>
+      <c r="K5" t="s">
+        <v>379</v>
+      </c>
+      <c r="L5" s="4" t="s">
+        <v>364</v>
+      </c>
+      <c r="M5" s="4"/>
+      <c r="N5">
         <v>44562.0</v>
       </c>
-      <c r="N5" t="s">
-[...3 lines deleted...]
-    <row r="6" spans="1:15">
+      <c r="O5" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>44</v>
       </c>
       <c r="B6" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C6" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D6" t="s">
         <v>222</v>
       </c>
       <c r="E6" t="s">
         <v>62</v>
       </c>
       <c r="F6" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G6" t="s">
         <v>47</v>
       </c>
       <c r="H6" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
       <c r="I6" t="s">
-        <v>376</v>
+        <v>381</v>
       </c>
       <c r="J6" t="s">
-        <v>377</v>
-[...4 lines deleted...]
-      <c r="L6" s="4">
+        <v>382</v>
+      </c>
+      <c r="K6" t="s">
+        <v>383</v>
+      </c>
+      <c r="L6" s="4" t="s">
+        <v>364</v>
+      </c>
+      <c r="M6" s="4">
         <v>44159.0</v>
       </c>
-      <c r="M6">
+      <c r="N6">
         <v>44628.0</v>
       </c>
-      <c r="N6" t="s">
-[...3 lines deleted...]
-    <row r="7" spans="1:15">
+      <c r="O6" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>44</v>
       </c>
       <c r="B7" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C7" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D7" t="s">
         <v>222</v>
       </c>
       <c r="E7" t="s">
         <v>62</v>
       </c>
       <c r="F7" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G7" t="s">
         <v>47</v>
       </c>
       <c r="H7" t="s">
-        <v>379</v>
+        <v>385</v>
       </c>
       <c r="I7" t="s">
-        <v>380</v>
+        <v>386</v>
       </c>
       <c r="J7" t="s">
-        <v>381</v>
-[...4 lines deleted...]
-      <c r="L7" s="4">
+        <v>387</v>
+      </c>
+      <c r="K7" t="s">
+        <v>119</v>
+      </c>
+      <c r="L7" s="4" t="s">
+        <v>388</v>
+      </c>
+      <c r="M7" s="4">
         <v>44166.0</v>
       </c>
-      <c r="M7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N7" t="s">
-        <v>384</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:15">
+        <v>389</v>
+      </c>
+      <c r="O7" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>44</v>
       </c>
       <c r="B8" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C8" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D8" t="s">
         <v>222</v>
       </c>
       <c r="E8" t="s">
         <v>62</v>
       </c>
       <c r="F8" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G8" t="s">
         <v>47</v>
       </c>
       <c r="H8" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="I8" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="J8" t="s">
-        <v>387</v>
-[...4 lines deleted...]
-      <c r="L8" s="4">
+        <v>393</v>
+      </c>
+      <c r="K8" t="s">
+        <v>394</v>
+      </c>
+      <c r="L8" s="4" t="s">
+        <v>395</v>
+      </c>
+      <c r="M8" s="4">
         <v>44174.0</v>
       </c>
-      <c r="M8">
+      <c r="N8">
         <v>45352.0</v>
       </c>
-      <c r="N8" t="s">
-[...3 lines deleted...]
-    <row r="9" spans="1:15">
+      <c r="O8" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>44</v>
       </c>
       <c r="B9" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C9" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D9" t="s">
         <v>222</v>
       </c>
       <c r="E9" t="s">
         <v>62</v>
       </c>
       <c r="F9" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G9" t="s">
         <v>47</v>
       </c>
       <c r="H9" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="I9" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="J9" t="s">
-        <v>390</v>
-[...4 lines deleted...]
-      <c r="L9" s="4">
+        <v>397</v>
+      </c>
+      <c r="K9" t="s">
+        <v>398</v>
+      </c>
+      <c r="L9" s="4" t="s">
+        <v>395</v>
+      </c>
+      <c r="M9" s="4">
         <v>44174.0</v>
       </c>
-      <c r="M9">
+      <c r="N9">
         <v>45352.0</v>
       </c>
-      <c r="N9" t="s">
-[...3 lines deleted...]
-    <row r="10" spans="1:15">
+      <c r="O9" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>44</v>
       </c>
       <c r="B10" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C10" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D10" t="s">
         <v>222</v>
       </c>
       <c r="E10" t="s">
         <v>62</v>
       </c>
       <c r="F10" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G10" t="s">
         <v>47</v>
       </c>
       <c r="H10" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="I10" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="J10" t="s">
-        <v>391</v>
-[...4 lines deleted...]
-      <c r="L10" s="4">
+        <v>399</v>
+      </c>
+      <c r="K10" t="s">
+        <v>400</v>
+      </c>
+      <c r="L10" s="4" t="s">
+        <v>395</v>
+      </c>
+      <c r="M10" s="4">
         <v>44174.0</v>
       </c>
-      <c r="M10">
+      <c r="N10">
         <v>45352.0</v>
       </c>
-      <c r="N10" t="s">
-[...3 lines deleted...]
-    <row r="11" spans="1:15">
+      <c r="O10" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>44</v>
       </c>
       <c r="B11" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C11" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D11" t="s">
         <v>222</v>
       </c>
       <c r="E11" t="s">
         <v>62</v>
       </c>
       <c r="F11" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G11" t="s">
         <v>47</v>
       </c>
       <c r="H11" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="I11" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="J11" t="s">
-        <v>392</v>
-[...4 lines deleted...]
-      <c r="L11" s="4">
+        <v>401</v>
+      </c>
+      <c r="K11" t="s">
+        <v>402</v>
+      </c>
+      <c r="L11" s="4" t="s">
+        <v>395</v>
+      </c>
+      <c r="M11" s="4">
         <v>44174.0</v>
       </c>
-      <c r="M11">
+      <c r="N11">
         <v>45352.0</v>
       </c>
-      <c r="N11" t="s">
-[...3 lines deleted...]
-    <row r="12" spans="1:15">
+      <c r="O11" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>44</v>
       </c>
       <c r="B12" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C12" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D12" t="s">
         <v>222</v>
       </c>
       <c r="E12" t="s">
         <v>62</v>
       </c>
       <c r="F12" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G12" t="s">
         <v>47</v>
       </c>
       <c r="H12" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="I12" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="J12" t="s">
-        <v>393</v>
-[...4 lines deleted...]
-      <c r="L12" s="4">
+        <v>403</v>
+      </c>
+      <c r="K12" t="s">
+        <v>404</v>
+      </c>
+      <c r="L12" s="4" t="s">
+        <v>395</v>
+      </c>
+      <c r="M12" s="4">
         <v>44174.0</v>
       </c>
-      <c r="M12">
+      <c r="N12">
         <v>45352.0</v>
       </c>
-      <c r="N12" t="s">
-[...3 lines deleted...]
-    <row r="13" spans="1:15">
+      <c r="O12" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>44</v>
       </c>
       <c r="B13" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C13" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D13" t="s">
         <v>222</v>
       </c>
       <c r="E13" t="s">
         <v>62</v>
       </c>
       <c r="F13" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G13" t="s">
         <v>47</v>
       </c>
       <c r="H13" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="I13" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="J13" t="s">
-        <v>394</v>
-[...4 lines deleted...]
-      <c r="L13" s="4">
+        <v>405</v>
+      </c>
+      <c r="K13" t="s">
+        <v>406</v>
+      </c>
+      <c r="L13" s="4" t="s">
+        <v>395</v>
+      </c>
+      <c r="M13" s="4">
         <v>44174.0</v>
       </c>
-      <c r="M13">
+      <c r="N13">
         <v>45352.0</v>
       </c>
-      <c r="N13" t="s">
-[...3 lines deleted...]
-    <row r="14" spans="1:15">
+      <c r="O13" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>44</v>
       </c>
       <c r="B14" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C14" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D14" t="s">
         <v>222</v>
       </c>
       <c r="E14" t="s">
         <v>62</v>
       </c>
       <c r="F14" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G14" t="s">
         <v>47</v>
       </c>
       <c r="H14" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="I14" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="J14" t="s">
+        <v>407</v>
+      </c>
+      <c r="K14" t="s">
+        <v>408</v>
+      </c>
+      <c r="L14" s="4" t="s">
         <v>395</v>
       </c>
-      <c r="K14" s="4" t="s">
-[...2 lines deleted...]
-      <c r="L14" s="4">
+      <c r="M14" s="4">
         <v>44174.0</v>
       </c>
-      <c r="M14">
+      <c r="N14">
         <v>45352.0</v>
       </c>
-      <c r="N14" t="s">
-[...3 lines deleted...]
-    <row r="15" spans="1:15">
+      <c r="O14" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>44</v>
       </c>
       <c r="B15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C15" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D15" t="s">
         <v>222</v>
       </c>
       <c r="E15" t="s">
         <v>62</v>
       </c>
       <c r="F15" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G15" t="s">
         <v>47</v>
       </c>
       <c r="H15" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="I15" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="J15" t="s">
+        <v>409</v>
+      </c>
+      <c r="K15" t="s">
+        <v>410</v>
+      </c>
+      <c r="L15" s="4" t="s">
+        <v>395</v>
+      </c>
+      <c r="M15" s="4">
+        <v>44174.0</v>
+      </c>
+      <c r="N15">
+        <v>45352.0</v>
+      </c>
+      <c r="O15" t="s">
         <v>396</v>
       </c>
-      <c r="K15" s="4" t="s">
-[...12 lines deleted...]
-    <row r="16" spans="1:15">
+    </row>
+    <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>44</v>
       </c>
       <c r="B16" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C16" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D16" t="s">
         <v>222</v>
       </c>
       <c r="E16" t="s">
         <v>62</v>
       </c>
       <c r="F16" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G16" t="s">
         <v>47</v>
       </c>
       <c r="H16" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="I16" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="J16" t="s">
-        <v>397</v>
-[...4 lines deleted...]
-      <c r="L16" s="4">
+        <v>411</v>
+      </c>
+      <c r="K16" t="s">
+        <v>412</v>
+      </c>
+      <c r="L16" s="4" t="s">
+        <v>395</v>
+      </c>
+      <c r="M16" s="4">
         <v>44174.0</v>
       </c>
-      <c r="M16">
+      <c r="N16">
         <v>45352.0</v>
       </c>
-      <c r="N16" t="s">
-[...3 lines deleted...]
-    <row r="17" spans="1:15">
+      <c r="O16" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>44</v>
       </c>
       <c r="B17" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C17" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D17" t="s">
         <v>222</v>
       </c>
       <c r="E17" t="s">
         <v>62</v>
       </c>
       <c r="F17" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G17" t="s">
         <v>47</v>
       </c>
       <c r="H17" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="I17" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="J17" t="s">
-        <v>398</v>
-[...4 lines deleted...]
-      <c r="L17" s="4">
+        <v>413</v>
+      </c>
+      <c r="K17" t="s">
+        <v>414</v>
+      </c>
+      <c r="L17" s="4" t="s">
+        <v>395</v>
+      </c>
+      <c r="M17" s="4">
         <v>44174.0</v>
       </c>
-      <c r="M17">
+      <c r="N17">
         <v>45352.0</v>
       </c>
-      <c r="N17" t="s">
-[...3 lines deleted...]
-    <row r="18" spans="1:15">
+      <c r="O17" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>44</v>
       </c>
       <c r="B18" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C18" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D18" t="s">
         <v>222</v>
       </c>
       <c r="E18" t="s">
         <v>62</v>
       </c>
       <c r="F18" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G18" t="s">
         <v>47</v>
       </c>
       <c r="H18" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="I18" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="J18" t="s">
-        <v>399</v>
-[...4 lines deleted...]
-      <c r="L18" s="4">
+        <v>415</v>
+      </c>
+      <c r="K18" t="s">
+        <v>416</v>
+      </c>
+      <c r="L18" s="4" t="s">
+        <v>395</v>
+      </c>
+      <c r="M18" s="4">
         <v>44174.0</v>
       </c>
-      <c r="M18">
+      <c r="N18">
         <v>45352.0</v>
       </c>
-      <c r="N18" t="s">
-[...3 lines deleted...]
-    <row r="19" spans="1:15">
+      <c r="O18" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>44</v>
       </c>
       <c r="B19" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C19" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D19" t="s">
         <v>222</v>
       </c>
       <c r="E19" t="s">
         <v>62</v>
       </c>
       <c r="F19" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G19" t="s">
         <v>47</v>
       </c>
       <c r="H19" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="I19" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="J19" t="s">
-        <v>400</v>
-[...4 lines deleted...]
-      <c r="L19" s="4">
+        <v>417</v>
+      </c>
+      <c r="K19" t="s">
+        <v>418</v>
+      </c>
+      <c r="L19" s="4" t="s">
+        <v>395</v>
+      </c>
+      <c r="M19" s="4">
         <v>44174.0</v>
       </c>
-      <c r="M19">
+      <c r="N19">
         <v>45352.0</v>
       </c>
-      <c r="N19" t="s">
-[...3 lines deleted...]
-    <row r="20" spans="1:15">
+      <c r="O19" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>44</v>
       </c>
       <c r="B20" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C20" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D20" t="s">
         <v>222</v>
       </c>
       <c r="E20" t="s">
         <v>62</v>
       </c>
       <c r="F20" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G20" t="s">
         <v>47</v>
       </c>
       <c r="H20" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="I20" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="J20" t="s">
-        <v>401</v>
-[...4 lines deleted...]
-      <c r="L20" s="4">
+        <v>419</v>
+      </c>
+      <c r="K20" t="s">
+        <v>120</v>
+      </c>
+      <c r="L20" s="4" t="s">
+        <v>395</v>
+      </c>
+      <c r="M20" s="4">
         <v>44174.0</v>
       </c>
-      <c r="M20">
+      <c r="N20">
         <v>45352.0</v>
       </c>
-      <c r="N20" t="s">
-[...3 lines deleted...]
-    <row r="21" spans="1:15">
+      <c r="O20" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>44</v>
       </c>
       <c r="B21" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C21" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D21" t="s">
         <v>222</v>
       </c>
       <c r="E21" t="s">
         <v>62</v>
       </c>
       <c r="F21" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G21" t="s">
         <v>47</v>
       </c>
       <c r="H21" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="I21" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="J21" t="s">
-        <v>402</v>
-[...4 lines deleted...]
-      <c r="L21" s="4">
+        <v>420</v>
+      </c>
+      <c r="K21" t="s">
+        <v>421</v>
+      </c>
+      <c r="L21" s="4" t="s">
+        <v>395</v>
+      </c>
+      <c r="M21" s="4">
         <v>44174.0</v>
       </c>
-      <c r="M21">
+      <c r="N21">
         <v>45352.0</v>
       </c>
-      <c r="N21" t="s">
-[...3 lines deleted...]
-    <row r="22" spans="1:15">
+      <c r="O21" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>44</v>
       </c>
       <c r="B22" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C22" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D22" t="s">
         <v>222</v>
       </c>
       <c r="E22" t="s">
         <v>62</v>
       </c>
       <c r="F22" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G22" t="s">
         <v>47</v>
       </c>
       <c r="H22" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="I22" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="J22" t="s">
-        <v>403</v>
-[...4 lines deleted...]
-      <c r="L22" s="4">
+        <v>422</v>
+      </c>
+      <c r="K22" t="s">
+        <v>423</v>
+      </c>
+      <c r="L22" s="4" t="s">
+        <v>395</v>
+      </c>
+      <c r="M22" s="4">
         <v>44174.0</v>
       </c>
-      <c r="M22">
+      <c r="N22">
         <v>45352.0</v>
       </c>
-      <c r="N22" t="s">
-[...3 lines deleted...]
-    <row r="23" spans="1:15">
+      <c r="O22" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>44</v>
       </c>
       <c r="B23" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C23" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D23" t="s">
         <v>222</v>
       </c>
       <c r="E23" t="s">
         <v>62</v>
       </c>
       <c r="F23" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G23" t="s">
         <v>47</v>
       </c>
       <c r="H23" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="I23" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="J23" t="s">
-        <v>404</v>
-[...4 lines deleted...]
-      <c r="L23" s="4">
+        <v>424</v>
+      </c>
+      <c r="K23" t="s">
+        <v>425</v>
+      </c>
+      <c r="L23" s="4" t="s">
+        <v>395</v>
+      </c>
+      <c r="M23" s="4">
         <v>44174.0</v>
       </c>
-      <c r="M23">
+      <c r="N23">
         <v>45352.0</v>
       </c>
-      <c r="N23" t="s">
-[...3 lines deleted...]
-    <row r="24" spans="1:15">
+      <c r="O23" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
       <c r="A24" t="s">
         <v>44</v>
       </c>
       <c r="B24" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C24" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D24" t="s">
         <v>222</v>
       </c>
       <c r="E24" t="s">
         <v>62</v>
       </c>
       <c r="F24" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G24" t="s">
         <v>47</v>
       </c>
       <c r="H24" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="I24" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="J24" t="s">
-        <v>405</v>
-[...4 lines deleted...]
-      <c r="L24" s="4">
+        <v>426</v>
+      </c>
+      <c r="K24" t="s">
+        <v>427</v>
+      </c>
+      <c r="L24" s="4" t="s">
+        <v>395</v>
+      </c>
+      <c r="M24" s="4">
         <v>44174.0</v>
       </c>
-      <c r="M24">
+      <c r="N24">
         <v>45352.0</v>
       </c>
-      <c r="N24" t="s">
-[...3 lines deleted...]
-    <row r="25" spans="1:15">
+      <c r="O24" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>44</v>
       </c>
       <c r="B25" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C25" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D25" t="s">
         <v>222</v>
       </c>
       <c r="E25" t="s">
         <v>62</v>
       </c>
       <c r="F25" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G25" t="s">
         <v>47</v>
       </c>
       <c r="H25" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="I25" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="J25" t="s">
-        <v>406</v>
-[...4 lines deleted...]
-      <c r="L25" s="4">
+        <v>428</v>
+      </c>
+      <c r="K25" t="s">
+        <v>429</v>
+      </c>
+      <c r="L25" s="4" t="s">
+        <v>395</v>
+      </c>
+      <c r="M25" s="4">
         <v>44174.0</v>
       </c>
-      <c r="M25">
+      <c r="N25">
         <v>45352.0</v>
       </c>
-      <c r="N25" t="s">
-[...3 lines deleted...]
-    <row r="26" spans="1:15">
+      <c r="O25" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>44</v>
       </c>
       <c r="B26" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C26" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D26" t="s">
         <v>222</v>
       </c>
       <c r="E26" t="s">
         <v>62</v>
       </c>
       <c r="F26" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G26" t="s">
         <v>47</v>
       </c>
       <c r="H26" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="I26" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="J26" t="s">
-        <v>407</v>
-[...4 lines deleted...]
-      <c r="L26" s="4">
+        <v>430</v>
+      </c>
+      <c r="K26" t="s">
+        <v>431</v>
+      </c>
+      <c r="L26" s="4" t="s">
+        <v>395</v>
+      </c>
+      <c r="M26" s="4">
         <v>44174.0</v>
       </c>
-      <c r="M26">
+      <c r="N26">
         <v>45352.0</v>
       </c>
-      <c r="N26" t="s">
-[...3 lines deleted...]
-    <row r="27" spans="1:15">
+      <c r="O26" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
       <c r="A27" t="s">
         <v>44</v>
       </c>
       <c r="B27" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C27" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D27" t="s">
         <v>222</v>
       </c>
       <c r="E27" t="s">
         <v>62</v>
       </c>
       <c r="F27" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G27" t="s">
         <v>47</v>
       </c>
       <c r="H27" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="I27" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="J27" t="s">
-        <v>408</v>
-[...4 lines deleted...]
-      <c r="L27" s="4">
+        <v>432</v>
+      </c>
+      <c r="K27" t="s">
+        <v>433</v>
+      </c>
+      <c r="L27" s="4" t="s">
+        <v>395</v>
+      </c>
+      <c r="M27" s="4">
         <v>44174.0</v>
       </c>
-      <c r="M27">
+      <c r="N27">
         <v>45352.0</v>
       </c>
-      <c r="N27" t="s">
-[...3 lines deleted...]
-    <row r="28" spans="1:15">
+      <c r="O27" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
       <c r="A28" t="s">
         <v>44</v>
       </c>
       <c r="B28" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C28" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D28" t="s">
         <v>222</v>
       </c>
       <c r="E28" t="s">
         <v>62</v>
       </c>
       <c r="F28" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G28" t="s">
         <v>47</v>
       </c>
       <c r="H28" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="I28" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="J28" t="s">
-        <v>409</v>
-[...4 lines deleted...]
-      <c r="L28" s="4">
+        <v>434</v>
+      </c>
+      <c r="K28" t="s">
+        <v>435</v>
+      </c>
+      <c r="L28" s="4" t="s">
+        <v>395</v>
+      </c>
+      <c r="M28" s="4">
         <v>44174.0</v>
       </c>
-      <c r="M28">
+      <c r="N28">
         <v>45352.0</v>
       </c>
-      <c r="N28" t="s">
-[...3 lines deleted...]
-    <row r="29" spans="1:15">
+      <c r="O28" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>44</v>
       </c>
       <c r="B29" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C29" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D29" t="s">
         <v>222</v>
       </c>
       <c r="E29" t="s">
         <v>62</v>
       </c>
       <c r="F29" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G29" t="s">
         <v>47</v>
       </c>
       <c r="H29" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="I29" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="J29" t="s">
-        <v>410</v>
-[...4 lines deleted...]
-      <c r="L29" s="4">
+        <v>436</v>
+      </c>
+      <c r="K29" t="s">
+        <v>437</v>
+      </c>
+      <c r="L29" s="4" t="s">
+        <v>395</v>
+      </c>
+      <c r="M29" s="4">
         <v>44174.0</v>
       </c>
-      <c r="M29">
+      <c r="N29">
         <v>45352.0</v>
       </c>
-      <c r="N29" t="s">
-[...3 lines deleted...]
-    <row r="30" spans="1:15">
+      <c r="O29" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>44</v>
       </c>
       <c r="B30" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C30" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D30" t="s">
         <v>222</v>
       </c>
       <c r="E30" t="s">
         <v>62</v>
       </c>
       <c r="F30" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G30" t="s">
         <v>47</v>
       </c>
       <c r="H30" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="I30" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="J30" t="s">
-        <v>411</v>
-[...4 lines deleted...]
-      <c r="L30" s="4">
+        <v>438</v>
+      </c>
+      <c r="K30" t="s">
+        <v>439</v>
+      </c>
+      <c r="L30" s="4" t="s">
+        <v>395</v>
+      </c>
+      <c r="M30" s="4">
         <v>44174.0</v>
       </c>
-      <c r="M30">
+      <c r="N30">
         <v>45352.0</v>
       </c>
-      <c r="N30" t="s">
-[...3 lines deleted...]
-    <row r="31" spans="1:15">
+      <c r="O30" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
       <c r="A31" t="s">
         <v>44</v>
       </c>
       <c r="B31" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C31" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D31" t="s">
         <v>222</v>
       </c>
       <c r="E31" t="s">
         <v>62</v>
       </c>
       <c r="F31" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G31" t="s">
         <v>47</v>
       </c>
       <c r="H31" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="I31" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="J31" t="s">
-        <v>412</v>
-[...4 lines deleted...]
-      <c r="L31" s="4">
+        <v>440</v>
+      </c>
+      <c r="K31" t="s">
+        <v>441</v>
+      </c>
+      <c r="L31" s="4" t="s">
+        <v>395</v>
+      </c>
+      <c r="M31" s="4">
         <v>44174.0</v>
       </c>
-      <c r="M31">
+      <c r="N31">
         <v>45352.0</v>
       </c>
-      <c r="N31" t="s">
-[...3 lines deleted...]
-    <row r="32" spans="1:15">
+      <c r="O31" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
       <c r="A32" t="s">
         <v>44</v>
       </c>
       <c r="B32" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C32" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D32" t="s">
         <v>222</v>
       </c>
       <c r="E32" t="s">
         <v>62</v>
       </c>
       <c r="F32" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G32" t="s">
         <v>47</v>
       </c>
       <c r="H32" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="I32" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="J32" t="s">
-        <v>413</v>
-[...4 lines deleted...]
-      <c r="L32" s="4">
+        <v>442</v>
+      </c>
+      <c r="K32" t="s">
+        <v>130</v>
+      </c>
+      <c r="L32" s="4" t="s">
+        <v>395</v>
+      </c>
+      <c r="M32" s="4">
         <v>44174.0</v>
       </c>
-      <c r="M32">
+      <c r="N32">
         <v>45352.0</v>
       </c>
-      <c r="N32" t="s">
-[...3 lines deleted...]
-    <row r="33" spans="1:15">
+      <c r="O32" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
       <c r="A33" t="s">
         <v>44</v>
       </c>
       <c r="B33" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C33" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D33" t="s">
         <v>222</v>
       </c>
       <c r="E33" t="s">
         <v>62</v>
       </c>
       <c r="F33" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G33" t="s">
         <v>47</v>
       </c>
       <c r="H33" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="I33" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="J33" t="s">
-        <v>414</v>
-[...4 lines deleted...]
-      <c r="L33" s="4">
+        <v>443</v>
+      </c>
+      <c r="K33" t="s">
+        <v>444</v>
+      </c>
+      <c r="L33" s="4" t="s">
+        <v>395</v>
+      </c>
+      <c r="M33" s="4">
         <v>44174.0</v>
       </c>
-      <c r="M33">
+      <c r="N33">
         <v>45352.0</v>
       </c>
-      <c r="N33" t="s">
-[...3 lines deleted...]
-    <row r="34" spans="1:15">
+      <c r="O33" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>44</v>
       </c>
       <c r="B34" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C34" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D34" t="s">
         <v>222</v>
       </c>
       <c r="E34" t="s">
         <v>62</v>
       </c>
       <c r="F34" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G34" t="s">
         <v>47</v>
       </c>
       <c r="H34" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="I34" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="J34" t="s">
-        <v>415</v>
-[...4 lines deleted...]
-      <c r="L34" s="4">
+        <v>445</v>
+      </c>
+      <c r="K34" t="s">
+        <v>446</v>
+      </c>
+      <c r="L34" s="4" t="s">
+        <v>395</v>
+      </c>
+      <c r="M34" s="4">
         <v>44174.0</v>
       </c>
-      <c r="M34">
+      <c r="N34">
         <v>45352.0</v>
       </c>
-      <c r="N34" t="s">
-[...3 lines deleted...]
-    <row r="35" spans="1:15">
+      <c r="O34" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
       <c r="A35" t="s">
         <v>44</v>
       </c>
       <c r="B35" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C35" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D35" t="s">
         <v>222</v>
       </c>
       <c r="E35" t="s">
         <v>62</v>
       </c>
       <c r="F35" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G35" t="s">
         <v>47</v>
       </c>
       <c r="H35" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="I35" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="J35" t="s">
-        <v>416</v>
-[...4 lines deleted...]
-      <c r="L35" s="4">
+        <v>447</v>
+      </c>
+      <c r="K35" t="s">
+        <v>448</v>
+      </c>
+      <c r="L35" s="4" t="s">
+        <v>395</v>
+      </c>
+      <c r="M35" s="4">
         <v>44174.0</v>
       </c>
-      <c r="M35">
+      <c r="N35">
         <v>45352.0</v>
       </c>
-      <c r="N35" t="s">
-[...3 lines deleted...]
-    <row r="36" spans="1:15">
+      <c r="O35" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
       <c r="A36" t="s">
         <v>44</v>
       </c>
       <c r="B36" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C36" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D36" t="s">
         <v>222</v>
       </c>
       <c r="E36" t="s">
         <v>62</v>
       </c>
       <c r="F36" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G36" t="s">
         <v>47</v>
       </c>
       <c r="H36" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="I36" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="J36" t="s">
-        <v>417</v>
-[...4 lines deleted...]
-      <c r="L36" s="4">
+        <v>449</v>
+      </c>
+      <c r="K36" t="s">
+        <v>450</v>
+      </c>
+      <c r="L36" s="4" t="s">
+        <v>395</v>
+      </c>
+      <c r="M36" s="4">
         <v>44174.0</v>
       </c>
-      <c r="M36">
+      <c r="N36">
         <v>45352.0</v>
       </c>
-      <c r="N36" t="s">
-[...3 lines deleted...]
-    <row r="37" spans="1:15">
+      <c r="O36" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
       <c r="A37" t="s">
         <v>44</v>
       </c>
       <c r="B37" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C37" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D37" t="s">
         <v>222</v>
       </c>
       <c r="E37" t="s">
         <v>62</v>
       </c>
       <c r="F37" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G37" t="s">
         <v>47</v>
       </c>
       <c r="H37" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="I37" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="J37" t="s">
-        <v>418</v>
-[...4 lines deleted...]
-      <c r="L37" s="4">
+        <v>451</v>
+      </c>
+      <c r="K37" t="s">
+        <v>452</v>
+      </c>
+      <c r="L37" s="4" t="s">
+        <v>395</v>
+      </c>
+      <c r="M37" s="4">
         <v>44174.0</v>
       </c>
-      <c r="M37">
+      <c r="N37">
         <v>45352.0</v>
       </c>
-      <c r="N37" t="s">
-[...3 lines deleted...]
-    <row r="38" spans="1:15">
+      <c r="O37" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
       <c r="A38" t="s">
         <v>44</v>
       </c>
       <c r="B38" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C38" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D38" t="s">
         <v>222</v>
       </c>
       <c r="E38" t="s">
         <v>62</v>
       </c>
       <c r="F38" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G38" t="s">
         <v>47</v>
       </c>
       <c r="H38" t="s">
-        <v>419</v>
+        <v>453</v>
       </c>
       <c r="I38" t="s">
-        <v>420</v>
+        <v>454</v>
       </c>
       <c r="J38" t="s">
-        <v>421</v>
-[...4 lines deleted...]
-      <c r="L38" s="4">
+        <v>455</v>
+      </c>
+      <c r="K38" t="s">
+        <v>456</v>
+      </c>
+      <c r="L38" s="4" t="s">
+        <v>364</v>
+      </c>
+      <c r="M38" s="4">
         <v>44230.0</v>
       </c>
-      <c r="M38">
+      <c r="N38">
         <v>44383.0</v>
       </c>
-      <c r="N38" t="s">
-[...3 lines deleted...]
-    <row r="39" spans="1:15">
+      <c r="O38" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
       <c r="A39" t="s">
         <v>44</v>
       </c>
       <c r="B39" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C39" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D39" t="s">
         <v>222</v>
       </c>
       <c r="E39" t="s">
         <v>62</v>
       </c>
       <c r="F39" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G39" t="s">
         <v>47</v>
       </c>
       <c r="H39" t="s">
-        <v>423</v>
+        <v>458</v>
       </c>
       <c r="I39" t="s">
-        <v>424</v>
+        <v>459</v>
       </c>
       <c r="J39" t="s">
-        <v>425</v>
-[...4 lines deleted...]
-      <c r="L39" s="4">
+        <v>460</v>
+      </c>
+      <c r="K39" t="s">
+        <v>461</v>
+      </c>
+      <c r="L39" s="4" t="s">
+        <v>364</v>
+      </c>
+      <c r="M39" s="4">
         <v>44238.0</v>
       </c>
-      <c r="M39">
+      <c r="N39">
         <v>44951.0</v>
       </c>
-      <c r="N39" t="s">
-[...3 lines deleted...]
-    <row r="40" spans="1:15">
+      <c r="O39" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
       <c r="A40" t="s">
         <v>44</v>
       </c>
       <c r="B40" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C40" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D40" t="s">
         <v>222</v>
       </c>
       <c r="E40" t="s">
         <v>62</v>
       </c>
       <c r="F40" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G40" t="s">
         <v>47</v>
       </c>
       <c r="H40" t="s">
-        <v>427</v>
+        <v>463</v>
       </c>
       <c r="I40" t="s">
-        <v>428</v>
+        <v>464</v>
       </c>
       <c r="J40" t="s">
-        <v>429</v>
-[...4 lines deleted...]
-      <c r="L40" s="4">
+        <v>465</v>
+      </c>
+      <c r="K40" t="s">
+        <v>466</v>
+      </c>
+      <c r="L40" s="4" t="s">
+        <v>364</v>
+      </c>
+      <c r="M40" s="4">
         <v>44244.0</v>
       </c>
-      <c r="M40">
+      <c r="N40">
         <v>44474.0</v>
       </c>
-      <c r="N40" t="s">
-[...3 lines deleted...]
-    <row r="41" spans="1:15">
+      <c r="O40" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
       <c r="A41" t="s">
         <v>44</v>
       </c>
       <c r="B41" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C41" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D41" t="s">
         <v>222</v>
       </c>
       <c r="E41" t="s">
         <v>62</v>
       </c>
       <c r="F41" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G41" t="s">
         <v>47</v>
       </c>
       <c r="H41" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="I41" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="J41" t="s">
-        <v>430</v>
-[...4 lines deleted...]
-      <c r="L41" s="4">
+        <v>467</v>
+      </c>
+      <c r="K41" t="s">
+        <v>468</v>
+      </c>
+      <c r="L41" s="4" t="s">
+        <v>364</v>
+      </c>
+      <c r="M41" s="4">
         <v>44249.0</v>
       </c>
-      <c r="M41">
+      <c r="N41">
         <v>44927.0</v>
       </c>
-      <c r="N41" t="s">
-[...3 lines deleted...]
-    <row r="42" spans="1:15">
+      <c r="O41" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
       <c r="A42" t="s">
         <v>44</v>
       </c>
       <c r="B42" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C42" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D42" t="s">
         <v>222</v>
       </c>
       <c r="E42" t="s">
         <v>62</v>
       </c>
       <c r="F42" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G42" t="s">
         <v>47</v>
       </c>
       <c r="H42" t="s">
-        <v>431</v>
+        <v>469</v>
       </c>
       <c r="I42" t="s">
-        <v>432</v>
+        <v>470</v>
       </c>
       <c r="J42" t="s">
-        <v>433</v>
-[...4 lines deleted...]
-      <c r="L42" s="4">
+        <v>471</v>
+      </c>
+      <c r="K42" t="s">
+        <v>472</v>
+      </c>
+      <c r="L42" s="4" t="s">
+        <v>473</v>
+      </c>
+      <c r="M42" s="4">
         <v>44266.0</v>
       </c>
-      <c r="M42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N42" t="s">
-        <v>435</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:15">
+        <v>389</v>
+      </c>
+      <c r="O42" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
       <c r="A43" t="s">
         <v>44</v>
       </c>
       <c r="B43" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C43" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D43" t="s">
         <v>222</v>
       </c>
       <c r="E43" t="s">
         <v>62</v>
       </c>
       <c r="F43" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G43" t="s">
         <v>47</v>
       </c>
       <c r="H43" t="s">
-        <v>436</v>
+        <v>475</v>
       </c>
       <c r="I43" t="s">
-        <v>437</v>
+        <v>476</v>
       </c>
       <c r="J43" t="s">
-        <v>438</v>
-[...4 lines deleted...]
-      <c r="L43" s="4">
+        <v>477</v>
+      </c>
+      <c r="K43" t="s">
+        <v>478</v>
+      </c>
+      <c r="L43" s="4" t="s">
+        <v>364</v>
+      </c>
+      <c r="M43" s="4">
         <v>44278.0</v>
       </c>
-      <c r="M43">
+      <c r="N43">
         <v>44393.0</v>
       </c>
-      <c r="N43" t="s">
-[...3 lines deleted...]
-    <row r="44" spans="1:15">
+      <c r="O43" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
       <c r="A44" t="s">
         <v>44</v>
       </c>
       <c r="B44" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C44" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D44" t="s">
         <v>222</v>
       </c>
       <c r="E44" t="s">
         <v>62</v>
       </c>
       <c r="F44" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G44" t="s">
         <v>47</v>
       </c>
       <c r="H44" t="s">
-        <v>439</v>
+        <v>479</v>
       </c>
       <c r="I44" t="s">
-        <v>440</v>
+        <v>480</v>
       </c>
       <c r="J44" t="s">
-        <v>441</v>
-[...4 lines deleted...]
-      <c r="L44" s="4">
+        <v>481</v>
+      </c>
+      <c r="K44" t="s">
+        <v>482</v>
+      </c>
+      <c r="L44" s="4" t="s">
+        <v>483</v>
+      </c>
+      <c r="M44" s="4">
         <v>45470.0</v>
       </c>
-      <c r="M44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N44" t="s">
-        <v>443</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:15">
+        <v>389</v>
+      </c>
+      <c r="O44" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
       <c r="A45" t="s">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C45" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D45" t="s">
         <v>222</v>
       </c>
       <c r="E45" t="s">
         <v>62</v>
       </c>
       <c r="F45" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G45" t="s">
         <v>47</v>
       </c>
       <c r="H45" t="s">
-        <v>444</v>
+        <v>485</v>
       </c>
       <c r="I45" t="s">
-        <v>445</v>
+        <v>486</v>
       </c>
       <c r="J45" t="s">
-        <v>446</v>
-[...5 lines deleted...]
-      <c r="M45">
+        <v>487</v>
+      </c>
+      <c r="K45" t="s">
+        <v>488</v>
+      </c>
+      <c r="L45" s="4" t="s">
+        <v>364</v>
+      </c>
+      <c r="M45" s="4"/>
+      <c r="N45">
         <v>44197.0</v>
       </c>
     </row>
-    <row r="46" spans="1:15">
+    <row r="46" spans="1:16">
       <c r="A46" t="s">
         <v>44</v>
       </c>
       <c r="B46" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C46" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D46" t="s">
         <v>222</v>
       </c>
       <c r="E46" t="s">
         <v>62</v>
       </c>
       <c r="F46" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G46" t="s">
         <v>47</v>
       </c>
       <c r="H46" t="s">
-        <v>447</v>
+        <v>489</v>
       </c>
       <c r="I46" t="s">
-        <v>448</v>
+        <v>490</v>
       </c>
       <c r="J46" t="s">
-        <v>449</v>
-[...4 lines deleted...]
-      <c r="L46" s="4">
+        <v>491</v>
+      </c>
+      <c r="K46" t="s">
+        <v>492</v>
+      </c>
+      <c r="L46" s="4" t="s">
+        <v>483</v>
+      </c>
+      <c r="M46" s="4">
         <v>45595.0</v>
       </c>
-      <c r="M46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N46" t="s">
-        <v>450</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:15">
+        <v>389</v>
+      </c>
+      <c r="O46" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
       <c r="A47" t="s">
         <v>44</v>
       </c>
       <c r="B47" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C47" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D47" t="s">
         <v>222</v>
       </c>
       <c r="E47" t="s">
         <v>62</v>
       </c>
       <c r="F47" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G47" t="s">
         <v>47</v>
       </c>
       <c r="H47" t="s">
-        <v>451</v>
+        <v>494</v>
       </c>
       <c r="I47" t="s">
-        <v>452</v>
+        <v>495</v>
       </c>
       <c r="J47" t="s">
-        <v>453</v>
-[...4 lines deleted...]
-      <c r="L47" s="4">
+        <v>496</v>
+      </c>
+      <c r="K47" t="s">
+        <v>497</v>
+      </c>
+      <c r="L47" s="4" t="s">
+        <v>364</v>
+      </c>
+      <c r="M47" s="4">
         <v>45595.0</v>
       </c>
-      <c r="M47">
+      <c r="N47">
         <v>45572.0</v>
       </c>
-      <c r="N47" t="s">
-[...3 lines deleted...]
-    <row r="48" spans="1:15">
+      <c r="O47" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
       <c r="A48" t="s">
         <v>44</v>
       </c>
       <c r="B48" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C48" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D48" t="s">
         <v>222</v>
       </c>
       <c r="E48" t="s">
         <v>62</v>
       </c>
       <c r="F48" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G48" t="s">
         <v>47</v>
       </c>
       <c r="H48" t="s">
-        <v>454</v>
+        <v>498</v>
       </c>
       <c r="I48" t="s">
-        <v>455</v>
+        <v>499</v>
       </c>
       <c r="J48" t="s">
-        <v>456</v>
-[...4 lines deleted...]
-      <c r="L48" s="4">
+        <v>500</v>
+      </c>
+      <c r="K48" t="s">
+        <v>501</v>
+      </c>
+      <c r="L48" s="4" t="s">
+        <v>483</v>
+      </c>
+      <c r="M48" s="4">
         <v>45595.0</v>
       </c>
-      <c r="M48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N48" t="s">
-        <v>450</v>
+        <v>389</v>
+      </c>
+      <c r="O48" t="s">
+        <v>493</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D3"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>457</v>
+        <v>502</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>329</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>458</v>
+        <v>503</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" s="6" t="s">
-        <v>459</v>
+        <v>504</v>
       </c>
       <c r="C2" t="s">
-        <v>460</v>
+        <v>505</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" s="6" t="s">
-        <v>461</v>
+        <v>506</v>
       </c>
       <c r="C3" t="s">
-        <v>462</v>
+        <v>507</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
@@ -6527,161 +6807,161 @@
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>330</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>329</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>331</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>463</v>
+        <v>508</v>
       </c>
       <c r="C2" t="s">
-        <v>464</v>
+        <v>509</v>
       </c>
       <c r="D2" t="s">
-        <v>465</v>
+        <v>510</v>
       </c>
       <c r="E2" s="6" t="s">
-        <v>466</v>
+        <v>511</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
         <v>153</v>
       </c>
       <c r="C3" t="s">
-        <v>467</v>
+        <v>512</v>
       </c>
       <c r="E3" s="6" t="s">
-        <v>468</v>
+        <v>513</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>463</v>
+        <v>508</v>
       </c>
       <c r="C4" t="s">
-        <v>469</v>
+        <v>514</v>
       </c>
       <c r="D4" t="s">
-        <v>470</v>
+        <v>515</v>
       </c>
       <c r="E4" s="6" t="s">
-        <v>471</v>
+        <v>516</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" t="s">
         <v>153</v>
       </c>
       <c r="C5" t="s">
-        <v>472</v>
+        <v>517</v>
       </c>
       <c r="E5" s="6" t="s">
-        <v>473</v>
+        <v>518</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
         <v>44</v>
       </c>
       <c r="B6" t="s">
         <v>153</v>
       </c>
       <c r="C6" t="s">
-        <v>474</v>
+        <v>519</v>
       </c>
       <c r="E6" s="6" t="s">
-        <v>475</v>
+        <v>520</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>44</v>
       </c>
       <c r="B7" t="s">
         <v>153</v>
       </c>
       <c r="C7" t="s">
-        <v>476</v>
+        <v>521</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>477</v>
+        <v>522</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>44</v>
       </c>
       <c r="B8" t="s">
-        <v>478</v>
+        <v>523</v>
       </c>
       <c r="C8" t="s">
-        <v>479</v>
+        <v>524</v>
       </c>
       <c r="D8" t="s">
-        <v>480</v>
+        <v>525</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
         <v>44</v>
       </c>
       <c r="B9" t="s">
-        <v>478</v>
+        <v>523</v>
       </c>
       <c r="C9" t="s">
-        <v>481</v>
+        <v>526</v>
       </c>
       <c r="D9" t="s">
-        <v>482</v>
+        <v>527</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
         <v>44</v>
       </c>
       <c r="B10" t="s">
         <v>153</v>
       </c>
       <c r="C10" t="s">
         <v>332</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
         <v>44</v>
       </c>
       <c r="B11" t="s">
         <v>153</v>
       </c>
       <c r="C11" t="s">
         <v>334</v>