--- v2 (2025-11-28)
+++ v3 (2025-12-25)
@@ -1220,95 +1220,95 @@
   <si>
     <t>Approved</t>
   </si>
   <si>
     <t>https://www.healio.com/news/infectious-disease/20231204/vagil-ring-for-hiv-prevention-authorized-in-11-african-countries
 chrome-extension://mhnlakgilnojmhinhkckjpncpbhabphi/pages/pdf/web/viewer.html?file=https%3A%2F%2Favac.org%2Fwp-content%2Fuploads%2F2023%2F04%2FRINGingTheBellForChoice.pdf
 chrome-extension://mhnlakgilnojmhinhkckjpncpbhabphi/pages/pdf/web/viewer.html?file=https%3A%2F%2Favac.org%2Fwp-content%2Fuploads%2F2024%2F03%2FpxWire-February2024.pdf</t>
   </si>
   <si>
     <t>BoMRA</t>
   </si>
   <si>
     <t>Botswana Medicines Regulatory Authority</t>
   </si>
   <si>
     <t>BWA</t>
   </si>
   <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>https://www.healio.com/news/infectious-disease/20231204/vagil-ring-for-hiv-prevention-authorized-in-11-african-countries
 chrome-extension://mhnlakgilnojmhinhkckjpncpbhabphi/pages/pdf/web/viewer.html?file=https%3A%2F%2Favac.org%2Fwp-content%2Fuploads%2F2023%2F04%2FRINGingTheBellForChoice.pdf</t>
   </si>
   <si>
-    <t>PMRA</t>
+    <t>PMRA-r</t>
   </si>
   <si>
     <t>Pharmacy and Medicines Regulatory Authority Malawi</t>
   </si>
   <si>
     <t>SWZ</t>
   </si>
   <si>
     <t>Eswatini</t>
   </si>
   <si>
     <t>https://www.healio.com/news/infectious-disease/20231204/vagil-ring-for-hiv-prevention-authorized-in-11-african-countries
 chrome-extension://mhnlakgilnojmhinhkckjpncpbhabphi/pages/pdf/web/viewer.html?file=https%3A%2F%2Favac.org%2Fwp-content%2Fuploads%2F2023%2F04%2FRINGingTheBellForChoice.pdf
 https://popcouncil.org/media/innovative-hiv-prevention-product-for-women-that-promotes-choice-dapivirine-vagil-ring-dvr-gains-momentum-across-africa/</t>
   </si>
   <si>
     <t>MMDCA</t>
   </si>
   <si>
     <t>The Medicines and Medical Devices Control Authority</t>
   </si>
   <si>
     <t>LSO</t>
   </si>
   <si>
     <t>Lesotho</t>
   </si>
   <si>
-    <t>SAHPRA</t>
+    <t>SAHPRA-r</t>
   </si>
   <si>
     <t>South African Health Products Regulatory Authority</t>
   </si>
   <si>
     <t>ZAF</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>https://www.healio.com/news/infectious-disease/20231204/vagil-ring-for-hiv-prevention-authorized-in-11-african-countries</t>
   </si>
   <si>
-    <t>USFDA</t>
+    <t>USFDA-r</t>
   </si>
   <si>
     <t>United States Food and Drug Administration</t>
   </si>
   <si>
     <t>USA</t>
   </si>
   <si>
     <t>Withdrawn</t>
   </si>
   <si>
     <t>Awaiting approval</t>
   </si>
   <si>
     <t>https://www.ipmglobal.org/content/ipm-statement-us-food-and-drug-administration-review-dapivirine-vagil-ring</t>
   </si>
   <si>
     <t>EMA (Europe)</t>
   </si>
   <si>
     <t>European Medicines Agency</t>
   </si>
   <si>
     <t>NLD</t>
   </si>
@@ -1597,51 +1597,51 @@
   <si>
     <t>Zambia Medicines Regulatory Authority</t>
   </si>
   <si>
     <t>ZMB</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>EFDA</t>
   </si>
   <si>
     <t>Ethiopian Food and Drug Authority</t>
   </si>
   <si>
     <t>ETH</t>
   </si>
   <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>https://www.prepwatch.org/wp-content/uploads/2024/11/PrEP-Ring-EMAV-Launch_October-30-2024.pdf</t>
   </si>
   <si>
-    <t>ANARME</t>
+    <t>ANARME-r</t>
   </si>
   <si>
     <t>Autoridade Nacional Reguladora de Medicamento</t>
   </si>
   <si>
     <t>MOZ</t>
   </si>
   <si>
     <t>Mozambique</t>
   </si>
   <si>
     <t>FDA Ghana</t>
   </si>
   <si>
     <t>Food and Drugs Authority Ghana</t>
   </si>
   <si>
     <t>GHA</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Illustration URL</t>
   </si>