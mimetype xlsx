--- v3 (2025-12-25)
+++ v4 (2026-02-06)
@@ -289,51 +289,51 @@
   <si>
     <t>Pre-Exposure Prophylaxis (PrEP)</t>
   </si>
   <si>
     <t>Administered by a community health worker, Administered by a nurse, Administered by a specialty health worker, Self-administered</t>
   </si>
   <si>
     <t>Monthly</t>
   </si>
   <si>
     <t>Phase III and open label extension studies indicate a high user acceptance</t>
   </si>
   <si>
     <t>Adolescents, Adults</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>Women at substantial risk of contracting HIV through receptive vaginal sex</t>
   </si>
   <si>
-    <t>2021-05-19 08:24:27</t>
+    <t>2025-03-07 09:24:12</t>
   </si>
   <si>
     <t>2025-03-07 11:54:19</t>
   </si>
   <si>
     <t>Active ingredients</t>
   </si>
   <si>
     <t>Classe(s)</t>
   </si>
   <si>
     <t>Development stage</t>
   </si>
   <si>
     <t>Clinical trial number(s)</t>
   </si>
   <si>
     <t>Foreseen approved indication(s)</t>
   </si>
   <si>
     <t>Foreseen user group</t>
   </si>
   <si>
     <t>Foreseen duration between application(s)</t>
   </si>
@@ -1133,50 +1133,53 @@
   <si>
     <t>https://pubmed.ncbi.nlm.nih.gov/35344520/</t>
   </si>
   <si>
     <t>Acceptability of the Dapivirine Vaginal Ring for HIV-1 Prevention and Association with Adherence in a Phase III Trial</t>
   </si>
   <si>
     <t>https://pubmed.ncbi.nlm.nih.gov/33713213/</t>
   </si>
   <si>
     <t>Clinical and Virologic Outcomes Following Initiation of Antiretroviral Therapy Among Seroconverters in the Microbicide Trials Network-020 Phase III Trial of the Dapivirine Vaginal Ring</t>
   </si>
   <si>
     <t>https://pubmed.ncbi.nlm.nih.gov/30346511/</t>
   </si>
   <si>
     <t>Vaginal Ring Use in a Phase 3 Microbicide Trial: A Comparison of Objective Measures and Self-reports of Non-adherence in ASPIRE</t>
   </si>
   <si>
     <t>https://pubmed.ncbi.nlm.nih.gov/30218318/</t>
   </si>
   <si>
     <t>Company</t>
   </si>
   <si>
+    <t>Manufacturer</t>
+  </si>
+  <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
   </si>
   <si>
     <t>Country Name</t>
@@ -1597,51 +1600,51 @@
   <si>
     <t>Zambia Medicines Regulatory Authority</t>
   </si>
   <si>
     <t>ZMB</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>EFDA</t>
   </si>
   <si>
     <t>Ethiopian Food and Drug Authority</t>
   </si>
   <si>
     <t>ETH</t>
   </si>
   <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>https://www.prepwatch.org/wp-content/uploads/2024/11/PrEP-Ring-EMAV-Launch_October-30-2024.pdf</t>
   </si>
   <si>
-    <t>ANARME-r</t>
+    <t>ANARME</t>
   </si>
   <si>
     <t>Autoridade Nacional Reguladora de Medicamento</t>
   </si>
   <si>
     <t>MOZ</t>
   </si>
   <si>
     <t>Mozambique</t>
   </si>
   <si>
     <t>FDA Ghana</t>
   </si>
   <si>
     <t>Food and Drugs Authority Ghana</t>
   </si>
   <si>
     <t>GHA</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Illustration URL</t>
   </si>
@@ -1700,53 +1703,50 @@
     <t>https://mtnstopshiv.org/research/studies/mtn-042</t>
   </si>
   <si>
     <t>MTN-043 (B-Protected) Phase 3b</t>
   </si>
   <si>
     <t>https://mtnstopshiv.org/research/studies/mtn-043</t>
   </si>
   <si>
     <t>Publication</t>
   </si>
   <si>
     <t>Evaluating the potential impact and cost-effectiveness of dapivirine vaginal ring pre-exposure prophylaxis for HIV prevention.&amp;nbsp;&lt;br&gt;&lt;div&gt;&lt;span style="color: inherit; font-family: inherit; font-size: 0.875rem;"&gt;Reidy M, Gardiner E, Pretorius C, Glaubius R, Torjesen K, Kripke K.&lt;/span&gt;&lt;span style="color: inherit; font-family: inherit; font-size: 0.875rem;"&gt;&amp;nbsp;&lt;/span&gt;&lt;/div&gt;&lt;div&gt;PLoS One. 2019;14(6):e0218710.&amp;nbsp;&lt;/div&gt;&lt;div&gt;Published 2019 Jun 26. doi:10.1371/journal.pone.0218710&lt;br&gt;&lt;/div&gt;</t>
   </si>
   <si>
     <t>Background&lt;br&gt;Expanded HIV prevention options are needed to increase uptake of HIV prevention among women, especially in generalized epidemics. As the dapivirine vaginal ring moves forward through regulatory review and open-label extension studies, the potential public health impact and cost-effectiveness of this new prevention method are not fully known. We used mathematical modeling to explore the impact and cost-effectiveness of the ring in different implementation scenarios alongside scale-up of other HIV prevention interventions. Given the knowledge gaps about key factors influencing the ring’s implementation, including potential uptake and delivery costs, we engaged in a stakeholder consultation process to elicit plausible parameter ranges and explored scenarios to identify the possible range of impact, cost, and cost-effectiveness.&lt;br&gt;&lt;br&gt;Methods and findings&lt;br&gt;We used the Goals model to simulate scenarios of oral and ring pre-exposure prophylaxis (PrEP) implementation among female sex workers and among other women ≤21 years or &amp;gt;21 years with multiple male partners, in Kenya, South Africa, Uganda, and Zimbabwe. In these scenarios, we varied antiretroviral therapy (ART) coverage, dapivirine ring coverage and ring effectiveness (encompassing efficacy and adherence) by risk group. Following discussions with stakeholders, the maximum level of PrEP coverage (oral and/or ring) considered in each country was equal to modern contraception use minus condom use in the two age groups.&lt;br&gt;&lt;br&gt;We assessed results for 18 years, from 2018 to 2035. In South Africa, for example, the HIV infections averted by PrEP (ring plus oral PrEP) ranged from 310,000 under the highest-impact scenario (including ART held constant at 2017 levels, high ring coverage, and 85% ring effectiveness) to 55,000 under the lowest-impact scenario (including ART reaching the UNAIDS 90-90-90 targets by 2020, low ring coverage, and 30% ring effectiveness). This represented a range of 6.4% to 2.2% of new HIV infections averted. Given our assumptions, the addition of the ring results in 11% to 132% more impact than oral PrEP alone. The cost per HIV infection averted for the ring ranged from US$13,000 to US$121,000.&lt;br&gt;&lt;br&gt;Conclusions&lt;br&gt;This analysis offers a wide range of scenarios given the considerable uncertainty over ring uptake, consistency of use, and effectiveness, as well as HIV testing, prevention, and treatment use over the next two decades. This could help inform donors and implementers as they decide where to allocate resources in order to maximize the impact of the dapivirine ring in light of funding and implementation constraints. Better understanding of the cost and potential uptake of the intervention would improve our ability to estimate its cost-effectiveness and assess where it can have the most impact.</t>
   </si>
   <si>
     <t>Safety , adherence , and HIV-1 seroconversion among women using the dapivirine vaginal ring ( DREAM ): an open-label , extension study.&amp;nbsp;&lt;br&gt;&lt;div&gt;&lt;span style="color: inherit; font-family: inherit; font-size: 0.875rem;"&gt;Nel A, Niekerk N Van, Baelen B Van, et al.&lt;/span&gt;&lt;span style="color: inherit; font-family: inherit; font-size: 0.875rem;"&gt;&amp;nbsp;&lt;/span&gt;&lt;/div&gt;&lt;a href="https://www.thelancet.com/journals/lanhiv/article/PIIS2352-3018(20)30300-3/fulltext"&gt;&lt;/a&gt;&lt;div&gt;Lancet HIV. 2021;8:77-86. doi:10.1016/S2352-3018(20)30300-3&lt;/div&gt;</t>
   </si>
   <si>
     <t>&lt;div&gt;Background&lt;/div&gt;&lt;div&gt;The Ring Study, a phase 3 trial in 1959 sexually active women (randomised 2:1), showed a favourable safety profile and a 31% HIV-1 infection risk reduction for a vaginal ring containing 25 mg of dapivirine, compared with a placebo ring. We report here the DREAM study, which aimed to evaluate safety, adherence, and HIV-1 incidence in those using the dapivirine vaginal ring (DVR) in open-label use.&lt;/div&gt;&lt;div&gt;&lt;br&gt;&lt;/div&gt;&lt;div&gt;Methods&lt;/div&gt;&lt;div&gt;The DREAM study is an open-label extension of The Ring Study, done at five research centres in South Africa and one research centre in Uganda. Former participants from The Ring Study, who remained HIV-negative and who did not discontinue the study due to an adverse event or safety concern that was considered to be related to the investigational product, were eligible. Women who were pregnant, planning to become pregnant, or breastfeeding at screening for DREAM were excluded. All participants received the DVR for insertion at the enrolment visit. Participants attended a 1-month follow-up visit and could either proceed with visits once every 3 months or attend monthly visits up to month 3 and then continue with visits once every 3 months. At each visit, HIV testing and safety evaluations were done, and residual dapivirine measured in used rings (approximately 4 mg is released from the DVR over 28 days of consistent use). HIV-1 incidence was compared descriptively with the simulated incidence rate obtained from bootstrap sampling of participants in the placebo group of The Ring Study, matched for research centre, age, and presence of sexually transmitted infections at enrolment. This study is registered with ClinicalTrials.gov, NCT02862171.&lt;/div&gt;&lt;div&gt;&lt;br&gt;&lt;/div&gt;&lt;div&gt;Findings&lt;/div&gt;&lt;div&gt;Between July 12, 2016, and Jan 11, 2019, 1034 former participants from The Ring Study were screened, 941 were enrolled and 848 completed the trial. 616 (65·5%) of 941 participants reported treatment-emergent adverse events. Of these, six (0·6%) had events considered to be treatment-related. No treatment-related serious adverse events were reported. Measurements of monthly ring residual amounts in participants enrolled in both trials showed consistently lower mean values in DREAM than in The Ring Study. Arithmetic mean ring residual amounts of participants in The Ring Study DVR group who enrolled in DREAM were 0·25 mg lower (95% CI 0·03–0·47; p=0·027) than the mean ring residual amounts of these participants in The Ring Study. 18 (1·9%) HIV-1 infections were confirmed during DVR use, resulting in an incidence of 1·8 (95% CI 1·1–2·6) per 100 person-years, 62% lower than the simulated placebo rate.&lt;/div&gt;&lt;div&gt;&lt;br&gt;&lt;/div&gt;&lt;div&gt;Interpretation&lt;/div&gt;&lt;div&gt;Although efficacy estimation is limited by the absence of a placebo group, the observed low HIV-1 incidence and improved adherence observed in DREAM support the hypothesis that increased efficacy due to improved adherence occurs when women know the demonstrated safety and efficacy of the DVR. The feasibility of a visit schedule of once every 3 months was shown, indicating that the DVR can be used in a real-world situation in usual clinical practice.&lt;/div&gt;</t>
   </si>
   <si>
     <t>Company/University</t>
-  </si>
-[...1 lines deleted...]
-    <t>Manufacturer</t>
   </si>
   <si>
     <t>Link to website</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Short description</t>
   </si>
   <si>
     <t>International Partnership for Microbicides</t>
   </si>
   <si>
     <t>originator</t>
   </si>
   <si>
     <t>https://www.ipmglobal.org/</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>IPM's mission is to develop HIV prevention products and other sexual and reproductive health technologies for women, and to make them available and accessible where they are urgently needed.</t>
   </si>
@@ -2542,54 +2542,54 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F4"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>529</v>
+        <v>343</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>530</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>531</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>532</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
         <v>533</v>
       </c>
       <c r="C2" t="s">
         <v>534</v>
       </c>
       <c r="D2" t="s">
         <v>535</v>
       </c>
       <c r="E2" t="s">
@@ -2602,51 +2602,51 @@
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
         <v>538</v>
       </c>
       <c r="C3" t="s">
         <v>534</v>
       </c>
       <c r="D3" t="s">
         <v>539</v>
       </c>
       <c r="E3" t="s">
         <v>540</v>
       </c>
       <c r="F3" t="s">
         <v>541</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C4"/>
   <sheetViews>
@@ -4398,2395 +4398,2396 @@
     <hyperlink ref="E3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="E4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="E5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="E6" r:id="rId_hyperlink_5"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P48"/>
+  <dimension ref="A1:Q48"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:P1"/>
+      <selection activeCell="A1" sqref="A1:Q1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
+    <col min="17" max="17" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16">
+    <row r="1" spans="1:17">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>342</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>344</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>345</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>346</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>347</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>348</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>349</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>350</v>
       </c>
       <c r="K1" s="2" t="s">
         <v>351</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>352</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>353</v>
       </c>
       <c r="N1" s="2" t="s">
         <v>354</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>355</v>
       </c>
       <c r="P1" s="2" t="s">
         <v>356</v>
       </c>
-    </row>
-    <row r="2" spans="1:16">
+      <c r="Q1" s="2" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="2" spans="1:17">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="C2" t="s">
         <v>358</v>
       </c>
       <c r="D2" t="s">
+        <v>359</v>
+      </c>
+      <c r="E2" t="s">
         <v>222</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
         <v>62</v>
       </c>
-      <c r="F2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G2" t="s">
+        <v>360</v>
+      </c>
+      <c r="H2" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>360</v>
       </c>
       <c r="I2" t="s">
         <v>361</v>
       </c>
       <c r="J2" t="s">
         <v>362</v>
       </c>
       <c r="K2" t="s">
         <v>363</v>
       </c>
       <c r="L2" s="4" t="s">
         <v>364</v>
       </c>
-      <c r="M2" s="4">
+      <c r="M2" s="4" t="s">
+        <v>365</v>
+      </c>
+      <c r="N2">
         <v>44440.0</v>
       </c>
-      <c r="N2">
+      <c r="O2">
         <v>45170.0</v>
       </c>
-      <c r="O2" t="s">
-[...3 lines deleted...]
-    <row r="3" spans="1:16">
+      <c r="P2" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="3" spans="1:17">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="C3" t="s">
         <v>358</v>
       </c>
       <c r="D3" t="s">
+        <v>359</v>
+      </c>
+      <c r="E3" t="s">
         <v>222</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
         <v>62</v>
       </c>
-      <c r="F3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G3" t="s">
+        <v>360</v>
+      </c>
+      <c r="H3" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>366</v>
       </c>
       <c r="I3" t="s">
         <v>367</v>
       </c>
       <c r="J3" t="s">
         <v>368</v>
       </c>
       <c r="K3" t="s">
         <v>369</v>
       </c>
       <c r="L3" s="4" t="s">
-        <v>364</v>
-[...1 lines deleted...]
-      <c r="M3" s="4">
+        <v>370</v>
+      </c>
+      <c r="M3" s="4" t="s">
+        <v>365</v>
+      </c>
+      <c r="N3">
         <v>44447.0</v>
       </c>
-      <c r="N3">
+      <c r="O3">
         <v>44903.0</v>
       </c>
-      <c r="O3" t="s">
-[...3 lines deleted...]
-    <row r="4" spans="1:16">
+      <c r="P3" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="4" spans="1:17">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="C4" t="s">
         <v>358</v>
       </c>
       <c r="D4" t="s">
+        <v>359</v>
+      </c>
+      <c r="E4" t="s">
         <v>222</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
         <v>62</v>
       </c>
-      <c r="F4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G4" t="s">
+        <v>360</v>
+      </c>
+      <c r="H4" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>371</v>
       </c>
       <c r="I4" t="s">
         <v>372</v>
       </c>
       <c r="J4" t="s">
         <v>373</v>
       </c>
       <c r="K4" t="s">
         <v>374</v>
       </c>
       <c r="L4" s="4" t="s">
-        <v>364</v>
-[...2 lines deleted...]
-      <c r="N4">
+        <v>375</v>
+      </c>
+      <c r="M4" s="4" t="s">
+        <v>365</v>
+      </c>
+      <c r="O4">
         <v>44562.0</v>
       </c>
-      <c r="O4" t="s">
-[...3 lines deleted...]
-    <row r="5" spans="1:16">
+      <c r="P4" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="5" spans="1:17">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="C5" t="s">
         <v>358</v>
       </c>
       <c r="D5" t="s">
+        <v>359</v>
+      </c>
+      <c r="E5" t="s">
         <v>222</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
         <v>62</v>
       </c>
-      <c r="F5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G5" t="s">
+        <v>360</v>
+      </c>
+      <c r="H5" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>376</v>
       </c>
       <c r="I5" t="s">
         <v>377</v>
       </c>
       <c r="J5" t="s">
         <v>378</v>
       </c>
       <c r="K5" t="s">
         <v>379</v>
       </c>
       <c r="L5" s="4" t="s">
-        <v>364</v>
-[...2 lines deleted...]
-      <c r="N5">
+        <v>380</v>
+      </c>
+      <c r="M5" s="4" t="s">
+        <v>365</v>
+      </c>
+      <c r="O5">
         <v>44562.0</v>
       </c>
-      <c r="O5" t="s">
-[...3 lines deleted...]
-    <row r="6" spans="1:16">
+      <c r="P5" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="6" spans="1:17">
       <c r="A6" t="s">
         <v>44</v>
       </c>
       <c r="B6" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="C6" t="s">
         <v>358</v>
       </c>
       <c r="D6" t="s">
+        <v>359</v>
+      </c>
+      <c r="E6" t="s">
         <v>222</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
         <v>62</v>
       </c>
-      <c r="F6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G6" t="s">
+        <v>360</v>
+      </c>
+      <c r="H6" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>380</v>
       </c>
       <c r="I6" t="s">
         <v>381</v>
       </c>
       <c r="J6" t="s">
         <v>382</v>
       </c>
       <c r="K6" t="s">
         <v>383</v>
       </c>
       <c r="L6" s="4" t="s">
-        <v>364</v>
-[...1 lines deleted...]
-      <c r="M6" s="4">
+        <v>384</v>
+      </c>
+      <c r="M6" s="4" t="s">
+        <v>365</v>
+      </c>
+      <c r="N6">
         <v>44159.0</v>
       </c>
-      <c r="N6">
+      <c r="O6">
         <v>44628.0</v>
       </c>
-      <c r="O6" t="s">
-[...3 lines deleted...]
-    <row r="7" spans="1:16">
+      <c r="P6" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="7" spans="1:17">
       <c r="A7" t="s">
         <v>44</v>
       </c>
       <c r="B7" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="C7" t="s">
         <v>358</v>
       </c>
       <c r="D7" t="s">
+        <v>359</v>
+      </c>
+      <c r="E7" t="s">
         <v>222</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
         <v>62</v>
       </c>
-      <c r="F7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G7" t="s">
+        <v>360</v>
+      </c>
+      <c r="H7" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>385</v>
       </c>
       <c r="I7" t="s">
         <v>386</v>
       </c>
       <c r="J7" t="s">
         <v>387</v>
       </c>
       <c r="K7" t="s">
+        <v>388</v>
+      </c>
+      <c r="L7" s="4" t="s">
         <v>119</v>
       </c>
-      <c r="L7" s="4" t="s">
-[...2 lines deleted...]
-      <c r="M7" s="4">
+      <c r="M7" s="4" t="s">
+        <v>389</v>
+      </c>
+      <c r="N7">
         <v>44166.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>389</v>
       </c>
       <c r="O7" t="s">
         <v>390</v>
       </c>
-    </row>
-    <row r="8" spans="1:16">
+      <c r="P7" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="8" spans="1:17">
       <c r="A8" t="s">
         <v>44</v>
       </c>
       <c r="B8" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="C8" t="s">
         <v>358</v>
       </c>
       <c r="D8" t="s">
+        <v>359</v>
+      </c>
+      <c r="E8" t="s">
         <v>222</v>
       </c>
-      <c r="E8" t="s">
+      <c r="F8" t="s">
         <v>62</v>
       </c>
-      <c r="F8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G8" t="s">
+        <v>360</v>
+      </c>
+      <c r="H8" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
       <c r="I8" t="s">
         <v>392</v>
       </c>
       <c r="J8" t="s">
         <v>393</v>
       </c>
       <c r="K8" t="s">
         <v>394</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>395</v>
       </c>
-      <c r="M8" s="4">
+      <c r="M8" s="4" t="s">
+        <v>396</v>
+      </c>
+      <c r="N8">
         <v>44174.0</v>
       </c>
-      <c r="N8">
+      <c r="O8">
         <v>45352.0</v>
       </c>
-      <c r="O8" t="s">
-[...3 lines deleted...]
-    <row r="9" spans="1:16">
+      <c r="P8" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17">
       <c r="A9" t="s">
         <v>44</v>
       </c>
       <c r="B9" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="C9" t="s">
         <v>358</v>
       </c>
       <c r="D9" t="s">
+        <v>359</v>
+      </c>
+      <c r="E9" t="s">
         <v>222</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
         <v>62</v>
       </c>
-      <c r="F9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G9" t="s">
+        <v>360</v>
+      </c>
+      <c r="H9" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
       <c r="I9" t="s">
         <v>392</v>
       </c>
       <c r="J9" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="K9" t="s">
         <v>398</v>
       </c>
       <c r="L9" s="4" t="s">
-        <v>395</v>
-[...1 lines deleted...]
-      <c r="M9" s="4">
+        <v>399</v>
+      </c>
+      <c r="M9" s="4" t="s">
+        <v>396</v>
+      </c>
+      <c r="N9">
         <v>44174.0</v>
       </c>
-      <c r="N9">
+      <c r="O9">
         <v>45352.0</v>
       </c>
-      <c r="O9" t="s">
-[...3 lines deleted...]
-    <row r="10" spans="1:16">
+      <c r="P9" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="10" spans="1:17">
       <c r="A10" t="s">
         <v>44</v>
       </c>
       <c r="B10" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="C10" t="s">
         <v>358</v>
       </c>
       <c r="D10" t="s">
+        <v>359</v>
+      </c>
+      <c r="E10" t="s">
         <v>222</v>
       </c>
-      <c r="E10" t="s">
+      <c r="F10" t="s">
         <v>62</v>
       </c>
-      <c r="F10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G10" t="s">
+        <v>360</v>
+      </c>
+      <c r="H10" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
       <c r="I10" t="s">
         <v>392</v>
       </c>
       <c r="J10" t="s">
-        <v>399</v>
+        <v>393</v>
       </c>
       <c r="K10" t="s">
         <v>400</v>
       </c>
       <c r="L10" s="4" t="s">
-        <v>395</v>
-[...1 lines deleted...]
-      <c r="M10" s="4">
+        <v>401</v>
+      </c>
+      <c r="M10" s="4" t="s">
+        <v>396</v>
+      </c>
+      <c r="N10">
         <v>44174.0</v>
       </c>
-      <c r="N10">
+      <c r="O10">
         <v>45352.0</v>
       </c>
-      <c r="O10" t="s">
-[...3 lines deleted...]
-    <row r="11" spans="1:16">
+      <c r="P10" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="11" spans="1:17">
       <c r="A11" t="s">
         <v>44</v>
       </c>
       <c r="B11" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="C11" t="s">
         <v>358</v>
       </c>
       <c r="D11" t="s">
+        <v>359</v>
+      </c>
+      <c r="E11" t="s">
         <v>222</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
         <v>62</v>
       </c>
-      <c r="F11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G11" t="s">
+        <v>360</v>
+      </c>
+      <c r="H11" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
       <c r="I11" t="s">
         <v>392</v>
       </c>
       <c r="J11" t="s">
-        <v>401</v>
+        <v>393</v>
       </c>
       <c r="K11" t="s">
         <v>402</v>
       </c>
       <c r="L11" s="4" t="s">
-        <v>395</v>
-[...1 lines deleted...]
-      <c r="M11" s="4">
+        <v>403</v>
+      </c>
+      <c r="M11" s="4" t="s">
+        <v>396</v>
+      </c>
+      <c r="N11">
         <v>44174.0</v>
       </c>
-      <c r="N11">
+      <c r="O11">
         <v>45352.0</v>
       </c>
-      <c r="O11" t="s">
-[...3 lines deleted...]
-    <row r="12" spans="1:16">
+      <c r="P11" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="12" spans="1:17">
       <c r="A12" t="s">
         <v>44</v>
       </c>
       <c r="B12" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="C12" t="s">
         <v>358</v>
       </c>
       <c r="D12" t="s">
+        <v>359</v>
+      </c>
+      <c r="E12" t="s">
         <v>222</v>
       </c>
-      <c r="E12" t="s">
+      <c r="F12" t="s">
         <v>62</v>
       </c>
-      <c r="F12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G12" t="s">
+        <v>360</v>
+      </c>
+      <c r="H12" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
       <c r="I12" t="s">
         <v>392</v>
       </c>
       <c r="J12" t="s">
-        <v>403</v>
+        <v>393</v>
       </c>
       <c r="K12" t="s">
         <v>404</v>
       </c>
       <c r="L12" s="4" t="s">
-        <v>395</v>
-[...1 lines deleted...]
-      <c r="M12" s="4">
+        <v>405</v>
+      </c>
+      <c r="M12" s="4" t="s">
+        <v>396</v>
+      </c>
+      <c r="N12">
         <v>44174.0</v>
       </c>
-      <c r="N12">
+      <c r="O12">
         <v>45352.0</v>
       </c>
-      <c r="O12" t="s">
-[...3 lines deleted...]
-    <row r="13" spans="1:16">
+      <c r="P12" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="13" spans="1:17">
       <c r="A13" t="s">
         <v>44</v>
       </c>
       <c r="B13" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="C13" t="s">
         <v>358</v>
       </c>
       <c r="D13" t="s">
+        <v>359</v>
+      </c>
+      <c r="E13" t="s">
         <v>222</v>
       </c>
-      <c r="E13" t="s">
+      <c r="F13" t="s">
         <v>62</v>
       </c>
-      <c r="F13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G13" t="s">
+        <v>360</v>
+      </c>
+      <c r="H13" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
       <c r="I13" t="s">
         <v>392</v>
       </c>
       <c r="J13" t="s">
-        <v>405</v>
+        <v>393</v>
       </c>
       <c r="K13" t="s">
         <v>406</v>
       </c>
       <c r="L13" s="4" t="s">
-        <v>395</v>
-[...1 lines deleted...]
-      <c r="M13" s="4">
+        <v>407</v>
+      </c>
+      <c r="M13" s="4" t="s">
+        <v>396</v>
+      </c>
+      <c r="N13">
         <v>44174.0</v>
       </c>
-      <c r="N13">
+      <c r="O13">
         <v>45352.0</v>
       </c>
-      <c r="O13" t="s">
-[...3 lines deleted...]
-    <row r="14" spans="1:16">
+      <c r="P13" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="14" spans="1:17">
       <c r="A14" t="s">
         <v>44</v>
       </c>
       <c r="B14" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="C14" t="s">
         <v>358</v>
       </c>
       <c r="D14" t="s">
+        <v>359</v>
+      </c>
+      <c r="E14" t="s">
         <v>222</v>
       </c>
-      <c r="E14" t="s">
+      <c r="F14" t="s">
         <v>62</v>
       </c>
-      <c r="F14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G14" t="s">
+        <v>360</v>
+      </c>
+      <c r="H14" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
       <c r="I14" t="s">
         <v>392</v>
       </c>
       <c r="J14" t="s">
-        <v>407</v>
+        <v>393</v>
       </c>
       <c r="K14" t="s">
         <v>408</v>
       </c>
       <c r="L14" s="4" t="s">
-        <v>395</v>
-[...1 lines deleted...]
-      <c r="M14" s="4">
+        <v>409</v>
+      </c>
+      <c r="M14" s="4" t="s">
+        <v>396</v>
+      </c>
+      <c r="N14">
         <v>44174.0</v>
       </c>
-      <c r="N14">
+      <c r="O14">
         <v>45352.0</v>
       </c>
-      <c r="O14" t="s">
-[...3 lines deleted...]
-    <row r="15" spans="1:16">
+      <c r="P14" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="15" spans="1:17">
       <c r="A15" t="s">
         <v>44</v>
       </c>
       <c r="B15" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="C15" t="s">
         <v>358</v>
       </c>
       <c r="D15" t="s">
+        <v>359</v>
+      </c>
+      <c r="E15" t="s">
         <v>222</v>
       </c>
-      <c r="E15" t="s">
+      <c r="F15" t="s">
         <v>62</v>
       </c>
-      <c r="F15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G15" t="s">
+        <v>360</v>
+      </c>
+      <c r="H15" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
       <c r="I15" t="s">
         <v>392</v>
       </c>
       <c r="J15" t="s">
-        <v>409</v>
+        <v>393</v>
       </c>
       <c r="K15" t="s">
         <v>410</v>
       </c>
       <c r="L15" s="4" t="s">
-        <v>395</v>
-[...1 lines deleted...]
-      <c r="M15" s="4">
+        <v>411</v>
+      </c>
+      <c r="M15" s="4" t="s">
+        <v>396</v>
+      </c>
+      <c r="N15">
         <v>44174.0</v>
       </c>
-      <c r="N15">
+      <c r="O15">
         <v>45352.0</v>
       </c>
-      <c r="O15" t="s">
-[...3 lines deleted...]
-    <row r="16" spans="1:16">
+      <c r="P15" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="16" spans="1:17">
       <c r="A16" t="s">
         <v>44</v>
       </c>
       <c r="B16" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="C16" t="s">
         <v>358</v>
       </c>
       <c r="D16" t="s">
+        <v>359</v>
+      </c>
+      <c r="E16" t="s">
         <v>222</v>
       </c>
-      <c r="E16" t="s">
+      <c r="F16" t="s">
         <v>62</v>
       </c>
-      <c r="F16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G16" t="s">
+        <v>360</v>
+      </c>
+      <c r="H16" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
       <c r="I16" t="s">
         <v>392</v>
       </c>
       <c r="J16" t="s">
-        <v>411</v>
+        <v>393</v>
       </c>
       <c r="K16" t="s">
         <v>412</v>
       </c>
       <c r="L16" s="4" t="s">
-        <v>395</v>
-[...1 lines deleted...]
-      <c r="M16" s="4">
+        <v>413</v>
+      </c>
+      <c r="M16" s="4" t="s">
+        <v>396</v>
+      </c>
+      <c r="N16">
         <v>44174.0</v>
       </c>
-      <c r="N16">
+      <c r="O16">
         <v>45352.0</v>
       </c>
-      <c r="O16" t="s">
-[...3 lines deleted...]
-    <row r="17" spans="1:16">
+      <c r="P16" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="17" spans="1:17">
       <c r="A17" t="s">
         <v>44</v>
       </c>
       <c r="B17" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="C17" t="s">
         <v>358</v>
       </c>
       <c r="D17" t="s">
+        <v>359</v>
+      </c>
+      <c r="E17" t="s">
         <v>222</v>
       </c>
-      <c r="E17" t="s">
+      <c r="F17" t="s">
         <v>62</v>
       </c>
-      <c r="F17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G17" t="s">
+        <v>360</v>
+      </c>
+      <c r="H17" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
       <c r="I17" t="s">
         <v>392</v>
       </c>
       <c r="J17" t="s">
-        <v>413</v>
+        <v>393</v>
       </c>
       <c r="K17" t="s">
         <v>414</v>
       </c>
       <c r="L17" s="4" t="s">
-        <v>395</v>
-[...1 lines deleted...]
-      <c r="M17" s="4">
+        <v>415</v>
+      </c>
+      <c r="M17" s="4" t="s">
+        <v>396</v>
+      </c>
+      <c r="N17">
         <v>44174.0</v>
       </c>
-      <c r="N17">
+      <c r="O17">
         <v>45352.0</v>
       </c>
-      <c r="O17" t="s">
-[...3 lines deleted...]
-    <row r="18" spans="1:16">
+      <c r="P17" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="18" spans="1:17">
       <c r="A18" t="s">
         <v>44</v>
       </c>
       <c r="B18" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="C18" t="s">
         <v>358</v>
       </c>
       <c r="D18" t="s">
+        <v>359</v>
+      </c>
+      <c r="E18" t="s">
         <v>222</v>
       </c>
-      <c r="E18" t="s">
+      <c r="F18" t="s">
         <v>62</v>
       </c>
-      <c r="F18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G18" t="s">
+        <v>360</v>
+      </c>
+      <c r="H18" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
       <c r="I18" t="s">
         <v>392</v>
       </c>
       <c r="J18" t="s">
-        <v>415</v>
+        <v>393</v>
       </c>
       <c r="K18" t="s">
         <v>416</v>
       </c>
       <c r="L18" s="4" t="s">
-        <v>395</v>
-[...1 lines deleted...]
-      <c r="M18" s="4">
+        <v>417</v>
+      </c>
+      <c r="M18" s="4" t="s">
+        <v>396</v>
+      </c>
+      <c r="N18">
         <v>44174.0</v>
       </c>
-      <c r="N18">
+      <c r="O18">
         <v>45352.0</v>
       </c>
-      <c r="O18" t="s">
-[...3 lines deleted...]
-    <row r="19" spans="1:16">
+      <c r="P18" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="19" spans="1:17">
       <c r="A19" t="s">
         <v>44</v>
       </c>
       <c r="B19" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="C19" t="s">
         <v>358</v>
       </c>
       <c r="D19" t="s">
+        <v>359</v>
+      </c>
+      <c r="E19" t="s">
         <v>222</v>
       </c>
-      <c r="E19" t="s">
+      <c r="F19" t="s">
         <v>62</v>
       </c>
-      <c r="F19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G19" t="s">
+        <v>360</v>
+      </c>
+      <c r="H19" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
       <c r="I19" t="s">
         <v>392</v>
       </c>
       <c r="J19" t="s">
-        <v>417</v>
+        <v>393</v>
       </c>
       <c r="K19" t="s">
         <v>418</v>
       </c>
       <c r="L19" s="4" t="s">
-        <v>395</v>
-[...1 lines deleted...]
-      <c r="M19" s="4">
+        <v>419</v>
+      </c>
+      <c r="M19" s="4" t="s">
+        <v>396</v>
+      </c>
+      <c r="N19">
         <v>44174.0</v>
       </c>
-      <c r="N19">
+      <c r="O19">
         <v>45352.0</v>
       </c>
-      <c r="O19" t="s">
-[...3 lines deleted...]
-    <row r="20" spans="1:16">
+      <c r="P19" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="20" spans="1:17">
       <c r="A20" t="s">
         <v>44</v>
       </c>
       <c r="B20" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="C20" t="s">
         <v>358</v>
       </c>
       <c r="D20" t="s">
+        <v>359</v>
+      </c>
+      <c r="E20" t="s">
         <v>222</v>
       </c>
-      <c r="E20" t="s">
+      <c r="F20" t="s">
         <v>62</v>
       </c>
-      <c r="F20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G20" t="s">
+        <v>360</v>
+      </c>
+      <c r="H20" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
       <c r="I20" t="s">
         <v>392</v>
       </c>
       <c r="J20" t="s">
-        <v>419</v>
+        <v>393</v>
       </c>
       <c r="K20" t="s">
+        <v>420</v>
+      </c>
+      <c r="L20" s="4" t="s">
         <v>120</v>
       </c>
-      <c r="L20" s="4" t="s">
-[...2 lines deleted...]
-      <c r="M20" s="4">
+      <c r="M20" s="4" t="s">
+        <v>396</v>
+      </c>
+      <c r="N20">
         <v>44174.0</v>
       </c>
-      <c r="N20">
+      <c r="O20">
         <v>45352.0</v>
       </c>
-      <c r="O20" t="s">
-[...3 lines deleted...]
-    <row r="21" spans="1:16">
+      <c r="P20" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="21" spans="1:17">
       <c r="A21" t="s">
         <v>44</v>
       </c>
       <c r="B21" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="C21" t="s">
         <v>358</v>
       </c>
       <c r="D21" t="s">
+        <v>359</v>
+      </c>
+      <c r="E21" t="s">
         <v>222</v>
       </c>
-      <c r="E21" t="s">
+      <c r="F21" t="s">
         <v>62</v>
       </c>
-      <c r="F21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G21" t="s">
+        <v>360</v>
+      </c>
+      <c r="H21" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
       <c r="I21" t="s">
         <v>392</v>
       </c>
       <c r="J21" t="s">
-        <v>420</v>
+        <v>393</v>
       </c>
       <c r="K21" t="s">
         <v>421</v>
       </c>
       <c r="L21" s="4" t="s">
-        <v>395</v>
-[...1 lines deleted...]
-      <c r="M21" s="4">
+        <v>422</v>
+      </c>
+      <c r="M21" s="4" t="s">
+        <v>396</v>
+      </c>
+      <c r="N21">
         <v>44174.0</v>
       </c>
-      <c r="N21">
+      <c r="O21">
         <v>45352.0</v>
       </c>
-      <c r="O21" t="s">
-[...3 lines deleted...]
-    <row r="22" spans="1:16">
+      <c r="P21" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="22" spans="1:17">
       <c r="A22" t="s">
         <v>44</v>
       </c>
       <c r="B22" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="C22" t="s">
         <v>358</v>
       </c>
       <c r="D22" t="s">
+        <v>359</v>
+      </c>
+      <c r="E22" t="s">
         <v>222</v>
       </c>
-      <c r="E22" t="s">
+      <c r="F22" t="s">
         <v>62</v>
       </c>
-      <c r="F22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G22" t="s">
+        <v>360</v>
+      </c>
+      <c r="H22" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
       <c r="I22" t="s">
         <v>392</v>
       </c>
       <c r="J22" t="s">
-        <v>422</v>
+        <v>393</v>
       </c>
       <c r="K22" t="s">
         <v>423</v>
       </c>
       <c r="L22" s="4" t="s">
-        <v>395</v>
-[...1 lines deleted...]
-      <c r="M22" s="4">
+        <v>424</v>
+      </c>
+      <c r="M22" s="4" t="s">
+        <v>396</v>
+      </c>
+      <c r="N22">
         <v>44174.0</v>
       </c>
-      <c r="N22">
+      <c r="O22">
         <v>45352.0</v>
       </c>
-      <c r="O22" t="s">
-[...3 lines deleted...]
-    <row r="23" spans="1:16">
+      <c r="P22" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="23" spans="1:17">
       <c r="A23" t="s">
         <v>44</v>
       </c>
       <c r="B23" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="C23" t="s">
         <v>358</v>
       </c>
       <c r="D23" t="s">
+        <v>359</v>
+      </c>
+      <c r="E23" t="s">
         <v>222</v>
       </c>
-      <c r="E23" t="s">
+      <c r="F23" t="s">
         <v>62</v>
       </c>
-      <c r="F23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G23" t="s">
+        <v>360</v>
+      </c>
+      <c r="H23" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
       <c r="I23" t="s">
         <v>392</v>
       </c>
       <c r="J23" t="s">
-        <v>424</v>
+        <v>393</v>
       </c>
       <c r="K23" t="s">
         <v>425</v>
       </c>
       <c r="L23" s="4" t="s">
-        <v>395</v>
-[...1 lines deleted...]
-      <c r="M23" s="4">
+        <v>426</v>
+      </c>
+      <c r="M23" s="4" t="s">
+        <v>396</v>
+      </c>
+      <c r="N23">
         <v>44174.0</v>
       </c>
-      <c r="N23">
+      <c r="O23">
         <v>45352.0</v>
       </c>
-      <c r="O23" t="s">
-[...3 lines deleted...]
-    <row r="24" spans="1:16">
+      <c r="P23" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="24" spans="1:17">
       <c r="A24" t="s">
         <v>44</v>
       </c>
       <c r="B24" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="C24" t="s">
         <v>358</v>
       </c>
       <c r="D24" t="s">
+        <v>359</v>
+      </c>
+      <c r="E24" t="s">
         <v>222</v>
       </c>
-      <c r="E24" t="s">
+      <c r="F24" t="s">
         <v>62</v>
       </c>
-      <c r="F24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G24" t="s">
+        <v>360</v>
+      </c>
+      <c r="H24" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
       <c r="I24" t="s">
         <v>392</v>
       </c>
       <c r="J24" t="s">
-        <v>426</v>
+        <v>393</v>
       </c>
       <c r="K24" t="s">
         <v>427</v>
       </c>
       <c r="L24" s="4" t="s">
-        <v>395</v>
-[...1 lines deleted...]
-      <c r="M24" s="4">
+        <v>428</v>
+      </c>
+      <c r="M24" s="4" t="s">
+        <v>396</v>
+      </c>
+      <c r="N24">
         <v>44174.0</v>
       </c>
-      <c r="N24">
+      <c r="O24">
         <v>45352.0</v>
       </c>
-      <c r="O24" t="s">
-[...3 lines deleted...]
-    <row r="25" spans="1:16">
+      <c r="P24" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="25" spans="1:17">
       <c r="A25" t="s">
         <v>44</v>
       </c>
       <c r="B25" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="C25" t="s">
         <v>358</v>
       </c>
       <c r="D25" t="s">
+        <v>359</v>
+      </c>
+      <c r="E25" t="s">
         <v>222</v>
       </c>
-      <c r="E25" t="s">
+      <c r="F25" t="s">
         <v>62</v>
       </c>
-      <c r="F25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G25" t="s">
+        <v>360</v>
+      </c>
+      <c r="H25" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
       <c r="I25" t="s">
         <v>392</v>
       </c>
       <c r="J25" t="s">
-        <v>428</v>
+        <v>393</v>
       </c>
       <c r="K25" t="s">
         <v>429</v>
       </c>
       <c r="L25" s="4" t="s">
-        <v>395</v>
-[...1 lines deleted...]
-      <c r="M25" s="4">
+        <v>430</v>
+      </c>
+      <c r="M25" s="4" t="s">
+        <v>396</v>
+      </c>
+      <c r="N25">
         <v>44174.0</v>
       </c>
-      <c r="N25">
+      <c r="O25">
         <v>45352.0</v>
       </c>
-      <c r="O25" t="s">
-[...3 lines deleted...]
-    <row r="26" spans="1:16">
+      <c r="P25" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="26" spans="1:17">
       <c r="A26" t="s">
         <v>44</v>
       </c>
       <c r="B26" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="C26" t="s">
         <v>358</v>
       </c>
       <c r="D26" t="s">
+        <v>359</v>
+      </c>
+      <c r="E26" t="s">
         <v>222</v>
       </c>
-      <c r="E26" t="s">
+      <c r="F26" t="s">
         <v>62</v>
       </c>
-      <c r="F26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G26" t="s">
+        <v>360</v>
+      </c>
+      <c r="H26" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
       <c r="I26" t="s">
         <v>392</v>
       </c>
       <c r="J26" t="s">
-        <v>430</v>
+        <v>393</v>
       </c>
       <c r="K26" t="s">
         <v>431</v>
       </c>
       <c r="L26" s="4" t="s">
-        <v>395</v>
-[...1 lines deleted...]
-      <c r="M26" s="4">
+        <v>432</v>
+      </c>
+      <c r="M26" s="4" t="s">
+        <v>396</v>
+      </c>
+      <c r="N26">
         <v>44174.0</v>
       </c>
-      <c r="N26">
+      <c r="O26">
         <v>45352.0</v>
       </c>
-      <c r="O26" t="s">
-[...3 lines deleted...]
-    <row r="27" spans="1:16">
+      <c r="P26" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="27" spans="1:17">
       <c r="A27" t="s">
         <v>44</v>
       </c>
       <c r="B27" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="C27" t="s">
         <v>358</v>
       </c>
       <c r="D27" t="s">
+        <v>359</v>
+      </c>
+      <c r="E27" t="s">
         <v>222</v>
       </c>
-      <c r="E27" t="s">
+      <c r="F27" t="s">
         <v>62</v>
       </c>
-      <c r="F27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G27" t="s">
+        <v>360</v>
+      </c>
+      <c r="H27" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
       <c r="I27" t="s">
         <v>392</v>
       </c>
       <c r="J27" t="s">
-        <v>432</v>
+        <v>393</v>
       </c>
       <c r="K27" t="s">
         <v>433</v>
       </c>
       <c r="L27" s="4" t="s">
-        <v>395</v>
-[...1 lines deleted...]
-      <c r="M27" s="4">
+        <v>434</v>
+      </c>
+      <c r="M27" s="4" t="s">
+        <v>396</v>
+      </c>
+      <c r="N27">
         <v>44174.0</v>
       </c>
-      <c r="N27">
+      <c r="O27">
         <v>45352.0</v>
       </c>
-      <c r="O27" t="s">
-[...3 lines deleted...]
-    <row r="28" spans="1:16">
+      <c r="P27" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="28" spans="1:17">
       <c r="A28" t="s">
         <v>44</v>
       </c>
       <c r="B28" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="C28" t="s">
         <v>358</v>
       </c>
       <c r="D28" t="s">
+        <v>359</v>
+      </c>
+      <c r="E28" t="s">
         <v>222</v>
       </c>
-      <c r="E28" t="s">
+      <c r="F28" t="s">
         <v>62</v>
       </c>
-      <c r="F28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G28" t="s">
+        <v>360</v>
+      </c>
+      <c r="H28" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
       <c r="I28" t="s">
         <v>392</v>
       </c>
       <c r="J28" t="s">
-        <v>434</v>
+        <v>393</v>
       </c>
       <c r="K28" t="s">
         <v>435</v>
       </c>
       <c r="L28" s="4" t="s">
-        <v>395</v>
-[...1 lines deleted...]
-      <c r="M28" s="4">
+        <v>436</v>
+      </c>
+      <c r="M28" s="4" t="s">
+        <v>396</v>
+      </c>
+      <c r="N28">
         <v>44174.0</v>
       </c>
-      <c r="N28">
+      <c r="O28">
         <v>45352.0</v>
       </c>
-      <c r="O28" t="s">
-[...3 lines deleted...]
-    <row r="29" spans="1:16">
+      <c r="P28" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="29" spans="1:17">
       <c r="A29" t="s">
         <v>44</v>
       </c>
       <c r="B29" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="C29" t="s">
         <v>358</v>
       </c>
       <c r="D29" t="s">
+        <v>359</v>
+      </c>
+      <c r="E29" t="s">
         <v>222</v>
       </c>
-      <c r="E29" t="s">
+      <c r="F29" t="s">
         <v>62</v>
       </c>
-      <c r="F29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G29" t="s">
+        <v>360</v>
+      </c>
+      <c r="H29" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
       <c r="I29" t="s">
         <v>392</v>
       </c>
       <c r="J29" t="s">
-        <v>436</v>
+        <v>393</v>
       </c>
       <c r="K29" t="s">
         <v>437</v>
       </c>
       <c r="L29" s="4" t="s">
-        <v>395</v>
-[...1 lines deleted...]
-      <c r="M29" s="4">
+        <v>438</v>
+      </c>
+      <c r="M29" s="4" t="s">
+        <v>396</v>
+      </c>
+      <c r="N29">
         <v>44174.0</v>
       </c>
-      <c r="N29">
+      <c r="O29">
         <v>45352.0</v>
       </c>
-      <c r="O29" t="s">
-[...3 lines deleted...]
-    <row r="30" spans="1:16">
+      <c r="P29" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="30" spans="1:17">
       <c r="A30" t="s">
         <v>44</v>
       </c>
       <c r="B30" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="C30" t="s">
         <v>358</v>
       </c>
       <c r="D30" t="s">
+        <v>359</v>
+      </c>
+      <c r="E30" t="s">
         <v>222</v>
       </c>
-      <c r="E30" t="s">
+      <c r="F30" t="s">
         <v>62</v>
       </c>
-      <c r="F30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G30" t="s">
+        <v>360</v>
+      </c>
+      <c r="H30" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
       <c r="I30" t="s">
         <v>392</v>
       </c>
       <c r="J30" t="s">
-        <v>438</v>
+        <v>393</v>
       </c>
       <c r="K30" t="s">
         <v>439</v>
       </c>
       <c r="L30" s="4" t="s">
-        <v>395</v>
-[...1 lines deleted...]
-      <c r="M30" s="4">
+        <v>440</v>
+      </c>
+      <c r="M30" s="4" t="s">
+        <v>396</v>
+      </c>
+      <c r="N30">
         <v>44174.0</v>
       </c>
-      <c r="N30">
+      <c r="O30">
         <v>45352.0</v>
       </c>
-      <c r="O30" t="s">
-[...3 lines deleted...]
-    <row r="31" spans="1:16">
+      <c r="P30" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="31" spans="1:17">
       <c r="A31" t="s">
         <v>44</v>
       </c>
       <c r="B31" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="C31" t="s">
         <v>358</v>
       </c>
       <c r="D31" t="s">
+        <v>359</v>
+      </c>
+      <c r="E31" t="s">
         <v>222</v>
       </c>
-      <c r="E31" t="s">
+      <c r="F31" t="s">
         <v>62</v>
       </c>
-      <c r="F31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G31" t="s">
+        <v>360</v>
+      </c>
+      <c r="H31" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
       <c r="I31" t="s">
         <v>392</v>
       </c>
       <c r="J31" t="s">
-        <v>440</v>
+        <v>393</v>
       </c>
       <c r="K31" t="s">
         <v>441</v>
       </c>
       <c r="L31" s="4" t="s">
-        <v>395</v>
-[...1 lines deleted...]
-      <c r="M31" s="4">
+        <v>442</v>
+      </c>
+      <c r="M31" s="4" t="s">
+        <v>396</v>
+      </c>
+      <c r="N31">
         <v>44174.0</v>
       </c>
-      <c r="N31">
+      <c r="O31">
         <v>45352.0</v>
       </c>
-      <c r="O31" t="s">
-[...3 lines deleted...]
-    <row r="32" spans="1:16">
+      <c r="P31" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="32" spans="1:17">
       <c r="A32" t="s">
         <v>44</v>
       </c>
       <c r="B32" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="C32" t="s">
         <v>358</v>
       </c>
       <c r="D32" t="s">
+        <v>359</v>
+      </c>
+      <c r="E32" t="s">
         <v>222</v>
       </c>
-      <c r="E32" t="s">
+      <c r="F32" t="s">
         <v>62</v>
       </c>
-      <c r="F32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G32" t="s">
+        <v>360</v>
+      </c>
+      <c r="H32" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
       <c r="I32" t="s">
         <v>392</v>
       </c>
       <c r="J32" t="s">
-        <v>442</v>
+        <v>393</v>
       </c>
       <c r="K32" t="s">
+        <v>443</v>
+      </c>
+      <c r="L32" s="4" t="s">
         <v>130</v>
       </c>
-      <c r="L32" s="4" t="s">
-[...2 lines deleted...]
-      <c r="M32" s="4">
+      <c r="M32" s="4" t="s">
+        <v>396</v>
+      </c>
+      <c r="N32">
         <v>44174.0</v>
       </c>
-      <c r="N32">
+      <c r="O32">
         <v>45352.0</v>
       </c>
-      <c r="O32" t="s">
-[...3 lines deleted...]
-    <row r="33" spans="1:16">
+      <c r="P32" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="33" spans="1:17">
       <c r="A33" t="s">
         <v>44</v>
       </c>
       <c r="B33" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="C33" t="s">
         <v>358</v>
       </c>
       <c r="D33" t="s">
+        <v>359</v>
+      </c>
+      <c r="E33" t="s">
         <v>222</v>
       </c>
-      <c r="E33" t="s">
+      <c r="F33" t="s">
         <v>62</v>
       </c>
-      <c r="F33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G33" t="s">
+        <v>360</v>
+      </c>
+      <c r="H33" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
       <c r="I33" t="s">
         <v>392</v>
       </c>
       <c r="J33" t="s">
-        <v>443</v>
+        <v>393</v>
       </c>
       <c r="K33" t="s">
         <v>444</v>
       </c>
       <c r="L33" s="4" t="s">
-        <v>395</v>
-[...1 lines deleted...]
-      <c r="M33" s="4">
+        <v>445</v>
+      </c>
+      <c r="M33" s="4" t="s">
+        <v>396</v>
+      </c>
+      <c r="N33">
         <v>44174.0</v>
       </c>
-      <c r="N33">
+      <c r="O33">
         <v>45352.0</v>
       </c>
-      <c r="O33" t="s">
-[...3 lines deleted...]
-    <row r="34" spans="1:16">
+      <c r="P33" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="34" spans="1:17">
       <c r="A34" t="s">
         <v>44</v>
       </c>
       <c r="B34" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="C34" t="s">
         <v>358</v>
       </c>
       <c r="D34" t="s">
+        <v>359</v>
+      </c>
+      <c r="E34" t="s">
         <v>222</v>
       </c>
-      <c r="E34" t="s">
+      <c r="F34" t="s">
         <v>62</v>
       </c>
-      <c r="F34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G34" t="s">
+        <v>360</v>
+      </c>
+      <c r="H34" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
       <c r="I34" t="s">
         <v>392</v>
       </c>
       <c r="J34" t="s">
-        <v>445</v>
+        <v>393</v>
       </c>
       <c r="K34" t="s">
         <v>446</v>
       </c>
       <c r="L34" s="4" t="s">
-        <v>395</v>
-[...1 lines deleted...]
-      <c r="M34" s="4">
+        <v>447</v>
+      </c>
+      <c r="M34" s="4" t="s">
+        <v>396</v>
+      </c>
+      <c r="N34">
         <v>44174.0</v>
       </c>
-      <c r="N34">
+      <c r="O34">
         <v>45352.0</v>
       </c>
-      <c r="O34" t="s">
-[...3 lines deleted...]
-    <row r="35" spans="1:16">
+      <c r="P34" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="35" spans="1:17">
       <c r="A35" t="s">
         <v>44</v>
       </c>
       <c r="B35" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="C35" t="s">
         <v>358</v>
       </c>
       <c r="D35" t="s">
+        <v>359</v>
+      </c>
+      <c r="E35" t="s">
         <v>222</v>
       </c>
-      <c r="E35" t="s">
+      <c r="F35" t="s">
         <v>62</v>
       </c>
-      <c r="F35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G35" t="s">
+        <v>360</v>
+      </c>
+      <c r="H35" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
       <c r="I35" t="s">
         <v>392</v>
       </c>
       <c r="J35" t="s">
-        <v>447</v>
+        <v>393</v>
       </c>
       <c r="K35" t="s">
         <v>448</v>
       </c>
       <c r="L35" s="4" t="s">
-        <v>395</v>
-[...1 lines deleted...]
-      <c r="M35" s="4">
+        <v>449</v>
+      </c>
+      <c r="M35" s="4" t="s">
+        <v>396</v>
+      </c>
+      <c r="N35">
         <v>44174.0</v>
       </c>
-      <c r="N35">
+      <c r="O35">
         <v>45352.0</v>
       </c>
-      <c r="O35" t="s">
-[...3 lines deleted...]
-    <row r="36" spans="1:16">
+      <c r="P35" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="36" spans="1:17">
       <c r="A36" t="s">
         <v>44</v>
       </c>
       <c r="B36" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="C36" t="s">
         <v>358</v>
       </c>
       <c r="D36" t="s">
+        <v>359</v>
+      </c>
+      <c r="E36" t="s">
         <v>222</v>
       </c>
-      <c r="E36" t="s">
+      <c r="F36" t="s">
         <v>62</v>
       </c>
-      <c r="F36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G36" t="s">
+        <v>360</v>
+      </c>
+      <c r="H36" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
       <c r="I36" t="s">
         <v>392</v>
       </c>
       <c r="J36" t="s">
-        <v>449</v>
+        <v>393</v>
       </c>
       <c r="K36" t="s">
         <v>450</v>
       </c>
       <c r="L36" s="4" t="s">
-        <v>395</v>
-[...1 lines deleted...]
-      <c r="M36" s="4">
+        <v>451</v>
+      </c>
+      <c r="M36" s="4" t="s">
+        <v>396</v>
+      </c>
+      <c r="N36">
         <v>44174.0</v>
       </c>
-      <c r="N36">
+      <c r="O36">
         <v>45352.0</v>
       </c>
-      <c r="O36" t="s">
-[...3 lines deleted...]
-    <row r="37" spans="1:16">
+      <c r="P36" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="37" spans="1:17">
       <c r="A37" t="s">
         <v>44</v>
       </c>
       <c r="B37" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="C37" t="s">
         <v>358</v>
       </c>
       <c r="D37" t="s">
+        <v>359</v>
+      </c>
+      <c r="E37" t="s">
         <v>222</v>
       </c>
-      <c r="E37" t="s">
+      <c r="F37" t="s">
         <v>62</v>
       </c>
-      <c r="F37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G37" t="s">
+        <v>360</v>
+      </c>
+      <c r="H37" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
       <c r="I37" t="s">
         <v>392</v>
       </c>
       <c r="J37" t="s">
-        <v>451</v>
+        <v>393</v>
       </c>
       <c r="K37" t="s">
         <v>452</v>
       </c>
       <c r="L37" s="4" t="s">
-        <v>395</v>
-[...1 lines deleted...]
-      <c r="M37" s="4">
+        <v>453</v>
+      </c>
+      <c r="M37" s="4" t="s">
+        <v>396</v>
+      </c>
+      <c r="N37">
         <v>44174.0</v>
       </c>
-      <c r="N37">
+      <c r="O37">
         <v>45352.0</v>
       </c>
-      <c r="O37" t="s">
-[...3 lines deleted...]
-    <row r="38" spans="1:16">
+      <c r="P37" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="38" spans="1:17">
       <c r="A38" t="s">
         <v>44</v>
       </c>
       <c r="B38" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="C38" t="s">
         <v>358</v>
       </c>
       <c r="D38" t="s">
+        <v>359</v>
+      </c>
+      <c r="E38" t="s">
         <v>222</v>
       </c>
-      <c r="E38" t="s">
+      <c r="F38" t="s">
         <v>62</v>
       </c>
-      <c r="F38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G38" t="s">
+        <v>360</v>
+      </c>
+      <c r="H38" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>453</v>
       </c>
       <c r="I38" t="s">
         <v>454</v>
       </c>
       <c r="J38" t="s">
         <v>455</v>
       </c>
       <c r="K38" t="s">
         <v>456</v>
       </c>
       <c r="L38" s="4" t="s">
-        <v>364</v>
-[...1 lines deleted...]
-      <c r="M38" s="4">
+        <v>457</v>
+      </c>
+      <c r="M38" s="4" t="s">
+        <v>365</v>
+      </c>
+      <c r="N38">
         <v>44230.0</v>
       </c>
-      <c r="N38">
+      <c r="O38">
         <v>44383.0</v>
       </c>
-      <c r="O38" t="s">
-[...3 lines deleted...]
-    <row r="39" spans="1:16">
+      <c r="P38" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="39" spans="1:17">
       <c r="A39" t="s">
         <v>44</v>
       </c>
       <c r="B39" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="C39" t="s">
         <v>358</v>
       </c>
       <c r="D39" t="s">
+        <v>359</v>
+      </c>
+      <c r="E39" t="s">
         <v>222</v>
       </c>
-      <c r="E39" t="s">
+      <c r="F39" t="s">
         <v>62</v>
       </c>
-      <c r="F39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G39" t="s">
+        <v>360</v>
+      </c>
+      <c r="H39" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>458</v>
       </c>
       <c r="I39" t="s">
         <v>459</v>
       </c>
       <c r="J39" t="s">
         <v>460</v>
       </c>
       <c r="K39" t="s">
         <v>461</v>
       </c>
       <c r="L39" s="4" t="s">
-        <v>364</v>
-[...1 lines deleted...]
-      <c r="M39" s="4">
+        <v>462</v>
+      </c>
+      <c r="M39" s="4" t="s">
+        <v>365</v>
+      </c>
+      <c r="N39">
         <v>44238.0</v>
       </c>
-      <c r="N39">
+      <c r="O39">
         <v>44951.0</v>
       </c>
-      <c r="O39" t="s">
-[...3 lines deleted...]
-    <row r="40" spans="1:16">
+      <c r="P39" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="40" spans="1:17">
       <c r="A40" t="s">
         <v>44</v>
       </c>
       <c r="B40" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="C40" t="s">
         <v>358</v>
       </c>
       <c r="D40" t="s">
+        <v>359</v>
+      </c>
+      <c r="E40" t="s">
         <v>222</v>
       </c>
-      <c r="E40" t="s">
+      <c r="F40" t="s">
         <v>62</v>
       </c>
-      <c r="F40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G40" t="s">
+        <v>360</v>
+      </c>
+      <c r="H40" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>463</v>
       </c>
       <c r="I40" t="s">
         <v>464</v>
       </c>
       <c r="J40" t="s">
         <v>465</v>
       </c>
       <c r="K40" t="s">
         <v>466</v>
       </c>
       <c r="L40" s="4" t="s">
-        <v>364</v>
-[...1 lines deleted...]
-      <c r="M40" s="4">
+        <v>467</v>
+      </c>
+      <c r="M40" s="4" t="s">
+        <v>365</v>
+      </c>
+      <c r="N40">
         <v>44244.0</v>
       </c>
-      <c r="N40">
+      <c r="O40">
         <v>44474.0</v>
       </c>
-      <c r="O40" t="s">
-[...3 lines deleted...]
-    <row r="41" spans="1:16">
+      <c r="P40" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="41" spans="1:17">
       <c r="A41" t="s">
         <v>44</v>
       </c>
       <c r="B41" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="C41" t="s">
         <v>358</v>
       </c>
       <c r="D41" t="s">
+        <v>359</v>
+      </c>
+      <c r="E41" t="s">
         <v>222</v>
       </c>
-      <c r="E41" t="s">
+      <c r="F41" t="s">
         <v>62</v>
       </c>
-      <c r="F41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G41" t="s">
+        <v>360</v>
+      </c>
+      <c r="H41" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>371</v>
       </c>
       <c r="I41" t="s">
         <v>372</v>
       </c>
       <c r="J41" t="s">
-        <v>467</v>
+        <v>373</v>
       </c>
       <c r="K41" t="s">
         <v>468</v>
       </c>
       <c r="L41" s="4" t="s">
-        <v>364</v>
-[...1 lines deleted...]
-      <c r="M41" s="4">
+        <v>469</v>
+      </c>
+      <c r="M41" s="4" t="s">
+        <v>365</v>
+      </c>
+      <c r="N41">
         <v>44249.0</v>
       </c>
-      <c r="N41">
+      <c r="O41">
         <v>44927.0</v>
       </c>
-      <c r="O41" t="s">
-[...3 lines deleted...]
-    <row r="42" spans="1:16">
+      <c r="P41" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="42" spans="1:17">
       <c r="A42" t="s">
         <v>44</v>
       </c>
       <c r="B42" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="C42" t="s">
         <v>358</v>
       </c>
       <c r="D42" t="s">
+        <v>359</v>
+      </c>
+      <c r="E42" t="s">
         <v>222</v>
       </c>
-      <c r="E42" t="s">
+      <c r="F42" t="s">
         <v>62</v>
       </c>
-      <c r="F42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G42" t="s">
+        <v>360</v>
+      </c>
+      <c r="H42" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>469</v>
       </c>
       <c r="I42" t="s">
         <v>470</v>
       </c>
       <c r="J42" t="s">
         <v>471</v>
       </c>
       <c r="K42" t="s">
         <v>472</v>
       </c>
       <c r="L42" s="4" t="s">
         <v>473</v>
       </c>
-      <c r="M42" s="4">
+      <c r="M42" s="4" t="s">
+        <v>474</v>
+      </c>
+      <c r="N42">
         <v>44266.0</v>
       </c>
-      <c r="N42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O42" t="s">
-        <v>474</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:16">
+        <v>390</v>
+      </c>
+      <c r="P42" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="43" spans="1:17">
       <c r="A43" t="s">
         <v>44</v>
       </c>
       <c r="B43" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="C43" t="s">
         <v>358</v>
       </c>
       <c r="D43" t="s">
+        <v>359</v>
+      </c>
+      <c r="E43" t="s">
         <v>222</v>
       </c>
-      <c r="E43" t="s">
+      <c r="F43" t="s">
         <v>62</v>
       </c>
-      <c r="F43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G43" t="s">
+        <v>360</v>
+      </c>
+      <c r="H43" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>475</v>
       </c>
       <c r="I43" t="s">
         <v>476</v>
       </c>
       <c r="J43" t="s">
         <v>477</v>
       </c>
       <c r="K43" t="s">
         <v>478</v>
       </c>
       <c r="L43" s="4" t="s">
-        <v>364</v>
-[...1 lines deleted...]
-      <c r="M43" s="4">
+        <v>479</v>
+      </c>
+      <c r="M43" s="4" t="s">
+        <v>365</v>
+      </c>
+      <c r="N43">
         <v>44278.0</v>
       </c>
-      <c r="N43">
+      <c r="O43">
         <v>44393.0</v>
       </c>
-      <c r="O43" t="s">
-[...3 lines deleted...]
-    <row r="44" spans="1:16">
+      <c r="P43" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="44" spans="1:17">
       <c r="A44" t="s">
         <v>44</v>
       </c>
       <c r="B44" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="C44" t="s">
         <v>358</v>
       </c>
       <c r="D44" t="s">
+        <v>359</v>
+      </c>
+      <c r="E44" t="s">
         <v>222</v>
       </c>
-      <c r="E44" t="s">
+      <c r="F44" t="s">
         <v>62</v>
       </c>
-      <c r="F44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G44" t="s">
+        <v>360</v>
+      </c>
+      <c r="H44" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>479</v>
       </c>
       <c r="I44" t="s">
         <v>480</v>
       </c>
       <c r="J44" t="s">
         <v>481</v>
       </c>
       <c r="K44" t="s">
         <v>482</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>483</v>
       </c>
-      <c r="M44" s="4">
+      <c r="M44" s="4" t="s">
+        <v>484</v>
+      </c>
+      <c r="N44">
         <v>45470.0</v>
       </c>
-      <c r="N44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O44" t="s">
-        <v>484</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:16">
+        <v>390</v>
+      </c>
+      <c r="P44" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="45" spans="1:17">
       <c r="A45" t="s">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="C45" t="s">
         <v>358</v>
       </c>
       <c r="D45" t="s">
+        <v>359</v>
+      </c>
+      <c r="E45" t="s">
         <v>222</v>
       </c>
-      <c r="E45" t="s">
+      <c r="F45" t="s">
         <v>62</v>
       </c>
-      <c r="F45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G45" t="s">
+        <v>360</v>
+      </c>
+      <c r="H45" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>485</v>
       </c>
       <c r="I45" t="s">
         <v>486</v>
       </c>
       <c r="J45" t="s">
         <v>487</v>
       </c>
       <c r="K45" t="s">
         <v>488</v>
       </c>
       <c r="L45" s="4" t="s">
-        <v>364</v>
-[...2 lines deleted...]
-      <c r="N45">
+        <v>489</v>
+      </c>
+      <c r="M45" s="4" t="s">
+        <v>365</v>
+      </c>
+      <c r="O45">
         <v>44197.0</v>
       </c>
     </row>
-    <row r="46" spans="1:16">
+    <row r="46" spans="1:17">
       <c r="A46" t="s">
         <v>44</v>
       </c>
       <c r="B46" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="C46" t="s">
         <v>358</v>
       </c>
       <c r="D46" t="s">
+        <v>359</v>
+      </c>
+      <c r="E46" t="s">
         <v>222</v>
       </c>
-      <c r="E46" t="s">
+      <c r="F46" t="s">
         <v>62</v>
       </c>
-      <c r="F46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G46" t="s">
+        <v>360</v>
+      </c>
+      <c r="H46" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>489</v>
       </c>
       <c r="I46" t="s">
         <v>490</v>
       </c>
       <c r="J46" t="s">
         <v>491</v>
       </c>
       <c r="K46" t="s">
         <v>492</v>
       </c>
       <c r="L46" s="4" t="s">
-        <v>483</v>
-[...1 lines deleted...]
-      <c r="M46" s="4">
+        <v>493</v>
+      </c>
+      <c r="M46" s="4" t="s">
+        <v>484</v>
+      </c>
+      <c r="N46">
         <v>45595.0</v>
       </c>
-      <c r="N46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O46" t="s">
-        <v>493</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:16">
+        <v>390</v>
+      </c>
+      <c r="P46" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="47" spans="1:17">
       <c r="A47" t="s">
         <v>44</v>
       </c>
       <c r="B47" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="C47" t="s">
         <v>358</v>
       </c>
       <c r="D47" t="s">
+        <v>359</v>
+      </c>
+      <c r="E47" t="s">
         <v>222</v>
       </c>
-      <c r="E47" t="s">
+      <c r="F47" t="s">
         <v>62</v>
       </c>
-      <c r="F47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G47" t="s">
+        <v>360</v>
+      </c>
+      <c r="H47" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>494</v>
       </c>
       <c r="I47" t="s">
         <v>495</v>
       </c>
       <c r="J47" t="s">
         <v>496</v>
       </c>
       <c r="K47" t="s">
         <v>497</v>
       </c>
       <c r="L47" s="4" t="s">
-        <v>364</v>
-[...1 lines deleted...]
-      <c r="M47" s="4">
+        <v>498</v>
+      </c>
+      <c r="M47" s="4" t="s">
+        <v>365</v>
+      </c>
+      <c r="N47">
         <v>45595.0</v>
       </c>
-      <c r="N47">
+      <c r="O47">
         <v>45572.0</v>
       </c>
-      <c r="O47" t="s">
-[...3 lines deleted...]
-    <row r="48" spans="1:16">
+      <c r="P47" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="48" spans="1:17">
       <c r="A48" t="s">
         <v>44</v>
       </c>
       <c r="B48" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="C48" t="s">
         <v>358</v>
       </c>
       <c r="D48" t="s">
+        <v>359</v>
+      </c>
+      <c r="E48" t="s">
         <v>222</v>
       </c>
-      <c r="E48" t="s">
+      <c r="F48" t="s">
         <v>62</v>
       </c>
-      <c r="F48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G48" t="s">
+        <v>360</v>
+      </c>
+      <c r="H48" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>498</v>
       </c>
       <c r="I48" t="s">
         <v>499</v>
       </c>
       <c r="J48" t="s">
         <v>500</v>
       </c>
       <c r="K48" t="s">
         <v>501</v>
       </c>
       <c r="L48" s="4" t="s">
-        <v>483</v>
-[...1 lines deleted...]
-      <c r="M48" s="4">
+        <v>502</v>
+      </c>
+      <c r="M48" s="4" t="s">
+        <v>484</v>
+      </c>
+      <c r="N48">
         <v>45595.0</v>
       </c>
-      <c r="N48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O48" t="s">
-        <v>493</v>
+        <v>390</v>
+      </c>
+      <c r="P48" t="s">
+        <v>494</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D3"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>329</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" s="6" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="C2" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" s="6" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="C3" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
@@ -6807,161 +6808,161 @@
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>330</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>329</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>331</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="C2" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="D2" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="E2" s="6" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
         <v>153</v>
       </c>
       <c r="C3" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="E3" s="6" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="C4" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="D4" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="E4" s="6" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" t="s">
         <v>153</v>
       </c>
       <c r="C5" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="E5" s="6" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
         <v>44</v>
       </c>
       <c r="B6" t="s">
         <v>153</v>
       </c>
       <c r="C6" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="E6" s="6" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>44</v>
       </c>
       <c r="B7" t="s">
         <v>153</v>
       </c>
       <c r="C7" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>44</v>
       </c>
       <c r="B8" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="C8" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="D8" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
         <v>44</v>
       </c>
       <c r="B9" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="C9" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="D9" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
         <v>44</v>
       </c>
       <c r="B10" t="s">
         <v>153</v>
       </c>
       <c r="C10" t="s">
         <v>332</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
         <v>44</v>
       </c>
       <c r="B11" t="s">
         <v>153</v>
       </c>
       <c r="C11" t="s">
         <v>334</v>