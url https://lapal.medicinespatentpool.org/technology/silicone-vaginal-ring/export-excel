--- v4 (2026-02-06)
+++ v5 (2026-02-27)
@@ -1252,51 +1252,51 @@
   </si>
   <si>
     <t>SWZ</t>
   </si>
   <si>
     <t>Eswatini</t>
   </si>
   <si>
     <t>https://www.healio.com/news/infectious-disease/20231204/vagil-ring-for-hiv-prevention-authorized-in-11-african-countries
 chrome-extension://mhnlakgilnojmhinhkckjpncpbhabphi/pages/pdf/web/viewer.html?file=https%3A%2F%2Favac.org%2Fwp-content%2Fuploads%2F2023%2F04%2FRINGingTheBellForChoice.pdf
 https://popcouncil.org/media/innovative-hiv-prevention-product-for-women-that-promotes-choice-dapivirine-vagil-ring-dvr-gains-momentum-across-africa/</t>
   </si>
   <si>
     <t>MMDCA</t>
   </si>
   <si>
     <t>The Medicines and Medical Devices Control Authority</t>
   </si>
   <si>
     <t>LSO</t>
   </si>
   <si>
     <t>Lesotho</t>
   </si>
   <si>
-    <t>SAHPRA-r</t>
+    <t>SAHPRA</t>
   </si>
   <si>
     <t>South African Health Products Regulatory Authority</t>
   </si>
   <si>
     <t>ZAF</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>https://www.healio.com/news/infectious-disease/20231204/vagil-ring-for-hiv-prevention-authorized-in-11-african-countries</t>
   </si>
   <si>
     <t>USFDA-r</t>
   </si>
   <si>
     <t>United States Food and Drug Administration</t>
   </si>
   <si>
     <t>USA</t>
   </si>
   <si>
     <t>Withdrawn</t>
   </si>