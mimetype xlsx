--- v0 (2025-10-26)
+++ v1 (2026-01-21)
@@ -34,51 +34,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Technologies" sheetId="1" r:id="rId4"/>
     <sheet name="Potential associated API" sheetId="2" r:id="rId5"/>
     <sheet name="Patent Medspal" sheetId="3" r:id="rId6"/>
     <sheet name="Patent curated by innovator" sheetId="4" r:id="rId7"/>
     <sheet name="Clinical trials" sheetId="5" r:id="rId8"/>
     <sheet name="Key resources" sheetId="6" r:id="rId9"/>
     <sheet name="Regulatory status" sheetId="7" r:id="rId10"/>
     <sheet name="Drug illustrations" sheetId="8" r:id="rId11"/>
     <sheet name="Publications" sheetId="9" r:id="rId12"/>
     <sheet name="Developers" sheetId="10" r:id="rId13"/>
     <sheet name="Partnerships" sheetId="11" r:id="rId14"/>
     <sheet name="Sponsors" sheetId="12" r:id="rId15"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="234">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="235">
   <si>
     <t>Technology</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Highlight</t>
   </si>
   <si>
     <t>Route(s) of administration</t>
   </si>
   <si>
     <t>Type(s) of technology</t>
   </si>
   <si>
     <t>Other feature(s) of the technology</t>
   </si>
   <si>
     <t>Release properties</t>
   </si>
   <si>
     <t>Injectability</t>
   </si>
   <si>
@@ -600,50 +600,53 @@
     <t>Company</t>
   </si>
   <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
+  </si>
+  <si>
+    <t>Country Name</t>
   </si>
   <si>
     <t>Reg Status</t>
   </si>
   <si>
     <t>Reg Submission Date</t>
   </si>
   <si>
     <t>Reg Approval Date</t>
   </si>
   <si>
     <t>Links</t>
   </si>
   <si>
     <t>Comments</t>
   </si>
   <si>
     <t>Illustration URL</t>
   </si>
   <si>
     <t>Credit</t>
   </si>
   <si>
     <t>https://lapal.medicinespatentpool.org/storage/illustrations/ZSgRJADrcqP2ZvpJ6R6zEF1NvC1tbbQLshGSCgGh.png</t>
   </si>
@@ -1536,217 +1539,217 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C2" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D2" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="E2" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="F2" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C5"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>118</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C2" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C3" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C4" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C5" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>118</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I4"/>
   <sheetViews>
@@ -2361,253 +2364,257 @@
       <c r="E1" s="2" t="s">
         <v>120</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O1"/>
+  <dimension ref="A1:P1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:O1"/>
+      <selection activeCell="A1" sqref="A1:P1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
+    <col min="16" max="16" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15">
+    <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>170</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>171</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>172</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>173</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>175</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>176</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>177</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>178</v>
       </c>
-      <c r="K1" s="5" t="s">
+      <c r="K1" s="2" t="s">
         <v>179</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>180</v>
       </c>
-      <c r="M1" s="2" t="s">
+      <c r="M1" s="5" t="s">
         <v>181</v>
       </c>
       <c r="N1" s="2" t="s">
         <v>182</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>183</v>
+      </c>
+      <c r="P1" s="2" t="s">
+        <v>184</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D7"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B7" sqref="B7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>167</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" s="6" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C2" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D2" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="C3" t="s">
+        <v>191</v>
+      </c>
+      <c r="D3" t="s">
         <v>189</v>
-      </c>
-[...4 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" s="6" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C4" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D4" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" s="6" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C5" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D5" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>44</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C6" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D6" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>44</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C7" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D7" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
@@ -2632,116 +2639,116 @@
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>168</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>167</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>169</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C2" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D2" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C3" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D3" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C4" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D4" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C5" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D5" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
         <v>44</v>
       </c>
       <c r="B6" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C6" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D6" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E6" s="6" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E6" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>