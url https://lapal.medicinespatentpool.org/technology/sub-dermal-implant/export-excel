--- v1 (2026-01-21)
+++ v2 (2026-02-10)
@@ -578,50 +578,53 @@
   <si>
     <t>Studied route(s) of administration</t>
   </si>
   <si>
     <t>Studied LA-formulation(s)</t>
   </si>
   <si>
     <t>Use case</t>
   </si>
   <si>
     <t>Clinical trial ID</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Company</t>
   </si>
   <si>
+    <t>Manufacturer</t>
+  </si>
+  <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
   </si>
   <si>
     <t>Country Name</t>
@@ -717,53 +720,50 @@
     <t>&lt;p&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;Nyitray, C. E., Chang, R., Faleo, G., Lance, K. D., Bernards, D. A., Tang, Q., &amp;amp; Desai, T. A. (2015). Polycaprolactone Thin-Film Micro- and Nanoporous Cell-Encapsulation Devices.&amp;nbsp;&lt;/span&gt;&lt;em style="color: rgb(33, 33, 33);"&gt;ACS nano&lt;/em&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;,&amp;nbsp;&lt;/span&gt;&lt;em style="color: rgb(33, 33, 33);"&gt;9&lt;/em&gt;&lt;span style="color: rgb(33, 33, 33);"&gt;(6), 5675–5682. &lt;/span&gt;&lt;a href="https://doi.org/10.1021/acsnano.5b00679" rel="noopener noreferrer" target="_blank" style="color: rgb(33, 33, 33);"&gt;https://doi.org/10.1021/acsnano.5b00679&lt;/a&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Cell-encapsulating devices are crucial for improving transplant success rates by advancing tissue types. To achieve this, encapsulated cells must remain viable, respond to external stimuli, and be protected from immune responses. A micro- and nanoporous thin-film cell encapsulation device from polycaprolactone (PCL) has been developed. The device allows long-term bioluminescent transfer imaging, monitoring cell viability, and device tracking. The membrane's ability to tune allows selective protection from immune cell invasion and cytokine-mediated cell death while maintaining cell function. The technology has been demonstrated in mouse models for up to 90 days, showing promise for cell encapsulation success and future immune-isolation therapies.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;span style="color: rgb(34, 34, 34);"&gt;Lykins, W. R., Bernards, D. A., Schlesinger, E. B., Wisniewski, K., &amp;amp; Desai, T. A. (2022). Tuning polycaprolactone degradation for long acting implantables.&amp;nbsp;&lt;/span&gt;&lt;em style="color: rgb(34, 34, 34);"&gt;Polymer&lt;/em&gt;&lt;span style="color: rgb(34, 34, 34);"&gt;,&amp;nbsp;&lt;/span&gt;&lt;em style="color: rgb(34, 34, 34);"&gt;262&lt;/em&gt;&lt;span style="color: rgb(34, 34, 34);"&gt;, 125473.&lt;/span&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Polycaprolactone (PCL) is a bioresorbable polyester used in biomedical applications since the 1970s. It undergoes bulk degradation, making it ideal for drug delivery. However, the time to degradation of PCLs can be multiple years. The time to degradation is directly related to its initial molecular weight, but low molecular weight PCLs are unsuitable for implantation. A new approach involves blending low and high molecular weight polymers. The degradation rate and permeability of PCL films are insensitive to their composition, and weight-average molecular weight predicts time to fragmentation. Compositions with up to 50% low molecular weight polymer can retain high molecular weight properties, reducing time to degradation by about two-fold without sacrificing mechanical integrity. &lt;/p&gt;</t>
   </si>
   <si>
     <t>Document</t>
   </si>
   <si>
     <t>TIP program brochure by RTI International</t>
   </si>
   <si>
     <t>2020_11_25_tip_program_fact_sheet_final3.pdf</t>
   </si>
   <si>
     <t>resources/gvjscxDVXK7m_2020_11_25_tip_program_fact_sheet_final3.pdf</t>
   </si>
   <si>
     <t>Company/University</t>
-  </si>
-[...1 lines deleted...]
-    <t>Manufacturer</t>
   </si>
   <si>
     <t>Link to website</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Short description</t>
   </si>
   <si>
     <t>University of California</t>
   </si>
   <si>
     <t>originator</t>
   </si>
   <si>
     <t>https://www.universityofcalifornia.edu/</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>The University of California (UC) was founded in 1868 with the establishment of its first campus, UC Berkeley. Over the years, it has grown into a leading public university system with a strong emphasis on research and innovation. UC has been at the forefront of numerous scientific and pharmaceutical technological advancements in alliance with external collaborators.</t>
   </si>
@@ -1539,54 +1539,54 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>218</v>
+        <v>171</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>219</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>220</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
         <v>222</v>
       </c>
       <c r="C2" t="s">
         <v>223</v>
       </c>
       <c r="D2" t="s">
         <v>224</v>
       </c>
       <c r="E2" t="s">
@@ -2364,257 +2364,261 @@
       <c r="E1" s="2" t="s">
         <v>120</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P1"/>
+  <dimension ref="A1:Q1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:P1"/>
+      <selection activeCell="A1" sqref="A1:Q1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
+    <col min="17" max="17" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16">
+    <row r="1" spans="1:17">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>170</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>171</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>172</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>173</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>175</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>176</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>177</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>178</v>
       </c>
       <c r="K1" s="2" t="s">
         <v>179</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>180</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>181</v>
       </c>
       <c r="N1" s="2" t="s">
         <v>182</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>183</v>
       </c>
       <c r="P1" s="2" t="s">
         <v>184</v>
+      </c>
+      <c r="Q1" s="2" t="s">
+        <v>185</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D7"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B7" sqref="B7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>167</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" s="6" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C2" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D2" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="C3" t="s">
+        <v>192</v>
+      </c>
+      <c r="D3" t="s">
         <v>190</v>
-      </c>
-[...4 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" s="6" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C4" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D4" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" s="6" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C5" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D5" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>44</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C6" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D6" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>44</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C7" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D7" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
@@ -2639,116 +2643,116 @@
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>168</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>167</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>169</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C2" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D2" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C3" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D3" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C4" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D4" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C5" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D5" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
         <v>44</v>
       </c>
       <c r="B6" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C6" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D6" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="E6" s="6" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E6" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>